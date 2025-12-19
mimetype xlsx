--- v0 (2025-10-31)
+++ v1 (2025-12-19)
@@ -9,104 +9,110 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
-[...1 lines deleted...]
-    <t>REMARQUE : NE MODIFIEZ PAS LES DONNÉES CACHÉES DANS LA LIGNE #2 OU ELLES NE SE CHARGERONT PAS.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+  <si>
+    <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
+  </si>
+  <si>
+    <t>Male</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
-    <t>Général</t>
+    <t>3.0 Division</t>
   </si>
   <si>
     <t>1001882:typeValue:102</t>
   </si>
   <si>
     <t>1001882:typeValue:103</t>
   </si>
   <si>
     <t>1001882:typeValue:104</t>
   </si>
   <si>
     <t>1001882:typeValue:0:170995</t>
   </si>
   <si>
     <t>1001882:typeValue:0:170996</t>
   </si>
   <si>
     <t>1001882:typeValue:15:170997</t>
   </si>
   <si>
     <t>1001882:typeValue:0:170998</t>
   </si>
   <si>
     <t>1001882:reg_event:1</t>
   </si>
   <si>
+    <t>Female</t>
+  </si>
+  <si>
     <t>No</t>
   </si>
   <si>
     <t>3.5 Division</t>
   </si>
   <si>
-    <t>Inscription à l'événement - Snowbird Special</t>
+    <t>Event Registration - Snowbird Special</t>
   </si>
   <si>
     <t>4.0 Division</t>
   </si>
   <si>
-    <t>Prénom</t>
-[...5 lines deleted...]
-    <t>Sexe</t>
+    <t>First Name</t>
+  </si>
+  <si>
+    <t>Last Name</t>
+  </si>
+  <si>
+    <t>Gender</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Do you have a playing partner</t>
   </si>
   <si>
     <t>What is your partner's name?</t>
   </si>
   <si>
     <t>Division #1</t>
   </si>
   <si>
     <t>4.5+ Division</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -462,116 +468,123 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:DB5"/>
+  <dimension ref="A1:DC5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" bestFit="true" customWidth="true" style="0"/>
+    <col min="105" max="105" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="35" bestFit="true" customWidth="true" style="0"/>
-    <col min="105" max="105" width="4" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="107" max="107" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:106" hidden="true" outlineLevel="1">
+    <row r="1" spans="1:107" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
       <c r="DB1" t="s">
         <v>2</v>
       </c>
+      <c r="DC1" t="s">
+        <v>3</v>
+      </c>
     </row>
-    <row r="2" spans="1:106" hidden="true" collapsed="true" outlineLevel="1">
+    <row r="2" spans="1:107" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A2" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B2" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C2" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D2" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E2" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="DA2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="DB2" t="s">
-        <v>12</v>
+        <v>13</v>
+      </c>
+      <c r="DC2" t="s">
+        <v>14</v>
       </c>
     </row>
-    <row r="3" spans="1:106">
+    <row r="3" spans="1:107">
       <c r="A3" s="2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
       <c r="S3" s="2"/>
       <c r="T3" s="2"/>
       <c r="U3" s="2"/>
       <c r="V3" s="2"/>
       <c r="W3" s="2"/>
       <c r="X3" s="2"/>
       <c r="Y3" s="2"/>
@@ -632,78 +645,78 @@
       <c r="CB3" s="2"/>
       <c r="CC3" s="2"/>
       <c r="CD3" s="2"/>
       <c r="CE3" s="2"/>
       <c r="CF3" s="2"/>
       <c r="CG3" s="2"/>
       <c r="CH3" s="2"/>
       <c r="CI3" s="2"/>
       <c r="CJ3" s="2"/>
       <c r="CK3" s="2"/>
       <c r="CL3" s="2"/>
       <c r="CM3" s="2"/>
       <c r="CN3" s="2"/>
       <c r="CO3" s="2"/>
       <c r="CP3" s="2"/>
       <c r="CQ3" s="2"/>
       <c r="CR3" s="2"/>
       <c r="CS3" s="2"/>
       <c r="CT3" s="2"/>
       <c r="CU3" s="2"/>
       <c r="CV3" s="2"/>
       <c r="CW3" s="2"/>
       <c r="CX3" s="2"/>
       <c r="CY3" s="2"/>
       <c r="CZ3" s="2"/>
-      <c r="DB3" t="s">
-        <v>14</v>
+      <c r="DC3" t="s">
+        <v>16</v>
       </c>
     </row>
-    <row r="4" spans="1:106">
+    <row r="4" spans="1:107">
       <c r="A4" s="3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H4" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
       <c r="L4" s="3"/>
       <c r="M4" s="3"/>
       <c r="N4" s="3"/>
       <c r="O4" s="3"/>
       <c r="P4" s="3"/>
       <c r="Q4" s="3"/>
       <c r="R4" s="3"/>
       <c r="S4" s="3"/>
       <c r="T4" s="3"/>
       <c r="U4" s="3"/>
       <c r="V4" s="3"/>
       <c r="W4" s="3"/>
       <c r="X4" s="3"/>
       <c r="Y4" s="3"/>
       <c r="Z4" s="3"/>
       <c r="AA4" s="3"/>
       <c r="AB4" s="3"/>
       <c r="AC4" s="3"/>
       <c r="AD4" s="3"/>
       <c r="AE4" s="3"/>
       <c r="AF4" s="3"/>
@@ -757,70 +770,74 @@
       <c r="CB4" s="3"/>
       <c r="CC4" s="3"/>
       <c r="CD4" s="3"/>
       <c r="CE4" s="3"/>
       <c r="CF4" s="3"/>
       <c r="CG4" s="3"/>
       <c r="CH4" s="3"/>
       <c r="CI4" s="3"/>
       <c r="CJ4" s="3"/>
       <c r="CK4" s="3"/>
       <c r="CL4" s="3"/>
       <c r="CM4" s="3"/>
       <c r="CN4" s="3"/>
       <c r="CO4" s="3"/>
       <c r="CP4" s="3"/>
       <c r="CQ4" s="3"/>
       <c r="CR4" s="3"/>
       <c r="CS4" s="3"/>
       <c r="CT4" s="3"/>
       <c r="CU4" s="3"/>
       <c r="CV4" s="3"/>
       <c r="CW4" s="3"/>
       <c r="CX4" s="3"/>
       <c r="CY4" s="3"/>
       <c r="CZ4" s="3"/>
-      <c r="DB4" t="s">
-        <v>23</v>
+      <c r="DC4" t="s">
+        <v>25</v>
       </c>
     </row>
-    <row r="5" spans="1:106">
+    <row r="5" spans="1:107">
+      <c r="C5"/>
       <c r="F5"/>
       <c r="H5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
-  <dataValidations count="2">
+  <dataValidations count="3">
+    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="C5:C1000">
+      <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
+    </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
-      <formula1>'Worksheet'!$DA$1:$DA$2</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="H5:H1000">
-      <formula1>'Worksheet'!$DB$1:$DB$4</formula1>
+      <formula1>'Worksheet'!$DC$1:$DC$4</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>