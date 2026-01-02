--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -9,136 +9,133 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="6129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5727">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
-    <t>11900919 Canada Ltd. (RVRN)</t>
+    <t>12 Mile Coulee (12MIL)</t>
   </si>
   <si>
     <t>1005446:typeValue:102</t>
   </si>
   <si>
     <t>1005446:typeValue:103</t>
   </si>
   <si>
     <t>1005446:typeValue:104</t>
   </si>
   <si>
     <t>1005446:typeValue:105</t>
   </si>
   <si>
     <t>1005446:typeValue:107</t>
   </si>
   <si>
     <t>1005446:typeValue:106</t>
   </si>
   <si>
     <t>1005446:typeValue:0:196201</t>
   </si>
   <si>
     <t>1005446:typeValue:0:196202</t>
   </si>
   <si>
     <t>1005446:typeValue:0:196203</t>
   </si>
   <si>
     <t>1005446:typeValue:0:196204</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
-    <t>12 Mile Coulee (12MIL)</t>
+    <t>150 Mile Elemntary (150)</t>
   </si>
   <si>
     <t>Event Registration - BC Marathon Championships</t>
   </si>
   <si>
-    <t>150 Mile Elemntary (150)</t>
+    <t>1A Avonlea (1AAVON)</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Date of Birth (YYYY-MM-DD)</t>
   </si>
   <si>
     <t>Hometown</t>
   </si>
   <si>
     <t>Team/Organization</t>
   </si>
   <si>
     <t>Age Group</t>
   </si>
   <si>
     <t>BC Athletics/Other Provincial Branch Number</t>
   </si>
   <si>
     <t>Age on Day Of Event</t>
   </si>
   <si>
     <t>Estimated Finish Time</t>
   </si>
   <si>
-    <t>1A Avonlea (1AAVON)</t>
-[...1 lines deleted...]
-  <si>
     <t>1A Beechy School (1ABS)</t>
   </si>
   <si>
     <t>1A Bengough (1ABEN)</t>
   </si>
   <si>
     <t>1A Biggar Central 2000 (1ABC)</t>
   </si>
   <si>
     <t>1A Central Butte (1ACB)</t>
   </si>
   <si>
     <t>1A Chaplin (1ACHAP)</t>
   </si>
   <si>
     <t>1A Cornerstone (1ACCS)</t>
   </si>
   <si>
     <t>1A Coronach (1ACOR)</t>
   </si>
   <si>
     <t>1A Craik (1ACRA)</t>
   </si>
   <si>
     <t>1A Davidson High School (1ADHS)</t>
@@ -224,155 +221,146 @@
   <si>
     <t>1A St. Gabriel Junior High (1ASGJ)</t>
   </si>
   <si>
     <t>1A Westcliffe Composite School (1AWCS)</t>
   </si>
   <si>
     <t>2024 BC Team (BC)</t>
   </si>
   <si>
     <t>2025 EDF Trojan Track &amp; Field (EDFTF)</t>
   </si>
   <si>
     <t>2A Assiniboia (2AACHS)</t>
   </si>
   <si>
     <t>2A Caronport (2ACHS)</t>
   </si>
   <si>
     <t>2A Outlook High School (2AOHS)</t>
   </si>
   <si>
     <t>2A Rosetown Central High School (2ARCH)</t>
   </si>
   <si>
+    <t>2fast (RUNNI)</t>
+  </si>
+  <si>
     <t>310 Running (310)</t>
   </si>
   <si>
     <t>310 Running Club (310)</t>
   </si>
   <si>
-    <t>310 Running (CCCX)</t>
-[...1 lines deleted...]
-  <si>
     <t>3A Central (3AMJC)</t>
   </si>
   <si>
     <t>3A Kindersley Composite School (3AKCS)</t>
   </si>
   <si>
     <t>3A Peacock (3AAEP)</t>
   </si>
   <si>
     <t>3A Vanier (3AVCI)</t>
   </si>
   <si>
     <t>3generationschantalgauvreau (MAMY)</t>
   </si>
   <si>
     <t>A L Fortune (ALFO)</t>
   </si>
   <si>
     <t>A. Lorne Cassidy - Ottawa (ALCO)</t>
   </si>
   <si>
     <t>A. P. Low Primary (APLP)</t>
   </si>
   <si>
     <t>A. R. Scammell Academy (ARSA)</t>
   </si>
   <si>
     <t>A. V. Graham  Public School (GECDSB) (AVG)</t>
   </si>
   <si>
     <t>A.B. Dixon Elementary School (DIXO)</t>
   </si>
   <si>
     <t>A.J. Smeltzer Junior (AJS)</t>
   </si>
   <si>
     <t>A.M. Cunningham - HWDSB (AMCU)</t>
   </si>
   <si>
     <t>A.N. Myer Secondary School (AMSS)</t>
   </si>
   <si>
     <t>A.R. MacNeill (ARMAC)</t>
   </si>
   <si>
-    <t>A.S.E.A. (ASEA)</t>
-[...4 lines deleted...]
-  <si>
     <t>AA Bouton Elementary (AABE)</t>
   </si>
   <si>
     <t>AB Lucas (ABL)</t>
   </si>
   <si>
     <t>Abbey Park High School (APHS)</t>
   </si>
   <si>
     <t>Abbotsford Christian Elementary School (ACESE)</t>
   </si>
   <si>
     <t>Abbotsford Christian Middle School (ACMS)</t>
   </si>
   <si>
     <t>Abbotsford Christian Secondary School (ABCS)</t>
   </si>
   <si>
     <t>Abbotsford Middle School (ABMS)</t>
   </si>
   <si>
     <t>Abbotsford School of Integrated Arts (ASIA)</t>
   </si>
   <si>
     <t>Abbotsford Senior Secondary (ABSS)</t>
   </si>
   <si>
     <t>Abbotsford Traditional Middle School (ATMS)</t>
   </si>
   <si>
     <t>Abbotsford Traditional School (ATSO)</t>
   </si>
   <si>
     <t>Abbotsford Traditional Secondary (ATSS)</t>
   </si>
   <si>
     <t>Abbotsford Virtual School (AVIRT)</t>
   </si>
   <si>
     <t>Abby Christian Elementary (ABBYE)</t>
   </si>
   <si>
-    <t>Abell-Lisgar Athletic Club &amp; Roi (ABAC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Aberdeen Elementary School (ABES)</t>
   </si>
   <si>
     <t>Aberdeen Elementary School (AES)</t>
   </si>
   <si>
     <t>Aberdeen Hall Prep School (ABER)</t>
   </si>
   <si>
     <t>Abitibi-Témiscamingue (ABI)</t>
   </si>
   <si>
     <t>Academia Stella Maris Catholic School (ASMC)</t>
   </si>
   <si>
     <t>Académie de la Seigneurie (ADLS)</t>
   </si>
   <si>
     <t>Académie Notre-Dame (AND)</t>
   </si>
   <si>
     <t>Académie Notre-Dame (ANDK)</t>
   </si>
   <si>
     <t>Academie Providence (AP)</t>
@@ -392,179 +380,152 @@
   <si>
     <t>Acadia (ACAJH)</t>
   </si>
   <si>
     <t>Acadia Axemen/Axewomen (ACD)</t>
   </si>
   <si>
     <t>Acadia Junior High (MACAD)</t>
   </si>
   <si>
     <t>Acadie des Terres et Fôrets (ADTF)</t>
   </si>
   <si>
     <t>Accelerate North Athletics (ATHN)</t>
   </si>
   <si>
     <t>ACE</t>
   </si>
   <si>
     <t>Achieve Track (ACH)</t>
   </si>
   <si>
     <t>achilles (4)</t>
   </si>
   <si>
-    <t>Achilles International Track &amp; Field Society (AITS)</t>
-[...1 lines deleted...]
-  <si>
     <t>Acreman Elementary (ACRE)</t>
   </si>
   <si>
     <t>Acton High School (ACTON)</t>
   </si>
   <si>
     <t>AD Rundle Middle School (ARMS)</t>
   </si>
   <si>
     <t>Adam Scott Cvi - Peterborough (COAS)</t>
   </si>
   <si>
     <t>Adamsdale Public School (ADA)</t>
   </si>
   <si>
     <t>Adelaide Hoodless - HWDSB (ADEL)</t>
   </si>
   <si>
     <t>Aden Bowman (ABC)</t>
   </si>
   <si>
     <t>Admiral's Academy (AACA)</t>
   </si>
   <si>
-    <t>Adrenaline Athletics Track &amp; Field Club (Calgary) (ADRN2)</t>
-[...1 lines deleted...]
-  <si>
     <t>Adrenaline Athletics Track &amp; Field Club (ADRN)</t>
   </si>
   <si>
-    <t>Adrénaline (CAGB)</t>
-[...1 lines deleted...]
-  <si>
     <t>Advocate District School (ADV)</t>
   </si>
   <si>
     <t>AE Cross (AECR)</t>
   </si>
   <si>
     <t>AE Perry Elementary (APES)</t>
   </si>
   <si>
     <t>AEngineered to run ()</t>
   </si>
   <si>
     <t>Aetos</t>
   </si>
   <si>
-    <t>Aetos Athletica (AETO)</t>
-[...1 lines deleted...]
-  <si>
     <t>AG Baillie Memorial School (AGBM)</t>
   </si>
   <si>
     <t>Agape Road Runners (AGAPR)</t>
   </si>
   <si>
     <t>Agape Tornadoes (AGAP)</t>
   </si>
   <si>
     <t>Agassiz Elementary-Secondary (AGES)</t>
   </si>
   <si>
     <t>Agincourt Road P.S. (AGIN)</t>
   </si>
   <si>
     <t>Agnew H. Johnston P.S. (AHJ)</t>
   </si>
   <si>
     <t>Ahuntsic (AHU)</t>
   </si>
   <si>
     <t>Airblastoff Athletics Bc (AIRL)</t>
   </si>
   <si>
-    <t>Airblastoff Lion (ABOL)</t>
-[...1 lines deleted...]
-  <si>
     <t>Airblastoff Lions ()</t>
   </si>
   <si>
     <t>Airblastoff Lions ABOL (AIR)</t>
   </si>
   <si>
     <t>Airdrie Christian Academy (AKCS)</t>
   </si>
   <si>
     <t>AJ McLellan (AJM)</t>
   </si>
   <si>
     <t>AKTEV Sports (AKT)</t>
   </si>
   <si>
     <t>Alain-Fortin (ALFO)</t>
   </si>
   <si>
     <t>Alberni District Secondary Sch (ADSS)</t>
   </si>
   <si>
-    <t>Alberni District Secondary School (ALDSS)</t>
-[...4 lines deleted...]
-  <si>
     <t>Albert Campbell Collegiate Institute (ACCI)</t>
   </si>
   <si>
     <t>Albert College (ABCE)</t>
   </si>
   <si>
     <t>Albert St Middle School (ASM)</t>
   </si>
   <si>
     <t>Alberta Golden Bears (ALB)</t>
   </si>
   <si>
     <t>Alberta Pandas (ABP)</t>
   </si>
   <si>
-    <t>Alberta Racewalk Club (ARWC)</t>
-[...4 lines deleted...]
-  <si>
     <t>Alberta Wheelchair Sports (AWS)</t>
   </si>
   <si>
     <t>Alberta-Northwest Territories (ABNW)</t>
   </si>
   <si>
     <t>Alberton Elementary (AB)</t>
   </si>
   <si>
     <t>Aldergrove Community Secondary (ALDE)</t>
   </si>
   <si>
     <t>Aldergrove School (ALDS)</t>
   </si>
   <si>
     <t>Aldershot High School (ALDE)</t>
   </si>
   <si>
     <t>Alex MacEachern Track Club (AMTC)</t>
   </si>
   <si>
     <t>Alexander Elementary (AXEL)</t>
   </si>
   <si>
     <t>Alexander Galt (AGA)</t>
@@ -704,155 +665,143 @@
   <si>
     <t>Anderdon Public School (GECDSB) (ANPS)</t>
   </si>
   <si>
     <t>Anderson CVI (ACVI)</t>
   </si>
   <si>
     <t>André-Grasset (A-G)</t>
   </si>
   <si>
     <t>André-Laurendeau (A-L)</t>
   </si>
   <si>
     <t>Andrew Mynarski School (MAMYN)</t>
   </si>
   <si>
     <t>Andrew School (ADW)</t>
   </si>
   <si>
     <t>Ange-Gabriel (AGGA)</t>
   </si>
   <si>
     <t>Anna Malenfant (AM)</t>
   </si>
   <si>
-    <t>Annapolis County Athletics Club (ACAS)</t>
-[...1 lines deleted...]
-  <si>
     <t>Annapolis Royal Regional Academy (ANNA)</t>
   </si>
   <si>
     <t>Annapolis West Education Centre (AWEC)</t>
   </si>
   <si>
     <t>Anne Hathaway PS (AHPS)</t>
   </si>
   <si>
     <t>Annie Gale (AGALE)</t>
   </si>
   <si>
     <t>Anthony Paddon Elementary (ANPE)</t>
   </si>
   <si>
     <t>AO Track Club (AOTC)</t>
   </si>
   <si>
     <t>AP Running Club (APRC)</t>
   </si>
   <si>
     <t>APEX Athletics (APEX)</t>
   </si>
   <si>
     <t>Apollo XI (APOL)</t>
   </si>
   <si>
     <t>Appalachia High School (AHS)</t>
   </si>
   <si>
     <t>Appleby College (AC)</t>
   </si>
   <si>
     <t>Arashi Judo Club ()</t>
   </si>
   <si>
     <t>Arborg Collegiate (ARBO)</t>
   </si>
   <si>
-    <t>Arborg Collegiate (MARBC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Arborg Early Middle Years School (MAEMS)</t>
   </si>
   <si>
     <t>Arbour Lake (ARBLA)</t>
   </si>
   <si>
     <t>Arc-en-ciel (AEC)</t>
   </si>
   <si>
     <t>Arch Steet (ARST)</t>
   </si>
   <si>
     <t>Archbishop Carney Secondary (ARCS)</t>
   </si>
   <si>
     <t>Archbishop Jordan (ABJ)</t>
   </si>
   <si>
     <t>Archwood (ARCH)</t>
   </si>
   <si>
     <t>Ardmore School (ARDM)</t>
   </si>
   <si>
     <t>Ardrossan Junior High (ADRO)</t>
   </si>
   <si>
     <t>Arete Endurance (AEND)</t>
   </si>
   <si>
-    <t>Areus (ESDA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Argyle (ARG)</t>
   </si>
   <si>
     <t>Argyle Public School (ARG)</t>
   </si>
   <si>
     <t>Armbrae Academy (ARMB)</t>
   </si>
   <si>
     <t>Armin's Army (for Cannonball Crush) (?)</t>
   </si>
   <si>
     <t>Armstrong P.S. (ARM)</t>
   </si>
   <si>
     <t>Arnold H MacLeod (AHM)</t>
   </si>
   <si>
     <t>Arnprior (ARNP)</t>
   </si>
   <si>
     <t>Arnprior Dhs - Arnprior (EOAR)</t>
   </si>
   <si>
-    <t>Around The Bay Road Race (ATBR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Art Smith Aviation Academy (ASAA)</t>
   </si>
   <si>
     <t>Arthur A. Leach School (MAALS)</t>
   </si>
   <si>
     <t>Arthur E. Wright Community School (AEW)</t>
   </si>
   <si>
     <t>Arthur Hatton Elementary (AHES)</t>
   </si>
   <si>
     <t>Arthur Stevenson Elementary (ASES)</t>
   </si>
   <si>
     <t>ArtsCalibre Academy (ACA)</t>
   </si>
   <si>
     <t>AS Riviere Salee (ASRS)</t>
   </si>
   <si>
     <t>ASCEND Track and Field (ASCEN)</t>
   </si>
   <si>
     <t>Ascension Collegiate (ASCC)</t>
@@ -866,146 +815,113 @@
   <si>
     <t>Ashbury College - Ottawa (NCAC)</t>
   </si>
   <si>
     <t>Ashmont Secondary Junior (AJHJ)</t>
   </si>
   <si>
     <t>Ashukian’s Academy of Boxing (AAOB)</t>
   </si>
   <si>
     <t>Asics (CAUL) (ASCA)</t>
   </si>
   <si>
     <t>Asics (TBIR) (ASTB)</t>
   </si>
   <si>
     <t>Asics (UCAC) (ASUC)</t>
   </si>
   <si>
     <t>Aspengrove School (ASPEN)</t>
   </si>
   <si>
     <t>Assert Track Club (ASTC)</t>
   </si>
   <si>
-    <t>Association Of Family Of Flight Ps752 Victims' (WLF5)</t>
-[...1 lines deleted...]
-  <si>
     <t>Assumption ()</t>
   </si>
   <si>
     <t>Assumption - Vanier (ASVA)</t>
   </si>
   <si>
     <t>Assumption College School (SWAS)</t>
   </si>
   <si>
     <t>Assumption Junior Senior High School (Cold Lake) (AJSH)</t>
   </si>
   <si>
     <t>Assumption School (CWAS)</t>
   </si>
   <si>
     <t>Assumption School - Powell River (ACS)</t>
   </si>
   <si>
     <t>Astral Drive Elementary (ASTR2)</t>
   </si>
   <si>
     <t>Astral Drive Junior High (ASTR)</t>
   </si>
   <si>
     <t>Atanukan (ATAN)</t>
   </si>
   <si>
     <t>Athena (AT)</t>
   </si>
   <si>
     <t>Athens Christian Academy (ACA)</t>
   </si>
   <si>
     <t>Athens District High School (EOAT)</t>
   </si>
   <si>
     <t>Athletic South East Athletics (ASEA)</t>
   </si>
   <si>
     <t>Athletics  East Track and Field Club (AETFC)</t>
   </si>
   <si>
-    <t>Athletics East Nova Scotia (AENS)</t>
-[...10 lines deleted...]
-  <si>
     <t>athletics victoria (AVIC)</t>
   </si>
   <si>
-    <t>Athletics Victoria Track And Field Society (AVIC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Athletics Yukon (AK)</t>
   </si>
   <si>
-    <t>Athletics Yukon (AYYK)</t>
-[...1 lines deleted...]
-  <si>
     <t>Athletiques International (ATHL)</t>
   </si>
   <si>
     <t>Athletiques International (AIN)</t>
   </si>
   <si>
-    <t>Athlétisme Chaleur Athletisme (ACAN)</t>
-[...1 lines deleted...]
-  <si>
     <t>Athlétisme ÉSC Saint-François-Xavier Sarnia (ESFX)</t>
   </si>
   <si>
     <t>Athlétisme Laval (ALAV)</t>
   </si>
   <si>
-    <t>Athlétisme Péninsule Acadienne (APAC)</t>
-[...4 lines deleted...]
-  <si>
     <t>Athlétisme South East Athletics (ASEA)</t>
   </si>
   <si>
-    <t>Athlétix (ATHX)</t>
-[...1 lines deleted...]
-  <si>
     <t>Athol Murray College of Notre Dame (AMCND)</t>
   </si>
   <si>
     <t>Athos Club (ACTF)</t>
   </si>
   <si>
     <t>Athos Club (ATH)</t>
   </si>
   <si>
     <t>Atikameg School (ATIK)</t>
   </si>
   <si>
     <t>Atikokan H.S. (AHS)</t>
   </si>
   <si>
     <t>Atlantic View Elementary (AVE)</t>
   </si>
   <si>
     <t>Au Coeur d'Ottawa (ACO)</t>
   </si>
   <si>
     <t>Au Coeur d'Ottawa (EACO)</t>
   </si>
   <si>
     <t>Auburn Drive (AUB)</t>
@@ -1052,86 +968,77 @@
   <si>
     <t>Avon View (AVON)</t>
   </si>
   <si>
     <t>Avon View High School (AVHS)</t>
   </si>
   <si>
     <t>AY Jackson (NCJA)</t>
   </si>
   <si>
     <t>AY Jackson SS (AYJA)</t>
   </si>
   <si>
     <t>Az-Zahraa Islamic Academy (AZZIA)</t>
   </si>
   <si>
     <t>B.L. Morrison (BLM)</t>
   </si>
   <si>
     <t>Baccalieu Collegiate (BACC)</t>
   </si>
   <si>
     <t>Baddeck Academy (BADD)</t>
   </si>
   <si>
-    <t>Baddeck Beacons Track And Field Club (BBTF)</t>
-[...1 lines deleted...]
-  <si>
     <t>Baibombeh Anishinabe H.S. (BAHS)</t>
   </si>
   <si>
     <t>Baie Sainte-Anne (BSA)</t>
   </si>
   <si>
-    <t>Baie-Comeau (CABC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Baie-Saint-Paul (BSPL)</t>
   </si>
   <si>
     <t>Bairdmore School (MBAIR)</t>
   </si>
   <si>
     <t>Bakerview Centre for Learning (BAKEC)</t>
   </si>
   <si>
     <t>Balaclava - HWDSB (BALA)</t>
   </si>
   <si>
     <t>Baldur Vikings (0601)</t>
   </si>
   <si>
     <t>Ballenas Secondary (BSS)</t>
   </si>
   <si>
     <t>Balmoral (BALM)</t>
   </si>
   <si>
-    <t>Balmoral Hall (MBALH)</t>
-[...1 lines deleted...]
-  <si>
     <t>Balmoral Hall Blazers (BHB)</t>
   </si>
   <si>
     <t>Baltimore School Complex (BSC)</t>
   </si>
   <si>
     <t>Banff Trail School (BTS)</t>
   </si>
   <si>
     <t>Banting Memorial High School (BMHS)</t>
   </si>
   <si>
     <t>Banting Middle School (BMS)</t>
   </si>
   <si>
     <t>Barkers Point Elementary school (BPES)</t>
   </si>
   <si>
     <t>Barnhill Middle School (BMS)</t>
   </si>
   <si>
     <t>BARONS du Séminaire de Sherbrooke (SDS)</t>
   </si>
   <si>
     <t>Barrie North Collegiate Institute (BNCV)</t>
@@ -1184,53 +1091,50 @@
   <si>
     <t>Bayside SS - Belleville (COBA)</t>
   </si>
   <si>
     <t>Bayview (BAY)</t>
   </si>
   <si>
     <t>Bayview Community School (BCS)</t>
   </si>
   <si>
     <t>Bayview Educational Center (BAYE)</t>
   </si>
   <si>
     <t>Bayview Glen (BVG)</t>
   </si>
   <si>
     <t>Bayview Primary (BAYP)</t>
   </si>
   <si>
     <t>BC Athletics (BCAA)</t>
   </si>
   <si>
     <t>BC Christian Academy Panthers (BC C)</t>
   </si>
   <si>
-    <t>Bc Officials (BCOF)</t>
-[...1 lines deleted...]
-  <si>
     <t>Bc Wheelchair Sports Assoc. - Athletics (BCWS)</t>
   </si>
   <si>
     <t>BCS@Home (BCS@H)</t>
   </si>
   <si>
     <t>Beach Grove Elementary (BGE)</t>
   </si>
   <si>
     <t>Beachburg Public School (BPS)</t>
   </si>
   <si>
     <t>Beachy Cove Elementary (BCE)</t>
   </si>
   <si>
     <t>Beacon Heights Public School (BHPS)</t>
   </si>
   <si>
     <t>Beaconsfield Jr High /SJ (BJHS)</t>
   </si>
   <si>
     <t>Beaconsfield Middle School (BMS)</t>
   </si>
   <si>
     <t>Beamsville District (BEAM)</t>
@@ -1304,53 +1208,50 @@
   <si>
     <t>Bella Coola Valley Track (BCVT)</t>
   </si>
   <si>
     <t>Belle River DHS (SWBR)</t>
   </si>
   <si>
     <t>Belle River Nobles (BR)</t>
   </si>
   <si>
     <t>Belle River Public School (GECDSB) (BRPS)</t>
   </si>
   <si>
     <t>Belle-Cloche (BE)</t>
   </si>
   <si>
     <t>Belleisle Elementary School (BES)</t>
   </si>
   <si>
     <t>Belleisle Regional High (BRH2)</t>
   </si>
   <si>
     <t>Belleisle Regional High School (BRHS)</t>
   </si>
   <si>
-    <t>Belleville Runner's Club (BRCC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Bellevue School (EBS)</t>
   </si>
   <si>
     <t>Bellewood Public School (GECDSB) (BWPS)</t>
   </si>
   <si>
     <t>Bellmoore - HWDSB (BELL)</t>
   </si>
   <si>
     <t>Belmont Secondary (BESS)</t>
   </si>
   <si>
     <t>Bennetto - HWDSB (BENN)</t>
   </si>
   <si>
     <t>Bernard-Grandmaître (BEGR)</t>
   </si>
   <si>
     <t>Bernice MacNaughton High (BMH3)</t>
   </si>
   <si>
     <t>Bernie Custis S.S. - HWDSB (SOBC)</t>
   </si>
   <si>
     <t>Bernie Wolfe Community School (MBWCS)</t>
@@ -1448,290 +1349,248 @@
   <si>
     <t>Bishop Smith Blue (RCCDSB) (BISHB)</t>
   </si>
   <si>
     <t>Bishop Smith Chs - Prembroke (EOBS)</t>
   </si>
   <si>
     <t>Bishop Smith Gold (RCCDSB) (BISHG)</t>
   </si>
   <si>
     <t>Bishop Strachan School (BSS)</t>
   </si>
   <si>
     <t>Bishop Tonnos CSS (BIST)</t>
   </si>
   <si>
     <t>Bishop White School (BWS)</t>
   </si>
   <si>
     <t>Bishop's College School (BCS)</t>
   </si>
   <si>
     <t>Bishop's Gaiters (BISH)</t>
   </si>
   <si>
-    <t>Bison Athletics Club (BTFC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Bison Run School (BIRU)</t>
   </si>
   <si>
-    <t>Bisons Track Club (BTCO)</t>
-[...1 lines deleted...]
-  <si>
     <t>Blackadder Pole Vault Club (BVC)</t>
   </si>
   <si>
     <t>BlackFox Throwers (BFTR)</t>
   </si>
   <si>
     <t>Blackie (BCS)</t>
   </si>
   <si>
     <t>Blacks Harbour School (BKHB)</t>
   </si>
   <si>
-    <t>Blacktoe Running (BLAC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Blackville High School (BLA2)</t>
   </si>
   <si>
     <t>Blenheim District High School (SWBL)</t>
   </si>
   <si>
     <t>Blessed Cardinal Newman (BCN)</t>
   </si>
   <si>
     <t>Blessed Cardinal Newman High School (BCNHS)</t>
   </si>
   <si>
     <t>Blessed Marie Rose School (BLMR)</t>
   </si>
   <si>
     <t>Blessed Sacrament - Vancouver (ESS)</t>
   </si>
   <si>
     <t>Blessed Sacrament CS (BLSCS)</t>
   </si>
   <si>
     <t>Blessed Trinity (SOBT)</t>
   </si>
   <si>
     <t>Bliss Carman Middle (BCMS)</t>
   </si>
   <si>
     <t>Bloomfield Elementary (BF)</t>
   </si>
   <si>
     <t>Bloor Collegiate Institute (BCI)</t>
   </si>
   <si>
     <t>Blossom Park (BLOS)</t>
   </si>
   <si>
     <t>BLT Runners (BLTR)</t>
   </si>
   <si>
-    <t>Blt Runners (BLT1)</t>
+    <t>Blue and White - Unattached (B&amp;W)</t>
   </si>
   <si>
     <t>Blue Devils (BDAC)</t>
   </si>
   <si>
     <t>Blue Devils AC (BLU)</t>
   </si>
   <si>
     <t>Blue Devils Athletic Club (BLU)</t>
   </si>
   <si>
     <t>Blue Devils Athletic Club (BDAC)</t>
   </si>
   <si>
     <t>Blue Devils Athletics Club (BLU)</t>
   </si>
   <si>
     <t>Blue Devils Athletics Club (BDAC)</t>
   </si>
   <si>
     <t>Blue Man Squad (BMS)</t>
   </si>
   <si>
     <t>Bluefield High School (BL)</t>
   </si>
   <si>
     <t>BlueJay Elementary (BJEL)</t>
   </si>
   <si>
     <t>Bluenose Academy (BLN)</t>
   </si>
   <si>
-    <t>Bluenose Athletics Track And Field Club (BANS)</t>
-[...1 lines deleted...]
-  <si>
     <t>Blueridge Elementary (BLRG)</t>
   </si>
   <si>
     <t>Bluevale C.I. (BCI)</t>
   </si>
   <si>
     <t>Bluewater Coast (BCES)</t>
   </si>
   <si>
     <t>Bluffton School (BLUFF)</t>
   </si>
   <si>
     <t>Blyth Academy - CIHA (BCIHA)</t>
   </si>
   <si>
     <t>Blyth Academy - Ottawa (BLYTH)</t>
   </si>
   <si>
     <t>Blythwood Jr Public School (BLYPS)</t>
   </si>
   <si>
     <t>Boardwalk RC (BDW)</t>
   </si>
   <si>
-    <t>Boardwalk Rc (BDWK)</t>
-[...1 lines deleted...]
-  <si>
     <t>Bob  Edwards Junior High (BES)</t>
   </si>
   <si>
     <t>Bob Edwards (BEDWD)</t>
   </si>
   <si>
     <t>Bois-De-Boulogne (BDB)</t>
   </si>
   <si>
     <t>Boissevain Broncos (BCI)</t>
   </si>
   <si>
     <t>Boissevain Broncos (0901)</t>
   </si>
   <si>
-    <t>Bolton Pole Vault (BTPV)</t>
-[...4 lines deleted...]
-  <si>
     <t>BOMPAS ELEMENTARY SCHOOL (BES)</t>
   </si>
   <si>
     <t>Bonar Law High School (BON2)</t>
   </si>
   <si>
     <t>Bonne Bay Academy (BBA)</t>
   </si>
   <si>
     <t>Bonnycastle School (BONN)</t>
   </si>
   <si>
     <t>Bonnyville Centralized High School (BOCE)</t>
   </si>
   <si>
     <t>BOOST Athletics Club (BOAC)</t>
   </si>
   <si>
     <t>BOOST Athletics Club (BAC)</t>
   </si>
   <si>
     <t>Booster Club/Volunteers (HOCVO)</t>
   </si>
   <si>
-    <t>Border City Ac (BORD)</t>
-[...1 lines deleted...]
-  <si>
     <t>Boréal (BORL)</t>
   </si>
   <si>
-    <t>Boris' Beasts Throwing Club (BBT1)</t>
-[...1 lines deleted...]
-  <si>
     <t>Botwood Collegiate (BOTC)</t>
   </si>
   <si>
-    <t>Bougebouge (CMSM)</t>
-[...1 lines deleted...]
-  <si>
     <t>Bowness High School (BOWN)</t>
   </si>
   <si>
     <t>Bracebridge (BRB)</t>
   </si>
   <si>
     <t>Bracebridge &amp; Muskoka Lakes Secondary School (BML)</t>
   </si>
   <si>
     <t>Bracebridge and Muskoka Lakes SS (BMLSS)</t>
   </si>
   <si>
     <t>Bradford District High School (BDHS)</t>
   </si>
   <si>
     <t>Bradner Elementary (BREL)</t>
   </si>
   <si>
     <t>Brampton Christian (BCA)</t>
   </si>
   <si>
     <t>Brampton Elite TC (BET)</t>
   </si>
   <si>
     <t>Brampton Elite Track Club (BET)</t>
   </si>
   <si>
-    <t>Brampton Elite Track Club (BREL)</t>
-[...1 lines deleted...]
-  <si>
     <t>Brampton Racers TC (BRA)</t>
   </si>
   <si>
-    <t>Brampton Racers Track &amp; Field Club (BRAC)</t>
-[...4 lines deleted...]
-  <si>
     <t>Brander Gardens School (BGS)</t>
   </si>
   <si>
     <t>Brandon Bobcats (BRAN)</t>
   </si>
   <si>
     <t>Branksome Hall (CIBR)</t>
   </si>
   <si>
     <t>Brantford Collegiate CVS (CWBR)</t>
   </si>
   <si>
-    <t>Brantford T.f.c. (BRNT)</t>
-[...1 lines deleted...]
-  <si>
     <t>Brantford TFC (BRN)</t>
   </si>
   <si>
     <t>Branton (BRAN)</t>
   </si>
   <si>
     <t>Brebeuf College (BREB)</t>
   </si>
   <si>
     <t>brennan (SWBN)</t>
   </si>
   <si>
     <t>Brentwood (BNTW)</t>
   </si>
   <si>
     <t>Brentwood College School (BCS)</t>
   </si>
   <si>
     <t>Brentwood College School (BREN)</t>
   </si>
   <si>
     <t>Breton Educational Center (BEC)</t>
   </si>
   <si>
     <t>Brian Peckford Primary (BPP)</t>
@@ -1772,53 +1631,50 @@
   <si>
     <t>British Columbia/Yukon Territories (BCYK)</t>
   </si>
   <si>
     <t>Broadview - Ottawa (BROT)</t>
   </si>
   <si>
     <t>Brock Badgers (BRO)</t>
   </si>
   <si>
     <t>Brock Middle School (BROC#)</t>
   </si>
   <si>
     <t>Brock Running Club (BRC)</t>
   </si>
   <si>
     <t>Brockton (BROC)</t>
   </si>
   <si>
     <t>Brockville CI - Brockville (EOBV)</t>
   </si>
   <si>
     <t>Brockville Legion TC (BLE)</t>
   </si>
   <si>
-    <t>Brockville Legion Track Club (BLEG)</t>
-[...1 lines deleted...]
-  <si>
     <t>Brockville Road Runners Club (BRRC)</t>
   </si>
   <si>
     <t>Bromptonville (BRO)</t>
   </si>
   <si>
     <t>Brooke Central (BROCT)</t>
   </si>
   <si>
     <t>Brooke Elementary School (BRK)</t>
   </si>
   <si>
     <t>Brookes Shawnigan Lake (BROSL)</t>
   </si>
   <si>
     <t>Brookes Westshore (BROWST)</t>
   </si>
   <si>
     <t>Brookfield H.S. - Ottawa (NCBR)</t>
   </si>
   <si>
     <t>Brooklin High School (BROOK)</t>
   </si>
   <si>
     <t>Brooklin Village Public School (BVPS)</t>
@@ -1850,125 +1706,98 @@
   <si>
     <t>Browns Flat Elementary School (BFES)</t>
   </si>
   <si>
     <t>Bruce Middle School (BRUC)</t>
   </si>
   <si>
     <t>Bruce Peninsula District School (BPDS)</t>
   </si>
   <si>
     <t>Bruno Bears (BCS1)</t>
   </si>
   <si>
     <t>Buccaneers (BUCS)</t>
   </si>
   <si>
     <t>Buchanan Park - HWDSB (BUCH)</t>
   </si>
   <si>
     <t>BULKLEY VALLEY ATHLETIC SOCIETY (BVAS)</t>
   </si>
   <si>
     <t>Bulldogs Special Olympics Team (BSOT)</t>
   </si>
   <si>
-    <t>Bulldogs Track &amp; Field Club (BDTF)</t>
-[...4 lines deleted...]
-  <si>
     <t>Bullets Track (BUL)</t>
   </si>
   <si>
     <t>Burgeo Academy (BA)</t>
   </si>
   <si>
     <t>Burke Mountain Running Club (BMRC)</t>
   </si>
   <si>
-    <t>Burlington Runners Club (BRC1)</t>
-[...1 lines deleted...]
-  <si>
     <t>Burlington TFC (BUR)</t>
   </si>
   <si>
-    <t>Burlington Track &amp; Field Club (BURL)</t>
-[...1 lines deleted...]
-  <si>
     <t>burlington Track Club (BURL)</t>
   </si>
   <si>
     <t>Burnaby Central (BUCE)</t>
   </si>
   <si>
     <t>Burnaby Mountain Secondary (BMSS)</t>
   </si>
   <si>
     <t>Burnaby North (BNSS)</t>
   </si>
   <si>
     <t>Burnaby South Secondary (BUSS)</t>
   </si>
   <si>
-    <t>Burnaby Striders Track &amp; Field Club (BBYS)</t>
-[...1 lines deleted...]
-  <si>
     <t>Burnsview Secondary (BURN)</t>
   </si>
   <si>
     <t>Burt Bowes middle school (BBMS)</t>
   </si>
   <si>
     <t>Butt Kickers (BKERS)</t>
   </si>
   <si>
-    <t>Buttertart Trot (BTTR)</t>
-[...4 lines deleted...]
-  <si>
     <t>Byrne Creek School (BCS)</t>
   </si>
   <si>
     <t>Bytown Walkers Club de marche (BYTW)</t>
   </si>
   <si>
-    <t>Bytown Walkers (BYTW)</t>
-[...1 lines deleted...]
-  <si>
     <t>C. L'Assomption (CLAS)</t>
   </si>
   <si>
     <t>C. W. Jefferys Collegiate Institute (CWJC)</t>
   </si>
   <si>
-    <t>C.a.n.i. Athletics (CANI)</t>
-[...1 lines deleted...]
-  <si>
     <t>C.C. Loughlin School (CCLS)</t>
   </si>
   <si>
     <t>C.D. Howe P.S. (CDH)</t>
   </si>
   <si>
     <t>C.R. Judd (CRJ)</t>
   </si>
   <si>
     <t>CA:All Saints (ALSA)</t>
   </si>
   <si>
     <t>Ca:Bishop Carroll (BICA)</t>
   </si>
   <si>
     <t>Ca:Bishop McNally (BIMC)</t>
   </si>
   <si>
     <t>Ca:Bishop O'Byrne (BIOB)</t>
   </si>
   <si>
     <t>Ca:Bowness (BOWN)</t>
   </si>
   <si>
     <t>Ca:Centennial (CENN)</t>
@@ -2159,206 +1988,185 @@
   <si>
     <t>Calder School (CALD)</t>
   </si>
   <si>
     <t>Caledonia Junior High (CAL)</t>
   </si>
   <si>
     <t>Caledonia Park School (CPS)</t>
   </si>
   <si>
     <t>Caledonia Regional High School (CRHS)</t>
   </si>
   <si>
     <t>Caledonia Secondary School (CDS)</t>
   </si>
   <si>
     <t>Calgary Academy (CAAC)</t>
   </si>
   <si>
     <t>Calgary Arts Academy (CAA)</t>
   </si>
   <si>
     <t>Calgary Christian school (12345)</t>
   </si>
   <si>
+    <t>Calgary Dinos (UOFC)</t>
+  </si>
+  <si>
     <t>Calgary French &amp; International Scool (CFIS)</t>
   </si>
   <si>
     <t>Calgary French and International School (CFIS)</t>
   </si>
   <si>
     <t>Calgary Girls School (CGS)</t>
   </si>
   <si>
     <t>Calgary International Track Club (CITC)</t>
   </si>
   <si>
     <t>Calgary International (CITC)</t>
   </si>
   <si>
     <t>Calgary Islamic School (CIS)</t>
   </si>
   <si>
     <t>Calgary Jewish Academy (CJA)</t>
   </si>
   <si>
     <t>Calgary Science School Lasers (CSS1)</t>
   </si>
   <si>
-    <t>Calgary Spartans (CALS)</t>
+    <t>Calgary track and field (CALTAF) (CALT)</t>
   </si>
   <si>
     <t>Calgary Waldorf School (CWS)</t>
   </si>
   <si>
     <t>Calgary Warriors (CWTC)</t>
   </si>
   <si>
-    <t>Calgary Warriors Track Club (CALW)</t>
-[...1 lines deleted...]
-  <si>
     <t>Callaghan (CA)</t>
   </si>
   <si>
-    <t>Callaghan Valley Sport &amp; Cultural Society (CVSC)</t>
-[...2 lines deleted...]
-    <t>Caltaf Athletic  Association (CALT)</t>
+    <t>Caltaf (CALT)</t>
+  </si>
+  <si>
+    <t>Caltaf Athletic Association (CALT)</t>
   </si>
   <si>
     <t>Calvary Christian Academy - Beckwith (CCAB)</t>
   </si>
   <si>
     <t>Calvary Christian High School - Franktown (CCHSF)</t>
   </si>
   <si>
     <t>Calvin Christian Collegiate (CLVCC)</t>
   </si>
   <si>
     <t>Calvin Park P.S. (CPPS)</t>
   </si>
   <si>
     <t>Cambie Secondary School (CAM)</t>
   </si>
   <si>
     <t>Cambrain Heights (CAMBH)</t>
   </si>
   <si>
     <t>Cambrian College (CAM)</t>
   </si>
   <si>
     <t>Cambrian heights (CAMB)</t>
   </si>
   <si>
     <t>Cambrian Heights Elementary (CAMBH)</t>
   </si>
   <si>
     <t>Cambridge &amp; District Elementary (CADS)</t>
   </si>
   <si>
     <t>Cambridge Narrows Community School (CNC2)</t>
   </si>
   <si>
     <t>Cambridge Public School (CBPS)</t>
   </si>
   <si>
     <t>Cameron Crossing (5326)</t>
   </si>
   <si>
     <t>Cameron Heights C.I. (CHCI)</t>
   </si>
   <si>
     <t>Campbell River Christian (CRCS)</t>
   </si>
   <si>
-    <t>Campbell River Comets (CRVC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Campbellford Dhs -campbellford (COCA)</t>
   </si>
   <si>
     <t>Campobello Isl Comm Sch (CIC)</t>
   </si>
   <si>
     <t>Campus View Elementary (CVE)</t>
   </si>
   <si>
-    <t>Canada Running Series (CRS1)</t>
-[...7 lines deleted...]
-  <si>
     <t>Canalta Elementary (CNLT)</t>
   </si>
   <si>
     <t>Canim Lake Band (CLB)</t>
   </si>
   <si>
     <t>Canon Richards Memorial Academy (CRMA)</t>
   </si>
   <si>
     <t>Canterbury - Ottawa (NCCA)</t>
   </si>
   <si>
     <t>Canterbury High - New Brunswick (CAN)</t>
   </si>
   <si>
     <t>Canterbury High School (CNBY)</t>
   </si>
   <si>
     <t>Canusa (CANU)</t>
   </si>
   <si>
     <t>Canyon Falls Middle School (CMS)</t>
   </si>
   <si>
     <t>Cape Breton Highlands Education Centre/Academy (CBHA)</t>
   </si>
   <si>
     <t>Cape Breton University (CBU)</t>
   </si>
   <si>
-    <t>Cape Breton University (CBU1)</t>
-[...1 lines deleted...]
-  <si>
     <t>Cape John Collegiate (CJC)</t>
   </si>
   <si>
     <t>Cape St. Francis Elementary (CSFE)</t>
   </si>
   <si>
-    <t>Capilano Eagles Running Club (CAPE)</t>
-[...4 lines deleted...]
-  <si>
     <t>Capitol Hill Elementary (CHE)</t>
   </si>
   <si>
     <t>Captain Meares SS (CMSS)</t>
   </si>
   <si>
     <t>Captain Nichola Goddard (CAPTNG)</t>
   </si>
   <si>
     <t>Carberry Collegiate (0701)</t>
   </si>
   <si>
     <t>Carberry Collegiate (Cougars) (CCC)</t>
   </si>
   <si>
     <t>Carbonear Academy (CARA)</t>
   </si>
   <si>
     <t>Carbonear Collegiate (CCCA)</t>
   </si>
   <si>
     <t>Cardigan Consolidated School (CC)</t>
   </si>
   <si>
     <t>Cardinal Ambrozic CSS (CAMBZ)</t>
@@ -2480,53 +2288,50 @@
   <si>
     <t>CBU Track and Field (CBU)</t>
   </si>
   <si>
     <t>CC TRACK (CCCT)</t>
   </si>
   <si>
     <t>CD XC 2024 (CWCD)</t>
   </si>
   <si>
     <t>Cecil B. Stirling - HWDSB (CBST)</t>
   </si>
   <si>
     <t>Cedar Community School (CCSS)</t>
   </si>
   <si>
     <t>Cedar Ridge High School (CRHS)</t>
   </si>
   <si>
     <t>Cedars Christian School (CSCS)</t>
   </si>
   <si>
     <t>Cedarview - Nepean (CENE)</t>
   </si>
   <si>
-    <t>Celtic Athletics (CELT)</t>
-[...1 lines deleted...]
-  <si>
     <t>Cen: Mecca Glen School (MGS)</t>
   </si>
   <si>
     <t>Cen:Alix Mac (ALMA)</t>
   </si>
   <si>
     <t>Cen:Altario (ALTA)</t>
   </si>
   <si>
     <t>Cen:Bashaw (BASH)</t>
   </si>
   <si>
     <t>Cen:Bawlf (BAWL)</t>
   </si>
   <si>
     <t>Cen:Bentley (BENT)</t>
   </si>
   <si>
     <t>Cen:Blessed Sacrament (BLSA)</t>
   </si>
   <si>
     <t>CEN:Blessed Sacrament Outreach (BLSO)</t>
   </si>
   <si>
     <t>CEN:Bowden Grandview (BOGR)</t>
@@ -2762,173 +2567,161 @@
   <si>
     <t>Central Perth (CP)</t>
   </si>
   <si>
     <t>Central PS (CPS)</t>
   </si>
   <si>
     <t>Central Public School (CPS)</t>
   </si>
   <si>
     <t>Central Public School (GECDSB) (CPS)</t>
   </si>
   <si>
     <t>Central Queens Elementary School (CQ)</t>
   </si>
   <si>
     <t>Central Spryfield Elementary School (CSES)</t>
   </si>
   <si>
     <t>Central Technical School (CTS)</t>
   </si>
   <si>
     <t>Central Toronto AC (CTA)</t>
   </si>
   <si>
-    <t>Central Toronto Athletic Club (CTAC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Centre Dufferin District High School (CWCD)</t>
   </si>
   <si>
     <t>Centre Éducatif l'ENVOL (CELE)</t>
   </si>
   <si>
     <t>Centre for Learning (CFL)</t>
   </si>
   <si>
     <t>Centre Hastings HS - Madoc (COCH)</t>
   </si>
   <si>
     <t>Centre professionnel et technique Minto (MINTO)</t>
   </si>
   <si>
     <t>Centre Scol. Etoile de (CSEA)</t>
   </si>
   <si>
     <t>Centre Scolaire de la Rive-Sud (CSRS)</t>
   </si>
   <si>
     <t>Centre Scolaire Leo-Remillard (CSLR)</t>
   </si>
   <si>
     <t>Centre Wellington DHS (CWHS)</t>
   </si>
   <si>
     <t>Centre-Nord (CN)</t>
   </si>
   <si>
     <t>Centreville Academy (CENT)</t>
   </si>
   <si>
     <t>Centreville Community School (CCS)</t>
   </si>
   <si>
-    <t>Centro Scuola T.f.c. (CTRO)</t>
-[...1 lines deleted...]
-  <si>
     <t>Centro Scuola TFC (CTR)</t>
   </si>
   <si>
     <t>Century PS (CPS)</t>
   </si>
   <si>
     <t>Chaffey Burke Chargers (CBC)</t>
   </si>
   <si>
     <t>Chaleur (CHA)</t>
   </si>
   <si>
     <t>Chalmer Elementary (CH)</t>
   </si>
   <si>
     <t>Chalmers (CH)</t>
   </si>
   <si>
     <t>Chalmers Elementary (CH)</t>
   </si>
   <si>
     <t>Chaminade College School (CHAM)</t>
   </si>
   <si>
     <t>Champigny (CHAMP)</t>
   </si>
   <si>
     <t>Champlain (CHA)</t>
   </si>
   <si>
     <t>Champlain Heights (CMPHT)</t>
   </si>
   <si>
     <t>Champlain Heights Elementry School (CHES)</t>
   </si>
   <si>
     <t>Champlain St-Lambert (CSL)</t>
   </si>
   <si>
     <t>Champlain St. Lawrence Lions ()</t>
   </si>
   <si>
     <t>Chancellor School (CHAN)</t>
   </si>
   <si>
-    <t>Channel Performance (CHPE)</t>
-[...1 lines deleted...]
-  <si>
     <t>Chapel Hill - Orleans (CHOR)</t>
   </si>
   <si>
     <t>Chapleau H.S. (CHS)</t>
   </si>
   <si>
     <t>Char-Lan Dhs - Williamstown (EOCL)</t>
   </si>
   <si>
     <t>Char-Lan District High School (CHAR)</t>
   </si>
   <si>
     <t>Charles Bloom Secondary (CBS)</t>
   </si>
   <si>
     <t>Charles Hay Sec (CHS)</t>
   </si>
   <si>
     <t>Charles Hulse (CHUL)</t>
   </si>
   <si>
     <t>Charles P. Allen (CPA)</t>
   </si>
   <si>
     <t>Charles Sinclair School (CSS3)</t>
   </si>
   <si>
     <t>CHARLES TETCHO SCHOOL (CTS)</t>
   </si>
   <si>
-    <t>Charleswood School (MCHAR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Charlie Killam School (CKS)</t>
   </si>
   <si>
     <t>Charlotte Small Elementary (CSE)</t>
   </si>
   <si>
     <t>Charlotte Track Club (CTC)</t>
   </si>
   <si>
     <t>Charlotte-Lemieux (CLMX)</t>
   </si>
   <si>
     <t>Charlottetown Primary (CHAR)</t>
   </si>
   <si>
     <t>Charlottetown Rural (CR)</t>
   </si>
   <si>
     <t>Chase Secondary School (CHASE)</t>
   </si>
   <si>
     <t>Chatelech (CHAT)</t>
   </si>
   <si>
     <t>Chatham Christian High School (SWCM)</t>
@@ -2981,68 +2774,62 @@
   <si>
     <t>CHIEF JULIAN YENDO (CJY)</t>
   </si>
   <si>
     <t>Chief Napewaew Frog Lake Junior (FRLJ)</t>
   </si>
   <si>
     <t>Chief Peguis Junior High (CPEG)</t>
   </si>
   <si>
     <t>CHIEF SUNRISE SCHOOL (CSS2)</t>
   </si>
   <si>
     <t>Chilcotin Road Runners (CR)</t>
   </si>
   <si>
     <t>Children Of The Earth High School (MCEHS)</t>
   </si>
   <si>
     <t>Chilliwack Middle School (CHMS)</t>
   </si>
   <si>
     <t>Chilliwack Secondary School (CHSR)</t>
   </si>
   <si>
-    <t>Chilliwack Track &amp; Field Club (CHWK)</t>
-[...1 lines deleted...]
-  <si>
     <t>Chimo - Smiths Falls (CHIM)</t>
   </si>
   <si>
     <t>Chinguacousy Secondary School (CGSS)</t>
   </si>
   <si>
     <t>Chinguacousy Track Club (CHIN)</t>
   </si>
   <si>
     <t>Chinook Park (CHIN)</t>
   </si>
   <si>
-    <t>Chinook Track &amp; Field Club (CHIN)</t>
-[...1 lines deleted...]
-  <si>
     <t>Chippewa Secondary School (CWSS)</t>
   </si>
   <si>
     <t>Chippewa Secondary School (CHIP)</t>
   </si>
   <si>
     <t>Chris Saunders Memorial Elementary (CSME)</t>
   </si>
   <si>
     <t>Christ the King Jaguars (CTKTF)</t>
   </si>
   <si>
     <t>Christ the King School (CTKS)</t>
   </si>
   <si>
     <t>Christian Homelearners eStreams (CHES)</t>
   </si>
   <si>
     <t>Christian Learning Centre - Ottawa (CLCO)</t>
   </si>
   <si>
     <t>Chrstian Academy School (CAS)</t>
   </si>
   <si>
     <t>Churchill (CHU)</t>
@@ -3080,251 +2867,197 @@
   <si>
     <t>Clarence Fulton Secondary (CLFU)</t>
   </si>
   <si>
     <t>Clarence Sansom (CLSAN)</t>
   </si>
   <si>
     <t>Clarenville High School (CLHS)</t>
   </si>
   <si>
     <t>Clarenville Middle School (CLMS)</t>
   </si>
   <si>
     <t>Clarenville Road Runners (CRR)</t>
   </si>
   <si>
     <t>Clarke Road Secondary School (WOCR)</t>
   </si>
   <si>
     <t>Claude D Taylor Elementary (CDT)</t>
   </si>
   <si>
     <t>Claude E. Garton P.S. (CEG)</t>
   </si>
   <si>
+    <t>Clavet composite (CLAV)</t>
+  </si>
+  <si>
     <t>Clavet Composite School (CCS)</t>
   </si>
   <si>
     <t>Clayburn Middle School (CLAY)</t>
   </si>
   <si>
     <t>Clayton Heights Secondary (CLHS)</t>
   </si>
   <si>
     <t>Clayton Park Junior High (CPJH)</t>
   </si>
   <si>
     <t>Clear Vista (CLRV)</t>
   </si>
   <si>
     <t>Clearbrook Elementary (CLRB)</t>
   </si>
   <si>
     <t>Clearspring Middle School (MCLSP)</t>
   </si>
   <si>
     <t>Clearview Elementary/Junior Secondary (CVEJS)</t>
   </si>
   <si>
     <t>Clearwater Secondary (CLEA)</t>
   </si>
   <si>
     <t>Cliff's Antiques (ANTQ)</t>
   </si>
   <si>
     <t>Cliff's Antiques - The Road Show (CLIF)</t>
   </si>
   <si>
     <t>Clinton (CLIN)</t>
   </si>
   <si>
     <t>Cloud River Academy (CRA)</t>
   </si>
   <si>
     <t>Clover Bar Junior High (CB)</t>
   </si>
   <si>
     <t>Cloverdale Learning Centre (CLC)</t>
   </si>
   <si>
-    <t>Club 3D (CA3D)</t>
-[...1 lines deleted...]
-  <si>
     <t>club athetisme olympique lanaudiere (CAOL)</t>
   </si>
   <si>
-    <t>Club Athlétique Petite-Nation (CAPN)</t>
-[...1 lines deleted...]
-  <si>
     <t>Club athlétisme rive sud (CARS)</t>
   </si>
   <si>
-    <t>Club Citius (CITS)</t>
-[...1 lines deleted...]
-  <si>
     <t>Club D Athletisme de Gatineau (CDDG)</t>
   </si>
   <si>
     <t>Club D'athlétisme Beauce-Etchemin (CABE)</t>
   </si>
   <si>
     <t>Club D'athlétisme Cdn-Ndg (ACDN)</t>
   </si>
   <si>
-    <t>Club D'athlétisme De L'université Laval (CAUL)</t>
-[...4 lines deleted...]
-  <si>
     <t>Club D'athlétisme Du Mille De Dolbeau-Mistassini (CMDM)</t>
   </si>
   <si>
     <t>Club D'athlétisme Les Légendaires Des Pays-D'en-Haut (LPDH)</t>
   </si>
   <si>
-    <t>Club D'athlétisme Les Roadrunners (CALR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Club d'athlétisme Université Laval (CAUL)</t>
   </si>
   <si>
-    <t>Club De Coureurs Boréal (BORL)</t>
-[...7 lines deleted...]
-  <si>
     <t>Club De Course En'core (CDCE)</t>
   </si>
   <si>
-    <t>Club De Course Gaspesia (GASP)</t>
-[...7 lines deleted...]
-  <si>
     <t>Club De Course Pulsars (PULS)</t>
   </si>
   <si>
     <t>Club de course Vikings (CVIK)</t>
   </si>
   <si>
-    <t>Club De Course Volt (VOLT)</t>
-[...1 lines deleted...]
-  <si>
     <t>Club de Judo Lachenaie (CJL1)</t>
   </si>
   <si>
     <t>Club de Judo Métropolitain ()</t>
   </si>
   <si>
     <t>Club de Natation de Shippagan (CNS)</t>
   </si>
   <si>
     <t>Club de Natation Shippagan (CNS)</t>
   </si>
   <si>
     <t>Club De Trail De Bromont (CTBB)</t>
   </si>
   <si>
-    <t>Club De Trail Montréal (TMTL)</t>
-[...4 lines deleted...]
-  <si>
     <t>Club Endurance Moncton (MONCT)</t>
   </si>
   <si>
-    <t>Club Milpat Mauricie (MILP)</t>
-[...1 lines deleted...]
-  <si>
     <t>club natation shippagan (CNS)</t>
   </si>
   <si>
     <t>Club Performance de Trois-Rivieres (CPTR)</t>
   </si>
   <si>
-    <t>Club Rapide (RPDE)</t>
-[...1 lines deleted...]
-  <si>
     <t>Club Sag-Lac (CSLA)</t>
   </si>
   <si>
     <t>Club U. Montréal (UDEM)</t>
   </si>
   <si>
     <t>Club Vainqueurs Plus (CVPL)</t>
   </si>
   <si>
     <t>Clyde River Badminton (CRBAD)</t>
   </si>
   <si>
     <t>CMAC 2023 (CMAC)</t>
   </si>
   <si>
     <t>Coach Marvin (CM)</t>
   </si>
   <si>
     <t>Coast Tsimshian Academy (CTA)</t>
   </si>
   <si>
-    <t>Coastal Track Club (CTC1)</t>
-[...1 lines deleted...]
-  <si>
     <t>Cobden Cougars (COBC)</t>
   </si>
   <si>
     <t>Cobequid Educational Centre (CEC)</t>
   </si>
   <si>
     <t>Cobequid Hornets Special Olympics (CHSO)</t>
   </si>
   <si>
     <t>Cobourg Collegiate Institute (COCO)</t>
   </si>
   <si>
     <t>Cobra (CLJH)</t>
   </si>
   <si>
     <t>Coburg Collegiate (COBU)</t>
   </si>
   <si>
     <t>Cochrane Cobras (CHS)</t>
   </si>
   <si>
-    <t>Cochrane Endurance Project (CEPR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Cochrane High School (CHS)</t>
   </si>
   <si>
     <t>Cocrhane High School (12345)</t>
   </si>
   <si>
     <t>Colchester Christian Academy (CCA)</t>
   </si>
   <si>
     <t>Colchester North Public School (GECDSB) (CNPS)</t>
   </si>
   <si>
     <t>Cold Lake High School (CLHS)</t>
   </si>
   <si>
     <t>Cold Lake Junior High (CLJH)</t>
   </si>
   <si>
     <t>Cold Lake Junior High (CLJR)</t>
   </si>
   <si>
     <t>Coldbrook and District School (COLD)</t>
   </si>
   <si>
     <t>Cole Harbour District High (CHH)</t>
@@ -3437,224 +3170,191 @@
   <si>
     <t>Colonel By Secondary School - Ottawa (NCCL)</t>
   </si>
   <si>
     <t>Colonel Gray (CG)</t>
   </si>
   <si>
     <t>Colonel Irvine (COLI)</t>
   </si>
   <si>
     <t>Colonel MacLeod (CMACL)</t>
   </si>
   <si>
     <t>Colquitz (COLQ)</t>
   </si>
   <si>
     <t>Columneetza - LCS (COL)</t>
   </si>
   <si>
     <t>Community Christian - Daryton (CCDA)</t>
   </si>
   <si>
     <t>Community Christian School, Metcalfe (CCS)</t>
   </si>
   <si>
-    <t>Comox Valley Cougars (CXVC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Comox Valley Road Runners (CVRR) (CVRR)</t>
   </si>
   <si>
     <t>Concordia Stingers (CONC)</t>
   </si>
   <si>
     <t>Concordia University of Edmonton Thunder (CUOE)</t>
   </si>
   <si>
     <t>Conestoga College (CONC)</t>
   </si>
   <si>
     <t>Confederation (CON)</t>
   </si>
   <si>
     <t>Confederation College (COC)</t>
   </si>
   <si>
     <t>Connaught Public School (CPS)</t>
   </si>
   <si>
     <t>Connaught St Elementary (CSE)</t>
   </si>
   <si>
     <t>Connect Charter School (CCS)</t>
   </si>
   <si>
-    <t>Conquer The Canuck (CTCR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Consortium Centre Jules-Léger (CCJL)</t>
   </si>
   <si>
     <t>Constable Neil Bruce (CNB)</t>
   </si>
   <si>
     <t>Constant and never ending improvement (CANI)</t>
   </si>
   <si>
     <t>Constant and never-ending improvement (C.A.N)</t>
   </si>
   <si>
-    <t>Constantine Yorkville Run (CYVR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Convent Glen - Orleans (CGOR)</t>
   </si>
   <si>
-    <t>Convey Marketing And Advertising Agency (RMAG)</t>
-[...1 lines deleted...]
-  <si>
     <t>Cool Running (CR)</t>
   </si>
   <si>
     <t>Cootes Paradise - HWDSB (COOT)</t>
   </si>
   <si>
     <t>Copper Cliff (CCP)</t>
   </si>
   <si>
     <t>Copper Ridge Academy (CRA)</t>
   </si>
   <si>
     <t>Coquitlam Cheetahs (COQC)</t>
   </si>
   <si>
-    <t>Coriaces (CORI)</t>
-[...1 lines deleted...]
-  <si>
     <t>Corner Brook High School (CBHS)</t>
   </si>
   <si>
     <t>Corner Brook Intermediate (CBI)</t>
   </si>
   <si>
     <t>Corner Brook Regional High (CBRH)</t>
   </si>
   <si>
     <t>Cornerstone Christian Academy (CORCA)</t>
   </si>
   <si>
     <t>Cornerstone Christian School (CSCS)</t>
   </si>
   <si>
     <t>Cornwall Csv - Cornwall (EOCW)</t>
   </si>
   <si>
     <t>Coronation Public School (GECDSB) (COPS)</t>
   </si>
   <si>
     <t>Corpus Christi (CCH)</t>
   </si>
   <si>
     <t>Corpus Christi - Ottawa (CORP)</t>
   </si>
   <si>
     <t>Corpus Christi CSS (GHCC)</t>
   </si>
   <si>
     <t>Correlieu (CORS)</t>
   </si>
   <si>
-    <t>Corsaire-Chaparral (COCH)</t>
-[...1 lines deleted...]
-  <si>
     <t>Cote des neige (CNDS)</t>
   </si>
   <si>
     <t>Cottrell's Cove Academy (COTT)</t>
   </si>
   <si>
-    <t>Coubertin (COUB)</t>
-[...1 lines deleted...]
-  <si>
     <t>Cougar Canyon Elementary (CCE)</t>
   </si>
   <si>
     <t>COUGARS O.S. (COSQ)</t>
   </si>
   <si>
     <t>Couguars Chicou (COUG)</t>
   </si>
   <si>
-    <t>Couguars (COUG)</t>
-[...1 lines deleted...]
-  <si>
     <t>Country Day School (YRCD)</t>
   </si>
   <si>
     <t>Course À Pied Synérgic (SYNE)</t>
   </si>
   <si>
-    <t>Course Dynamics Race Event Management &amp; Consulting (CDYN)</t>
-[...1 lines deleted...]
-  <si>
     <t>Cowan Heights Elementary (CHES)</t>
   </si>
   <si>
+    <t>Cowboys Track Club (CBTC)</t>
+  </si>
+  <si>
     <t>Cowichan Secondary (COWI)</t>
   </si>
   <si>
-    <t>Cowichan Valley Athletic Club (CVAC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Cowichan Valley Open Learning Co-op (CVOLC)</t>
   </si>
   <si>
     <t>CPT Minto - Ottawa (CPTM)</t>
   </si>
   <si>
     <t>CRA Pantheres (CRA)</t>
   </si>
   <si>
-    <t>Cra Panthères (CRAP)</t>
-[...1 lines deleted...]
-  <si>
     <t>Craig Kielburger Secondary School (CRCS)</t>
   </si>
   <si>
     <t>Crandall University (CRDL)</t>
   </si>
   <si>
     <t>Crane School (CRAN)</t>
   </si>
   <si>
     <t>Crawford Plains (CRAW)</t>
   </si>
   <si>
-    <t>Crazy Cat Adventures (CCAR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Crazy Cat Adventures (CCA1)</t>
   </si>
   <si>
     <t>Credo Christian High School (CRED)</t>
   </si>
   <si>
     <t>Crescent Collegiate (CRCL)</t>
   </si>
   <si>
     <t>Crescent Park Elementary (CSPK)</t>
   </si>
   <si>
     <t>Crescent School (CRES)</t>
   </si>
   <si>
     <t>Crestomere School (CREST)</t>
   </si>
   <si>
     <t>Crestview P.S. (CRE)</t>
   </si>
   <si>
     <t>Crestwood Preparatory School (CPS)</t>
   </si>
   <si>
     <t>Crestwood SS - Peterborough (COCR)</t>
@@ -3674,167 +3374,149 @@
   <si>
     <t>Crofton House School (CROF)</t>
   </si>
   <si>
     <t>Crofton House (CROFT)</t>
   </si>
   <si>
     <t>Cross Country St. Pat's Sarnia (SWSP)</t>
   </si>
   <si>
     <t>CrossFit Quispamsis (CROQ)</t>
   </si>
   <si>
     <t>CrossFit YQX (CFYQX)</t>
   </si>
   <si>
     <t>Crossing Park (CRPK)</t>
   </si>
   <si>
     <t>Crossing Park School (CROS)</t>
   </si>
   <si>
     <t>Crown (CROW)</t>
   </si>
   <si>
-    <t>Crown Athletics (CROW)</t>
-[...7 lines deleted...]
-  <si>
     <t>CSG Team NB Relay (NBCR)</t>
   </si>
   <si>
     <t>Cumberland Community School (CUMB)</t>
   </si>
   <si>
     <t>Cunard Junior High (CUN)</t>
   </si>
   <si>
     <t>CWC 1 (CWC)</t>
   </si>
   <si>
     <t>CWC A (CWC)</t>
   </si>
   <si>
     <t>CWC B (U13)</t>
   </si>
   <si>
     <t>CWCA (U11)</t>
   </si>
   <si>
     <t>CWCC (U13)</t>
   </si>
   <si>
     <t>CWCD (U13)</t>
   </si>
   <si>
     <t>CWCE (U11)</t>
   </si>
   <si>
     <t>CWCF (U11)</t>
   </si>
   <si>
     <t>CWCG (U11)</t>
   </si>
   <si>
     <t>CWCH (U11)</t>
   </si>
   <si>
     <t>CWDHS Falcons (CWCW)</t>
   </si>
   <si>
-    <t>Cyclones Athletics (CRTC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Cyril Varney (CYR)</t>
   </si>
   <si>
     <t>D Roy Kennedy (DRK)</t>
   </si>
   <si>
     <t>D. M. Eagle Public School (GECDSB) (DME)</t>
   </si>
   <si>
     <t>D. Roy Kennedy - Ottawa (DRKO)</t>
   </si>
   <si>
     <t>D.A. Moodie - Nepean (DAMN)</t>
   </si>
   <si>
     <t>D'Arcy McGee (DARC)</t>
   </si>
   <si>
     <t>Dakota High School (MDAHS)</t>
   </si>
   <si>
     <t>Dalbrae Academy (DALB)</t>
   </si>
   <si>
     <t>Dalewood - HWDSB (DALE)</t>
   </si>
   <si>
     <t>Dalhousie Elementary School (DHELS)</t>
   </si>
   <si>
     <t>Dalhousie Middle School (DHMS)</t>
   </si>
   <si>
     <t>Dalhousie Regional High (DRH2)</t>
   </si>
   <si>
     <t>Dalhousie School (MDALH)</t>
   </si>
   <si>
     <t>Dalhousie Tigers (DAL)</t>
   </si>
   <si>
     <t>Dallas Elementary (DES2)</t>
   </si>
   <si>
-    <t>Daniel Mcintyre (MDMCI)</t>
-[...1 lines deleted...]
-  <si>
     <t>Daniel Mcintyre Collegiate (MDMCI)</t>
   </si>
   <si>
     <t>Dartmouth High (DHS)</t>
   </si>
   <si>
     <t>Dartmouth South Academy (DSA)</t>
   </si>
   <si>
     <t>Darwin School (DAR)</t>
   </si>
   <si>
-    <t>Dash Athletics Club (DASH)</t>
-[...1 lines deleted...]
-  <si>
     <t>Dasmesh Punjabi School (DASM)</t>
   </si>
   <si>
     <t>Dauphin Regional (DHRG)</t>
   </si>
   <si>
     <t>Dave Kandal Elementary School (DKES)</t>
   </si>
   <si>
     <t>David Maxwell Public School (GECDSB) (MXPS)</t>
   </si>
   <si>
     <t>David Thompson (DAVTH)</t>
   </si>
   <si>
     <t>David Thompson (Vancouver) (DTHV)</t>
   </si>
   <si>
     <t>David Thompson Elementary (DTES)</t>
   </si>
   <si>
     <t>Dawson College (DC)</t>
   </si>
   <si>
     <t>Dawson Creek (DSC)</t>
@@ -3911,65 +3593,56 @@
   <si>
     <t>Desjardins (DESJ)</t>
   </si>
   <si>
     <t>Detachment Dundurn Athletics Club (DDAC)</t>
   </si>
   <si>
     <t>Deux-Rivières (2DR)</t>
   </si>
   <si>
     <t>DEVI School (DEVI)</t>
   </si>
   <si>
     <t>Devon Christian School (DVCS)</t>
   </si>
   <si>
     <t>Devon Gardens (DVGD)</t>
   </si>
   <si>
     <t>Devon Middle School (DMS)</t>
   </si>
   <si>
     <t>Devon Park Christian Sch (DPCS)</t>
   </si>
   <si>
-    <t>Diamond Sprinting (DIAM)</t>
-[...1 lines deleted...]
-  <si>
     <t>Diefenbaker (DIEF)</t>
   </si>
   <si>
-    <t>Dieppe (Ecole) (MDIEP)</t>
-[...1 lines deleted...]
-  <si>
     <t>Digby Regional High School (DRHS)</t>
   </si>
   <si>
-    <t>Dirty Soles Trail Running (FATR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Discover Montessori Middle School (DMMS)</t>
   </si>
   <si>
     <t>Discovery Collegiate (DISC)</t>
   </si>
   <si>
     <t>District 1 (DIST1)</t>
   </si>
   <si>
     <t>District 2 (DIST2)</t>
   </si>
   <si>
     <t>District 3 (DIST3)</t>
   </si>
   <si>
     <t>District 5 (DIST5)</t>
   </si>
   <si>
     <t>District School (DIST)</t>
   </si>
   <si>
     <t>Divine Infant - Orleans (DIVI)</t>
   </si>
   <si>
     <t>Divine Mercy Catholic School (DMCS)</t>
@@ -3983,53 +3656,50 @@
   <si>
     <t>Don Ross (DR)</t>
   </si>
   <si>
     <t>Donagh Regional Consolidated School (DO)</t>
   </si>
   <si>
     <t>Donald A. Wilson S.S. (DAWSS)</t>
   </si>
   <si>
     <t>Donald C. Jamieson Academy (DCJA)</t>
   </si>
   <si>
     <t>Donald E Mckay Elementary School (DMES)</t>
   </si>
   <si>
     <t>Doncaster Elementary (DCE)</t>
   </si>
   <si>
     <t>Donkin Complex (DMJH)</t>
   </si>
   <si>
     <t>Dorchester Consolidated School (DOR)</t>
   </si>
   <si>
-    <t>Dorchester Pole Vault Club (DPVC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Dormick Park Elementary (DPEL)</t>
   </si>
   <si>
     <t>Dorset Collegiate (DC)</t>
   </si>
   <si>
     <t>Dougall Ave. Public School (GECDSB) (DAPS)</t>
   </si>
   <si>
     <t>Douglas Academy (DGAC)</t>
   </si>
   <si>
     <t>Douglas Elementary School (DOUG)</t>
   </si>
   <si>
     <t>Douvris (DK)</t>
   </si>
   <si>
     <t>Dover Bay Secondary (DOV)</t>
   </si>
   <si>
     <t>Downie PS (DOWN)</t>
   </si>
   <si>
     <t>DP Todd (DPTS)</t>
@@ -4115,104 +3785,92 @@
   <si>
     <t>DRAKKAR (DRA)</t>
   </si>
   <si>
     <t>Dresden Area Central School (DACS)</t>
   </si>
   <si>
     <t>Drumlin Heights Consolidated (DRUM)</t>
   </si>
   <si>
     <t>Drummondville (CADR)</t>
   </si>
   <si>
     <t>Dryden High School (DHS)</t>
   </si>
   <si>
     <t>DSBN Academy (ARGOS)</t>
   </si>
   <si>
     <t>Duchess Park Secondary School (DPSS)</t>
   </si>
   <si>
     <t>Dufferin Elementary (DES)</t>
   </si>
   <si>
-    <t>Dunamis Athletic Training Club (DATC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Dunamis Athletics Training (DATC)</t>
   </si>
   <si>
     <t>Duncan Christian (DCS)</t>
   </si>
   <si>
     <t>Dundana - HWDSB (DUND)</t>
   </si>
   <si>
     <t>Dundas (DS)</t>
   </si>
   <si>
     <t>Dundas Central - HWDSB (DUNC)</t>
   </si>
   <si>
     <t>Dundas Valley S.S. - HWDSB (SODV)</t>
   </si>
   <si>
     <t>Dundas Valley Secondary (DVSS)</t>
   </si>
   <si>
-    <t>Dundas Valley Track Club (DVTC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Dunlop PS (DNOT)</t>
   </si>
   <si>
     <t>Dunne Memorial Academy (DMA)</t>
   </si>
   <si>
     <t>Dunning Foubert - Cumberland (DFCU)</t>
   </si>
   <si>
     <t>Dunnville Secondary School (CWDU)</t>
   </si>
   <si>
     <t>Durham Christian High School (DCHS)</t>
   </si>
   <si>
     <t>Durham Dragons (DUR)</t>
   </si>
   <si>
-    <t>Durham Dragons Athletics (DURA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Durham Legion Athletics (DLE)</t>
   </si>
   <si>
-    <t>Durham Legion Athletics (DLEG)</t>
-[...1 lines deleted...]
-  <si>
     <t>Dutch Settlement Elementary (DSE)</t>
   </si>
   <si>
     <t>DW Poppy Secondary (DWPS)</t>
   </si>
   <si>
     <t>Dwight School Canada (DWIG)</t>
   </si>
   <si>
     <t>E. A. Butler (EAB)</t>
   </si>
   <si>
     <t>E.B. Chandler Jr. High School (EBC)</t>
   </si>
   <si>
     <t>E.E.P Julie Payette (JEPE)</t>
   </si>
   <si>
     <t>E.J. Lajeunesse (SWLJ)</t>
   </si>
   <si>
     <t>É.S. Château-Jeunesse (ESCJ)</t>
   </si>
   <si>
     <t>É.S. Cité-Supérieure (ESCS)</t>
@@ -4277,53 +3935,50 @@
   <si>
     <t>Earl of March - Kanata (EOMK)</t>
   </si>
   <si>
     <t>Earl of March - Ottawa (NCEM)</t>
   </si>
   <si>
     <t>Earl of March SS (EOMSS)</t>
   </si>
   <si>
     <t>East Antigonish Academy (EAA)</t>
   </si>
   <si>
     <t>East Antigonish Education Centre (EAEC)</t>
   </si>
   <si>
     <t>East CB (ECB)</t>
   </si>
   <si>
     <t>East Coast Varsity (ECV)</t>
   </si>
   <si>
     <t>East Elgin SS (EESS)</t>
   </si>
   <si>
-    <t>East Kootenay Track &amp; Field Club (EKTF)</t>
-[...1 lines deleted...]
-  <si>
     <t>East Mersea Public School (GECDSB) (EMPS)</t>
   </si>
   <si>
     <t>East Northumberland - Brighton (ENBR)</t>
   </si>
   <si>
     <t>East Northumberland SS (COEN)</t>
   </si>
   <si>
     <t>East Pictou Middle School (EPMS)</t>
   </si>
   <si>
     <t>East Point Elementary (EPOE)</t>
   </si>
   <si>
     <t>East Richmond Education centre (EREC)</t>
   </si>
   <si>
     <t>East Richmond Educational Center (EREC)</t>
   </si>
   <si>
     <t>East Selkirk Middle School (MESMS)</t>
   </si>
   <si>
     <t>East Wiltshire Junior High School (EWJHS)</t>
@@ -4361,53 +4016,50 @@
   <si>
     <t>Eastview Horizon (EXPS)</t>
   </si>
   <si>
     <t>Eastview Secondary School (ESS)</t>
   </si>
   <si>
     <t>Eastwood Collegiate Institute (ECI)</t>
   </si>
   <si>
     <t>Eastwood Public School (GECDSB) (EWPS)</t>
   </si>
   <si>
     <t>Ebglehart Public School (EPS)</t>
   </si>
   <si>
     <t>ECHO DENE SCHOOL (ECHO)</t>
   </si>
   <si>
     <t>Eckville Elementary (ECKE)</t>
   </si>
   <si>
     <t>Eclipse Track &amp; Field Club (ECL)</t>
   </si>
   <si>
-    <t>Eclipse Track &amp; Field Inc (ETFI)</t>
-[...1 lines deleted...]
-  <si>
     <t>Ecole Abbey-Landry (EAL)</t>
   </si>
   <si>
     <t>Ecole Acadien de Pomquet (POM)</t>
   </si>
   <si>
     <t>Ecole Acadienne de Truro (ETRU)</t>
   </si>
   <si>
     <t>Ecole Alexandre Tache (ECAT)</t>
   </si>
   <si>
     <t>Ecole Amirault (EA)</t>
   </si>
   <si>
     <t>Ecole Andre-Piolat (EAP)</t>
   </si>
   <si>
     <t>Ecole Anna-Malenfant (EAM)</t>
   </si>
   <si>
     <t>Ecole Anne-Hebert (EAH)</t>
   </si>
   <si>
     <t>Ecole Antonine-Maillet (A-M)</t>
@@ -4523,50 +4175,53 @@
   <si>
     <t>Ecole Des Beaux Lacs (EDBL)</t>
   </si>
   <si>
     <t>Ecole des Deux-Rives (EDDR)</t>
   </si>
   <si>
     <t>Ecole des Grands-Vents (EDGV)</t>
   </si>
   <si>
     <t>École des Hautes-Plaines (HAPL)</t>
   </si>
   <si>
     <t>Ecole des Pionniers (EDP)</t>
   </si>
   <si>
     <t>Ecole Des Pionniers De Maillardville (EDPM)</t>
   </si>
   <si>
     <t>Ecole Dieppe (MDIEP)</t>
   </si>
   <si>
     <t>Ecole Dieppe (EDIEP)</t>
   </si>
   <si>
+    <t>École Discovery Trails Dinos (ÉDT)</t>
+  </si>
+  <si>
     <t>Ecole Donat-Robichaud (DR)</t>
   </si>
   <si>
     <t>Ecole Dr Marguerite-Michaud (EDMM)</t>
   </si>
   <si>
     <t>Ecole Dr. Brosseau School (EDBS)</t>
   </si>
   <si>
     <t>Ecole du Bois-Joli (EDBJ)</t>
   </si>
   <si>
     <t>Ecole du Carrefour (EDCA)</t>
   </si>
   <si>
     <t>École du Nouveau-Monde (EDNM)</t>
   </si>
   <si>
     <t>Ecole du Sommet (SOMM)</t>
   </si>
   <si>
     <t>Ecole du Sommet Sommet Junior (EDSJ)</t>
   </si>
   <si>
     <t>Ecole du touret (TOU)</t>
@@ -5255,74 +4910,53 @@
   <si>
     <t>Edm:Strathcona Christian (STCH)</t>
   </si>
   <si>
     <t>Edm:Strathcona High (STCO)</t>
   </si>
   <si>
     <t>Edm:Sturgeon Composite (STUC)</t>
   </si>
   <si>
     <t>Edm:Tempo (TEMP)</t>
   </si>
   <si>
     <t>Edm:Victoria School (VICO)</t>
   </si>
   <si>
     <t>Edm:Vimy Ridge Academy (VIRI)</t>
   </si>
   <si>
     <t>Edm:W.P. Wagner (WPWA)</t>
   </si>
   <si>
     <t>Edm:Zone Team Edmonton (EDZ)</t>
   </si>
   <si>
-    <t>Edmonton Columbians Track Club (ECTC)</t>
-[...10 lines deleted...]
-  <si>
     <t>Edmonton Masters Athletics Association (EMAA)</t>
   </si>
   <si>
-    <t>Edmonton Olympic Club (EDMO)</t>
-[...7 lines deleted...]
-  <si>
     <t>Edmonton Triathlon Academy (ETA)</t>
   </si>
   <si>
     <t>Edmund Partridge School (MEPAR)</t>
   </si>
   <si>
     <t>Édouard Montpetit (EM)</t>
   </si>
   <si>
     <t>Edouard-Bond (EDBO)</t>
   </si>
   <si>
     <t>Education Services School (ESS)</t>
   </si>
   <si>
     <t>Edward Milne Community School (EMHS)</t>
   </si>
   <si>
     <t>Edward Schreyer School (ESS)</t>
   </si>
   <si>
     <t>EE Mamawi (EEMA)</t>
   </si>
   <si>
     <t>ÉÉC Saint-Isidore (ÉÉCSI)</t>
@@ -5351,56 +4985,50 @@
   <si>
     <t>Elder Dr. Francis Whiskeyjack (EDFW)</t>
   </si>
   <si>
     <t>Eleanor W Graham Middle School (EWG)</t>
   </si>
   <si>
     <t>Elgin Park Secondary (EPSS)</t>
   </si>
   <si>
     <t>Elgin Street P.S. (ESPS)</t>
   </si>
   <si>
     <t>Eliot River Elementary School   (ER)</t>
   </si>
   <si>
     <t>Elisabeth-Bruyère (ELBR)</t>
   </si>
   <si>
     <t>Elite Athletics (EATH)</t>
   </si>
   <si>
     <t>Élite Distance (EDAC)</t>
   </si>
   <si>
-    <t>Elite Jumps (ELJU)</t>
-[...4 lines deleted...]
-  <si>
     <t>Elizabeth Arden (ELAN)</t>
   </si>
   <si>
     <t>Elizabeth Bagshaw - HWDSB (EBAG)</t>
   </si>
   <si>
     <t>Elizabeth Finch School (ELFIN)</t>
   </si>
   <si>
     <t>ELIZABETH MACKENZIE (EM)</t>
   </si>
   <si>
     <t>Elizabeth Park (LIZP)</t>
   </si>
   <si>
     <t>Elizabeth Park Elementary School (EPES)</t>
   </si>
   <si>
     <t>Elizabeth School (ES)</t>
   </si>
   <si>
     <t>Elizabeth Settlement School (ELSE)</t>
   </si>
   <si>
     <t>Elizabeth Sutherland (ELS)</t>
@@ -5435,122 +5063,113 @@
   <si>
     <t>Elliot Lake Track Club (ELTC)</t>
   </si>
   <si>
     <t>Elm Creek School (ELMC)</t>
   </si>
   <si>
     <t>Elm Street (ES)</t>
   </si>
   <si>
     <t>Elma Township (ELMA)</t>
   </si>
   <si>
     <t>Elmdale Public School (ELDL)</t>
   </si>
   <si>
     <t>Elmira District Secondary School (EDSS)</t>
   </si>
   <si>
     <t>Elmvale District High School (ELM)</t>
   </si>
   <si>
     <t>Elmwood High School (MEWHS)</t>
   </si>
   <si>
-    <t>Elmwood Jr/Sr High School (MEWHS)</t>
-[...1 lines deleted...]
-  <si>
     <t>Elmwood School - Altona (ATNA)</t>
   </si>
   <si>
     <t>Elmwood School - Ottawa (NCEW)</t>
   </si>
   <si>
     <t>Elphinstone (ELPH)</t>
   </si>
   <si>
     <t>Elton Collegiate (0702) (0702)</t>
   </si>
   <si>
     <t>Elwick Community School (ECS)</t>
   </si>
   <si>
     <t>Elwood Elementary (ELEL)</t>
   </si>
   <si>
     <t>Elwood High School (ELHS)</t>
   </si>
   <si>
     <t>Emerado (ECS)</t>
   </si>
   <si>
     <t>Emery C. I. (TDSB)</t>
   </si>
   <si>
     <t>Emily Carr - Gloucester (ECGL)</t>
   </si>
   <si>
     <t>Emily Maguet (61288)</t>
   </si>
   <si>
     <t>EML - Maurice-Lapointe (EMLXC)</t>
   </si>
   <si>
     <t>Emmanuel Christian High School (CWEC)</t>
   </si>
   <si>
     <t>Empire track (EMPIR)</t>
   </si>
   <si>
-    <t>Endurance Event Productions Ltd. (EEPL)</t>
-[...1 lines deleted...]
-  <si>
     <t>Englehart Public School (EPS)</t>
   </si>
   <si>
     <t>Englehart S.S. (ENG)</t>
   </si>
   <si>
     <t>Englewood Consolidated School   (EN)</t>
   </si>
   <si>
     <t>English Bay Triathlon Club (EBTC)</t>
   </si>
   <si>
     <t>English Bluff Elementary School (EBES)</t>
   </si>
   <si>
     <t>English Catholic Central School (ECCS)</t>
   </si>
   <si>
     <t>Enver Creek Secondary (EMCS)</t>
   </si>
   <si>
-    <t>Epsilon Mont-Tremblant (CEMT)</t>
-[...1 lines deleted...]
-  <si>
     <t>Equinox (EQUI)</t>
   </si>
   <si>
     <t>Équinoxe (EQNX)</t>
   </si>
   <si>
     <t>Equipe Endurance (ENDU)</t>
   </si>
   <si>
     <t>Équipe Québec (EQC)</t>
   </si>
   <si>
     <t>Eramosa River Track Club (ERTC)</t>
   </si>
   <si>
     <t>Eric G. Lambert All-Grade (ELAG)</t>
   </si>
   <si>
     <t>Eric Graves Junior High (EGJH)</t>
   </si>
   <si>
     <t>Eric Hamber (EHAM)</t>
   </si>
   <si>
     <t>Eric Harvie (EHS25)</t>
@@ -5678,122 +5297,110 @@
   <si>
     <t>Espadons (ESPAD)</t>
   </si>
   <si>
     <t>Espanola High School (ESHS)</t>
   </si>
   <si>
     <t>Espanola S.S. (ESP)</t>
   </si>
   <si>
     <t>ESPOIRSACRECOEUR (EESC)</t>
   </si>
   <si>
     <t>Esprit RC (ESPT)</t>
   </si>
   <si>
     <t>Esquimalt (ESQ)</t>
   </si>
   <si>
     <t>Essex District High School (SWES)</t>
   </si>
   <si>
     <t>Essex Public School (GECDSB) (EPS)</t>
   </si>
   <si>
-    <t>Estevan Legion Track Club (ELTC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Estey School (EST)</t>
   </si>
   <si>
     <t>Ethelbert School (0805)</t>
   </si>
   <si>
-    <t>Etobicoke Huskies-Striders Track And Field Club (ETOB)</t>
-[...1 lines deleted...]
-  <si>
     <t>Etobicoke Track (ETO)</t>
   </si>
   <si>
-    <t>Etoile Rouge (CAER)</t>
-[...1 lines deleted...]
-  <si>
     <t>Eugene Reimer Middle School (ERMS)</t>
   </si>
   <si>
     <t>Evan Hardy (EHC)</t>
   </si>
   <si>
     <t>Evander TC (ETC)</t>
   </si>
   <si>
     <t>Evangeline Middle School (EMS)</t>
   </si>
   <si>
     <t>Evergreen Park School (EPS)</t>
   </si>
   <si>
     <t>Evergreen Public School (EVG)</t>
   </si>
   <si>
     <t>Evergreen School (EVG)</t>
   </si>
   <si>
     <t>Evolve Edward Schreyer School (EESS)</t>
   </si>
   <si>
     <t>EWC</t>
   </si>
   <si>
+    <t>Excel (16155)</t>
+  </si>
+  <si>
     <t>Excel Athletics (EXC)</t>
   </si>
   <si>
-    <t>Excel Athletika (EXCL)</t>
-[...1 lines deleted...]
-  <si>
     <t>Exchange Met School (MET)</t>
   </si>
   <si>
     <t>Exeter PS (EPS)</t>
   </si>
   <si>
     <t>Exploits Valley High (EVH)</t>
   </si>
   <si>
     <t>Exploits Valley Intermediate (EVI)</t>
   </si>
   <si>
     <t>Exploits valley road runners (EVRR)</t>
   </si>
   <si>
     <t>Extreme Velocity Track Club (EXT)</t>
   </si>
   <si>
-    <t>Extreme Velocity Track Club (EXTM)</t>
-[...1 lines deleted...]
-  <si>
     <t>F H Collins Secondary (FHC)</t>
   </si>
   <si>
     <t>F. W. Begley  Public School (GECDSB) (BPS)</t>
   </si>
   <si>
     <t>F.E. Madill Secondary School (FEMS)</t>
   </si>
   <si>
     <t>F.H. MacDonald Academy (FHMA)</t>
   </si>
   <si>
     <t>F.J. Brennan (SWBN)</t>
   </si>
   <si>
     <t>F.J. McElligott SS (FJMS)</t>
   </si>
   <si>
     <t>FA Durham (FAD)</t>
   </si>
   <si>
     <t>FA Mississauga (FAM)</t>
   </si>
   <si>
     <t>Fabio (FABIO)</t>
@@ -5882,182 +5489,170 @@
   <si>
     <t>Fern Hill School Ottawa (FHS)</t>
   </si>
   <si>
     <t>Fernie Secondary School (FSS)</t>
   </si>
   <si>
     <t>Ferris Falcons (FSFAL)</t>
   </si>
   <si>
     <t>FFCA - North Middle School (FFCAN)</t>
   </si>
   <si>
     <t>FFCA - South Middle School (FFCA)</t>
   </si>
   <si>
     <t>FG Miller Junior (FGMJ)</t>
   </si>
   <si>
     <t>Field &amp; Track (F&amp;T)</t>
   </si>
   <si>
     <t>Fielding Drive (FIELD)</t>
   </si>
   <si>
-    <t>Filoup (FILO)</t>
-[...1 lines deleted...]
-  <si>
     <t>FireBirds (FLX)</t>
   </si>
   <si>
     <t>Fireside (FIRE)</t>
   </si>
   <si>
     <t>First Avenue Public School (FAPS)</t>
   </si>
   <si>
     <t>First Baptist Academy (FBA)</t>
   </si>
   <si>
     <t>Fisher Branch Collegiate (MFBHS)</t>
   </si>
   <si>
     <t>Fisher Park - Ottawa (FPOT)</t>
   </si>
   <si>
     <t>Fisher River High School Hawks (FRHS)</t>
   </si>
   <si>
     <t>Fitzgerald Academy (FITZ)</t>
   </si>
   <si>
     <t>Five Bridges Junior High (FBJH)</t>
   </si>
   <si>
     <t>Five Mile P.S. (FVM)</t>
   </si>
   <si>
     <t>FK Triathlon (FKT)</t>
   </si>
   <si>
     <t>FKYYC1 (FKYYC)</t>
   </si>
   <si>
     <t>Flamborough Centre - HWDSB (FLAM)</t>
   </si>
   <si>
     <t>Fleetwood Park School (FS)</t>
   </si>
   <si>
     <t>Fleming College (FLEM)</t>
   </si>
   <si>
     <t>Flex Academy (FLEX)</t>
   </si>
   <si>
-    <t>Flight Club Regina (FLCR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Floreceville Falcons (FFMS)</t>
   </si>
   <si>
     <t>Florence Hallock School (FLHS)</t>
   </si>
   <si>
     <t>Flower City Athletics (FLWR)</t>
   </si>
   <si>
     <t>Flower Power ()</t>
   </si>
   <si>
     <t>Flower Studio (FLST)</t>
   </si>
   <si>
+    <t>Flying 'M Athletic Club (FMAC)</t>
+  </si>
+  <si>
     <t>Flying Angels (FLY)</t>
   </si>
   <si>
     <t>Flying Angels - Brampton (FLYBR)</t>
   </si>
   <si>
     <t>Flying Angels - Durham (FLYDU)</t>
   </si>
   <si>
     <t>Flying Angels - Etobicoke (FLYET)</t>
   </si>
   <si>
     <t>Flying Angels - Halton (FAH)</t>
   </si>
   <si>
     <t>Flying Angels - Markham (FLYMA)</t>
   </si>
   <si>
     <t>Flying Angels - Mississauga (FLYMI)</t>
   </si>
   <si>
     <t>Flying Angels - North York (FLYNY)</t>
   </si>
   <si>
     <t>Flying Angels - Scarborough (FLYSC)</t>
   </si>
   <si>
     <t>Flying Angels - Toronto (FLYTO)</t>
   </si>
   <si>
-    <t>Flying Angels Academy (FLYA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Flying Angels Durham West (FADW)</t>
   </si>
   <si>
     <t>Flying Angels Etobicoke South (FAES)</t>
   </si>
   <si>
     <t>Flying Angels TF Academy (FLY)</t>
   </si>
   <si>
     <t>Flying Angels Toronto Downtown East (FATE)</t>
   </si>
   <si>
     <t>Flying Angels Toronto Downtown West (FADW)</t>
   </si>
   <si>
     <t>FLYING ANGELS TRACK AND FIELD ACADEMY (FATC)</t>
   </si>
   <si>
-    <t>Flying M Athletic Club (FMAC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Fogo Island Central Academy (FICA)</t>
   </si>
   <si>
     <t>Foothills Karate &amp; Kobudo Club Ltd. (FKKC)</t>
   </si>
   <si>
-    <t>Force Track Team (FORC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Ford City (GECDSB) (FDCY)</t>
   </si>
   <si>
     <t>Forest Glade Public School (GECDSB) (FGPS)</t>
   </si>
   <si>
     <t>Forest Glen School (FGS)</t>
   </si>
   <si>
     <t>Forest Heights (FH)</t>
   </si>
   <si>
     <t>Forest Heights Collegiate Institute (FHCI)</t>
   </si>
   <si>
     <t>Forest Hills School (FHS3)</t>
   </si>
   <si>
     <t>Forest Trail Public School (FTPS)</t>
   </si>
   <si>
     <t>Forest Valley (FORVA)</t>
   </si>
   <si>
     <t>Fort Frances H.S. (FFHS)</t>
@@ -6158,68 +5753,62 @@
   <si>
     <t>Frank Ryan (FR)</t>
   </si>
   <si>
     <t>Franklin Road - HWDSB (FRAN)</t>
   </si>
   <si>
     <t>Fraser Academy (FAMU)</t>
   </si>
   <si>
     <t>Fraser Heights Secondary Schoo (FHSS)</t>
   </si>
   <si>
     <t>Fraser Lake Elementary Secondary School (FLESS)</t>
   </si>
   <si>
     <t>Fraser River Middle School (FRMS)</t>
   </si>
   <si>
     <t>Fraser Street Run Club (FSRC)</t>
   </si>
   <si>
     <t>Fraser Valley Distance Education (FVDES)</t>
   </si>
   <si>
-    <t>Fraser Valley School (FRASV)</t>
-[...1 lines deleted...]
-  <si>
     <t>Fraserview Learning Centre (FVLC)</t>
   </si>
   <si>
     <t>Freddy Beach Faculty (FBF)</t>
   </si>
   <si>
     <t>Fredericton Christian Academy (FCA)</t>
   </si>
   <si>
     <t>Fredericton High School (FHS3)</t>
   </si>
   <si>
-    <t>Fredericton Reds Track &amp; Field (FREDS)</t>
-[...1 lines deleted...]
-  <si>
     <t>Fredericton Reds Track &amp; Field (FLTC)</t>
   </si>
   <si>
     <t>Fredericton V-MAXX (VMAXX)</t>
   </si>
   <si>
     <t>French Shore Academy (FSA)</t>
   </si>
   <si>
     <t>Friends (FRIEN)</t>
   </si>
   <si>
     <t>Friends On The Run (FOTR)</t>
   </si>
   <si>
     <t>Frisrky Beavers (A/B)</t>
   </si>
   <si>
     <t>Frog Lake School (FROG)</t>
   </si>
   <si>
     <t>Front Runners (FRTO)</t>
   </si>
   <si>
     <t>Frontenac School (FRON)</t>
@@ -6281,56 +5870,59 @@
   <si>
     <t>Garden City Collegiate (MGCHS)</t>
   </si>
   <si>
     <t>Garden Creek School (GCS)</t>
   </si>
   <si>
     <t>Garden Valley Collegiate (GVC)</t>
   </si>
   <si>
     <t>Garibaldi Secondary (GARI)</t>
   </si>
   <si>
     <t>Garneau (NCGA)</t>
   </si>
   <si>
     <t>Garth Webb SS (GHGW)</t>
   </si>
   <si>
     <t>Gatestone - HWDSB (GATE)</t>
   </si>
   <si>
     <t>Gateway Academy (CVCS) (GA)</t>
   </si>
   <si>
-    <t>Gatineau (GATI)</t>
-[...1 lines deleted...]
-  <si>
     <t>Gaulois Disraeli (GAUL)</t>
   </si>
   <si>
+    <t>Gazelle track and field club (GAZ)</t>
+  </si>
+  <si>
+    <t>Gazelles (GAZ)</t>
+  </si>
+  <si>
     <t>GDCI</t>
   </si>
   <si>
     <t>Geary Elementary Community School (GECS)</t>
   </si>
   <si>
     <t>Gemini Racers (GRR)</t>
   </si>
   <si>
     <t>General Amherst (SWAM)</t>
   </si>
   <si>
     <t>General Brock Public School (GECDSB) (BROCK)</t>
   </si>
   <si>
     <t>General Byng School (MGENB)</t>
   </si>
   <si>
     <t>General Currie Elementary (GCE)</t>
   </si>
   <si>
     <t>General Gordon (GG)</t>
   </si>
   <si>
     <t>General Vanier (GVS)</t>
@@ -6368,137 +5960,125 @@
   <si>
     <t>George Vanier (RCCDSB) (GVAN)</t>
   </si>
   <si>
     <t>George Waters Middle School (MGEOW)</t>
   </si>
   <si>
     <t>George-Etienne-Cartier (GEC)</t>
   </si>
   <si>
     <t>Georges P. Vanier Junior High (GPV)</t>
   </si>
   <si>
     <t>Georgetown District High School (GDHS)</t>
   </si>
   <si>
     <t>Georgetown Elementary School (GE)</t>
   </si>
   <si>
     <t>Georgian Bay Community School (GBCS)</t>
   </si>
   <si>
     <t>Georgian Bay Coyotes (GBC)</t>
   </si>
   <si>
-    <t>Georgian Bay Coyotes Tc (GBCT)</t>
-[...1 lines deleted...]
-  <si>
     <t>Georgian Bay District Secondary School (GBSS)</t>
   </si>
   <si>
     <t>Georgian College (GB)</t>
   </si>
   <si>
     <t>Gérald-Godin (G-G)</t>
   </si>
   <si>
     <t>Geraldton C.H.S. (GCHS)</t>
   </si>
   <si>
     <t>Gibson Elementary School (GBS)</t>
   </si>
   <si>
     <t>Gibson Neill Memorial Elementary School (GNME)</t>
   </si>
   <si>
     <t>Gibsons Elementary School (GES)</t>
   </si>
   <si>
     <t>Gilbert Plains Collegiate (0806)</t>
   </si>
   <si>
     <t>Giles Campus Public School (GECDSB) (GCPS)</t>
   </si>
   <si>
     <t>Gill Memorial Academy (GILL)</t>
   </si>
   <si>
-    <t>Gimli High School (MGIHS)</t>
-[...1 lines deleted...]
-  <si>
     <t>Gisèle-Lalonde - Ottawa (NCGI)</t>
   </si>
   <si>
     <t>GISS XC 2022 (GISS)</t>
   </si>
   <si>
     <t>Glace Bay High (GLB)</t>
   </si>
   <si>
     <t>Gladstone (GLAD)</t>
   </si>
   <si>
-    <t>Gladstone Track And Field Club (GLAD)</t>
-[...1 lines deleted...]
-  <si>
     <t>Glamorgan (GLAMO)</t>
   </si>
   <si>
     <t>Glashan (GLAS)</t>
   </si>
   <si>
     <t>Glebe Collegiate - Ottawa (NCGL)</t>
   </si>
   <si>
     <t>Glen Allan ()</t>
   </si>
   <si>
     <t>Glen Allan Elementary (GAE)</t>
   </si>
   <si>
     <t>Glen Avon Glen Avon (GLAV)</t>
   </si>
   <si>
     <t>Glen Brae - HWDSB (BRAE)</t>
   </si>
   <si>
     <t>Glen Cairn - Kanata (GCKA)</t>
   </si>
   <si>
     <t>Glen Echo - HWDSB (ECHO)</t>
   </si>
   <si>
     <t>Glen Falls Elementary School (GFES)</t>
   </si>
   <si>
     <t>Glen Manor Track Club (GMT)</t>
   </si>
   <si>
-    <t>Glen Manor Track Club (GMTC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Glen Ogilvie (GLENO)</t>
   </si>
   <si>
     <t>Glen Stewart Elementary School (GS)</t>
   </si>
   <si>
     <t>Glenboro (0605)</t>
   </si>
   <si>
     <t>Glenboro Panthers (GLPA)</t>
   </si>
   <si>
     <t>Glenbrook Middle (GLBK)</t>
   </si>
   <si>
     <t>Glencoe District High School (GAELS)</t>
   </si>
   <si>
     <t>Glendale Gophers (GG)</t>
   </si>
   <si>
     <t>Glendale High School (WOGD)</t>
   </si>
   <si>
     <t>Glendale High School (WOSSAA) (GHS)</t>
@@ -6536,161 +6116,146 @@
   <si>
     <t>Glenora School (GLNS)</t>
   </si>
   <si>
     <t>Glenrosa Middle School (GMS)</t>
   </si>
   <si>
     <t>Glenview Park Secondary School (GPSS)</t>
   </si>
   <si>
     <t>Glenwood Public School (GECDSB) (GWPS)</t>
   </si>
   <si>
     <t>Glenwood School (GLEN)</t>
   </si>
   <si>
     <t>Gloucester H.S. - Ottawa (NCGR)</t>
   </si>
   <si>
     <t>Gloucester HS (GHS)</t>
   </si>
   <si>
     <t>Glovertown Academy (GLAC)</t>
   </si>
   <si>
-    <t>Go Athletics (GOAB)</t>
-[...1 lines deleted...]
-  <si>
     <t>Go360 Racing (360)</t>
   </si>
   <si>
     <t>Gobind Sarvar School (GSS)</t>
   </si>
   <si>
     <t>Goderich (GDCI)</t>
   </si>
   <si>
     <t>Goderich Public (GPS)</t>
   </si>
   <si>
     <t>Godson Elementary (GODE)</t>
   </si>
   <si>
     <t>Gold River Secondary (GRSS)</t>
   </si>
   <si>
     <t>Golden Eagle Track Club (GET)</t>
   </si>
   <si>
     <t>Golden Eagles Track Club (GET)</t>
   </si>
   <si>
-    <t>Golden Eagles Track Club (GETC)</t>
-[...4 lines deleted...]
-  <si>
     <t>Golden Gate Middle School (MGGMS)</t>
   </si>
   <si>
     <t>Golden Secondary Eagles (GDEGL)</t>
   </si>
   <si>
     <t>Gonzaga High School (GONZ)</t>
   </si>
   <si>
     <t>Good Shepherd - Gloucester (GSGL)</t>
   </si>
   <si>
     <t>Goose Lake (0808)</t>
   </si>
   <si>
     <t>Gordon Bell High School (MGBHS)</t>
   </si>
   <si>
     <t>Gordon McGregor Public School (GECDSB) (MGPS)</t>
   </si>
   <si>
     <t>Gordon Price - HWDSB (GORD)</t>
   </si>
   <si>
     <t>Gore Hill Public School (GECDSB) (GHPS)</t>
   </si>
   <si>
     <t>Gorham and Ware C.P.S. (GAW)</t>
   </si>
   <si>
     <t>Gorsebrook Junior High (GOR)</t>
   </si>
   <si>
     <t>Gosfield North Public School (GECDSB) (GNPS)</t>
   </si>
   <si>
-    <t>Gottarunracing (GRR1)</t>
-[...1 lines deleted...]
-  <si>
     <t>Goulbourn - Ottawa (GOUO)</t>
   </si>
   <si>
     <t>Goulds Elementary (GELM)</t>
   </si>
   <si>
     <t>Governor Simcoe (GVSC)</t>
   </si>
   <si>
     <t>GP Vanier (VANI)</t>
   </si>
   <si>
     <t>GP Vanier (GPVA)</t>
   </si>
   <si>
     <t>GPPSD Isabel Campbell (ICPS)</t>
   </si>
   <si>
     <t>GPRC Wolves Athletic Club (WAC)</t>
   </si>
   <si>
     <t>Grace Christian (GCCH)</t>
   </si>
   <si>
     <t>Grace Christian School (GC)</t>
   </si>
   <si>
     <t>Graham Creighton Junior High (GCJH)</t>
   </si>
   <si>
     <t>Grand Bank Fortune Running Group (GBF)</t>
   </si>
   <si>
     <t>Grand Bank Running Club (GBRC)</t>
   </si>
   <si>
-    <t>Grand Club De Course (GCDC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Grand Forks Secondary School (GFSS)</t>
   </si>
   <si>
     <t>Grand Manan (GM2)</t>
   </si>
   <si>
     <t>Grand Manan Community School (GMCS)</t>
   </si>
   <si>
     <t>Grand River C. I (GRCI)</t>
   </si>
   <si>
     <t>Grand Tracadie Elementary School (GTES)</t>
   </si>
   <si>
     <t>Grande Prairie Regional College (GPRC)</t>
   </si>
   <si>
     <t>Grande Yellowhead Schools (GYSD)</t>
   </si>
   <si>
     <t>Grandview Heights (GHTS)</t>
   </si>
   <si>
     <t>Grandview School (GRVEW)</t>
@@ -6704,71 +6269,65 @@
   <si>
     <t>Granite Ridge - Sharbot Lake (EOGR)</t>
   </si>
   <si>
     <t>Grant Park (MGPHS)</t>
   </si>
   <si>
     <t>Gravenhurst High School (GRVHS)</t>
   </si>
   <si>
     <t>Gray Academy (GRAY)</t>
   </si>
   <si>
     <t>Gray Elementary School (GRAY)</t>
   </si>
   <si>
     <t>Great Lakes Christian College (CLCC)</t>
   </si>
   <si>
     <t>Great Lakes Secondary School (SWGL)</t>
   </si>
   <si>
     <t>Greater Fort Erie Secondary School (GFESS)</t>
   </si>
   <si>
-    <t>Greater Fort Town Area Charity (FTNR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Greater Moncton Running Club (GMRC)</t>
   </si>
   <si>
     <t>Greater Uxbridge Road Runners (GXB)</t>
   </si>
   <si>
     <t>Greely (GREE)</t>
   </si>
   <si>
     <t>GREEN</t>
   </si>
   <si>
     <t>Green Acres - HWDSB (GREE)</t>
   </si>
   <si>
-    <t>Green And Gold Track And Field Club (GGTF)</t>
-[...1 lines deleted...]
-  <si>
     <t>Green Bay South Academy (GBSA)</t>
   </si>
   <si>
     <t>Green Newton Adventures (GNA1)</t>
   </si>
   <si>
     <t>Green Valley School - Pirates (GVS)</t>
   </si>
   <si>
     <t>Greenall High School (GHS)</t>
   </si>
   <si>
     <t>Greenbank - Nepean (GRNE)</t>
   </si>
   <si>
     <t>Greendale Elementary Community School Society (GECSS)</t>
   </si>
   <si>
     <t>Greenfield Elementary (GF)</t>
   </si>
   <si>
     <t>Greenfield School (GREF)</t>
   </si>
   <si>
     <t>Greensville - HWDSB (GVIL)</t>
@@ -6794,59 +6353,53 @@
   <si>
     <t>Gretna Green Elementary School (GGES)</t>
   </si>
   <si>
     <t>Gretna School (GRET)</t>
   </si>
   <si>
     <t>Grey Highlands Secondary (GHSS)</t>
   </si>
   <si>
     <t>Greyhounds Masters Club (GREY)</t>
   </si>
   <si>
     <t>Greyhounds Masters Track &amp; Field Club (GREY)</t>
   </si>
   <si>
     <t>Gridiron Academy (GRIDA)</t>
   </si>
   <si>
     <t>Griffith Woods (WOODS)</t>
   </si>
   <si>
     <t>Grimsby Secondary (GRIM)</t>
   </si>
   <si>
-    <t>Grit Athletics Track And Field Club (GRIT)</t>
-[...1 lines deleted...]
-  <si>
     <t>Gritty Run Club (GRIT)</t>
   </si>
   <si>
-    <t>Grizzly Endurance Collective Athletics Club (GECA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Gros Morne Academy (GROS)</t>
   </si>
   <si>
     <t>Grosse Isle Flyers (GIF)</t>
   </si>
   <si>
     <t>Grosvenor  School (MGROS)</t>
   </si>
   <si>
     <t>GSCS - Bishop Filevich (BHFI)</t>
   </si>
   <si>
     <t>GSCS - Bishop Klein (BHKL)</t>
   </si>
   <si>
     <t>GSCS - Bishop Pocock (BHPO)</t>
   </si>
   <si>
     <t>GSCS - Bishop Roborecki (BPRI)</t>
   </si>
   <si>
     <t>GSCS - Cardinal Leger (CDLR)</t>
   </si>
   <si>
     <t>GSCS - Father Robinson (FATRO)</t>
@@ -7010,143 +6563,125 @@
   <si>
     <t>GW Graham - Chilliwack (GWG)</t>
   </si>
   <si>
     <t>H. C. Avery (MHCAV)</t>
   </si>
   <si>
     <t>H.E. Bourgoin Middle School (HEBS)</t>
   </si>
   <si>
     <t>H.G. Fillier Academy (HGFA)</t>
   </si>
   <si>
     <t>H.L. Strong Academy (HLSA)</t>
   </si>
   <si>
     <t>H.S. Paul School (HSP)</t>
   </si>
   <si>
     <t>Hagersville Secondary School (CWHG)</t>
   </si>
   <si>
     <t>Haliburton Highlands - Halibur (COHH)</t>
   </si>
   <si>
-    <t>Halifast Athletics (HFST)</t>
-[...1 lines deleted...]
-  <si>
     <t>Halifax Central Junior High (CENT)</t>
   </si>
   <si>
     <t>Halifax Christian Academy (HCA)</t>
   </si>
   <si>
     <t>Halifax Grammar (HGS)</t>
   </si>
   <si>
     <t>Halifax Independent School (HIS)</t>
   </si>
   <si>
     <t>Halifax Road Hammers (HRH)</t>
   </si>
   <si>
-    <t>Halifax Road Hammers (HRHM)</t>
-[...1 lines deleted...]
-  <si>
     <t>Halifax Triathlon Club (HTC)</t>
   </si>
   <si>
     <t>Halifax West (HFXW)</t>
   </si>
   <si>
     <t>Hamilton Christian (HDCH)</t>
   </si>
   <si>
     <t>Hamilton District C.H.S. - HWDSB (SOHD)</t>
   </si>
   <si>
     <t>Hamilton Hebrew Acadmey - HWDSB (HHAC)</t>
   </si>
   <si>
-    <t>Hamilton Marathon Road2Hope (HM2H)</t>
-[...1 lines deleted...]
-  <si>
     <t>Hamilton Olympic Club (HOC)</t>
   </si>
   <si>
-    <t>Hamilton Olympic Club (OHOC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Hamlet PS (HAMPS)</t>
   </si>
   <si>
     <t>Hammarskjold H.S. (HHS)</t>
   </si>
   <si>
     <t>Hammarskjold HS (HHS)</t>
   </si>
   <si>
     <t>Hammonds Plains Consolidated School (HPCS)</t>
   </si>
   <si>
     <t>Hampden Academy (HAMP)</t>
   </si>
   <si>
     <t>Hampton Elementary School (HAMP)</t>
   </si>
   <si>
     <t>Hampton High School (HHS2)</t>
   </si>
   <si>
     <t>Hampton Middle School (HMSA)</t>
   </si>
   <si>
     <t>Hampton Park Elementary (HPEL)</t>
   </si>
   <si>
     <t>Handsworth (HAND)</t>
   </si>
   <si>
     <t>Hants East Rural High School (HERH)</t>
   </si>
   <si>
     <t>Hants North (HNRH)</t>
   </si>
   <si>
     <t>Hantsport (HNPT)</t>
   </si>
   <si>
     <t>Hapnot Collegiate (HCI)</t>
   </si>
   <si>
-    <t>Happy Trails Racing Inc. (HTRI)</t>
-[...4 lines deleted...]
-  <si>
     <t>Harbour View High (HVH3)</t>
   </si>
   <si>
     <t>Harkins Elementary School (HES2)</t>
   </si>
   <si>
     <t>Harkins Middle School (HMS)</t>
   </si>
   <si>
     <t>Harold M Brathwaite SS (BRATH)</t>
   </si>
   <si>
     <t>Harold Panabaker (HPANA)</t>
   </si>
   <si>
     <t>Harold Peterson Middle (HPMS)</t>
   </si>
   <si>
     <t>Harold T. Barrett Junior High (HTB)</t>
   </si>
   <si>
     <t>Harrison Trimble High (HTH3)</t>
   </si>
   <si>
     <t>Harrow Elementary School (HAES)</t>
@@ -7211,53 +6746,50 @@
   <si>
     <t>Hawthorne P.S. (HAWT)</t>
   </si>
   <si>
     <t>HAY RIVER TRACK CLUB (HRTC)</t>
   </si>
   <si>
     <t>Hazelton Secondary (HAZ)</t>
   </si>
   <si>
     <t>Hazelwood Elementary (HAZE)</t>
   </si>
   <si>
     <t>HB Beal Secondary School (BEAL)</t>
   </si>
   <si>
     <t>HD Cartwright (HDCAR)</t>
   </si>
   <si>
     <t>HD Stafford Middle (HDSM)</t>
   </si>
   <si>
     <t>Health &amp; Performance (HP)</t>
   </si>
   <si>
-    <t>Heart Lake Run (HLR1)</t>
-[...1 lines deleted...]
-  <si>
     <t>Heart Lake Secondary School (HLSS)</t>
   </si>
   <si>
     <t>Hebbville Academy (HEBB)</t>
   </si>
   <si>
     <t>Hedges Middle School (HEDG)</t>
   </si>
   <si>
     <t>Heinsburg Community School Junior (HEIJ)</t>
   </si>
   <si>
     <t>Helen Detwiler - HWDSB (HELE)</t>
   </si>
   <si>
     <t>Helen Tulk Elementary (HELE)</t>
   </si>
   <si>
     <t>Hélène-Gravel (HEG)</t>
   </si>
   <si>
     <t>Henderson Elementary School (HEND)</t>
   </si>
   <si>
     <t>Henderson Secondary School (HEND)</t>
@@ -7568,332 +7100,293 @@
   <si>
     <t>Horizon Jeunesse (CECCE) (HJ)</t>
   </si>
   <si>
     <t>Horizon-Jeunesse (HOJE)</t>
   </si>
   <si>
     <t>Hornepayne H.S. (HOHS)</t>
   </si>
   <si>
     <t>Horsefly (HFY)</t>
   </si>
   <si>
     <t>Horsepower Sprint Club (HSC)</t>
   </si>
   <si>
     <t>Horseshoe Crossing (HCHS)</t>
   </si>
   <si>
     <t>Horton High (HHS)</t>
   </si>
   <si>
     <t>Host Region (HOST)</t>
   </si>
   <si>
-    <t>House Of Speed Track And Field Club (LW44)</t>
-[...1 lines deleted...]
-  <si>
     <t>Howard S Billings Regional High School (HSB)</t>
   </si>
   <si>
     <t>Howden School (HOWD)</t>
   </si>
   <si>
     <t>Howe Sound (HSS)</t>
   </si>
   <si>
     <t>Howick Central Public School (HOW)</t>
   </si>
   <si>
     <t>Huck Track (HKTK)</t>
   </si>
   <si>
     <t>Hugh Beaton Public School (GECDSB) (HBPS)</t>
   </si>
   <si>
     <t>Hugh Boyd Secondary School (HBSS)</t>
   </si>
   <si>
     <t>Hugh John Macdonald (HJM)</t>
   </si>
   <si>
     <t>Hugh McRoberts (HMSS)</t>
   </si>
   <si>
     <t>Hullett (HULL)</t>
   </si>
   <si>
     <t>Humber College (HC)</t>
   </si>
   <si>
     <t>Humber Elementary (HUMB)</t>
   </si>
   <si>
-    <t>Humber Hawks (HUMB)</t>
-[...1 lines deleted...]
-  <si>
     <t>Humberside C.I. (HCI)</t>
   </si>
   <si>
     <t>Humbeview S.S. (HUMB)</t>
   </si>
   <si>
     <t>Humble Boxing Academy (HBA)</t>
   </si>
   <si>
     <t>Hume Park Home Learners (HPHL)</t>
   </si>
   <si>
     <t>Huntington Park - HWDSB (HUNT)</t>
   </si>
   <si>
     <t>Huntley Centennial - Ottawa (HUCO)</t>
   </si>
   <si>
     <t>Huntsville High School (HUNT)</t>
   </si>
   <si>
     <t>Huntsville Hurricanes (HUN)</t>
   </si>
   <si>
     <t>Huntsville Werc (WERC)</t>
   </si>
   <si>
     <t>Huron Centennial (HCPS)</t>
   </si>
   <si>
     <t>Huron Heights Secondary School (HHSS)</t>
   </si>
   <si>
     <t>Huron Park Secondary School (HPSS)</t>
   </si>
   <si>
     <t>Huron Perth Wind (SUPW)</t>
   </si>
   <si>
     <t>I Be Fast TC (IBF)</t>
   </si>
   <si>
-    <t>I Be Fast Track Club (IBFT)</t>
-[...4 lines deleted...]
-  <si>
     <t>I.E. Weldon SS - Lindsay (COWE)</t>
   </si>
   <si>
     <t>Ian Baillie Primary School (IBPS)</t>
   </si>
   <si>
     <t>Ian Bazalgette (IANB)</t>
   </si>
   <si>
     <t>Ignace School (IGN)</t>
   </si>
   <si>
     <t>Ile du Prince Edward (IPE)</t>
   </si>
   <si>
     <t>Immaculata - Ottawa (NCIM)</t>
   </si>
   <si>
     <t>Immaculata HS (IMMA)</t>
   </si>
   <si>
     <t>Immaculate Conc. S /Coll (ICPS)</t>
   </si>
   <si>
     <t>Immaculate Conception (IMC)</t>
   </si>
   <si>
     <t>Immaculate Heart of Mary School (IHMS)</t>
   </si>
   <si>
     <t>Immanuel Christian School (IC)</t>
   </si>
   <si>
     <t>Immanuel Christian School (ICS)</t>
   </si>
   <si>
-    <t>Impulsion (IMPU)</t>
-[...4 lines deleted...]
-  <si>
     <t>Indépendant ()</t>
   </si>
   <si>
     <t>Indian River Academy (IRA)</t>
   </si>
   <si>
     <t>Indian River High School (IRHS)</t>
   </si>
   <si>
     <t>Individual (INDIV)</t>
   </si>
   <si>
     <t>Individual entry (1)</t>
   </si>
   <si>
     <t>Ingersoll DCI (WOIN)</t>
   </si>
   <si>
     <t>Inglewood School (INGL)</t>
   </si>
   <si>
     <t>Innisdale Secondary School (INSS)</t>
   </si>
   <si>
     <t>Interior Running Association (BCIR)</t>
   </si>
   <si>
     <t>Intermediate Boys (AMSIB)</t>
   </si>
   <si>
     <t>Intermediate Girls (AMSIG)</t>
   </si>
   <si>
     <t>Inverness County Athletics (INVA)</t>
   </si>
   <si>
     <t>Inverness Educational Centre (INV)</t>
   </si>
   <si>
     <t>Invictus Athletics (INV)</t>
   </si>
   <si>
-    <t>Invictus Athletics Club (INAC)</t>
-[...1 lines deleted...]
-  <si>
     <t>IR Churchill P.S. (IRC)</t>
   </si>
   <si>
     <t>Irene Kelleher Totí:ltawtxw (OLTI)</t>
   </si>
   <si>
     <t>Iron River School (IRRI)</t>
   </si>
   <si>
-    <t>Iron Stride (IRON)</t>
-[...1 lines deleted...]
-  <si>
     <t>Iroquois Falls Secondary School (IFSS)</t>
   </si>
   <si>
     <t>Isaac Newton School (MISNT)</t>
   </si>
   <si>
     <t>Island Lakes Community School (ILCS)</t>
   </si>
   <si>
     <t>Island Pacific School (IPS)</t>
   </si>
   <si>
     <t>Island View High School (IVHS)</t>
   </si>
   <si>
     <t>Island View School (IVS)</t>
   </si>
   <si>
     <t>Islanders Track and Field (ISLA)</t>
   </si>
   <si>
     <t>Islands Consolidated (ICS)</t>
   </si>
   <si>
     <t>Issachar Christian Academy (ICA)</t>
   </si>
   <si>
     <t>J. Clarke Richardson (JCRLO)</t>
   </si>
   <si>
-    <t>J. H. Bruns Collegiate (MJHBC)</t>
-[...1 lines deleted...]
-  <si>
     <t>J. J. Curling Elementary School (JJCE)</t>
   </si>
   <si>
     <t>J.-L. Couroux (JLCO)</t>
   </si>
   <si>
     <t>J.C. Erhardt Memorial School (JCEM)</t>
   </si>
   <si>
     <t>J.H. Putman - Ottawa (JHPO)</t>
   </si>
   <si>
     <t>J.L. Ilsley (JLI)</t>
   </si>
   <si>
     <t>J.M. Olds Collegiate (JMOC)</t>
   </si>
   <si>
     <t>J.R. Smallwood Middle School (JRSM)</t>
   </si>
   <si>
     <t>J.S. McCormick (JSMC)</t>
   </si>
   <si>
     <t>J.T. Errington (ERRI)</t>
   </si>
   <si>
     <t>Jack Donohue - Kanata (JADK)</t>
   </si>
   <si>
     <t>Jack Miner Public School (GECDSB) (JMPS)</t>
   </si>
   <si>
     <t>Jackson Elementary (JKEL)</t>
   </si>
   <si>
     <t>Jackyl's Avengers (JA)</t>
   </si>
   <si>
     <t>Jacob Hespeler S.S. (JHSS)</t>
   </si>
   <si>
     <t>Jakeman All Grade (JAKE)</t>
   </si>
   <si>
-    <t>Jakours Athlétisme (JAKO)</t>
-[...7 lines deleted...]
-  <si>
     <t>jamcan (JMAC)</t>
   </si>
   <si>
-    <t>Jamcan International Athletics Club (JMAC)</t>
-[...1 lines deleted...]
-  <si>
     <t>James Cardinal McGuigan Catholic High School (JCM)</t>
   </si>
   <si>
     <t>James Cook Memorial (JCM)</t>
   </si>
   <si>
     <t>James Dunn (JDPS)</t>
   </si>
   <si>
     <t>James Gilmore Elementary (GILM)</t>
   </si>
   <si>
     <t>James M. Hill Memorial (JMH2)</t>
   </si>
   <si>
     <t>James MacDonald - HWDSB (JMAC)</t>
   </si>
   <si>
     <t>James McKinney Elementary (JME)</t>
   </si>
   <si>
     <t>James Thompson Elementary School (JTES)</t>
   </si>
   <si>
     <t>Jane Collins Academy (JCA)</t>
@@ -7919,53 +7412,50 @@
   <si>
     <t>Jean Vanier Catholic Sec. School (JVCSS)</t>
   </si>
   <si>
     <t>JEAN WETRADE SCHOOL (JWET)</t>
   </si>
   <si>
     <t>Jean-Éthier-Blais (JEB)</t>
   </si>
   <si>
     <t>Jean-eudes (JNES)</t>
   </si>
   <si>
     <t>Jean-Robert-Gauthier (JRG)</t>
   </si>
   <si>
     <t>Jeanne-Lajoie - Pembroke (JELA)</t>
   </si>
   <si>
     <t>Jeanne-Sauvé (JSV)</t>
   </si>
   <si>
     <t>Jeannois (JEAN)</t>
   </si>
   <si>
-    <t>Jeannois D'alma (JEAN)</t>
-[...1 lines deleted...]
-  <si>
     <t>Jeffros (JFR)</t>
   </si>
   <si>
     <t>Jens Haven Memorial (JHM)</t>
   </si>
   <si>
     <t>Jessie Lee Elementary School (JESS)</t>
   </si>
   <si>
     <t>Jesus-Marie de Beauceville (JMB)</t>
   </si>
   <si>
     <t>Jesus-Marie de Bellechase (JMDB)</t>
   </si>
   <si>
     <t>Jeunesse Active (JEAC)</t>
   </si>
   <si>
     <t>Jeunesse Athlé. (JAWS)</t>
   </si>
   <si>
     <t>Jeunesse-Nord (ESCJN)</t>
   </si>
   <si>
     <t>Jeux de l'Acadie Nova Scotia (JDLA)</t>
@@ -8108,164 +7598,143 @@
   <si>
     <t>Jones family (JONES)</t>
   </si>
   <si>
     <t>JonesFam (JONES)</t>
   </si>
   <si>
     <t>JOSEPH BURR TYRRELL (JBT)</t>
   </si>
   <si>
     <t>Joseph H. Kerr ()</t>
   </si>
   <si>
     <t>Joyceville Public School (JOYC)</t>
   </si>
   <si>
     <t>JR Robson (JRR)</t>
   </si>
   <si>
     <t>judo ben laval (C 408)</t>
   </si>
   <si>
     <t>Jules-Verne (J-V)</t>
   </si>
   <si>
-    <t>Jump Squad (JSNS)</t>
-[...1 lines deleted...]
-  <si>
     <t>Junior Bison Track &amp; Field Club (JRB)</t>
   </si>
   <si>
     <t>Junior Boys (AMSJB)</t>
   </si>
   <si>
     <t>Junior Girls (AMSJG)</t>
   </si>
   <si>
     <t>Juniper Ridge Elementary (JPE)</t>
   </si>
   <si>
     <t>Juniper Ridge Intermediate (JRIN)</t>
   </si>
   <si>
     <t>Just Throws (JTT)</t>
   </si>
   <si>
     <t>Juvenat Notre dame (JND)</t>
   </si>
   <si>
     <t>K2J Fitness (K2J)</t>
   </si>
   <si>
-    <t>Kajaks Track &amp; Field Club (KJAK)</t>
-[...1 lines deleted...]
-  <si>
     <t>Kakabeka Falls P.S. (KAK)</t>
   </si>
   <si>
     <t>KAKISA LAKE SCHOOL (KAK)</t>
   </si>
   <si>
     <t>Kal RATS (KALR)</t>
   </si>
   <si>
     <t>Kalamalka Secondary School (KALA)</t>
   </si>
   <si>
     <t>Kameyosek School (KAME)</t>
   </si>
   <si>
     <t>Kamloops Christian School (KAMCS)</t>
   </si>
   <si>
-    <t>Kamloops Ridge Runners (KRRS)</t>
-[...1 lines deleted...]
-  <si>
     <t>Kamloops School of the Arts (KSA)</t>
   </si>
   <si>
-    <t>Kamloops Track &amp; Field Club (KAML)</t>
-[...1 lines deleted...]
-  <si>
     <t>Kanata (KANA)</t>
   </si>
   <si>
     <t>Kanata Academy (KA)</t>
   </si>
   <si>
     <t>Kanata Highlands Public School (KHPS)</t>
   </si>
   <si>
     <t>Kanata Montessori (NCKM)</t>
   </si>
   <si>
-    <t>Kanata Race Day (KRRD)</t>
-[...1 lines deleted...]
-  <si>
     <t>Kanetskare - HWDSB (KANE)</t>
   </si>
   <si>
     <t>Kanto Sho Karate Club (KSKC)</t>
   </si>
   <si>
     <t>Kapuskasing District High School (KDHS)</t>
   </si>
   <si>
     <t>Kars on the Rideau - Kars (KORK)</t>
   </si>
   <si>
     <t>Kathleen McNeely Elementary (KMES)</t>
   </si>
   <si>
     <t>Katimavik Elementary School (KTES)</t>
   </si>
   <si>
-    <t>Kawartha Lakes Lightning (KWLL)</t>
-[...1 lines deleted...]
-  <si>
     <t>Kay Bingham Elementary (KBES)</t>
   </si>
   <si>
     <t>KCVI HIgh school (KCVI)</t>
   </si>
   <si>
     <t>Keheewin (KEHE)</t>
   </si>
   <si>
     <t>Kehewin Community Junior (KECJ)</t>
   </si>
   <si>
     <t>Kelly Road (KRS)</t>
   </si>
   <si>
     <t>Kelowna Christian (KCS)</t>
   </si>
   <si>
-    <t>Kelowna Running Club (KRCC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Kelowna Secondary School (KSS)</t>
   </si>
   <si>
     <t>Kelvin High School (MKELV)</t>
   </si>
   <si>
     <t>Kemptville Public School (KVPS)</t>
   </si>
   <si>
     <t>Kennebecasis Park Elementary (KPRK)</t>
   </si>
   <si>
     <t>Kennebecassis Valley High (KVH3)</t>
   </si>
   <si>
     <t>Kennedy Cleaning Service ()</t>
   </si>
   <si>
     <t>Kennedy Collegiate (SWKC)</t>
   </si>
   <si>
     <t>Kenner Cvi - Peterborough (COKE)</t>
   </si>
   <si>
     <t>Kenneth D Taylor (KDT)</t>
@@ -8312,59 +7781,53 @@
   <si>
     <t>Kihew Asiniy Junior (KIAJ)</t>
   </si>
   <si>
     <t>Kikendawt Kinoomaadii Gamig (DOKIS)</t>
   </si>
   <si>
     <t>Kikino School (KIKI)</t>
   </si>
   <si>
     <t>Kildonan East (MKEHS)</t>
   </si>
   <si>
     <t>Killarney (KILL)</t>
   </si>
   <si>
     <t>Killarney Elementary (KSC)</t>
   </si>
   <si>
     <t>Killarney School (KNYS)</t>
   </si>
   <si>
     <t>Kilomaîtres (KMSL)</t>
   </si>
   <si>
-    <t>Kilomaîtres De Lasalle (KMSL)</t>
-[...1 lines deleted...]
-  <si>
     <t>Kilt Brothers (KB)</t>
   </si>
   <si>
-    <t>Kin-Academie (KINA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Kinburn Track &amp; X-Country (KNBN)</t>
   </si>
   <si>
     <t>Kincardine District Secondary School (KDSS)</t>
   </si>
   <si>
     <t>Kind Vibe Kids (KVKC)</t>
   </si>
   <si>
     <t>Kind Vibe Kids (KIND)</t>
   </si>
   <si>
     <t>Kindersley and District Special Olympics (KDSO)</t>
   </si>
   <si>
     <t>Kindersley Composite School (KCS)</t>
   </si>
   <si>
     <t>King Academy (KING)</t>
   </si>
   <si>
     <t>King David (KIDA)</t>
   </si>
   <si>
     <t>King Edward (KE1)</t>
@@ -8396,98 +7859,89 @@
   <si>
     <t>King's University (KGUV)</t>
   </si>
   <si>
     <t>King's View Academy (KVA)</t>
   </si>
   <si>
     <t>King's-Edgehill School (KES)</t>
   </si>
   <si>
     <t>Kings County Academy (KCA)</t>
   </si>
   <si>
     <t>Kingston Christian School (KGCS)</t>
   </si>
   <si>
     <t>Kingston Road Runners Association (KRRA)</t>
   </si>
   <si>
     <t>Kingston Secondary School (EOKSS)</t>
   </si>
   <si>
     <t>Kingston TFC (KIN)</t>
   </si>
   <si>
-    <t>Kingston Track &amp; Field Club (KING)</t>
-[...1 lines deleted...]
-  <si>
     <t>Kingsville Public School (GECDSB) (KPS)</t>
   </si>
   <si>
     <t>Kingsway Park P.S. (KGP)</t>
   </si>
   <si>
     <t>Kingswood elementary school (1991)</t>
   </si>
   <si>
     <t>Kinkora Regional High (KH)</t>
   </si>
   <si>
     <t>Kirkland Lake District Composite School (KLDCS)</t>
   </si>
   <si>
     <t>Kita Kaze Budo ()</t>
   </si>
   <si>
     <t>Kitchener Collegiate (KCI) (KCI)</t>
   </si>
   <si>
-    <t>Kitchener Waterloo T.f.a. (KWTF)</t>
-[...1 lines deleted...]
-  <si>
     <t>Kitchener Waterloo TFA (KWT)</t>
   </si>
   <si>
     <t>Kitsilano (KITS)</t>
   </si>
   <si>
     <t>Kiwetin School (KS)</t>
   </si>
   <si>
     <t>Kleefeld Stingers (STING)</t>
   </si>
   <si>
     <t>Knollwood Park Public School (KWPPS)</t>
   </si>
   <si>
     <t>Knoxdale Elementary School (KNOX)</t>
   </si>
   <si>
-    <t>Kootenay Chaos Track Club (KCTC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Kootenay River Secondary (KRSS)</t>
   </si>
   <si>
     <t>Korah C&amp;VS (KORAH)</t>
   </si>
   <si>
     <t>Kronos Triathlon Club (KTRIC)</t>
   </si>
   <si>
     <t>KVR Middle School (KVR)</t>
   </si>
   <si>
     <t>Kwaleen (KWE)</t>
   </si>
   <si>
     <t>Kwalikum Secondary (KWAL)</t>
   </si>
   <si>
     <t>Kwalikum Secondary School (KSS25)</t>
   </si>
   <si>
     <t>Kwantlen Park Secondary (KWPS)</t>
   </si>
   <si>
     <t>Kwayquitlam (KWAY)</t>
@@ -8501,53 +7955,50 @@
   <si>
     <t>L'assomption (LA)</t>
   </si>
   <si>
     <t>L'Ecole Bilingue Elementary School (LBES)</t>
   </si>
   <si>
     <t>L'ecole Hilllcrest (LHC)</t>
   </si>
   <si>
     <t>L'étoile-de-L'est (LEDE)</t>
   </si>
   <si>
     <t>L'Hertiage - Cornwall (LHERT)</t>
   </si>
   <si>
     <t>L'nu Sipuk Kina'muokuom (LSK)</t>
   </si>
   <si>
     <t>L'Odyssée (LODY)</t>
   </si>
   <si>
     <t>L'outaouais (OUT)</t>
   </si>
   <si>
-    <t>La Cavale (CAVA)</t>
-[...1 lines deleted...]
-  <si>
     <t>La Citadelle - Cornwall (CITA)</t>
   </si>
   <si>
     <t>La Cité Collégiale (LCC)</t>
   </si>
   <si>
     <t>La Cite Collegiate (CITE)</t>
   </si>
   <si>
     <t>La Fontaine (CLF)</t>
   </si>
   <si>
     <t>La Fontaine de Néguac (LFN2)</t>
   </si>
   <si>
     <t>La Frontalière (LFR)</t>
   </si>
   <si>
     <t>La Glace Public School (LAGAT)</t>
   </si>
   <si>
     <t>LA Matheson Mustangs (LAMM)</t>
   </si>
   <si>
     <t>La Place des Enfants (PDE)</t>
@@ -8558,53 +8009,50 @@
   <si>
     <t>La Salle School (SALLE)</t>
   </si>
   <si>
     <t>La Salle SS - Kingston (EOLS)</t>
   </si>
   <si>
     <t>La Samare (LSA)</t>
   </si>
   <si>
     <t>La Source (LASO)</t>
   </si>
   <si>
     <t>La Vérendrye (VERE)</t>
   </si>
   <si>
     <t>Labrador (LABR)</t>
   </si>
   <si>
     <t>Labrador Straits Academy (LSA)</t>
   </si>
   <si>
     <t>Labrador Straits Academy (ind.) (LSAI)</t>
   </si>
   <si>
-    <t>Lachine (LACH)</t>
-[...1 lines deleted...]
-  <si>
     <t>Lacombe Christian School (LACOC)</t>
   </si>
   <si>
     <t>Lacombe Jr. High (LBJH)</t>
   </si>
   <si>
     <t>Ladies Who Run parkun (LWRP)</t>
   </si>
   <si>
     <t>Ladner Elementary (LE)</t>
   </si>
   <si>
     <t>Lady Evelyn PS (LEOT)</t>
   </si>
   <si>
     <t>Ladysmith Intermediate School (LIS1)</t>
   </si>
   <si>
     <t>Ladysmith Secondary (LADY)</t>
   </si>
   <si>
     <t>Laidlaw School (LAID)</t>
   </si>
   <si>
     <t>Lake Academy (LAAD)</t>
@@ -8639,65 +8087,62 @@
   <si>
     <t>Lake Trail Middle School (LTMS)</t>
   </si>
   <si>
     <t>Lake Vista (LKVTA)</t>
   </si>
   <si>
     <t>Lakecrest Independent School (LIS)</t>
   </si>
   <si>
     <t>Lakefield College School (LCS)</t>
   </si>
   <si>
     <t>Lakefield Dsh - Lakefield (COLA)</t>
   </si>
   <si>
     <t>Lakefield Elementary (LES)</t>
   </si>
   <si>
     <t>Lakehead (LAKEH)</t>
   </si>
   <si>
     <t>Lakehead Running Club (LRUN)</t>
   </si>
   <si>
-    <t>Lakehead Running (LAKE)</t>
-[...1 lines deleted...]
-  <si>
     <t>Lakehead Thunderwolves (LKH)</t>
   </si>
   <si>
+    <t>Lakehead Track &amp; Field Club (LAKE)</t>
+  </si>
+  <si>
     <t>Lakeland College (LKLD)</t>
   </si>
   <si>
     <t>Lakeland Ridge Junior High (LLR)</t>
   </si>
   <si>
-    <t>Lakeland Yellow Jackets (LLYJ)</t>
-[...1 lines deleted...]
-  <si>
     <t>Lakes District Secondary School (LDSS)</t>
   </si>
   <si>
     <t>Lakeshore (LAKE)</t>
   </si>
   <si>
     <t>Lakeshore Catholic (SOLA)</t>
   </si>
   <si>
     <t>Lakeshore Discovery Public School (GECDSB) (LDS)</t>
   </si>
   <si>
     <t>Lakeside Academy (LAKE)</t>
   </si>
   <si>
     <t>Lakeview School (LVS)</t>
   </si>
   <si>
     <t>Lakewood Academy /GL (LWAG)</t>
   </si>
   <si>
     <t>Lakewood Elementary School (LWES)</t>
   </si>
   <si>
     <t>Lakewood Heights School (LHS)</t>
@@ -8714,398 +8159,335 @@
   <si>
     <t>Lambton Central Novice Girls (LCNG)</t>
   </si>
   <si>
     <t>Lambton College (LC)</t>
   </si>
   <si>
     <t>Lambton Kent (SWLK)</t>
   </si>
   <si>
     <t>Lambton Kent Composite School (LKCS)</t>
   </si>
   <si>
     <t>Lamont Junior / Senior High (LAM)</t>
   </si>
   <si>
     <t>Lamothe Cadillac (SWCA)</t>
   </si>
   <si>
     <t>Lamoureux (LAMO)</t>
   </si>
   <si>
     <t>Lanaudiere a Joliette (LJ)</t>
   </si>
   <si>
-    <t>Lanaudière-Olympique (CALO)</t>
-[...1 lines deleted...]
-  <si>
     <t>Lancaster Drive Public School (LCDP)</t>
   </si>
   <si>
     <t>Land of Lakes (LOL)</t>
   </si>
   <si>
     <t>Landing Trail Intermediate School (LTIS1)</t>
   </si>
   <si>
     <t>Landmark East (LAND)</t>
   </si>
   <si>
     <t>Langley Christian High School (LANG)</t>
   </si>
   <si>
     <t>Langley Fine Arts School (LFAS)</t>
   </si>
   <si>
     <t>Langley Fundamental Elementary School (LFES)</t>
   </si>
   <si>
     <t>Langley Fundamental MS School (LFMS)</t>
   </si>
   <si>
     <t>Langley Mustangs (LANG)</t>
   </si>
   <si>
     <t>Langley Secondary (LSS)</t>
   </si>
   <si>
-    <t>Lanigan Track Club (LTAC)</t>
-[...4 lines deleted...]
-  <si>
     <t>LaPerle School (LAPL)</t>
   </si>
   <si>
     <t>LaPower Running Club (LPRC)</t>
   </si>
   <si>
     <t>Larkhall Academy (LARK)</t>
   </si>
   <si>
-    <t>Lasalle Athletics (LSCA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Lasalle Elementary Public School (LEPS)</t>
   </si>
   <si>
     <t>LaSalle Public Public School (GECDSB) (LPS)</t>
   </si>
   <si>
     <t>LaSalle S.S. (LAS)</t>
   </si>
   <si>
     <t>Last Mile Athletics Club (LMAC)</t>
   </si>
   <si>
     <t>Last Mountain Athletics Club (LMAC)</t>
   </si>
   <si>
-    <t>Last Mountain Athletics Club (LMTC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Laura Secord (LUSD)</t>
   </si>
   <si>
     <t>Laura Secord Cougars (LSC)</t>
   </si>
   <si>
-    <t>Laurel Creek T.f.c (LAUR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Laurel Creek TFC (LAU)</t>
   </si>
   <si>
     <t>Laurel Heights Secondary School (CWLH)</t>
   </si>
   <si>
     <t>Laurentian Voyageurs (LRN)</t>
   </si>
   <si>
     <t>Laurier Golden Hawks (WLU)</t>
   </si>
   <si>
     <t>Laurier Rams (SWL)</t>
   </si>
   <si>
     <t>Laurier-Carrière (LAUC)</t>
   </si>
   <si>
     <t>Laval Club (LAVC)</t>
   </si>
   <si>
     <t>Laval High School (LHS)</t>
   </si>
   <si>
     <t>Laval Rouge-et-Or (LAV)</t>
   </si>
   <si>
     <t>Lavallee School (MLAVA)</t>
   </si>
   <si>
-    <t>Lavironde (LAVI)</t>
-[...1 lines deleted...]
-  <si>
     <t>Lawfield - HWDSB (LAWF)</t>
   </si>
   <si>
     <t>Lawrence Park C.I. (LPCI)</t>
   </si>
   <si>
     <t>Lawrencetown Education Centre (LEC)</t>
   </si>
   <si>
+    <t>LCRA CA (LCRA)</t>
+  </si>
+  <si>
     <t>Le Galion des Appalaches (LGDA)</t>
   </si>
   <si>
     <t>Le Goff School (LGS)</t>
   </si>
   <si>
     <t>Le Phare Elementary School (LPES)</t>
   </si>
   <si>
     <t>Le Prélude (PREL)</t>
   </si>
   <si>
     <t>Le Salésien (SSA)</t>
   </si>
   <si>
-    <t>Le Trifort De Chambly (TFOR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Le Trillium (TRILL)</t>
   </si>
   <si>
     <t>Leading Tickles Primary (LEAD)</t>
   </si>
   <si>
     <t>Leahurst College (LC)</t>
   </si>
   <si>
     <t>Leamington Secondary (SWLM)</t>
   </si>
   <si>
     <t>Learn Together Anywhere (LTA)</t>
   </si>
   <si>
     <t>Leary's Brook Junior High (LBJH)</t>
   </si>
   <si>
     <t>Learys Brook Jn High (LBJH)</t>
   </si>
   <si>
     <t>Leaside High School - Lancers (LHSL)</t>
   </si>
   <si>
     <t>Leaside Youth AC (LEA)</t>
   </si>
   <si>
     <t>Leduc Black Gold Schools (LDBG)</t>
   </si>
   <si>
-    <t>Leduc Track And Field Club (LEDU)</t>
-[...1 lines deleted...]
-  <si>
     <t>Leduc Track Club (LEDU)</t>
   </si>
   <si>
     <t>Lee Academy (LEE)</t>
   </si>
   <si>
     <t>Leg Drive Legends (QROW)</t>
   </si>
   <si>
     <t>Legacy Christian (LCS)</t>
   </si>
   <si>
     <t>Legacy Kinetics (LGKT)</t>
   </si>
   <si>
     <t>Legacy Kinetics (LEGK)</t>
   </si>
   <si>
     <t>Legacy Oak Trail Public School (LOT)</t>
   </si>
   <si>
     <t>LeGallais Memorial (LGME)</t>
   </si>
   <si>
     <t>Legion Demo (LDD)</t>
   </si>
   <si>
-    <t>Leila North Community School (MLEIL)</t>
-[...1 lines deleted...]
-  <si>
     <t>Len Wood Middle School (LENW)</t>
   </si>
   <si>
     <t>Leo Burke Academy (LBA)</t>
   </si>
   <si>
     <t>Leo Hayes High School (LHH3)</t>
   </si>
   <si>
     <t>LePhare Elementary School (LEPH)</t>
   </si>
   <si>
     <t>Les Aigles (AIGL)</t>
   </si>
   <si>
-    <t>Les Aigles (LAHM)</t>
-[...1 lines deleted...]
-  <si>
     <t>Les Aspirants (ASPI)</t>
   </si>
   <si>
     <t>Les Carnicas (LRU)</t>
   </si>
   <si>
     <t>Les condors (CON)</t>
   </si>
   <si>
     <t>Les Couguars de l'Ecole secondaire (COUG)</t>
   </si>
   <si>
-    <t>Les Coureurs De Bois (LCDB)</t>
-[...1 lines deleted...]
-  <si>
     <t>Les Coureurs De Bois (LCBD)</t>
   </si>
   <si>
-    <t>Les Estacades (ESTA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Les étoiles filantes des Ramilles (EFDR)</t>
   </si>
   <si>
-    <t>Les Gaulois De Disraeli (GDIS)</t>
-[...1 lines deleted...]
-  <si>
     <t>LES INTREPIDES (INTR)</t>
   </si>
   <si>
     <t>Les Kodiaks de l'Ecole secondaire (KODI)</t>
   </si>
   <si>
-    <t>Les Lobsters (CALL)</t>
-[...1 lines deleted...]
-  <si>
     <t>Les Rapides E.S.C. Le Relais (RAPI)</t>
   </si>
   <si>
     <t>Les Ravens de St Thomas (RAVE)</t>
   </si>
   <si>
     <t>Les Titans Polyvalente De Black Lake (TPBL)</t>
   </si>
   <si>
-    <t>Les Tornades (TORN)</t>
-[...4 lines deleted...]
-  <si>
     <t>Les Wildcats de Rockland District (WILD)</t>
   </si>
   <si>
     <t>Leslie Thomas Junior High (LTJH)</t>
   </si>
   <si>
     <t>Lester B Pearson - Ottawa (NCPE)</t>
   </si>
   <si>
     <t>Lester Pearson Memorial High (LPMH)</t>
   </si>
   <si>
     <t>Lethbridge Kodiaks (KODI)</t>
   </si>
   <si>
     <t>Lethbridge Pronghorns (LTH)</t>
   </si>
   <si>
-    <t>Lethbridge Track And Field Club (LTFC)</t>
-[...2 lines deleted...]
-    <t>Level 10 Lightning (LTNL)</t>
+    <t>Level 10 Lightning Regina (L10L)</t>
   </si>
   <si>
     <t>Lewisporte Academy (LEWI)</t>
   </si>
   <si>
     <t>Lewisporte Collegiate (LEWP)</t>
   </si>
   <si>
     <t>Lewisporte Intermediate (LEIN)</t>
   </si>
   <si>
     <t>Lewisville Middle School (LMS)</t>
   </si>
   <si>
     <t>Life Christian Academy - Ottawa (LCAO)</t>
   </si>
   <si>
     <t>Light of Christ (LOCH)</t>
   </si>
   <si>
     <t>Limitless Era Track Club (LMTE)</t>
   </si>
   <si>
-    <t>Limitless Era Track Club (LETC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Lincoln Alexander - HWDSB (LINC)</t>
   </si>
   <si>
     <t>Lincoln Middle School (LINC)</t>
   </si>
   <si>
     <t>Linden Christian School (LDCH)</t>
   </si>
   <si>
     <t>Linden Meadows School (LIND)</t>
   </si>
   <si>
-    <t>Linden Meadows School (MLIMD)</t>
-[...1 lines deleted...]
-  <si>
     <t>Lindsay Cvi - Lindsay (COLI)</t>
   </si>
   <si>
     <t>Lionel-Groulx (L-G)</t>
   </si>
   <si>
     <t>LIONS GATE ROAD RUNNERS ()</t>
   </si>
   <si>
-    <t>Lions Gate Road Runners (LGRR)</t>
-[...4 lines deleted...]
-  <si>
     <t>Lisgar - HWDSB (LISG)</t>
   </si>
   <si>
     <t>Lisgar C.I. - Ottawa (NCLI)</t>
   </si>
   <si>
     <t>Lisgar Collegiate Institute (NCLI)</t>
   </si>
   <si>
     <t>Listowel DSS (LDSS)</t>
   </si>
   <si>
     <t>Listowel Eastdale (EAST)</t>
   </si>
   <si>
     <t>Little Falls PS (LFPS)</t>
   </si>
   <si>
     <t>Little Flower (LFA)</t>
   </si>
   <si>
     <t>little Lambs ()</t>
   </si>
   <si>
     <t>Little Red River Runners (LRRR)</t>
@@ -9161,86 +8543,77 @@
   <si>
     <t>Lockport School (MLOCK)</t>
   </si>
   <si>
     <t>Lockview High (LOCK)</t>
   </si>
   <si>
     <t>Logan Lake Secondary School (LLSS)</t>
   </si>
   <si>
     <t>Lombardy Intermediate (LOMB)</t>
   </si>
   <si>
     <t>London Central (LCSS)</t>
   </si>
   <si>
     <t>London Central Track and Field (LCSS)</t>
   </si>
   <si>
     <t>London Christian (WOLD)</t>
   </si>
   <si>
     <t>London Legion (LLTA)</t>
   </si>
   <si>
-    <t>London Legion T.f. Alliance (LLTA)</t>
-[...1 lines deleted...]
-  <si>
     <t>London South Collegiate Institute (LSCI)</t>
   </si>
   <si>
     <t>London western (LWTFC)</t>
   </si>
   <si>
-    <t>London Western T.f.c (LWTF)</t>
-[...1 lines deleted...]
-  <si>
     <t>London Western TFC (LWTF)</t>
   </si>
   <si>
     <t>London Western Track and Field Club (LWTFC)</t>
   </si>
   <si>
     <t>London-Western Wrestling Club ()</t>
   </si>
   <si>
     <t>London. legion (LLTA)</t>
   </si>
   <si>
     <t>Long Island Academy (LIA)</t>
   </si>
   <si>
     <t>Long Range Academy (LRA)</t>
   </si>
   <si>
     <t>Longboat (LONG)</t>
   </si>
   <si>
-    <t>Longboat Roadrunners (LONG)</t>
-[...1 lines deleted...]
-  <si>
     <t>Longfields Davidson Heights - Ottawa (NCLD)</t>
   </si>
   <si>
     <t>Longview School (LVSC)</t>
   </si>
   <si>
     <t>Lord Byng (LOBY)</t>
   </si>
   <si>
     <t>Lord Dorchester Beavers (WODO)</t>
   </si>
   <si>
     <t>Lord Kitchener (LORDK)</t>
   </si>
   <si>
     <t>Lord Selkirk Regional School (MLORD)</t>
   </si>
   <si>
     <t>Lord Tweedsmuir (LORD)</t>
   </si>
   <si>
     <t>Loretto Abbey Catholic SS (TCLA)</t>
   </si>
   <si>
     <t>Lou MacNarin School (LMS)</t>
@@ -9251,119 +8624,122 @@
   <si>
     <t>Louis Mailloux (PLM)</t>
   </si>
   <si>
     <t>Louis Riel (RIEL)</t>
   </si>
   <si>
     <t>Louis-J.-Robichaud (LJR2)</t>
   </si>
   <si>
     <t>Louis-Mailloux (ELM2)</t>
   </si>
   <si>
     <t>Louis-Riel - Inter. (LRIN)</t>
   </si>
   <si>
     <t>Louis-Riel - Ottawa (NCLR)</t>
   </si>
   <si>
     <t>Louis-St-Laurent (LSL)</t>
   </si>
   <si>
     <t>Louise-Arbour (LA)</t>
   </si>
   <si>
-    <t>Lount &amp; Miller Inc. (LMNC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Lourdes Elementary (LOEL)</t>
   </si>
   <si>
     <t>Lower Coverdale School (LCS)</t>
   </si>
   <si>
     <t>Loyalist College Lancers (LOYC)</t>
   </si>
   <si>
     <t>Loyalist Cvi - Kingston (EOLO)</t>
   </si>
   <si>
     <t>Loyola Catholic Secondary School (LCSS)</t>
   </si>
   <si>
     <t>Loyola Warriors (LOYO)</t>
   </si>
   <si>
     <t>LP Miller Comprehensive Bears (LP)</t>
   </si>
   <si>
     <t>Lu</t>
   </si>
   <si>
     <t>Lucas 2024 (ABL)</t>
   </si>
   <si>
     <t>LUMB</t>
   </si>
   <si>
     <t>Lumsden Academy (LUMS)</t>
   </si>
   <si>
     <t>LUTSEL K'E DENE SCHOOL (LUTS)</t>
   </si>
   <si>
     <t>LWRp</t>
   </si>
   <si>
     <t>Lycee Claudel (LYCEE)</t>
   </si>
   <si>
     <t>Lycee Claudel - Ottawa (NCLY)</t>
   </si>
   <si>
     <t>Lycée International de Calgary (LIDC)</t>
   </si>
   <si>
+    <t>Lyfestyle (LATC)</t>
+  </si>
+  <si>
     <t>Lyfestyle Athletics (LYFES)</t>
   </si>
   <si>
     <t>Lyfestyle Athletics (LATC)</t>
   </si>
   <si>
     <t>Lyfestyle Athletics Track Club (LYFE)</t>
   </si>
   <si>
     <t>Lyn public school (LYNN)</t>
   </si>
   <si>
     <t>Lynnwood Heights Junior Public School (LHJPS)</t>
   </si>
   <si>
     <t>M. Gerald Teed (MGDT)</t>
   </si>
   <si>
+    <t>M.B. Track Club. (M.B.T)</t>
+  </si>
+  <si>
     <t>M'Chigeeng S.S. (MCH)</t>
   </si>
   <si>
     <t>MAC Track (MACT)</t>
   </si>
   <si>
     <t>MacDonald Consolidated (MCS)</t>
   </si>
   <si>
     <t>Macdonald Drive Elementary (MDEL)</t>
   </si>
   <si>
     <t>MacDonald Drive Jr H /SJ (MDJH)</t>
   </si>
   <si>
     <t>Macdonald-Cartier (MAC)</t>
   </si>
   <si>
     <t>Macdonald-Cartier (MCC)</t>
   </si>
   <si>
     <t>MacEwan Griffins (MU)</t>
   </si>
   <si>
     <t>MacGregor Mustangs (MGMT)</t>
@@ -9392,95 +8768,86 @@
   <si>
     <t>Madawaska Valley - Barry's Bay (MADA)</t>
   </si>
   <si>
     <t>Madawaska Victoria (MV)</t>
   </si>
   <si>
     <t>Madawaska-Victoria (MADV)</t>
   </si>
   <si>
     <t>Madeleine-de-Roybon (ROYB)</t>
   </si>
   <si>
     <t>Madeline Symonds Middle School (MSMS)</t>
   </si>
   <si>
     <t>Magee (MAGE)</t>
   </si>
   <si>
     <t>Magnetawan Central School (MAG)</t>
   </si>
   <si>
     <t>Magnetic Hill School (MAGH)</t>
   </si>
   <si>
-    <t>Magog (MAGO)</t>
-[...1 lines deleted...]
-  <si>
     <t>Mahogany School (MAHOG)</t>
   </si>
   <si>
     <t>Maillard Middle School (EMMS)</t>
   </si>
   <si>
     <t>Main River Academy (MRA)</t>
   </si>
   <si>
     <t>Mainland (MAIN)</t>
   </si>
   <si>
     <t>Maisonneuve (MSN)</t>
   </si>
   <si>
     <t>Maitland River (MRES)</t>
   </si>
   <si>
     <t>Malcolm Munroe Memorial Middle School (MMM)</t>
   </si>
   <si>
     <t>Malden Central Public School (GECDSB) (MCPS)</t>
   </si>
   <si>
     <t>Malvern CI (MALV)</t>
   </si>
   <si>
     <t>Manachaban Middle School (MANA)</t>
   </si>
   <si>
     <t>Manitoba &amp; Northwest Ontario (MBNO)</t>
   </si>
   <si>
     <t>Manitoba Bisons (MAN)</t>
   </si>
   <si>
-    <t>Manitoba Naig Team (MBNG)</t>
-[...4 lines deleted...]
-  <si>
     <t>Manitoba Runners' Association (MRA)</t>
   </si>
   <si>
     <t>Manitoulin Island Legion Branch 514 (MAN)</t>
   </si>
   <si>
     <t>Manitoulin Secondary School (MASS)</t>
   </si>
   <si>
     <t>Manitouln Group (MG)</t>
   </si>
   <si>
     <t>Manitouwadge H.S. (MNHS)</t>
   </si>
   <si>
     <t>Manor Park PS (MAPO)</t>
   </si>
   <si>
     <t>Maple Grove Education Centre (MGEC)</t>
   </si>
   <si>
     <t>Maple Lane Elementary School (MLES)</t>
   </si>
   <si>
     <t>Maple Ridge - Orleans (MROR)</t>
@@ -9551,53 +8918,50 @@
   <si>
     <t>Marie-Gaétane (MAGA)</t>
   </si>
   <si>
     <t>Marie-Rivier 7A (MR7A)</t>
   </si>
   <si>
     <t>Marie-Rivier 8A (MR8A)</t>
   </si>
   <si>
     <t>Marie-Rivier AHHC-Int (MRHI)</t>
   </si>
   <si>
     <t>Marie-Rivier Dracos (MRD)</t>
   </si>
   <si>
     <t>Marie-Rivier's - Kingston (MARI)</t>
   </si>
   <si>
     <t>Marie-Victorin (M-V)</t>
   </si>
   <si>
     <t>Marine Drive Academy (MDA)</t>
   </si>
   <si>
-    <t>Mariners Athletics Club (MARC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Marion Carson School (MACA)</t>
   </si>
   <si>
     <t>Marion Graham (MGC)</t>
   </si>
   <si>
     <t>Marion Schilling Elementary (MSES)</t>
   </si>
   <si>
     <t>Marion School (MAR)</t>
   </si>
   <si>
     <t>Maritime Hockey Academy (MHA)</t>
   </si>
   <si>
     <t>Maritime Muslim Academy (MRMA)</t>
   </si>
   <si>
     <t>Marius-Barbeau (MABA)</t>
   </si>
   <si>
     <t>Marivale High School (MHSO)</t>
   </si>
   <si>
     <t>Mark Isfled (MISF)</t>
@@ -9638,176 +9002,161 @@
   <si>
     <t>Mary Ward CSS (WARD)</t>
   </si>
   <si>
     <t>Marymount Academy (MMT)</t>
   </si>
   <si>
     <t>Marymount Elementary (MME)</t>
   </si>
   <si>
     <t>Marystown Central High (MCHM)</t>
   </si>
   <si>
     <t>Matawa Education &amp; Care Centre (NWMW)</t>
   </si>
   <si>
     <t>Mathew McNair (MMSS)</t>
   </si>
   <si>
     <t>Mathxwí Elementary (MXWI)</t>
   </si>
   <si>
     <t>Matthew Elementary School (MES)</t>
   </si>
   <si>
-    <t>Maulseed Athletic Sports Management (MASM)</t>
-[...1 lines deleted...]
-  <si>
     <t>Maurice Lapointe (NCMP)</t>
   </si>
   <si>
     <t>Maurice-Lapointe (MLAP)</t>
   </si>
   <si>
     <t>MAURICIE (EAM)</t>
   </si>
   <si>
     <t>Max Aitken Academy (MAA)</t>
   </si>
   <si>
     <t>Maximus Performance (MAX)</t>
   </si>
   <si>
-    <t>Maximus Performance (MXPF)</t>
-[...1 lines deleted...]
-  <si>
     <t>Maxville Public School (MXVPS)</t>
   </si>
   <si>
     <t>Maxwell Heights Mustang (LOMX)</t>
   </si>
   <si>
     <t>Mayfield secondary (BULLS)</t>
   </si>
   <si>
     <t>MB Central Region (MCEN)</t>
   </si>
   <si>
     <t>MB Eastman Region (MEAS)</t>
   </si>
   <si>
     <t>MB Interlake Region (MINT)</t>
   </si>
   <si>
     <t>MB Westman Region (MWES)</t>
   </si>
   <si>
     <t>McAdam Avenue School (MCAA)</t>
   </si>
   <si>
     <t>McAdam High School (MCA)</t>
   </si>
   <si>
     <t>McBride Secondary Mustangs (MBSM)</t>
   </si>
   <si>
     <t>McCreary School (0810)</t>
   </si>
   <si>
     <t>McCullough Education Centre (MEC)</t>
   </si>
   <si>
     <t>McGill (MCG)</t>
   </si>
   <si>
-    <t>McGill Olympic Club (MGOC)</t>
-[...1 lines deleted...]
-  <si>
     <t>McGowan Park Elementary School (MPES)</t>
   </si>
   <si>
     <t>McGregor Training (MCGT)</t>
   </si>
   <si>
     <t>McKellar Park P.S. (MKP)</t>
   </si>
   <si>
     <t>McKenzie Highlands (MCKHI)</t>
   </si>
   <si>
     <t>McKenzie P.S. (MKZ)</t>
   </si>
   <si>
     <t>Mckim Middle School (MCKIM)</t>
   </si>
   <si>
     <t>McKinnon Park (CWMK)</t>
   </si>
   <si>
     <t>McMaster Marauders (MCM)</t>
   </si>
   <si>
     <t>McMillan Elementary (MMEL)</t>
   </si>
   <si>
     <t>ME Callaghan Intermediate (MECI)</t>
   </si>
   <si>
     <t>Meadow Ridge School (MRS)</t>
   </si>
   <si>
     <t>Meadowlands PS (MWL)</t>
   </si>
   <si>
     <t>Meadowridge (MEAD)</t>
   </si>
   <si>
     <t>Meadows West School (MMDWS)</t>
   </si>
   <si>
     <t>Meaford Coyotes TC (MCT)</t>
   </si>
   <si>
     <t>Mealy Mountain Collegiate (MMC)</t>
   </si>
   <si>
-    <t>Mecca Athletic Club (MACO)</t>
-[...1 lines deleted...]
-  <si>
     <t>Mecca Athletic Club (MECC)</t>
   </si>
   <si>
     <t>Medicine Hat College (MHAT)</t>
   </si>
   <si>
     <t>Medicine Hat High School (MHHS)</t>
   </si>
   <si>
-    <t>Medicine Hat Panthers Track And Field Club (MEDI)</t>
-[...1 lines deleted...]
-  <si>
     <t>Medstead School (MEDS)</t>
   </si>
   <si>
     <t>Medway High School (MHS)</t>
   </si>
   <si>
     <t>Meep Meep (MEEP)</t>
   </si>
   <si>
     <t>Mei Elementary School (MEIE)</t>
   </si>
   <si>
     <t>Mei Middle School (MEIM)</t>
   </si>
   <si>
     <t>Mei Secondary School (MEI)</t>
   </si>
   <si>
     <t>Membertou (MB2)</t>
   </si>
   <si>
     <t>Memorial - HWDSB (MEMC)</t>
   </si>
   <si>
     <t>Memorial Academy (MEMA)</t>
@@ -9872,101 +9221,89 @@
   <si>
     <t>Mi'Kmaq (MIKM)</t>
   </si>
   <si>
     <t>Mi'kmawey School (MIKY)</t>
   </si>
   <si>
     <t>Miami Marlins (MIAMI)</t>
   </si>
   <si>
     <t>Michaelle Jean (MICH)</t>
   </si>
   <si>
     <t>Michaelle-Jean (JEAN)</t>
   </si>
   <si>
     <t>Michel-Dupuis (MDUP)</t>
   </si>
   <si>
     <t>Michipicoten (MIHS)</t>
   </si>
   <si>
     <t>Middle Field Collegiate Institute (MFCI)</t>
   </si>
   <si>
-    <t>Middle Path (MIPA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Middlebury Panthers (MID)</t>
   </si>
   <si>
     <t>Middleton Regional (MIDD)</t>
   </si>
   <si>
     <t>Midsun (MIDSU)</t>
   </si>
   <si>
     <t>Midwest Stars (MDWS)</t>
   </si>
   <si>
     <t>Migizi Miigwanan H.S. (MMHS)</t>
   </si>
   <si>
     <t>Mikisew HS (MIKI)</t>
   </si>
   <si>
     <t>MILDRED HALL (MILD)</t>
   </si>
   <si>
     <t>Mile Macdonell Collegiate (MMMHS)</t>
   </si>
   <si>
     <t>Mile2Marathon (M2M)</t>
   </si>
   <si>
-    <t>Mile2Marathon (MI2M)</t>
-[...4 lines deleted...]
-  <si>
     <t>Miles Macdonell Collegiate (MLMA)</t>
   </si>
   <si>
     <t>Mill Street Public School (GECDSB) (MSPS)</t>
   </si>
   <si>
     <t>Millarville Community School (MCS)</t>
   </si>
   <si>
     <t>Millcrest Academy (MILL)</t>
   </si>
   <si>
-    <t>Mille Pays-Des-Bleuets (MPDB)</t>
-[...1 lines deleted...]
-  <si>
     <t>Mille-iles (MILE)</t>
   </si>
   <si>
     <t>Millerton School (MLTN)</t>
   </si>
   <si>
     <t>Millgrove - HWDSB (MILL)</t>
   </si>
   <si>
     <t>Millwood (MILL)</t>
   </si>
   <si>
     <t>Milton District High School (MIL)</t>
   </si>
   <si>
     <t>Milton Leap Squad (MLS)</t>
   </si>
   <si>
     <t>Milton Shock TC (SHO)</t>
   </si>
   <si>
     <t>Milton Spikes (MTF)</t>
   </si>
   <si>
     <t>Milton Spikes (MSP)</t>
@@ -10001,98 +9338,86 @@
   <si>
     <t>Miramichi Rural (MIRR)</t>
   </si>
   <si>
     <t>Miramichi Track Club (MTC)</t>
   </si>
   <si>
     <t>Miramichi Valley High (MVH3)</t>
   </si>
   <si>
     <t>Miramichi Valley High School (MVHS)</t>
   </si>
   <si>
     <t>Miscouche (MU)</t>
   </si>
   <si>
     <t>Mission Secondary (MISS)</t>
   </si>
   <si>
     <t>Mississauga Olympians (MOA)</t>
   </si>
   <si>
     <t>Mississauga Olympians MTA (MOA)</t>
   </si>
   <si>
-    <t>Mississauga Olympians T&amp;F A.a. (MOAA)</t>
-[...4 lines deleted...]
-  <si>
     <t>Mississauga TFC (MIS)</t>
   </si>
   <si>
     <t>Mitchell District (MDES)</t>
   </si>
   <si>
     <t>Mitchell District Secondary School (MDHS)</t>
   </si>
   <si>
     <t>Mitchell Middle School (MMS)</t>
   </si>
   <si>
     <t>Mitchell-Carias (MC)</t>
   </si>
   <si>
     <t>Mitchell/Montcalm - Sherbrooke (MIMO)</t>
   </si>
   <si>
     <t>Mobile Central High (MCHS)</t>
   </si>
   <si>
     <t>Module de l'Acadie (MDA)</t>
   </si>
   <si>
     <t>Module Vanier (MDVN)</t>
   </si>
   <si>
     <t>Mohawk College (MHAWK)</t>
   </si>
   <si>
     <t>Momentum Track and Field (MTF)</t>
   </si>
   <si>
-    <t>Monarch Athletics Club (MOAC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Monarch Park Stadium After School Club (MPASC)</t>
   </si>
   <si>
-    <t>Monarch Ultra Relay Run (MURR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Moncton Aigles Bleu (MNC)</t>
   </si>
   <si>
     <t>Moncton Christian Academy (MCA)</t>
   </si>
   <si>
     <t>Moncton High School (MHS3)</t>
   </si>
   <si>
     <t>Monique-Proulx (MPR)</t>
   </si>
   <si>
     <t>Monseigneur Caron in LaSalle (MAC)</t>
   </si>
   <si>
     <t>Monseigneur-Bruyere HS (MBHS)</t>
   </si>
   <si>
     <t>Monsignor Doyle C.S.S. (CWMD)</t>
   </si>
   <si>
     <t>Monsignor Paul Baxter (MONS)</t>
   </si>
   <si>
     <t>Mont-Bleu (ESMT)</t>
@@ -10103,81 +9428,75 @@
   <si>
     <t>Montagnards (MPTM)</t>
   </si>
   <si>
     <t>Montague Consolidated School (MC)</t>
   </si>
   <si>
     <t>Montague Intermediate School (MI)</t>
   </si>
   <si>
     <t>Montague Public School (MPS)</t>
   </si>
   <si>
     <t>Montague Regional High School (MH)</t>
   </si>
   <si>
     <t>Montcalm (WOMO)</t>
   </si>
   <si>
     <t>Monte Cristo (MCTC)</t>
   </si>
   <si>
     <t>Monte Cristo Track Club (MCT)</t>
   </si>
   <si>
-    <t>Monte Cristo Track Club (MCTC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Montessori (MONTE)</t>
   </si>
   <si>
     <t>Montfort (MONT)</t>
   </si>
   <si>
     <t>Montgomery Street Elem (MSE)</t>
   </si>
   <si>
     <t>Montignac (MOT)</t>
   </si>
   <si>
     <t>Montmorency (MON)</t>
   </si>
   <si>
     <t>Montréal Carabins (UDM)</t>
   </si>
   <si>
     <t>Montréal Track (MTAA)</t>
   </si>
   <si>
-    <t>Montreal Track Academy (MTAA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Moose Jaw Kinsmen Wrestling Club ()</t>
   </si>
   <si>
-    <t>Moose Jaw Rotary Track (MJRT)</t>
+    <t>Moose Jaw Rotary Track Club (MJRTC)</t>
   </si>
   <si>
     <t>Morden Collegiate (MMORD)</t>
   </si>
   <si>
     <t>Morden Collegiate Institute (0408)</t>
   </si>
   <si>
     <t>Morell Cons (MCS)</t>
   </si>
   <si>
     <t>Morell Consolidated School (MR)</t>
   </si>
   <si>
     <t>Morell Regional High School (MO)</t>
   </si>
   <si>
     <t>Morinvlle Community High Schookl (MOCO)</t>
   </si>
   <si>
     <t>Mornington (MORN)</t>
   </si>
   <si>
     <t>Morris Academy (MORA)</t>
   </si>
@@ -10196,53 +9515,50 @@
   <si>
     <t>Mother St. Bride (MSB)</t>
   </si>
   <si>
     <t>Mother Teresa Catholic (MTCS)</t>
   </si>
   <si>
     <t>Mother Teresa Catholic Secondary School -London (WOMT)</t>
   </si>
   <si>
     <t>Mother Teresa H.S. - Ottawa (NCMT)</t>
   </si>
   <si>
     <t>Mother Theresa - Ottawa (MOTH)</t>
   </si>
   <si>
     <t>Motown  Athletics (MOCA)</t>
   </si>
   <si>
     <t>Motown Athletics (MOCA)</t>
   </si>
   <si>
     <t>Motown Athletics Club (MAC)</t>
   </si>
   <si>
-    <t>Motown Athletics Club (MOCA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Mount Albion - HWDSB (MALB)</t>
   </si>
   <si>
     <t>Mount Allison University (MTA)</t>
   </si>
   <si>
     <t>Mount Boucherie (MTBOU)</t>
   </si>
   <si>
     <t>Mount Douglas High School (MTDO)</t>
   </si>
   <si>
     <t>Mount Hope - HWDSB (HOPE)</t>
   </si>
   <si>
     <t>Mount Pearl Intermediate (MPIN)</t>
   </si>
   <si>
     <t>Mount Pearl Senior High (MPSH)</t>
   </si>
   <si>
     <t>Mount Pearl/South (MPSO)</t>
   </si>
   <si>
     <t>Mount Royal (MRC)</t>
@@ -10292,155 +9608,137 @@
   <si>
     <t>Mulgrave Memorial Education Centre (MUL)</t>
   </si>
   <si>
     <t>Mulgrave School - West Vancouver (MULG)</t>
   </si>
   <si>
     <t>Mundare School (MUND)</t>
   </si>
   <si>
     <t>Munro Academy (MA)</t>
   </si>
   <si>
     <t>Muriel Clayton Middle School (MCMS)</t>
   </si>
   <si>
     <t>Murphy Centre (MURP)</t>
   </si>
   <si>
     <t>Mushuau Innu Natuashish School (MUSH)</t>
   </si>
   <si>
     <t>Muskoka Algonquin Runners (MALR)</t>
   </si>
   <si>
-    <t>Muskoka Marathom (MUMA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Musquodoboit Rural High (MUSQ)</t>
   </si>
   <si>
     <t>Mustangs (FAMU)</t>
   </si>
   <si>
-    <t>Mustangs (MUST)</t>
-[...1 lines deleted...]
-  <si>
     <t>Mutchmor Elementary School (MTES)</t>
   </si>
   <si>
     <t>Mutchmor Public School (MMPS)</t>
   </si>
   <si>
-    <t>N Battleford Legion (NBLT)</t>
-[...1 lines deleted...]
-  <si>
     <t>N-D-de-Grâce (CNDG)</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>Nackawic High shchool (NHS)</t>
   </si>
   <si>
     <t>Nackawic Middle School (NMC)</t>
   </si>
   <si>
     <t>NAIT</t>
   </si>
   <si>
     <t>Nakkertok Nordic (NAKK)</t>
   </si>
   <si>
     <t>Nakusp Secondary (NAKS)</t>
   </si>
   <si>
-    <t>Nanaimo &amp; District Track &amp; Field Club (NTFC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Nanaimo Christian (NCS1)</t>
   </si>
   <si>
     <t>Nanaimo Christian School (NCS)</t>
   </si>
   <si>
     <t>Nanaimo District (NDSS)</t>
   </si>
   <si>
     <t>Nanaimo Judo Club (NJC)</t>
   </si>
   <si>
     <t>Nanaimo Shotokan Karate Do ()</t>
   </si>
   <si>
     <t>Nanaimo Track &amp; Field Club (NTFC)</t>
   </si>
   <si>
     <t>Nantyr Shores Secondary School (NSSS)</t>
   </si>
   <si>
     <t>Naoum (GYFO)</t>
   </si>
   <si>
     <t>Napan Elementary School (NES)</t>
   </si>
   <si>
     <t>Napanee District SS - Napanee (EONA)</t>
   </si>
   <si>
     <t>Napanee Kids Run Club (NKRC)</t>
   </si>
   <si>
     <t>Nashwaak Valley School (NVS)</t>
   </si>
   <si>
     <t>Nashwaaksis Memorial School (NMES)</t>
   </si>
   <si>
     <t>Nashwaaksis Middle School (NMS)</t>
   </si>
   <si>
-    <t>National Capital Track &amp; Field Club (NCTC)</t>
-[...1 lines deleted...]
-  <si>
     <t>National Capital track and Field Club (NCTFC)</t>
   </si>
   <si>
     <t>National Sport School (CANSS)</t>
   </si>
   <si>
     <t>Nationview Public School (NVPS)</t>
   </si>
   <si>
     <t>Natoaganeg Elementary School (NATO)</t>
   </si>
   <si>
-    <t>Nautilus Running Club (NAUT)</t>
-[...1 lines deleted...]
-  <si>
     <t>Navvies Track Club (NAVV)</t>
   </si>
   <si>
     <t>Navviestc, Special Olympics Manitoba (NSOM)</t>
   </si>
   <si>
     <t>Nbisiing Secondary School (NBISS)</t>
   </si>
   <si>
     <t>NC St. Paul (NCSP)</t>
   </si>
   <si>
     <t>Nc:Barrhead Composite (BARC)</t>
   </si>
   <si>
     <t>Nc:Boyle (BOYL)</t>
   </si>
   <si>
     <t>Nc:Breton (BRTN)</t>
   </si>
   <si>
     <t>Nc:Calmar (CALM)</t>
   </si>
   <si>
     <t>Nc:Covenant Canadian Reformed (CCRS)</t>
@@ -10754,101 +10052,92 @@
   <si>
     <t>New Balance (ZENX) (NBZX)</t>
   </si>
   <si>
     <t>New Brunswick (NB)</t>
   </si>
   <si>
     <t>New Germany (NGRM)</t>
   </si>
   <si>
     <t>New Glasgow Academy (NGA)</t>
   </si>
   <si>
     <t>New Horizons (NH)</t>
   </si>
   <si>
     <t>New Liskeard Public School (NLPS)</t>
   </si>
   <si>
     <t>New Maryland Elementary (NME)</t>
   </si>
   <si>
     <t>New Maryland Speeding Cheetahs (NMSC)</t>
   </si>
   <si>
-    <t>New Maryland Speeding Cheetahs (SCRC)</t>
-[...1 lines deleted...]
-  <si>
     <t>New Myrnam School Junior (NMYJ)</t>
   </si>
   <si>
     <t>New Ross Consolidated (NR)</t>
   </si>
   <si>
     <t>New West Spartans Track &amp; Field Club (NWSA)</t>
   </si>
   <si>
     <t>New Westminster Secondary Scho (NWSS)</t>
   </si>
   <si>
     <t>New World Island Academy (NWIA)</t>
   </si>
   <si>
     <t>Newbridge Academy (NBAC)</t>
   </si>
   <si>
     <t>Newfoundland and Labrador (UNNL)</t>
   </si>
   <si>
     <t>Newfoundland/Labrador (NLLB)</t>
   </si>
   <si>
     <t>Newmarket Huskies TC (NMK)</t>
   </si>
   <si>
-    <t>Newmarket Huskies Track Club (NMKT)</t>
-[...1 lines deleted...]
-  <si>
     <t>Newtown Elementary /MP (NEWE)</t>
   </si>
   <si>
     <t>NGDHS Cross Country (EONG)</t>
   </si>
   <si>
     <t>Niagara Christian (NCC)</t>
   </si>
   <si>
     <t>Niagara College (NIAC)</t>
   </si>
   <si>
     <t>Niagara Olympic Club (NOC)</t>
   </si>
   <si>
-    <t>Niagara Olympic Club (NOCO)</t>
-[...1 lines deleted...]
-  <si>
     <t>Niakwa Place School (NP)</t>
   </si>
   <si>
     <t>Nicholson - Belleville (NIBE)</t>
   </si>
   <si>
     <t>Nicholson CC - Belleville (CONI)</t>
   </si>
   <si>
     <t>Nickle (NICK)</t>
   </si>
   <si>
     <t>Nicolas-Gatineau</t>
   </si>
   <si>
     <t>Nicolas-Gatineau (N-G)</t>
   </si>
   <si>
     <t>Nike (LWTF) (NILW)</t>
   </si>
   <si>
     <t>Nike (NMKT) (NINM)</t>
   </si>
   <si>
     <t>Nike (ONOC) (NIOC)</t>
@@ -10910,176 +10199,167 @@
   <si>
     <t>Nomads (NOMA)</t>
   </si>
   <si>
     <t>None</t>
   </si>
   <si>
     <t>Nor'wester View P.S. (NWV)</t>
   </si>
   <si>
     <t>Nora Frances Henderson S.S. - HWDSB (SONH)</t>
   </si>
   <si>
     <t>Nordale School (NORD)</t>
   </si>
   <si>
     <t>Norma Rose Point (NRP)</t>
   </si>
   <si>
     <t>Norman Johnson (NCNJ)</t>
   </si>
   <si>
     <t>North &amp; South Esk School (NSE2)</t>
   </si>
   <si>
-    <t>North Bay Legion (NBLG)</t>
-[...4 lines deleted...]
-  <si>
     <t>North Country Track (NCT)</t>
   </si>
   <si>
     <t>North Delta Secondary School (NTDE)</t>
   </si>
   <si>
     <t>North Dundas (NTDS)</t>
   </si>
   <si>
     <t>North Dundas DHS - Winchester (NODU)</t>
   </si>
   <si>
     <t>North Easthope PS (NEH)</t>
   </si>
   <si>
     <t>North End Runners (NER)</t>
   </si>
   <si>
     <t>North Grenville - Kemptville (NOGR)</t>
   </si>
   <si>
     <t>North Grenville Dhs - Kemptvil (EONG)</t>
   </si>
   <si>
     <t>North Halton Stars TFC (NHS)</t>
   </si>
   <si>
     <t>North Hastings HS - Brancoft (CONH)</t>
   </si>
   <si>
     <t>North Island (NISL)</t>
   </si>
   <si>
     <t>North Island Secondary School (NISS)</t>
   </si>
   <si>
     <t>North Kamloops Secondary (NKSS)</t>
   </si>
   <si>
     <t>North Lambton S S (SWNL)</t>
   </si>
   <si>
     <t>North Middlesex District High (WONM)</t>
   </si>
   <si>
     <t>North Nova Education Center (NNEC)</t>
   </si>
   <si>
-    <t>North Of 89 Outdoors Inc. (NENO)</t>
-[...1 lines deleted...]
-  <si>
     <t>North Park Collegiate (CWNP)</t>
   </si>
   <si>
     <t>North Peace Seconday School (NPS)</t>
   </si>
   <si>
     <t>North Perth Westfield (NPW)</t>
   </si>
   <si>
     <t>North Point School (NTPS)</t>
   </si>
   <si>
     <t>North Queens (NQ)</t>
   </si>
   <si>
     <t>North Shuswap Elementary (NTSP)</t>
   </si>
   <si>
     <t>North Simcoe (NSI)</t>
   </si>
   <si>
     <t>North Star (SWNS)</t>
   </si>
   <si>
     <t>North Star Elementary (NSES)</t>
   </si>
   <si>
     <t>North Star/Northern Lakes (NSNL)</t>
   </si>
   <si>
     <t>North Stormont Public School (NTSPS)</t>
   </si>
   <si>
     <t>North Surrey Secondary (NSSS)</t>
   </si>
   <si>
     <t>North Toronto Christian School (NTCS)</t>
   </si>
   <si>
     <t>North Trail High School (NTHS)</t>
   </si>
   <si>
     <t>North Woods (NWOOD)</t>
   </si>
   <si>
     <t>Northcott Prairie School (NCPS)</t>
   </si>
   <si>
-    <t>Northeast Alberta Track &amp; Field Club (NEAT)</t>
-[...1 lines deleted...]
-  <si>
     <t>Northeast Kings Education Centre (NKEC)</t>
   </si>
   <si>
     <t>Northeastern (NOE)</t>
   </si>
   <si>
     <t>Northern (NORTH)</t>
   </si>
   <si>
     <t>Northern - North Bay (NOBY)</t>
   </si>
   <si>
     <t>Northern Endurance (NEP)</t>
   </si>
   <si>
     <t>Northern Endurance Project (NEP)</t>
   </si>
   <si>
+    <t>Northern Endurance (NORTH)</t>
+  </si>
+  <si>
     <t>Northern Gateway Schools (NGSD)</t>
   </si>
   <si>
     <t>Northern Lakes K-12 S. (NLS)</t>
   </si>
   <si>
     <t>Northern Lights Academy (NLA)</t>
   </si>
   <si>
     <t>Northern Secondary School (NSS)</t>
   </si>
   <si>
     <t>Northlands Parkway Collegiate (NPC)</t>
   </si>
   <si>
     <t>Northlea Elementary and Middle School (NEMS)</t>
   </si>
   <si>
     <t>Northrop Frye School (NFS)</t>
   </si>
   <si>
     <t>Northside Christian School (NSCS)</t>
   </si>
   <si>
     <t>Northumberland Regional High (NRHS)</t>
@@ -11147,53 +10427,50 @@
   <si>
     <t>Notre Dame High School - Toronto (NDHST)</t>
   </si>
   <si>
     <t>Notre Dame Regional School (NDRS)</t>
   </si>
   <si>
     <t>Notre-Dame Hanmer (NDH)</t>
   </si>
   <si>
     <t>Notre-Dame-des-Champs (NDDC)</t>
   </si>
   <si>
     <t>Nottawasaga Pines Secondary School (NOTTP)</t>
   </si>
   <si>
     <t>Nouvel-Horizon (HRZN)</t>
   </si>
   <si>
     <t>Nouvelle Alliance Catholic Secondary School (NACSS)</t>
   </si>
   <si>
     <t>Nouvelle Écosse (NE)</t>
   </si>
   <si>
-    <t>Nova Athletics Track Club (NATC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Nova Scotia WC Racing Team (WRT)</t>
   </si>
   <si>
     <t>Nova Scotia/Nunavut (NSNU)</t>
   </si>
   <si>
     <t>Novice Boys (AMSNB)</t>
   </si>
   <si>
     <t>Novice Girls (AMSNG)</t>
   </si>
   <si>
     <t>NS Canada Games (NSCG)</t>
   </si>
   <si>
     <t>Nunatsiavut (NUNA)</t>
   </si>
   <si>
     <t>Nunavut (UNNU)</t>
   </si>
   <si>
     <t>Nunavut Artic College (NAC)</t>
   </si>
   <si>
     <t>Nurse Athletics (NUR)</t>
@@ -11516,230 +10793,206 @@
   <si>
     <t>O'Leary Elementary (OL)</t>
   </si>
   <si>
     <t>O'Neill CVI (ONEI)</t>
   </si>
   <si>
     <t>Oak Bay Secondary (OAKB)</t>
   </si>
   <si>
     <t>Oak Bluff School (OAKB)</t>
   </si>
   <si>
     <t>Oak Park High School (MOPHS)</t>
   </si>
   <si>
     <t>Oakenwald School (MOAKW)</t>
   </si>
   <si>
     <t>Oakridge Oaks (OAKS)</t>
   </si>
   <si>
     <t>Oakville Renegades Track Club (OAK)</t>
   </si>
   <si>
-    <t>Oakville Renegades Track Club (OOAK)</t>
-[...4 lines deleted...]
-  <si>
     <t>Oakville Trafalgar SS (OAKV)</t>
   </si>
   <si>
     <t>Oakwood Collegiate Institute (OCIN)</t>
   </si>
   <si>
     <t>Ocean Athletics Track &amp; Field Club (OATF)</t>
   </si>
   <si>
     <t>Ocean Athletics Track and Field (OATF)</t>
   </si>
   <si>
     <t>Ocean Athletics Track and Field Clun (OATF)</t>
   </si>
   <si>
-    <t>Oceanside Track &amp; Field Club (OTFC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Oceanview Christian Academy (OCA)</t>
   </si>
   <si>
     <t>Oceanview Education Centre (OCN)</t>
   </si>
   <si>
     <t>Octagon Pond Elementary (OPEP)</t>
   </si>
   <si>
-    <t>Officiel (ZOFF)</t>
-[...1 lines deleted...]
-  <si>
     <t>Ogden C.P.S. (OGD)</t>
   </si>
   <si>
     <t>Ohpaho Secondary School (OH)</t>
   </si>
   <si>
     <t>Oilfields High School (OILF)</t>
   </si>
   <si>
     <t>OIT Ridgebacks (OIT)</t>
   </si>
   <si>
     <t>Okanagan Athletics Club (OACS)</t>
   </si>
   <si>
     <t>Okanagan Landing  Storm (OKL)</t>
   </si>
   <si>
     <t>Okanagan Mission (OKM)</t>
   </si>
   <si>
     <t>Okotoks Edison (EDIS)</t>
   </si>
   <si>
     <t>Okotoks Edison School (EDIS)</t>
   </si>
   <si>
     <t>Okotoks Junior High School (OJHS)</t>
   </si>
   <si>
     <t>Old Ottawa South Harriers (OOSH)</t>
   </si>
   <si>
     <t>Olds Broncos (OLDS)</t>
   </si>
   <si>
-    <t>On The Run To Recovery (ORRL)</t>
-[...1 lines deleted...]
-  <si>
     <t>Onoway Jr Sr High (OJSH)</t>
   </si>
   <si>
     <t>Ontario (ON)</t>
   </si>
   <si>
     <t>Ontario Cerebral Palsy Sports Association (OCPS)</t>
   </si>
   <si>
     <t>Ontario Legion - District A (DISTA)</t>
   </si>
   <si>
     <t>Ontario Legion - District B (DISTB)</t>
   </si>
   <si>
     <t>Ontario Legion - District C (DISTC)</t>
   </si>
   <si>
     <t>Ontario Legion - District D (DISTD)</t>
   </si>
   <si>
     <t>Ontario Legion - District E (DISTE)</t>
   </si>
   <si>
     <t>Ontario Legion - District F (DISTF)</t>
   </si>
   <si>
     <t>Ontario Legion - District G (DISTG)</t>
   </si>
   <si>
     <t>Ontario Legion - District H (DISTH)</t>
   </si>
   <si>
     <t>Ontario Legion - District K (DISTK)</t>
   </si>
   <si>
-    <t>Ontario Officials (OOFF)</t>
-[...4 lines deleted...]
-  <si>
     <t>Opeongo - Cobden (OPEO)</t>
   </si>
   <si>
     <t>Opeongo HS - Douglas (EOOP)</t>
   </si>
   <si>
     <t>Orangeville (CWOR)</t>
   </si>
   <si>
     <t>Orchard Park S.S. - HWDSB (SOOP)</t>
   </si>
   <si>
     <t>Orillia Secondary School (ORILSS)</t>
   </si>
   <si>
     <t>Oromocto Blues (OBC)</t>
   </si>
   <si>
     <t>Oromocto High School (OHS3)</t>
   </si>
   <si>
     <t>OSA Private School (OSA)</t>
   </si>
   <si>
     <t>Osgoode (NCOS)</t>
   </si>
   <si>
     <t>Oshawa Legion TC (OLT)</t>
   </si>
   <si>
     <t>Oshawa Legion Track Club (OLTC)</t>
   </si>
   <si>
     <t>Oskâyak (OSK)</t>
   </si>
   <si>
     <t>Osler School (OSLE)</t>
   </si>
   <si>
-    <t>Ot Fitness Track (OTHP)</t>
-[...1 lines deleted...]
-  <si>
     <t>OTHER (OTH)</t>
   </si>
   <si>
+    <t>Ottawa (ON)</t>
+  </si>
+  <si>
     <t>Ottawa Christian - Ottawa (OTCO)</t>
   </si>
   <si>
     <t>Ottawa Christian School (OCS)</t>
   </si>
   <si>
     <t>Ottawa Gee-Gees (OTT)</t>
   </si>
   <si>
     <t>Ottawa Jewish Community School (NCOJ)</t>
   </si>
   <si>
     <t>ottawa lions (OTTL)</t>
   </si>
   <si>
-    <t>Ottawa Lions T.f.c (OTTL)</t>
-[...1 lines deleted...]
-  <si>
     <t>Ottawa Montessori School OMS (OMS)</t>
   </si>
   <si>
     <t>Ottawa Tech Secondary School (NCOT)</t>
   </si>
   <si>
     <t>Ottawa Technical Secondary School (OTSS)</t>
   </si>
   <si>
     <t>Ottawa Valley Christian - Cobden (OVCC)</t>
   </si>
   <si>
     <t>Ottawa Valley Track &amp; Field Club (OVTF)</t>
   </si>
   <si>
     <t>Ottawa Valley Track and Field Club (OVTFC)</t>
   </si>
   <si>
     <t>Ottawa Victory Christian Academy (OVCA)</t>
   </si>
   <si>
     <t>Ottawa-Carleton Virtual SS (NCOCV)</t>
   </si>
   <si>
     <t>Our Lady of Charity (OLOC)</t>
@@ -11762,53 +11015,50 @@
   <si>
     <t>Our Lady of Lourdes - Pembroke (OLL)</t>
   </si>
   <si>
     <t>Our lady of Lourdes (RCCDSB) (OLOL)</t>
   </si>
   <si>
     <t>Our Lady of Lourdes CHS (CWOL)</t>
   </si>
   <si>
     <t>Our Lady of Mercy - Burnaby (OLOM)</t>
   </si>
   <si>
     <t>Our Lady of Mercy Elementary (OLME)</t>
   </si>
   <si>
     <t>Our Lady of Mount Carmel (OLMC)</t>
   </si>
   <si>
     <t>Our Lady of Peace - Nepean (OLOP)</t>
   </si>
   <si>
     <t>Our Lady of Perpetual Help (OLPH)</t>
   </si>
   <si>
-    <t>Our Lady Of Perpetual Help (OLPHS)</t>
-[...1 lines deleted...]
-  <si>
     <t>Our Lady of Sorrows (OLS)</t>
   </si>
   <si>
     <t>Our Lady of Sorrows (RCCDSB) (OLOS)</t>
   </si>
   <si>
     <t>Our Lady of the Bay Catholic High School (OLBCHS)</t>
   </si>
   <si>
     <t>Our Lady of the Cape School (OLCS)</t>
   </si>
   <si>
     <t>Our Lady of the Rosary (OLRS)</t>
   </si>
   <si>
     <t>Our Lady of Victory - Ottawa (OLOV)</t>
   </si>
   <si>
     <t>Our Lady of Wisdom - Orleans (OLOW)</t>
   </si>
   <si>
     <t>Our Lady of Wisdom Wolves (OLW)</t>
   </si>
   <si>
     <t>OV Jewett Elementary (OVJE)</t>
@@ -11816,119 +11066,107 @@
   <si>
     <t>Owen Sound District Secondary School (OSDSS)</t>
   </si>
   <si>
     <t>Oxbow Prairie Horizons School (OPHS)</t>
   </si>
   <si>
     <t>Oxford on Rideau Public School (OORPS)</t>
   </si>
   <si>
     <t>Oxford Regional Educational Centre (OREC)</t>
   </si>
   <si>
     <t>Oxford School (OX)</t>
   </si>
   <si>
     <t>Oxford@8 (O@8)</t>
   </si>
   <si>
     <t>Oyster Pond Academy (OPA)</t>
   </si>
   <si>
     <t>P.A.J.S. (PAJS)</t>
   </si>
   <si>
-    <t>Pa Athletics (PAAC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Pace Athletics (PANS)</t>
   </si>
   <si>
     <t>Pace Track and field club (PTF)</t>
   </si>
   <si>
     <t>Pacific Academy (PAAC)</t>
   </si>
   <si>
     <t>Pacific Christian (PACC)</t>
   </si>
   <si>
     <t>Pacific Junction School (PACJ)</t>
   </si>
   <si>
     <t>Pacific Kodokan Dojo (PKD)</t>
   </si>
   <si>
     <t>Pacific Mustangs FC (PMFC)</t>
   </si>
   <si>
-    <t>Pacific Road Runners (PRRC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Pacific Way Elementary School (PWES)</t>
   </si>
   <si>
     <t>PACK Running Club (PRC)</t>
   </si>
   <si>
-    <t>Pack Running Club (PACK)</t>
+    <t>Paddler Pals (PADDL)</t>
   </si>
   <si>
     <t>Pakan School Junior (PAKA)</t>
   </si>
   <si>
     <t>Pangman School (PANG)</t>
   </si>
   <si>
     <t>Panorama Ridge Secondary (PARS)</t>
   </si>
   <si>
     <t>Panther Track &amp; Field (PANT)</t>
   </si>
   <si>
     <t>Paradise Elementary (PES)</t>
   </si>
   <si>
     <t>Paradise Intermediate School (PIS)</t>
   </si>
   <si>
     <t>Paradise Running Club (PRC)</t>
   </si>
   <si>
-    <t>Paradise Running Club (PRCA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Parasport-Newfoundland (SPNL)</t>
   </si>
   <si>
     <t>Parasports Québec (PSQ)</t>
   </si>
   <si>
-    <t>Parasports Québec (PSQC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Paris District High School (CWPA)</t>
   </si>
   <si>
     <t>Park Street Elementary School (PARK)</t>
   </si>
   <si>
     <t>Park View Education Centre (PVEC)</t>
   </si>
   <si>
     <t>Park West School (PWS)</t>
   </si>
   <si>
     <t>Parkcrest Elementary School (PES)</t>
   </si>
   <si>
     <t>Parkdale - HWDSB (PARK)</t>
   </si>
   <si>
     <t>Parkdale Elementary School (PD)</t>
   </si>
   <si>
     <t>Parkdale Road Runners (PDRR)</t>
   </si>
   <si>
     <t>Parkland and Evergreen Schools (PKEG)</t>
@@ -11990,212 +11228,173 @@
   <si>
     <t>Pavillion Des Jeunes (PDJ)</t>
   </si>
   <si>
     <t>Pavillon-de-l'Avenir (PDL)</t>
   </si>
   <si>
     <t>PDCI 2024 (PDCI)</t>
   </si>
   <si>
     <t>PE Panthers (PEP)</t>
   </si>
   <si>
     <t>Peacock Primary School (PPS)</t>
   </si>
   <si>
     <t>Peak Centre Academy (PCA)</t>
   </si>
   <si>
     <t>Peak Centre Academy (NCPK)</t>
   </si>
   <si>
     <t>Peak Judo Club ()</t>
   </si>
   <si>
-    <t>Peak Velocity Athletics (PEVA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Peak Youth Athletics (PEAK)</t>
   </si>
   <si>
     <t>Pear Tree School (PEART)</t>
   </si>
   <si>
     <t>Pearce Junior High School (PJHS)</t>
   </si>
   <si>
     <t>Pearce Reg HS /Burin (PRHS)</t>
   </si>
   <si>
-    <t>Pearlgate Track And Field Club (PGNL)</t>
-[...1 lines deleted...]
-  <si>
     <t>Pearson Academy (PEAR)</t>
   </si>
   <si>
     <t>Peel Panthers (PEL)</t>
   </si>
   <si>
     <t>Peel Panthers SC (PEEL)</t>
   </si>
   <si>
     <t>Peguis Central School (PEGC)</t>
   </si>
   <si>
     <t>PEI Flying Frenchmen (PEFF)</t>
   </si>
   <si>
     <t>Pelican Falls F.N.H.S. (PFHS)</t>
   </si>
   <si>
     <t>Pembina Hills Schools (PHSD)</t>
   </si>
   <si>
     <t>Pen Run (PENR)</t>
   </si>
   <si>
-    <t>Peninsula Adventure Sports Association (PASA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Peninsula Shores District School (PSDS)</t>
   </si>
   <si>
     <t>Peninsula Track &amp; Field Club (PTFC)</t>
   </si>
   <si>
     <t>Péninsule Acadienne (PEN)</t>
   </si>
   <si>
     <t>Penticton High School (PENT)</t>
   </si>
   <si>
-    <t>Penticton Pounders (PENP)</t>
-[...4 lines deleted...]
-  <si>
     <t>Percy P. McCallum Public School (GECDSB) (MPS)</t>
   </si>
   <si>
     <t>Père-Edgar-T-LeBlanc (PETL)</t>
   </si>
   <si>
-    <t>Perfmax-Racing Club Montreal (PFMX)</t>
-[...1 lines deleted...]
-  <si>
     <t>Performance A.I. (P .I.)</t>
   </si>
   <si>
     <t>Perlwin Elementary (PWEL)</t>
   </si>
   <si>
     <t>Persalvic Elementary (PERS)</t>
   </si>
   <si>
-    <t>Persistence Racing Inc (PRIN)</t>
-[...1 lines deleted...]
-  <si>
     <t>Perth and District CI -perth (EOPE)</t>
   </si>
   <si>
     <t>Perth Children's House Montessori School (PCH)</t>
   </si>
   <si>
     <t>Perth-Andover Junior High (PAMS)</t>
   </si>
   <si>
     <t>Peter Ewart Middle School (PEMS)</t>
   </si>
   <si>
     <t>Peter Lougheed (PLOUG)</t>
   </si>
   <si>
     <t>Peter Skene Ogden Secondary (PSO)</t>
   </si>
   <si>
-    <t>Peterborough Legion Track Club (PTBR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Petitcodiac Regional High (PET)</t>
   </si>
   <si>
     <t>Petitcodiac Regional School (PRS)</t>
   </si>
   <si>
     <t>Petits amis (SHER)</t>
   </si>
   <si>
     <t>PGTF</t>
   </si>
   <si>
     <t>Phase Athletics (PHASE)</t>
   </si>
   <si>
     <t>Phelps Central PS (PHE)</t>
   </si>
   <si>
     <t>Phil &amp; Jennie Gaglardi Academy (PJGA)</t>
   </si>
   <si>
     <t>Philip Pocock Pirates (POC)</t>
   </si>
   <si>
     <t>Phoenix Academy (PHAC)</t>
   </si>
   <si>
-    <t>Phoenix Athletics Assoc. Of Ontario (PHNX)</t>
-[...1 lines deleted...]
-  <si>
     <t>Phoenix Middle School (PHXMS)</t>
   </si>
   <si>
     <t>Phoenix TC (PHN)</t>
   </si>
   <si>
-    <t>Phoenix Trail Races Inc (PNXT)</t>
-[...4 lines deleted...]
-  <si>
     <t>Piccadilly Central High (PCH)</t>
   </si>
   <si>
-    <t>Pick Your Poison (PYPO)</t>
-[...1 lines deleted...]
-  <si>
     <t>Pickering HS (PHST)</t>
   </si>
   <si>
     <t>Pictou Academy (PICT)</t>
   </si>
   <si>
-    <t>Pictou County Athletics Club (PCAC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Pictou County Road Runner (PCRR)</t>
   </si>
   <si>
     <t>Pictou Landing First Nation School (PLFN)</t>
   </si>
   <si>
     <t>Pierre Chaisson (PC)</t>
   </si>
   <si>
     <t>Pierre Savard (NCPS)</t>
   </si>
   <si>
     <t>Pierre-de-Blois (PDB)</t>
   </si>
   <si>
     <t>Pierre-Elliot-Trudeau (PETU)</t>
   </si>
   <si>
     <t>Pierre-Elliott-Trudeau élémentaire (ÉPET)</t>
   </si>
   <si>
     <t>Pilot Mound Collegiate Institute (PMCI)</t>
   </si>
   <si>
     <t>Pilot Mound Pilots (0607)</t>
@@ -12308,185 +11507,170 @@
   <si>
     <t>Port Hope HS - Port Hope (COPH)</t>
   </si>
   <si>
     <t>Port Moody Secondary School (POMO)</t>
   </si>
   <si>
     <t>Port Perry High School (PPHS)</t>
   </si>
   <si>
     <t>Portage College (PORT)</t>
   </si>
   <si>
     <t>Portage Collegiate (PCHS)</t>
   </si>
   <si>
     <t>Portage Collegiate Institute (0410)</t>
   </si>
   <si>
     <t>Portage de l'Outaouais (CSPO)</t>
   </si>
   <si>
     <t>Powell River Christian School (PRCS)</t>
   </si>
   <si>
-    <t>Powell River Track Club (PRTF)</t>
-[...1 lines deleted...]
-  <si>
     <t>Powerview School (PVS)</t>
   </si>
   <si>
-    <t>Pr Athletics Track (PRAT)</t>
+    <t>PR athletics (TYKE)</t>
   </si>
   <si>
     <t>Prairie Christian Academy (PCA)</t>
   </si>
   <si>
     <t>Prairie College Pilots (PC)</t>
   </si>
   <si>
     <t>Prairie Dale (PDS)</t>
   </si>
   <si>
     <t>Prairie Inn Harriers Racing Team (PIHR)</t>
   </si>
   <si>
     <t>Prairie Mountain (0611)</t>
   </si>
   <si>
     <t>Prairie Mountain (0608)</t>
   </si>
   <si>
     <t>Prairie Mountain Predators (PREDA)</t>
   </si>
   <si>
     <t>Prairie Rose School (MPROS)</t>
   </si>
   <si>
     <t>Prairie Run Crew Outreach Program Inc. (PRCI)</t>
   </si>
   <si>
     <t>Prairie Sky (PRAI)</t>
   </si>
   <si>
     <t>Prairie Sunrise School (PS)</t>
   </si>
   <si>
-    <t>Predator Athletics Club (1PAC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Preston High School (PHS)</t>
   </si>
   <si>
-    <t>Pride &amp; Remembrance Association (PRAR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Priestman Street Elementary School (PSES)</t>
   </si>
   <si>
     <t>Prince ()</t>
   </si>
   <si>
     <t>Prince Andrew Public School (GECDSB) (PAPS)</t>
   </si>
   <si>
     <t>Prince Arthur Jr. High (PAJH)</t>
   </si>
   <si>
     <t>Prince Charles Elementary (PCEL)</t>
   </si>
   <si>
     <t>Prince Charles School (PCS)</t>
   </si>
   <si>
     <t>Prince Charles Sec (PCSS)</t>
   </si>
   <si>
     <t>Prince Edward CI - Picton (COPR)</t>
   </si>
   <si>
     <t>Prince Edward Island (PEI)</t>
   </si>
   <si>
     <t>Prince Edward Island (PE)</t>
   </si>
   <si>
     <t>Prince Edward Public School (GECDSB) (PEPS)</t>
   </si>
   <si>
     <t>Prince George (PGTF)</t>
   </si>
   <si>
-    <t>Prince George Road Runners (PGRR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Prince George School (PGS)</t>
   </si>
   <si>
     <t>Prince George Track &amp; Field (PGTF)</t>
   </si>
   <si>
     <t>Prince George Track &amp; Field Club (PGTF)</t>
   </si>
   <si>
     <t>Prince George track and field club (PGTF)</t>
   </si>
   <si>
     <t>Prince of Peace - Ottawa (POPO)</t>
   </si>
   <si>
     <t>Prince of Wales (POW)</t>
   </si>
   <si>
     <t>PrInce of Wales - HWDSB (WALE)</t>
   </si>
   <si>
     <t>Prince of Wales Coll. - Newfoundland (PWC)</t>
   </si>
   <si>
     <t>Prince Rupert Middle School (PRMS)</t>
   </si>
   <si>
     <t>Prince Street Elementary School (PS)</t>
   </si>
   <si>
     <t>Princess Elizabeth Public School (GECDSB) (PSEPS)</t>
   </si>
   <si>
     <t>Princess Elizabeth School (PES)</t>
   </si>
   <si>
     <t>Princess Margaret Secondary Sc (PRIN)</t>
   </si>
   <si>
     <t>Project Athletics (PRO)</t>
   </si>
   <si>
-    <t>Project Athletics Track And Field Program (PATF)</t>
-[...1 lines deleted...]
-  <si>
     <t>Project Go (PRG)</t>
   </si>
   <si>
     <t>Providence Reformed Collegiate (WOPR)</t>
   </si>
   <si>
     <t>Pugwash District High School (PDHS)</t>
   </si>
   <si>
     <t>Puma (SAAC) (PMSC)</t>
   </si>
   <si>
     <t>Puma (UTTC) (PMTT)</t>
   </si>
   <si>
     <t>Purple Ponies (PURP)</t>
   </si>
   <si>
     <t>PW KAESAR HIGH SCHOOL (PWK)</t>
   </si>
   <si>
     <t>Quadra Elementary (QUADE)</t>
   </si>
   <si>
     <t>Qualikum SS (KSS)</t>
@@ -12575,71 +11759,65 @@
   <si>
     <t>Queen’s Alumni (QUAL)</t>
   </si>
   <si>
     <t>Queensdale - HWDSB (QDALE)</t>
   </si>
   <si>
     <t>Quesnel JR School (QUSS)</t>
   </si>
   <si>
     <t>Quest Sports Track and Field Club (QSTF)</t>
   </si>
   <si>
     <t>Quidi Vidi Brewery - Couch to Finish Line (QUIDI)</t>
   </si>
   <si>
     <t>Quilchena (QUIL)</t>
   </si>
   <si>
     <t>Quinte Christian - Belleville (COQC)</t>
   </si>
   <si>
     <t>Quinte Legion Lynx Track and Field Club (QLT)</t>
   </si>
   <si>
-    <t>Quinte Legion Lynx Track And Field Club (QUIN)</t>
-[...1 lines deleted...]
-  <si>
     <t>Quinte West TC (QWT)</t>
   </si>
   <si>
     <t>Quinte-Frontenac TC (QFT)</t>
   </si>
   <si>
     <t>Quintilian School (KQS)</t>
   </si>
   <si>
     <t>Quispamsis Elementary School (QES)</t>
   </si>
   <si>
     <t>Quispamsis Middle School (QMS)</t>
   </si>
   <si>
-    <t>R. H. G. Bonnycastle School (MBONN)</t>
-[...1 lines deleted...]
-  <si>
     <t>R. H. Murray (RHM)</t>
   </si>
   <si>
     <t>R.A. McMath Secondary (MCMAT)</t>
   </si>
   <si>
     <t>R.A. Riddell - HWDSB (RIDD)</t>
   </si>
   <si>
     <t>R.B.Russell High School (RBR)</t>
   </si>
   <si>
     <t>R.h.g. Bonnycastle School (MBONN)</t>
   </si>
   <si>
     <t>R.L. Angus (RLA)</t>
   </si>
   <si>
     <t>R.L. Beattie (RLB)</t>
   </si>
   <si>
     <t>R.L. Hylop - HWDSB (RLHY)</t>
   </si>
   <si>
     <t>R.S. McLaughlin - Oshawa (RSML)</t>
@@ -12761,128 +11939,116 @@
   <si>
     <t>RED</t>
   </si>
   <si>
     <t>Red Deer and District Track and Field (REDD)</t>
   </si>
   <si>
     <t>Red Deer College (REDC)</t>
   </si>
   <si>
     <t>Red Deer Lake (RDL)</t>
   </si>
   <si>
     <t>Red Deer Polytechnic (RDP)</t>
   </si>
   <si>
     <t>Red Deer Titans (REDD)</t>
   </si>
   <si>
     <t>red hot ()</t>
   </si>
   <si>
     <t>Red Lake D.H.S. (RLDHS)</t>
   </si>
   <si>
-    <t>Red Shoe Shuffle - Rmhc Toronto (RSS1)</t>
-[...1 lines deleted...]
-  <si>
     <t>Redcliff Middle School (REDS)</t>
   </si>
   <si>
     <t>Redeemer Christian - Ottawa (NCRC)</t>
   </si>
   <si>
     <t>Redeemer Royals (REDE)</t>
   </si>
   <si>
     <t>Reds (REDS)</t>
   </si>
   <si>
     <t>Regent Christian (RCA)</t>
   </si>
   <si>
     <t>Regina Cougars (UOFR)</t>
   </si>
   <si>
     <t>Regina High School (RHS)</t>
   </si>
   <si>
     <t>Regina Mundi College (RMC)</t>
   </si>
   <si>
     <t>Regiopolis-Notre Dame-Kingston (EORN)</t>
   </si>
   <si>
     <t>Rehoboth Christian School (RCS)</t>
   </si>
   <si>
     <t>Reine-des-Bois (RDB)</t>
   </si>
   <si>
-    <t>Remparts (RCMR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Renfrew (RENF)</t>
   </si>
   <si>
     <t>Renfrew CI - Renfrew (EORE)</t>
   </si>
   <si>
     <t>Renfrew Collegiate (CI) (EORCI)</t>
   </si>
   <si>
     <t>Rennie's River Elementary School (RRES)</t>
   </si>
   <si>
     <t>Restigouche (RES)</t>
   </si>
   <si>
     <t>Restigouche Gazelles (RTGZ)</t>
   </si>
   <si>
     <t>Resurrection CSS (RCSS)</t>
   </si>
   <si>
     <t>Revelstoke Secondary School (REVEL)</t>
   </si>
   <si>
     <t>Rexton Elementary (RES)</t>
   </si>
   <si>
     <t>Reynolds Central School (REYN)</t>
   </si>
   <si>
     <t>Reynolds Secondary School (REYN)</t>
   </si>
   <si>
-    <t>Rhythm Athletics (RHYT)</t>
-[...4 lines deleted...]
-  <si>
     <t>Richard Beasley - HWDSB (BEAS)</t>
   </si>
   <si>
     <t>Richard Pfaff Alternate (RDPF)</t>
   </si>
   <si>
     <t>Richardson Elementary School (RDES)</t>
   </si>
   <si>
     <t>Richmond Academy (RICH)</t>
   </si>
   <si>
     <t>Richmond Christian (RCSS)</t>
   </si>
   <si>
     <t>Richmond Education Centre (REDC)</t>
   </si>
   <si>
     <t>Richmond High School (RMHS)</t>
   </si>
   <si>
     <t>Richmond Secondary School (RHS)</t>
   </si>
   <si>
     <t>Richview Collegiate Institute (RICHV)</t>
@@ -12908,158 +12074,146 @@
   <si>
     <t>Ridgecliff Middle School (RIDG)</t>
   </si>
   <si>
     <t>Ridgemont HS - Ottawa (NCRM)</t>
   </si>
   <si>
     <t>Ridgemont HS Cross Country Running (RHS)</t>
   </si>
   <si>
     <t>Ridgemount - HWDSB (RIDG)</t>
   </si>
   <si>
     <t>Ridgetown DHS (SWRI)</t>
   </si>
   <si>
     <t>Ridgeview Elementary (RGVE)</t>
   </si>
   <si>
     <t>Ridgeview Middle School (RVMS)</t>
   </si>
   <si>
     <t>Ridley College (RIDL)</t>
   </si>
   <si>
-    <t>Risingstars Athletics &amp; Education (RSAE)</t>
+    <t>Rising Runners (RSNG)</t>
   </si>
   <si>
     <t>River East Collegiate (MREHS)</t>
   </si>
   <si>
     <t>River Hebert District High School (RVHB)</t>
   </si>
   <si>
     <t>River John Consolidated (RJCS)</t>
   </si>
   <si>
     <t>River Racers (R.R.)</t>
   </si>
   <si>
     <t>River Valley Middle Schoo (RVMS)</t>
   </si>
   <si>
     <t>River West Park School (RWPS)</t>
   </si>
   <si>
-    <t>River West Park School (MRWPK)</t>
-[...1 lines deleted...]
-  <si>
     <t>RIVERAINS (MRI)</t>
   </si>
   <si>
     <t>Riverains Marie-Rivier (MR)</t>
   </si>
   <si>
     <t>Riverdale High School (RHS)</t>
   </si>
   <si>
     <t>Rivers Collegiate (0707)</t>
   </si>
   <si>
     <t>Rivers Speed Stars (RSS)</t>
   </si>
   <si>
-    <t>Rivers Speed Stars (RSSO)</t>
-[...2 lines deleted...]
-    <t>Riversdale Athletics Track (RIVA)</t>
+    <t>Riversdale Athletics Club (RIVA)</t>
   </si>
   <si>
     <t>Riverside (RIVER)</t>
   </si>
   <si>
     <t>Riverside Consolidated School (RCS)</t>
   </si>
   <si>
     <t>Riverside Education Centre (REC)</t>
   </si>
   <si>
     <t>Riverside Elementary School (RES)</t>
   </si>
   <si>
     <t>Riverside School (RSS)</t>
   </si>
   <si>
     <t>Riverside Secondary School (SWRS)</t>
   </si>
   <si>
     <t>Riverside Secondary School - Coquitlam (RSSC)</t>
   </si>
   <si>
     <t>Riverside South Secondary School (NCRS)</t>
   </si>
   <si>
     <t>Riverton Early Middle School (REMS)</t>
   </si>
   <si>
-    <t>Riverton Early Middle School (MRVTN)</t>
-[...1 lines deleted...]
-  <si>
     <t>Riverview Alternative School (RAS)</t>
   </si>
   <si>
     <t>Riverview East School (RES)</t>
   </si>
   <si>
     <t>Riverview High (RIV)</t>
   </si>
   <si>
     <t>Riverview High School (RIV3)</t>
   </si>
   <si>
     <t>Riverview Middle School (RMS)</t>
   </si>
   <si>
     <t>Riverwood Academy (RIAC)</t>
   </si>
   <si>
     <t>Rivière-Rideau (RRID)</t>
   </si>
   <si>
     <t>RL Clemitson Elementary (RLCE)</t>
   </si>
   <si>
     <t>RM Grauer (RMG)</t>
   </si>
   <si>
     <t>RMC Paladins (RMC)</t>
   </si>
   <si>
-    <t>Roadkill Running Club (RKIL)</t>
-[...1 lines deleted...]
-  <si>
     <t>Roadrunner (ATHLE)</t>
   </si>
   <si>
     <t>RoadRunners Track &amp; Field (ROAD)</t>
   </si>
   <si>
     <t>Robert Bateman (ROBE)</t>
   </si>
   <si>
     <t>Robert Bateman Secondary (RBSS)</t>
   </si>
   <si>
     <t>Robert E Wilson (ROOT)</t>
   </si>
   <si>
     <t>Robert H. Smith School (MRHSM)</t>
   </si>
   <si>
     <t>Robert Hopkins PS (RHOP)</t>
   </si>
   <si>
     <t>Robert Land Academy (RLA)</t>
   </si>
   <si>
     <t>Robert Rundle Elementary School (RRES)</t>
@@ -13124,50 +12278,53 @@
   <si>
     <t>Roger-Saint-Denis (RSD)</t>
   </si>
   <si>
     <t>Roland Michener - Kanata (ROMK)</t>
   </si>
   <si>
     <t>Roland Michener - South Porcupine (RMSP)</t>
   </si>
   <si>
     <t>Roland-Pépin (PRP2)</t>
   </si>
   <si>
     <t>Rollo Bay Consolidated School (RBCS)</t>
   </si>
   <si>
     <t>Ron Pettigrew Christian School (RPCS)</t>
   </si>
   <si>
     <t>Roncalli Central High/Av (RCHS)</t>
   </si>
   <si>
     <t>Roncalli Elementry/SJ (RESJ)</t>
   </si>
   <si>
+    <t>Ronin Track and Field (RONIN)</t>
+  </si>
+  <si>
     <t>Roots Home Education (ROOT)</t>
   </si>
   <si>
     <t>Roots Home Education (ROOTS)</t>
   </si>
   <si>
     <t>Rorketon High School (RORK)</t>
   </si>
   <si>
     <t>Rose-des-Vents (RDV)</t>
   </si>
   <si>
     <t>Rosedale (ROSE)</t>
   </si>
   <si>
     <t>Rosedale - HWDSB (ROSE)</t>
   </si>
   <si>
     <t>Rosedale Traditional Community School (RTCS)</t>
   </si>
   <si>
     <t>Roseland Public School (GECDSB) (RPS)</t>
   </si>
   <si>
     <t>Rosemont (ROSE)</t>
@@ -13178,212 +12335,167 @@
   <si>
     <t>Rosetown Track &amp; Field (ROSE)</t>
   </si>
   <si>
     <t>Roseville Public School (GECDSB) (RVPS)</t>
   </si>
   <si>
     <t>Ross Elementary (ROSSE)</t>
   </si>
   <si>
     <t>Ross Road (RR)</t>
   </si>
   <si>
     <t>Ross Sheppard High School (ROSH)</t>
   </si>
   <si>
     <t>Rosseau Lake College (RLS)</t>
   </si>
   <si>
     <t>Rossignol High School (ROSS)</t>
   </si>
   <si>
     <t>Rossland Summit School (RSLSS)</t>
   </si>
   <si>
-    <t>Rotary Huron Shore Run (RSHR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Rothesay Elementary School (RES)</t>
   </si>
   <si>
     <t>Rothesay High School (RHS2)</t>
   </si>
   <si>
     <t>Rothesay Netherwood Schoo (RNS2)</t>
   </si>
   <si>
     <t>Rothesay Netherwood School (RNS)</t>
   </si>
   <si>
     <t>Rothesay Park School (RPS)</t>
   </si>
   <si>
     <t>Rothwell-Osnabruck - Ingleside (EORO)</t>
   </si>
   <si>
-    <t>Rouge Et Or U. Laval (ROUL)</t>
-[...1 lines deleted...]
-  <si>
     <t>Rousseau - HWDSB (ROUS)</t>
   </si>
   <si>
     <t>Route 10 (RT10)</t>
   </si>
   <si>
     <t>Roxmore Public School (RXPS)</t>
   </si>
   <si>
     <t>Royal Bay (ROYB)</t>
   </si>
   <si>
     <t>Royal City Athletics Club (RCA)</t>
   </si>
   <si>
-    <t>Royal City Athletics Club (RCAO)</t>
-[...4 lines deleted...]
-  <si>
     <t>Royal city track club ()</t>
   </si>
   <si>
     <t>Royal Military College Saint-Jean (RMCSJ)</t>
   </si>
   <si>
     <t>Royal Military College Saint-Jean (RMC Saint-Jean) (RMCSJ)</t>
   </si>
   <si>
     <t>Royal Oak Middle School (GDETN)</t>
   </si>
   <si>
     <t>Royal Road Elementary School (RRS)</t>
   </si>
   <si>
     <t>Royal School (ROY)</t>
   </si>
   <si>
     <t>Royal St. George's College (RSGC)</t>
   </si>
   <si>
     <t>RSEQ-CE (RSEQ)</t>
   </si>
   <si>
     <t>RT Alderman (RTALD)</t>
   </si>
   <si>
     <t>Rudolph Hennig Junior High (RH)</t>
   </si>
   <si>
     <t>Run Club Kamloops (RCK)</t>
   </si>
   <si>
     <t>Run Merrickville (RUNM)</t>
   </si>
   <si>
-    <t>Run Nova Scotia (RNS1)</t>
-[...1 lines deleted...]
-  <si>
     <t>Run Ottawa (RO23)</t>
   </si>
   <si>
-    <t>Run The Great Lakes (RGL1)</t>
-[...1 lines deleted...]
-  <si>
     <t>Run to beer (RTB)</t>
   </si>
   <si>
-    <t>Run Waterloo Inc. (RWIN)</t>
-[...4 lines deleted...]
-  <si>
     <t>Rundle College (RUCO)</t>
   </si>
   <si>
+    <t>RunK2J (RUNK2)</t>
+  </si>
+  <si>
     <t>Runner's Life (RUNL)</t>
   </si>
   <si>
     <t>Runners Choice - London (RCL)</t>
   </si>
   <si>
-    <t>Runners Edge Track Club (REDG)</t>
-[...1 lines deleted...]
-  <si>
     <t>Runners Of Collingwood (ROCC)</t>
   </si>
   <si>
     <t>Runners Sole Racing Team (RSRT)</t>
   </si>
   <si>
-    <t>Running First Ltd. O/A Toronto Marathon, Half Marathon, 5K, 10K, And Relay (RFLT)</t>
-[...7 lines deleted...]
-  <si>
     <t>Running Wild (WILD)</t>
   </si>
   <si>
     <t>Running wild athletics (RWAC)</t>
   </si>
   <si>
-    <t>Running Wild Athletics Club (RWAC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Running Wild Athleticsc (RWAC)</t>
   </si>
   <si>
     <t>Runnymede Jr&amp;Sr PS (RUNNY)</t>
   </si>
   <si>
-    <t>Runsport Victoria Society (RUNS)</t>
-[...1 lines deleted...]
-  <si>
     <t>RUNWAY (RWAY)</t>
   </si>
   <si>
-    <t>Rupert Runners (RUPR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Russell Highschool (T-Wolves) (RHS)</t>
   </si>
   <si>
     <t>Russell HS - Russell (TIWO)</t>
   </si>
   <si>
     <t>Russell Public School (RSPS)</t>
   </si>
   <si>
-    <t>Russell Run Club (RRCO)</t>
-[...1 lines deleted...]
-  <si>
     <t>Rutherford Roadrunners (RUTHR)</t>
   </si>
   <si>
     <t>Rutland Middle School (RMS)</t>
   </si>
   <si>
     <t>Rutland Senior (RSS!)</t>
   </si>
   <si>
     <t>Ryerson Alumni (RYRA)</t>
   </si>
   <si>
     <t>Ryerson Elementary School (MRYER)</t>
   </si>
   <si>
     <t>S. Arden Hill (MAP)</t>
   </si>
   <si>
     <t>Sa-Hali Secondary (SAHA)</t>
   </si>
   <si>
     <t>Sackville Heights Junior High School (SKHT)</t>
   </si>
   <si>
     <t>Sackville High (SH)</t>
@@ -13418,101 +12530,98 @@
   <si>
     <t>Sacred Heart School - Nova Scotia (SHSH)</t>
   </si>
   <si>
     <t>Sacred Heart School - Wetaskiwin (SHSA)</t>
   </si>
   <si>
     <t>SAIL Academy (SAIL)</t>
   </si>
   <si>
     <t>Saint Andre Bessette (SAB)</t>
   </si>
   <si>
     <t>Saint Ann's Academy (SAIN)</t>
   </si>
   <si>
     <t>Saint Boniface Diocesan High School (SBDHS)</t>
   </si>
   <si>
     <t>Saint John High School (SJH3)</t>
   </si>
   <si>
     <t>Saint John Paul II Academy (SJP2)</t>
   </si>
   <si>
-    <t>Saint John Reds Track &amp; Field (SJTC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Saint Johns School (SJS)</t>
   </si>
   <si>
     <t>Saint Laurent Sélect (SLS)</t>
   </si>
   <si>
     <t>Saint Lawrence Secondary - Cornwall (SLSS)</t>
   </si>
   <si>
+    <t>Saint Mary's Athletics Club (SMUAC)</t>
+  </si>
+  <si>
+    <t>Saint Mary's Huskies (SMU)</t>
+  </si>
+  <si>
     <t>Saint Mary's Univeristy (SMU)</t>
   </si>
   <si>
     <t>Saint Paul Catholic High School (SOSP)</t>
   </si>
   <si>
     <t>Saint Rose School (SRS)</t>
   </si>
   <si>
     <t>Saint Thomas Aquinas (STA)</t>
   </si>
   <si>
     <t>Saint-André (ERSA)</t>
   </si>
   <si>
     <t>Saint-Charles-Garnier - Whitby (STCG)</t>
   </si>
   <si>
     <t>Saint-François-D'assise (SFDA)</t>
   </si>
   <si>
     <t>Saint-Guillaume (STGU)</t>
   </si>
   <si>
-    <t>Saint-Jean Olympique (CSJO)</t>
-[...1 lines deleted...]
-  <si>
     <t>Saint-Jean-Paul II (SJP2)</t>
   </si>
   <si>
     <t>Saint-Jérôme (S-J)</t>
   </si>
   <si>
     <t>Saint-Joseph-D'orleans (SJDO)</t>
   </si>
   <si>
-    <t>Saint-Laurent Sélect (CSLS)</t>
-[...1 lines deleted...]
-  <si>
     <t>Saint-Rémi (SARE)</t>
   </si>
   <si>
     <t>Sainte Marie (SMARI)</t>
   </si>
   <si>
     <t>Sainte-Anne (STAN)</t>
   </si>
   <si>
     <t>Sainte-Bernadette (STBE)</t>
   </si>
   <si>
     <t>Sainte-Geneviève (GENE)</t>
   </si>
   <si>
     <t>Sainte-Kateri (SAKA)</t>
   </si>
   <si>
     <t>Sainte-Marguerite-Bourgeoys (SMB)</t>
   </si>
   <si>
     <t>Sainte-Marie (STMA)</t>
   </si>
   <si>
     <t>Sainte-Thérèse-d'villa (STDV)</t>
@@ -13568,107 +12677,101 @@
   <si>
     <t>Sands Secondary (SANDS)</t>
   </si>
   <si>
     <t>Sandstone Academy (SAND)</t>
   </si>
   <si>
     <t>Sandwich Secondary (SWSW)</t>
   </si>
   <si>
     <t>Sandwich West Public School (GECDSB) (SWPS)</t>
   </si>
   <si>
     <t>Sandy Hill Elementary (SDYH)</t>
   </si>
   <si>
     <t>Sanford collegiate (SANF)</t>
   </si>
   <si>
     <t>Sardis Secondary (SARS)</t>
   </si>
   <si>
     <t>Sarnia Athletics Southwest (SAS)</t>
   </si>
   <si>
-    <t>Sarnia Athletics Southwest Tfc (SASW)</t>
-[...1 lines deleted...]
-  <si>
     <t>Sarnia Franco-Jeunesse (SWFJ)</t>
   </si>
   <si>
     <t>Sarnia Northern (SWNO)</t>
   </si>
   <si>
     <t>Sarnia St. Francois Xavier (SWFX)</t>
   </si>
   <si>
     <t>Sask Valley Bears (SVB)</t>
   </si>
   <si>
     <t>Saskatchewan (SK)</t>
   </si>
   <si>
     <t>Saskatchewan Huskies (UOFS)</t>
   </si>
   <si>
     <t>Saskatoon Christian (SCS)</t>
   </si>
   <si>
-    <t>Saskatoon Road Runners Club (SRRC)</t>
-[...4 lines deleted...]
-  <si>
     <t>Saskatoon Track &amp; Field Club (STFC)</t>
   </si>
   <si>
     <t>Saskatoon track and field club (STFC)</t>
   </si>
   <si>
     <t>Saucony (UCAC) (SYUC)</t>
   </si>
   <si>
     <t>Saucony (UNMB) (SYMB)</t>
   </si>
   <si>
     <t>Saucony (UTTC) (SYTT)</t>
   </si>
   <si>
     <t>Saugeen District Secondary School (SDSS)</t>
   </si>
   <si>
     <t>Saugeen TFC (SAU)</t>
   </si>
   <si>
     <t>Saugeen Track &amp; Field Association (SAUG)</t>
   </si>
   <si>
     <t>Saugeen Track and Field (SAUG)</t>
   </si>
   <si>
+    <t>Saugeen Track and Field Club (STFC)</t>
+  </si>
+  <si>
     <t>Sault College (SCO)</t>
   </si>
   <si>
     <t>Saunders S.S. (SAUN)</t>
   </si>
   <si>
     <t>Sawmill Creek Elementary Schoo (SAWM)</t>
   </si>
   <si>
     <t>SC: Highwood (HHS)</t>
   </si>
   <si>
     <t>Sc:Acme (ACME)</t>
   </si>
   <si>
     <t>Sc:Airdrie Christian Academy (AICH)</t>
   </si>
   <si>
     <t>Sc:Airdrie Footprints for Learning (FOOT)</t>
   </si>
   <si>
     <t>Sc:Airdrie Middle School (AIRD)</t>
   </si>
   <si>
     <t>Sc:Banded Peak Middle School (BAND)</t>
@@ -13889,110 +12992,83 @@
   <si>
     <t>Sc:Youngstown (YOUN)</t>
   </si>
   <si>
     <t>Sc:Zone Team South-Central (SCZ)</t>
   </si>
   <si>
     <t>Scarborough Masters (SMAC)</t>
   </si>
   <si>
     <t>Scenic Acres School (SCEN)</t>
   </si>
   <si>
     <t>School District of Mystery Lake (MYST)</t>
   </si>
   <si>
     <t>Scollard Hall - North Bay (SHNB)</t>
   </si>
   <si>
     <t>Scotsburn (SES)</t>
   </si>
   <si>
     <t>Scrambled Legs (LEGS)</t>
   </si>
   <si>
-    <t>Sd #83 North Okanagan Shuswap (NOSHU)</t>
-[...16 lines deleted...]
-  <si>
     <t>Se't Anneway Kegnamogwom (SAK)</t>
   </si>
   <si>
-    <t>Sea To Sky Athletics (S2SA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Seaforth (SEA)</t>
   </si>
   <si>
     <t>Seaquam Seahawks (SEAQ)</t>
   </si>
   <si>
     <t>Seaside Park Elementary School (SPES)</t>
   </si>
   <si>
     <t>Seaway - Iroquois (SEAW)</t>
   </si>
   <si>
     <t>Seaway District HS - Iroquois (EOSE)</t>
   </si>
   <si>
     <t>Secondaire de Kamloops (SEKM)</t>
   </si>
   <si>
-    <t>Selkirk Jr High (MSKJR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Selkirk School</t>
   </si>
   <si>
     <t>Semá:th Elementary (SEMAE)</t>
   </si>
   <si>
     <t>Semiahmoo Secondary (SEMI)</t>
   </si>
   <si>
     <t>semiahmoo Sunrunners #1 ()</t>
   </si>
   <si>
-    <t>Semiahmoo Sunrunners (SSRW)</t>
-[...1 lines deleted...]
-  <si>
     <t>Séminaire St-Francois (SSF)</t>
   </si>
   <si>
     <t>Senator O'Connor (SROC)</t>
   </si>
   <si>
     <t>Senator Patrick Burns (SENPB)</t>
   </si>
   <si>
     <t>Senator Riley Middle School (SRMS)</t>
   </si>
   <si>
     <t>Seneca College (SENE)</t>
   </si>
   <si>
     <t>Senior Boys (AMSSB)</t>
   </si>
   <si>
     <t>Senior Girls (AMSSG)</t>
   </si>
   <si>
     <t>Sentinel (SENT)</t>
   </si>
   <si>
     <t>Sept-Îles (CASI)</t>
@@ -14105,53 +13181,50 @@
   <si>
     <t>Sibylla Kiddle School (SKS)</t>
   </si>
   <si>
     <t>Sick ol' Runners (SORS)</t>
   </si>
   <si>
     <t>Sikh Academy Fleetwood (SIKH)</t>
   </si>
   <si>
     <t>Silver Springs School (SSES)</t>
   </si>
   <si>
     <t>Silverthorn CS (STRN)</t>
   </si>
   <si>
     <t>Simcoe Composite School (CWSI)</t>
   </si>
   <si>
     <t>Simon Fraser (SIFR)</t>
   </si>
   <si>
     <t>Simon Fraser Elementary (SFE)</t>
   </si>
   <si>
-    <t>Simon Fraser University Athletics (SFUT)</t>
-[...1 lines deleted...]
-  <si>
     <t>Simonds High School (SHS3)</t>
   </si>
   <si>
     <t>Simple Fitness Track Club (SFT)</t>
   </si>
   <si>
     <t>Simple Fitness Track club (SFTC)</t>
   </si>
   <si>
     <t>Sinclair S.S. (Whitby) (SSSW)</t>
   </si>
   <si>
     <t>Sioux North H.S. (SNHS)</t>
   </si>
   <si>
     <t>Sir Alexander Mackenzie (MACK)</t>
   </si>
   <si>
     <t>Sir Alexander Mackenzie School (SAMS)</t>
   </si>
   <si>
     <t>Sir Allan MacNab (SAM)</t>
   </si>
   <si>
     <t>Sir Allan MacNab S.S. - HWDSB (SOAM)</t>
@@ -14219,92 +13292,83 @@
   <si>
     <t>Sir William Osler - HWDSB (OSLS)</t>
   </si>
   <si>
     <t>Sir Winston Churchill (SWC)</t>
   </si>
   <si>
     <t>Sir Winston Churchill - Nepean (SWCN)</t>
   </si>
   <si>
     <t>Sir Winston Churchill S.S. - HWDSB (SOWC)</t>
   </si>
   <si>
     <t>Sir Winston Churchill SS (SOSW)</t>
   </si>
   <si>
     <t>Sisler High School (MSISL)</t>
   </si>
   <si>
     <t>Sisters in Fitness (SISF)</t>
   </si>
   <si>
     <t>Sisters in Fitness Runners (SIFR)</t>
   </si>
   <si>
-    <t>Sisu Throws Club (SISU)</t>
-[...1 lines deleted...]
-  <si>
     <t>Six Nations Polytechnic Secondary School (SNPSS)</t>
   </si>
   <si>
     <t>Skaha Lake Middle School (SLMS)</t>
   </si>
   <si>
     <t>Skeena Middle School (CMSD)</t>
   </si>
   <si>
-    <t>Skeena Valley Runners (SVRC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Slow Ships (SSAC)</t>
   </si>
   <si>
     <t>Slow Ships Athletic Club (SSAC)</t>
   </si>
   <si>
     <t>Smallwood Academy/Gam (SMWA)</t>
   </si>
   <si>
     <t>Smithers Sec (SSS)</t>
   </si>
   <si>
     <t>Smithers Secondary School (SSS)</t>
   </si>
   <si>
     <t>Smithers Special Olympics (SOBC)</t>
   </si>
   <si>
     <t>Smiths Falls Dci -smiths Falls (EOSF)</t>
   </si>
   <si>
     <t>Smithville Christian High (SCH)</t>
   </si>
   <si>
-    <t>Snowshoe Canada (SC22)</t>
-[...1 lines deleted...]
-  <si>
     <t>SO:Arden T Litt (ARTL)</t>
   </si>
   <si>
     <t>So:Brant Christian School (BRCH)</t>
   </si>
   <si>
     <t>So:Cardston (CARD)</t>
   </si>
   <si>
     <t>So:Catholic Central (CACE)</t>
   </si>
   <si>
     <t>SO:Cherry Coulee Christian (CCCA)</t>
   </si>
   <si>
     <t>So:Chinook (CHIN)</t>
   </si>
   <si>
     <t>So:Coaldale Christian (COAC)</t>
   </si>
   <si>
     <t>So:Coalhurst (COAL)</t>
   </si>
   <si>
     <t>So:County Central (COCE)</t>
@@ -14411,50 +13475,53 @@
   <si>
     <t>SO:Victoria Park (VIPA)</t>
   </si>
   <si>
     <t>So:W.R. Myers (WRMY)</t>
   </si>
   <si>
     <t>SO:Walshe Crossroads Campus (WCCA)</t>
   </si>
   <si>
     <t>So:Warner (WARN)</t>
   </si>
   <si>
     <t>SO:Westwind Alternate (WWAL)</t>
   </si>
   <si>
     <t>So:Willow Creek Composite (WCCO)</t>
   </si>
   <si>
     <t>So:Winston Churchill Leth (WCLE)</t>
   </si>
   <si>
     <t>So:Zone Team South (SOZO)</t>
   </si>
   <si>
+    <t>SOBC Smithers (SOBC)</t>
+  </si>
+  <si>
     <t>Sole Pursuit Running (SOLE)</t>
   </si>
   <si>
     <t>Sole Sister Athletics (SSA)</t>
   </si>
   <si>
     <t>Sole Sisters (SOLE)</t>
   </si>
   <si>
     <t>Somerset &amp; District Elementary School (SDES)</t>
   </si>
   <si>
     <t>Somerset Elementary (SO)</t>
   </si>
   <si>
     <t>Souris Regional School (SH)</t>
   </si>
   <si>
     <t>South (SCI)</t>
   </si>
   <si>
     <t>South Branch Public School (SBPS)</t>
   </si>
   <si>
     <t>South Carleton - Ottawa (NCSC)</t>
@@ -14516,191 +13583,167 @@
   <si>
     <t>South Park Elementary School (SPES)</t>
   </si>
   <si>
     <t>South Perth PS (SPPS)</t>
   </si>
   <si>
     <t>South Pointe School (SOUP)</t>
   </si>
   <si>
     <t>South Queens Middle School (SQMS)</t>
   </si>
   <si>
     <t>South River Public School (SRPS)</t>
   </si>
   <si>
     <t>South River Public School (SR)</t>
   </si>
   <si>
     <t>South Sa-Hali Elementary School (SSHE)</t>
   </si>
   <si>
     <t>South Shore Education Center (SS)</t>
   </si>
   <si>
-    <t>South Simcoe Dufferin T.f.c. (OSSD)</t>
-[...1 lines deleted...]
-  <si>
     <t>South Simcoe Dufferin TFC (SSD)</t>
   </si>
   <si>
     <t>Southdale North Woodside School (SNWS)</t>
   </si>
   <si>
     <t>Southeast Collegiate (SEC)</t>
   </si>
   <si>
     <t>Southern Carleton Elementary School (SCES)</t>
   </si>
   <si>
     <t>Southern Kings Consolidated School (SK)</t>
   </si>
   <si>
     <t>Southern Pros (SP) (SP)</t>
   </si>
   <si>
     <t>Southern Victoria High School (SVHS)</t>
   </si>
   <si>
     <t>Southgate Middle School (MS)</t>
   </si>
   <si>
     <t>SouthPointe (SOPT)</t>
   </si>
   <si>
     <t>Southpointe Academy (SPACA)</t>
   </si>
   <si>
-    <t>Southpointe Academy (SOUTH)</t>
-[...1 lines deleted...]
-  <si>
     <t>Southridge School (SOUTH)</t>
   </si>
   <si>
     <t>Southwest Arm Academy (SAA)</t>
   </si>
   <si>
-    <t>Southwest Nova Athletics (SWNA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Southwood Public School (GECDSB) (SOUTH)</t>
   </si>
   <si>
     <t>Southwood Secondary School (SSS)</t>
   </si>
   <si>
     <t>Sparwood Secondary (SSS)</t>
   </si>
   <si>
     <t>SPB 2025 (SENPB)</t>
   </si>
   <si>
     <t>Special Olympics BC (SOBC)</t>
   </si>
   <si>
     <t>Special Olympics BC -  Abbotsford (SOA)</t>
   </si>
   <si>
     <t>Special Olympics BC - Surrey (SOS)</t>
   </si>
   <si>
     <t>Special Olympics Manitoba (SOMB)</t>
   </si>
   <si>
     <t>Special Olympics New Brunswick (SONB)</t>
   </si>
   <si>
     <t>Special Olympics Nova Scotia (SONS)</t>
   </si>
   <si>
-    <t>Special Olympics Ns (SONS)</t>
-[...1 lines deleted...]
-  <si>
     <t>Special Olympics Ontario (SOTO)</t>
   </si>
   <si>
-    <t>Special Olympics Stoon (SOSK)</t>
-[...1 lines deleted...]
-  <si>
     <t>Spectrum Community School (SPEC)</t>
   </si>
   <si>
-    <t>Speed Academy Athletics Club (SAAC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Speed Capital Track Club (00001)</t>
   </si>
   <si>
     <t>Speed City TC (SCT)</t>
   </si>
   <si>
     <t>Speed Dee AC (SDE)</t>
   </si>
   <si>
     <t>SPEED DEVELPOMENT AC (SDA)</t>
   </si>
   <si>
     <t>Speed Mechanic Inc (SPME)</t>
   </si>
   <si>
-    <t>Speed Mechanic Inc. (SPME)</t>
-[...1 lines deleted...]
-  <si>
     <t>Speed Mechanics Athletics Club (SMAC)</t>
   </si>
   <si>
     <t>Speed River TFC (SPR)</t>
   </si>
   <si>
     <t>Speed Squad Track and Field Club (SST)</t>
   </si>
   <si>
     <t>Speed- Dee AC (SDE)</t>
   </si>
   <si>
     <t>Speedfarm (SFAR)</t>
   </si>
   <si>
     <t>SpeedTeam (SPTM)</t>
   </si>
   <si>
     <t>Speedtopia (SPT)</t>
   </si>
   <si>
     <t>Sperling (SPRL)</t>
   </si>
   <si>
     <t>Spirit River Regional Academy (SRRA)</t>
   </si>
   <si>
     <t>SplashnDash (SND)</t>
   </si>
   <si>
-    <t>Split City Sonics (SPLI)</t>
-[...1 lines deleted...]
-  <si>
     <t>Sport-Études Kinécible (SEKC)</t>
   </si>
   <si>
     <t>Spring Park Elementary (SP)</t>
   </si>
   <si>
     <t>Spring Valley - HWDSB (SVAL)</t>
   </si>
   <si>
     <t>Spring Valley Middle School (SVMS)</t>
   </si>
   <si>
     <t>Springfield Heights School (SHS)</t>
   </si>
   <si>
     <t>Springhill Junior/Senior High (SHIL)</t>
   </si>
   <si>
     <t>Springs Christian Academy (MSCHS)</t>
   </si>
   <si>
     <t>Springvale Elementary (SGVL)</t>
   </si>
   <si>
     <t>Springwood Middle School (SMS)</t>
@@ -14897,53 +13940,50 @@
   <si>
     <t>St Andrews (STAS)</t>
   </si>
   <si>
     <t>St Anne's Catholic School (SACS)</t>
   </si>
   <si>
     <t>St Cecilia (ST CE)</t>
   </si>
   <si>
     <t>St Charles Catholic School (SCCS)</t>
   </si>
   <si>
     <t>St Christy athletics club (SCA)</t>
   </si>
   <si>
     <t>St christy ihunaegbo Atheletic club (STF)</t>
   </si>
   <si>
     <t>St christy ihunaegbo athletic club (SCI)</t>
   </si>
   <si>
     <t>st christy ihunaegbo athletics club (SCI)</t>
   </si>
   <si>
-    <t>St Christy-Ihunaegbo Athletics Club (SCIA)</t>
-[...1 lines deleted...]
-  <si>
     <t>St Edmunds (ST ED)</t>
   </si>
   <si>
     <t>St Gemma (STGEM)</t>
   </si>
   <si>
     <t>St Gianna (ST.G)</t>
   </si>
   <si>
     <t>St Jerome Elementary School (GRD6)</t>
   </si>
   <si>
     <t>St John Paul II (SJPII)</t>
   </si>
   <si>
     <t>St John's School (STJSS)</t>
   </si>
   <si>
     <t>St John’s College Catholic HS (SJC)</t>
   </si>
   <si>
     <t>St Johns College  Catholic HS (SJC)</t>
   </si>
   <si>
     <t>St Joseph (SJHS)</t>
@@ -14981,131 +14021,122 @@
   <si>
     <t>St Marys DCVI (DCVI)</t>
   </si>
   <si>
     <t>St Stanislaus (SSTN)</t>
   </si>
   <si>
     <t>St Sylvester (SYLV)</t>
   </si>
   <si>
     <t>St Teresa of Calcutta (STOC)</t>
   </si>
   <si>
     <t>St Theresa (STT)</t>
   </si>
   <si>
     <t>St Theresa (STTH)</t>
   </si>
   <si>
     <t>St Thomas Aquinas (STAS)</t>
   </si>
   <si>
     <t>St Thomas Community Christian School (STCCS)</t>
   </si>
   <si>
-    <t>St Thomas Legion Track &amp; Field Club (OSTL)</t>
-[...1 lines deleted...]
-  <si>
     <t>ST Thomas More (STMC)</t>
   </si>
   <si>
     <t>St Timothy's Classical Academy (STCA)</t>
   </si>
   <si>
     <t>St Vincent (STVE)</t>
   </si>
   <si>
     <t>St-Agathe Academy (SAA)</t>
   </si>
   <si>
     <t>St-Anne Angels (SAAL)</t>
   </si>
   <si>
     <t>St-Augustin (SAU)</t>
   </si>
   <si>
     <t>St-Charles Garnier (SCG)</t>
   </si>
   <si>
     <t>St-Denis (SDE)</t>
   </si>
   <si>
     <t>St-Dominique (SDO)</t>
   </si>
   <si>
     <t>St-Étienne (SET)</t>
   </si>
   <si>
     <t>St-Francis Xavier CHS (Falcons) (FALC)</t>
   </si>
   <si>
-    <t>St-Hyacinthe (CASH)</t>
-[...1 lines deleted...]
-  <si>
     <t>St-Jean-Eudes (SJE)</t>
   </si>
   <si>
     <t>St-Joseph Espanola (SJE)</t>
   </si>
   <si>
     <t>St-josephs Gananoque (SJGAN)</t>
   </si>
   <si>
     <t>St-Laurent Academy (SLTA)</t>
   </si>
   <si>
     <t>St-Pierre (STP)</t>
   </si>
   <si>
     <t>St-Pierre (PIE)</t>
   </si>
   <si>
     <t>St-Raymond (ALG)</t>
   </si>
   <si>
     <t>St-Thomas - Warren (STWN)</t>
   </si>
   <si>
     <t>St-Vincent - North Bay (STVNB)</t>
   </si>
   <si>
     <t>St, Charles Catholic School (SCCS)</t>
   </si>
   <si>
     <t>St.  Matthew High School-Ottawa (MATT)</t>
   </si>
   <si>
     <t>St. Agnes Junior High (STAG)</t>
   </si>
   <si>
     <t>St. Agustin school (SA)</t>
   </si>
   <si>
-    <t>St. Albert Mustangs Track &amp; Field Club (STAL)</t>
-[...1 lines deleted...]
-  <si>
     <t>St. Alcuin College (SACL)</t>
   </si>
   <si>
     <t>St. Alexander CES (SAXS)</t>
   </si>
   <si>
     <t>St. Andrew - Nepean (STAN)</t>
   </si>
   <si>
     <t>St. Andrew Junior School (STAJ)</t>
   </si>
   <si>
     <t>St. Andrew's (RCCDSB) (STAND)</t>
   </si>
   <si>
     <t>St. Andrew's College (SAC)</t>
   </si>
   <si>
     <t>St. Andrew's Elementary (STA)</t>
   </si>
   <si>
     <t>St. Andrew's Elementary School (SAES)</t>
   </si>
   <si>
     <t>St. Andrews' Regional High Sch (STAN)</t>
@@ -15383,53 +14414,50 @@
   <si>
     <t>St. Gregory - Nepean (STGR)</t>
   </si>
   <si>
     <t>St. Gregory Catholic School (SGREG)</t>
   </si>
   <si>
     <t>St. Gregory CES (SGREG)</t>
   </si>
   <si>
     <t>St. Hubert CES (SH)</t>
   </si>
   <si>
     <t>St. Ignatius H.S. (SIHS)</t>
   </si>
   <si>
     <t>St. Ignatius HS (SIHS)</t>
   </si>
   <si>
     <t>St. Ignatius of Loyola (SIOL)</t>
   </si>
   <si>
     <t>St. Ignatius School (STIS)</t>
   </si>
   <si>
-    <t>St. Ignatius School (MSTIG)</t>
-[...1 lines deleted...]
-  <si>
     <t>St. Isabel - Ottawa (STIB)</t>
   </si>
   <si>
     <t>St. Isabella (STIB)</t>
   </si>
   <si>
     <t>St. Isidore - Kanata (STIS)</t>
   </si>
   <si>
     <t>St. James (SJA)</t>
   </si>
   <si>
     <t>St. James - Kanata (STJK)</t>
   </si>
   <si>
     <t>St. James (RCCDSB) (STJAM)</t>
   </si>
   <si>
     <t>St. James (SCDSB) (JAMB)</t>
   </si>
   <si>
     <t>St. James All Grade (SJAG)</t>
   </si>
   <si>
     <t>St. James CHS (CWSJ)</t>
@@ -15458,53 +14486,50 @@
   <si>
     <t>St. Jerome School (SJS)</t>
   </si>
   <si>
     <t>St. Joan of Arc Catholic High School (SJAC)</t>
   </si>
   <si>
     <t>St. Joe's Rams (STJ)</t>
   </si>
   <si>
     <t>St. John - Garson (SJO)</t>
   </si>
   <si>
     <t>St. John - Perth (SHPT)</t>
   </si>
   <si>
     <t>St. John Bosco /SJ (SJBS)</t>
   </si>
   <si>
     <t>St. John Boscoe (RCCDSB) (STJB)</t>
   </si>
   <si>
     <t>St. John Brebeuf (STJB)</t>
   </si>
   <si>
-    <t>St. John Brebeuf School (MSJBB)</t>
-[...1 lines deleted...]
-  <si>
     <t>St. John Catholic Elementary (JOHN)</t>
   </si>
   <si>
     <t>St. John Catholic High School (EOJO)</t>
   </si>
   <si>
     <t>St. John the Apostle - Ottawa (STJA)</t>
   </si>
   <si>
     <t>St. John the Baptist (BGKE)</t>
   </si>
   <si>
     <t>St. John the Baptist King Edward (SJBKE)</t>
   </si>
   <si>
     <t>St. John Vianney (SJVY)</t>
   </si>
   <si>
     <t>St. John XXIII - Nepean (STJN)</t>
   </si>
   <si>
     <t>St. John's Academy Shawnigan Lake (SJASL)</t>
   </si>
   <si>
     <t>St. John's College (CWCS)</t>
@@ -15533,53 +14558,50 @@
   <si>
     <t>St. Joseph (SJS)</t>
   </si>
   <si>
     <t>St. Joseph - Toledo (SJCS)</t>
   </si>
   <si>
     <t>St. Joseph C.H.S. - Barrhaven (NCSJ)</t>
   </si>
   <si>
     <t>St. Joseph CHS (NCSJ)</t>
   </si>
   <si>
     <t>St. Joseph Chs - Nepean (EOSO)</t>
   </si>
   <si>
     <t>St. Joseph High School (GSCS) (STJSK)</t>
   </si>
   <si>
     <t>St. Joseph S.S - Mississauga (SJSM)</t>
   </si>
   <si>
     <t>St. Joseph the Worker (STJW)</t>
   </si>
   <si>
-    <t>St. Joseph The Worker (STJOS)</t>
-[...1 lines deleted...]
-  <si>
     <t>St. Joseph's (STJ)</t>
   </si>
   <si>
     <t>St. Joseph's (SJRE)</t>
   </si>
   <si>
     <t>St. Joseph's - Cornwall (SHCO)</t>
   </si>
   <si>
     <t>St. Joseph's - Renfrew (SJRE)</t>
   </si>
   <si>
     <t>St. Joseph's Academy (SJAL)</t>
   </si>
   <si>
     <t>St. Joseph's All Grade (SJAG)</t>
   </si>
   <si>
     <t>St. Joseph's Catholic (SWSJ)</t>
   </si>
   <si>
     <t>St. Joseph's CHS - St. Thomas (SJHS)</t>
   </si>
   <si>
     <t>St. Joseph's Elementary (SJE)</t>
@@ -15824,53 +14846,50 @@
   <si>
     <t>St. Norbert Collegiate (STNOR)</t>
   </si>
   <si>
     <t>St. Patrick - Nepean (STPN)</t>
   </si>
   <si>
     <t>St. Patrick CSS Toronto (SPCSS)</t>
   </si>
   <si>
     <t>St. Patrick High School (SPHS)</t>
   </si>
   <si>
     <t>St. Patrick School (SPCO)</t>
   </si>
   <si>
     <t>St. Patrick School Kapuskasing (SPKP)</t>
   </si>
   <si>
     <t>St. Patrick's Catholic H.S. (NCSP)</t>
   </si>
   <si>
     <t>St. Patrick's Elem /BB (SPEB)</t>
   </si>
   <si>
-    <t>St. Patrick's Elementary School (STPAT)</t>
-[...1 lines deleted...]
-  <si>
     <t>st. Patrick's HS - Northwest Territories (STP)</t>
   </si>
   <si>
     <t>St. Patrick's School (STPA)</t>
   </si>
   <si>
     <t>St. Patrick's School (SPS)</t>
   </si>
   <si>
     <t>St. Patrick’s HS (SPHS)</t>
   </si>
   <si>
     <t>St. Patricks CHS (SWSP)</t>
   </si>
   <si>
     <t>St. Paul (SPA)</t>
   </si>
   <si>
     <t>St. Paul - Thunder Bay (STP)</t>
   </si>
   <si>
     <t>St. Paul Alternate Education Centre (SPAEC) (SPAEC)</t>
   </si>
   <si>
     <t>St. Paul C.H.S. (SOSP)</t>
@@ -16007,107 +15026,110 @@
   <si>
     <t>St. Thomas Aquinas CSS - Lindsay (COSA)</t>
   </si>
   <si>
     <t>St. Thomas Aquinas Elem/Jr High (STA)</t>
   </si>
   <si>
     <t>St. Thomas Aquinas H.S. (STAHS)</t>
   </si>
   <si>
     <t>St. Thomas Aquinas Oakville (STAOA)</t>
   </si>
   <si>
     <t>St. Thomas Aquinas School (STAS)</t>
   </si>
   <si>
     <t>St. Thomas Aquinas SS - London (STA)</t>
   </si>
   <si>
     <t>St. Thomas Aquinas Tottenham (STAQ)</t>
   </si>
   <si>
     <t>St. Thomas Community Christian School (STCCS)</t>
   </si>
   <si>
+    <t>St. Thomas Legion TFC (OSTL)</t>
+  </si>
+  <si>
     <t>St. Thomas More (STMC)</t>
   </si>
   <si>
     <t>St. Thomas More - Ottawa (STMO)</t>
   </si>
   <si>
     <t>St. Thomas More CSS (STM)</t>
   </si>
   <si>
     <t>St. Thomas of Villanova (SWTV)</t>
   </si>
   <si>
     <t>St. Thomas Tommies (STU)</t>
   </si>
   <si>
     <t>St. Victor Catholic Elementary School (STV)</t>
   </si>
   <si>
     <t>St. Victor CES (SV)</t>
   </si>
   <si>
     <t>St. Vincent - Thunder Bay (STV)</t>
   </si>
   <si>
     <t>St. Vincent Elementary (STVE)</t>
   </si>
   <si>
+    <t>St.Albert Mustangs (STAL)</t>
+  </si>
+  <si>
     <t>St.Andrew's College (SAC)</t>
   </si>
   <si>
     <t>St.Huberts (HUB)</t>
   </si>
   <si>
     <t>St.Jean Sur Richelieu (SJSR)</t>
   </si>
   <si>
     <t>STAC Hamilton (STAC)</t>
   </si>
   <si>
     <t>Stamford (STAM)</t>
   </si>
   <si>
     <t>Stanislas (STAN)</t>
   </si>
   <si>
     <t>Stanley Elementary School (SES)</t>
   </si>
   <si>
     <t>Stanley High School (SHS)</t>
   </si>
   <si>
     <t>Stanley Knowles School (MSTKN)</t>
   </si>
   <si>
-    <t>Stars Athletics Academy (WSAA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Starting Block Run Club (SBRC)</t>
   </si>
   <si>
     <t>Stayner Collegiate Institute (STAYC)</t>
   </si>
   <si>
     <t>Ste Rose Celtics (0813)</t>
   </si>
   <si>
     <t>Ste-Marie (SMA)</t>
   </si>
   <si>
     <t>Ste. Anne Collegiate (SAC)</t>
   </si>
   <si>
     <t>Ste. Anne Dragon (DRAG)</t>
   </si>
   <si>
     <t>Steinbach Christian School (FLAME)</t>
   </si>
   <si>
     <t>Steinbach Regional Secondary School (MSRSS)</t>
   </si>
   <si>
     <t>Stella Maris (STELM)</t>
@@ -16124,170 +15146,149 @@
   <si>
     <t>STEM IA High School (STEM)</t>
   </si>
   <si>
     <t>STEM Innovation Academy (STEM)</t>
   </si>
   <si>
     <t>STEMIA (STEMI)</t>
   </si>
   <si>
     <t>Stephen Central (SCPS)</t>
   </si>
   <si>
     <t>Stephen G. Saywell (SGSW)</t>
   </si>
   <si>
     <t>Stephen Leacock - Kanata (STKA)</t>
   </si>
   <si>
     <t>Stephen Lewis Secondary School - Mississauga (SLSS)</t>
   </si>
   <si>
     <t>Stephen Lewis Secondary School - York Region (SLYR)</t>
   </si>
   <si>
-    <t>Stephenville Athletics Running Club (SARC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Stephenville Elementary (STVE)</t>
   </si>
   <si>
     <t>Stephenville High School (STVH)</t>
   </si>
   <si>
     <t>Stephenville Middle School (STVM)</t>
   </si>
   <si>
     <t>Stephenville Primary (STPR)</t>
   </si>
   <si>
     <t>Steve Maclean (STEV)</t>
   </si>
   <si>
     <t>Steveston London Secoondary Sc (SLSS)</t>
   </si>
   <si>
     <t>STFC</t>
   </si>
   <si>
-    <t>Stfx Track And Field Club (XTFC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Stittsville - Stittsville (STIT)</t>
   </si>
   <si>
     <t>STMMA</t>
   </si>
   <si>
     <t>Stonecrest - Kanata (STKA)</t>
   </si>
   <si>
     <t>Stonecrest Elementary - Woodlawn (SESW)</t>
   </si>
   <si>
     <t>Stonepark Intermediate School (ST)</t>
   </si>
   <si>
     <t>Stonewall Centennial School (MSTCE)</t>
   </si>
   <si>
     <t>Stonewall Collegiate Institute (RAMS)</t>
   </si>
   <si>
     <t>Stoney Creek - Risky Quizness (SCRQ)</t>
   </si>
   <si>
     <t>Stoney Creek Athletics (SCA)</t>
   </si>
   <si>
     <t>Stoney Creek Athletics (STO)</t>
   </si>
   <si>
-    <t>Stoney Creek Athletics (SCTC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Stoney Creek Athletics (SCAA)</t>
   </si>
   <si>
     <t>Stony Mountain School (STMS)</t>
   </si>
   <si>
     <t>Strait Area Education and Recreation Centre (SAER)</t>
   </si>
   <si>
-    <t>Stratford 5K Run/Walk (S5RW)</t>
-[...1 lines deleted...]
-  <si>
     <t>Stratford District Secondary School (SDSS)</t>
   </si>
   <si>
     <t>Stratford Elementary School (SE)</t>
   </si>
   <si>
     <t>Stratford Hall School (STRAT)</t>
   </si>
   <si>
     <t>Stratford Intermediate (SIS)</t>
   </si>
   <si>
     <t>Stratford Northwestern (WONW)</t>
   </si>
   <si>
     <t>Stratford Sabrecats Track Club (SSC)</t>
   </si>
   <si>
-    <t>Stratford Sabrecats Track Club (SSTC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Strathcona - HWDSB (STRA)</t>
   </si>
   <si>
     <t>Strathcona Christian Academy (SCA)</t>
   </si>
   <si>
     <t>Strathcona-Tweedsmuir School (STS)</t>
   </si>
   <si>
     <t>Strathroy Saints Sdci (WOST)</t>
   </si>
   <si>
     <t>Strava (TBIR) (STTB)</t>
   </si>
   <si>
     <t>Strawberry Vale (FAST)</t>
   </si>
   <si>
-    <t>Stride Running Nl (SRNL)</t>
-[...1 lines deleted...]
-  <si>
     <t>Striderz Run Club (STRDZ)</t>
   </si>
   <si>
-    <t>Stridewise Running (SWRC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Sts' ailes School (STSA)</t>
   </si>
   <si>
     <t>Stti</t>
   </si>
   <si>
     <t>Students Online School (STON)</t>
   </si>
   <si>
     <t>Sturgeon Composite High School (STUR)</t>
   </si>
   <si>
     <t>Sturgeon Height Collegiate (MSHHS)</t>
   </si>
   <si>
     <t>Sturgeon Schools (STUR)</t>
   </si>
   <si>
     <t>Sud Est (SUD)</t>
   </si>
   <si>
     <t>Sudbury Christian Academy (SCAD)</t>
   </si>
   <si>
     <t>Sudbury Endurance</t>
@@ -16385,53 +15386,50 @@
   <si>
     <t>Sussex Elementary School (SES)</t>
   </si>
   <si>
     <t>Sussex Middle School (SMS)</t>
   </si>
   <si>
     <t>Sussex Regional High (SRH3)</t>
   </si>
   <si>
     <t>Sutherland (SUTH)</t>
   </si>
   <si>
     <t>Svitanok - Brlvc (SVTK)</t>
   </si>
   <si>
     <t>Svitanok Running club (SVTK)</t>
   </si>
   <si>
     <t>SVRSS Tigers (SVRSS)</t>
   </si>
   <si>
     <t>Swift Current Academy (SCA)</t>
   </si>
   <si>
-    <t>Swift Current Selects (SCSS)</t>
-[...1 lines deleted...]
-  <si>
     <t>Sydenham HS - Sydenham (EOSY)</t>
   </si>
   <si>
     <t>Sydney Academy (SYDA)</t>
   </si>
   <si>
     <t>Sydney Mines Middle School (SMMS)</t>
   </si>
   <si>
     <t>T A Blacklock (TABL)</t>
   </si>
   <si>
     <t>T. A. Blakelock High School Tigers (TAB)</t>
   </si>
   <si>
     <t>T.D. McGee - Gloucester (TFMC)</t>
   </si>
   <si>
     <t>Tagwi - Avonmore (TAGW)</t>
   </si>
   <si>
     <t>Tagwi SS - Avonmore (EOTA)</t>
   </si>
   <si>
     <t>Tailwind TC (TLW)</t>
@@ -16442,53 +15440,50 @@
   <si>
     <t>Talbot Trail Public School (GECDSB) (TTPS)</t>
   </si>
   <si>
     <t>Tamanawis Secondary School (TAMS)</t>
   </si>
   <si>
     <t>Tamarac Education Centre (TEC)</t>
   </si>
   <si>
     <t>Tamil Star SC (TSS)</t>
   </si>
   <si>
     <t>Tanbridge Academy (TITAN)</t>
   </si>
   <si>
     <t>Tantramar Regional High (TAN2)</t>
   </si>
   <si>
     <t>Tapleytown - HWDSB (TAPL)</t>
   </si>
   <si>
     <t>Tarus Athletics (TARUS)</t>
   </si>
   <si>
-    <t>Tarus (TARS)</t>
-[...1 lines deleted...]
-  <si>
     <t>Tatamagouche Regional Academy (TRA)</t>
   </si>
   <si>
     <t>Taylor's Dawgs (TDGS)</t>
   </si>
   <si>
     <t>TB Riley (TBRIL)</t>
   </si>
   <si>
     <t>Team Alberta (AB)</t>
   </si>
   <si>
     <t>Team Alberta Tri-Prov (TATP)</t>
   </si>
   <si>
     <t>Team BC (TMBC)</t>
   </si>
   <si>
     <t>Team British Columbia (BC)</t>
   </si>
   <si>
     <t>Team Jacob (TMJB)</t>
   </si>
   <si>
     <t>Team JIFFY (JIFFY)</t>
@@ -16526,50 +15521,53 @@
   <si>
     <t>Team Nunavut (NU)</t>
   </si>
   <si>
     <t>Team NWT (YKNWT)</t>
   </si>
   <si>
     <t>Team Ontario (ON)</t>
   </si>
   <si>
     <t>Team Ontario East (TMOE)</t>
   </si>
   <si>
     <t>Team Ontario West (TMOW)</t>
   </si>
   <si>
     <t>Team PEI (PEI)</t>
   </si>
   <si>
     <t>Team Quebec (QC)</t>
   </si>
   <si>
     <t>Team Saskatchewan (SK)</t>
   </si>
   <si>
+    <t>Team Toba - SO (TTSO)</t>
+  </si>
+  <si>
     <t>Team Yukon (YK)</t>
   </si>
   <si>
     <t>Tec Voc High School (MTVHS)</t>
   </si>
   <si>
     <t>Tecumseh Vista Academy (SWVA)</t>
   </si>
   <si>
     <t>Tecumseh Vista Academy (GECDSB) (VISTA)</t>
   </si>
   <si>
     <t>Ted Harrison (TEDH)</t>
   </si>
   <si>
     <t>Teeswater Harriers (THRC)</t>
   </si>
   <si>
     <t>Telemark Nordic Club (TELNC)</t>
   </si>
   <si>
     <t>Temagami Public School (TPS)</t>
   </si>
   <si>
     <t>Temiskaming District Secondary School (TDSS)</t>
@@ -16595,437 +15593,380 @@
   <si>
     <t>Terre Neuve (TN)</t>
   </si>
   <si>
     <t>Terre-des-Jeunes (TDJ)</t>
   </si>
   <si>
     <t>Terrebonne (TER)</t>
   </si>
   <si>
     <t>Terry Fox (TFOX)</t>
   </si>
   <si>
     <t>Terry Fox - Gloucester (TFGL)</t>
   </si>
   <si>
     <t>Terry Fox Secondary School (TFOX)</t>
   </si>
   <si>
     <t>TFOX</t>
   </si>
   <si>
     <t>TGMS Grade 5 (TGMS5)</t>
   </si>
   <si>
-    <t>Thames Athletics Club (THAC)</t>
-[...1 lines deleted...]
-  <si>
     <t>The  University of Calgary Athletics Club (UCAC)</t>
   </si>
   <si>
     <t>The Booker School (BOOK)</t>
   </si>
   <si>
     <t>The Buttles (B4TLE)</t>
   </si>
   <si>
     <t>The Double Dee's ()</t>
   </si>
   <si>
     <t>The Dough Rollers (RBCDS)</t>
   </si>
   <si>
     <t>The DSBN Academy (DSBNA)</t>
   </si>
   <si>
     <t>The Element High School (TEHS)</t>
   </si>
   <si>
+    <t>The Gazelles Track &amp; Field club (GAZTF)</t>
+  </si>
+  <si>
     <t>The Gazelles Track and Field Club (GAZ)</t>
   </si>
   <si>
-    <t>The Limberlost Challenge (ATLC)</t>
-[...1 lines deleted...]
-  <si>
     <t>The Montessori School of Charlottetown (TMSC)</t>
   </si>
   <si>
     <t>The Mount Academy (MT)</t>
   </si>
   <si>
     <t>The Pacemakers (T.P.)</t>
   </si>
   <si>
     <t>The Peel Gazelles (PGAZ)</t>
   </si>
   <si>
-    <t>The Prince Edward County Marathon (TCMA)</t>
-[...4 lines deleted...]
-  <si>
     <t>The Runway (RUN)</t>
   </si>
   <si>
     <t>The Speed Academy (SAA)</t>
   </si>
   <si>
     <t>The York School (YTS)</t>
   </si>
   <si>
     <t>Thomas A.Stewart-Peterborough (COTS)</t>
   </si>
   <si>
     <t>Thomas Albert (PTA2)</t>
   </si>
   <si>
     <t>Thomas Greenway Middle Years School (TGMS)</t>
   </si>
   <si>
     <t>Thomas Haney Secondary School (THSS)</t>
   </si>
   <si>
     <t>Thompson Jr (THOM)</t>
   </si>
   <si>
     <t>Thompson Middle School Trojans (TMST)</t>
   </si>
   <si>
     <t>Thompson Rivers Wolfpack (TRU)</t>
   </si>
   <si>
     <t>Thorburn Consolidated (THOR)</t>
   </si>
   <si>
     <t>Thorncliffe (TRCL)</t>
   </si>
   <si>
     <t>Thorold Elite TC (THO)</t>
   </si>
   <si>
     <t>Thorold Elite Track Club ()</t>
   </si>
   <si>
-    <t>Thorold Elite Track Club (TETC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Thorold SS (THOR)</t>
   </si>
   <si>
     <t>Thotold Elite TC (TETC)</t>
   </si>
   <si>
     <t>Thousand Islands SS (EOTI)</t>
   </si>
   <si>
     <t>Three Oaks Sr. High (TO)</t>
   </si>
   <si>
     <t>Throwers Club ()</t>
   </si>
   <si>
-    <t>Throwers Club (THRO)</t>
-[...1 lines deleted...]
-  <si>
     <t>Thunder Bay Christian School (TBCS)</t>
   </si>
   <si>
     <t>Thunderbirds Track + Field (THUNB)</t>
   </si>
   <si>
     <t>Thunderbolt Track &amp; Field (TTT)</t>
   </si>
   <si>
     <t>Tide Runners (TIDE)</t>
   </si>
   <si>
     <t>Tiffany Hills - HWDSB (TIFF)</t>
   </si>
   <si>
     <t>Tignish Elementary (TI)</t>
   </si>
   <si>
     <t>Tilbury DHS (SWTI)</t>
   </si>
   <si>
     <t>Tiller ()</t>
   </si>
   <si>
     <t>Timberline Secondary (TIMR)</t>
   </si>
   <si>
     <t>Time Bandits (TIB)</t>
   </si>
   <si>
     <t>Timiskaming (TIM)</t>
   </si>
   <si>
     <t>Timmins Chargers (TIMCH)</t>
   </si>
   <si>
     <t>Timmins High (TIMM)</t>
   </si>
   <si>
     <t>Timmins Porcupine TFC (TIP)</t>
   </si>
   <si>
-    <t>Timmins Running Club (TMNS)</t>
-[...1 lines deleted...]
-  <si>
     <t>Timmins-Porcupine (TPTFC)</t>
   </si>
   <si>
     <t>Timothy Christian School - Williamsburg (TCSW)</t>
   </si>
   <si>
-    <t>Tk Dale Wealth (TKDW)</t>
-[...1 lines deleted...]
-  <si>
     <t>TMK Athletics (TMK)</t>
   </si>
   <si>
     <t>TMS School (TMS)</t>
   </si>
   <si>
     <t>Tobique Valley High School (TVHS)</t>
   </si>
   <si>
     <t>Tobique Valley Middle High School (TVMS)</t>
   </si>
   <si>
     <t>Tom Baines (TOMBA)</t>
   </si>
   <si>
     <t>Tommy Douglas (TDC)</t>
   </si>
   <si>
-    <t>Top Notch Masters (TNMC)</t>
+    <t>Top G Athletic Club (TOPG)</t>
   </si>
   <si>
     <t>Topsail Elementary (TOPE)</t>
   </si>
   <si>
-    <t>Toronto Carnival Run (TOCA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Toronto Central (TCEN)</t>
   </si>
   <si>
     <t>Toronto Christian (TDCH)</t>
   </si>
   <si>
     <t>Toronto French School (TFS)</t>
   </si>
   <si>
-    <t>Toronto Harriers (TOHR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Toronto Metro Bold (TMU)</t>
   </si>
   <si>
-    <t>Toronto Olympic Track &amp; Field Club (OTOC)</t>
-[...7 lines deleted...]
-  <si>
     <t>Toronto Tornadoes (TOR)</t>
   </si>
   <si>
-    <t>Toronto Tornadoes (AGAP)</t>
-[...1 lines deleted...]
-  <si>
     <t>Toronto Varsity Blues (TOR)</t>
   </si>
   <si>
     <t>Toronto West Athletics (TWA)</t>
   </si>
   <si>
-    <t>Toronto West Athletics (TOWA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Torrents (UQO)</t>
   </si>
   <si>
-    <t>Tough Track (TTAC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Townsview School (TS)</t>
   </si>
   <si>
     <t>Toyota Plaza (TOYO)</t>
   </si>
   <si>
     <t>Tracadie Cross Consolidated School (TCCS)</t>
   </si>
   <si>
     <t>Track East - Ottawa (TEO)</t>
   </si>
   <si>
     <t>Track north (TNOR)</t>
   </si>
   <si>
-    <t>Track North Athletic Club (TNOR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Track North Bobcat Program (TNB)</t>
   </si>
   <si>
     <t>Track North Bobcats (TNB)</t>
   </si>
   <si>
     <t>TrackFest 2024 (TF24)</t>
   </si>
   <si>
     <t>Trackfit Speed Club (TFSC)</t>
   </si>
   <si>
-    <t>Tracklass (ABTM)</t>
-[...1 lines deleted...]
-  <si>
     <t>Traditional Learning Academy Online (TLA)</t>
   </si>
   <si>
     <t>Traditions (Warman) (TRWA)</t>
   </si>
   <si>
     <t>Traditions Titans (TES)</t>
   </si>
   <si>
     <t>Trafalgar Elementary School (TRAFE)</t>
   </si>
   <si>
     <t>Trafalgar Middle School (TRAF)</t>
   </si>
   <si>
     <t>Trail Bromont (CTBR)</t>
   </si>
   <si>
-    <t>Trail Track &amp; Field Club (TTFC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Training Performance by Thompson (TPT)</t>
   </si>
   <si>
     <t>Transcona Collegiate Titans (TCI)</t>
   </si>
   <si>
-    <t>Trappers Running Club (TTRC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Trappers' Running Club (TRC)</t>
   </si>
   <si>
     <t>Tray &amp; bri (T&amp;B)</t>
   </si>
   <si>
     <t>Trehern Collegiate (TRHN)</t>
   </si>
   <si>
     <t>Treherne Collegiate Institute (0610)</t>
   </si>
   <si>
     <t>Tremblay Court Elementary (TCE)</t>
   </si>
   <si>
     <t>Trent Excalibur (TRE)</t>
   </si>
   <si>
     <t>Trenton (TREN)</t>
   </si>
   <si>
     <t>Trenton (TES)</t>
   </si>
   <si>
     <t>Trenton HS - Trenton (COTR)</t>
   </si>
   <si>
     <t>Trenton Middle School (TREM)</t>
   </si>
   <si>
     <t>Trey Bombs (TBS)</t>
   </si>
   <si>
     <t>Tri Solutions Toronto (TRS)</t>
   </si>
   <si>
     <t>Tri-Local (TRLO)</t>
   </si>
   <si>
     <t>Tri-O-Lac (TOL)</t>
   </si>
   <si>
     <t>Triathlete Within (TRIW)</t>
   </si>
   <si>
     <t>Triathlon Québec (TRIQ)</t>
   </si>
   <si>
+    <t>TriathlonMB (TRIMB)</t>
+  </si>
+  <si>
     <t>Tricentia Academy /AC (TRAC)</t>
   </si>
   <si>
     <t>Tricon Elementary /Bay de Verd (TREL)</t>
   </si>
   <si>
     <t>TriHardz (TRIHZ)</t>
   </si>
   <si>
     <t>Trilles-des-bois (TDB)</t>
   </si>
   <si>
     <t>Trillium - Cumberland (TRIC)</t>
   </si>
   <si>
     <t>Trinity Christian School (TRIN)</t>
   </si>
   <si>
     <t>Trinity College School (TYCS)</t>
   </si>
   <si>
     <t>Trinity Shore Track and Field Club (TSTF)</t>
   </si>
   <si>
     <t>Trinity Western (TWUS)</t>
   </si>
   <si>
     <t>Trinity Western Spartans (TWU)</t>
   </si>
   <si>
     <t>Trojans Athletic Club (TACC)</t>
   </si>
   <si>
     <t>Truman Eddison Memorial (TEM)</t>
   </si>
   <si>
-    <t>Truro Lions Track &amp; Field Club (TLTC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Truro Lions Track Club (TLTC)</t>
   </si>
   <si>
     <t>Truro Middle School (TMS)</t>
   </si>
   <si>
     <t>Truro Tornado Dawgs (TTD)</t>
   </si>
   <si>
     <t>Tsunami Wrestling Academy ()</t>
   </si>
   <si>
     <t>Tsuu Tina Junior High School (TTJ)</t>
   </si>
   <si>
     <t>Turnbull School (TUR)</t>
   </si>
   <si>
     <t>Turner Fenton Secondary School (TFSS)</t>
   </si>
   <si>
     <t>Tuscany School (TUSC)</t>
   </si>
   <si>
     <t>Tuxedo Park School (TUXP)</t>
@@ -17039,281 +15980,230 @@
   <si>
     <t>Twin Lakes Secondary School (TLSS)</t>
   </si>
   <si>
     <t>Twin Rivers Education Centre (TREC)</t>
   </si>
   <si>
     <t>Two Hills Mennonite (TWHM)</t>
   </si>
   <si>
     <t>Two Hills Mennonite Junior (THMJ)</t>
   </si>
   <si>
     <t>Two Hills Mennonite Senior (THMS)</t>
   </si>
   <si>
     <t>Two Hills Two Hills Junior (TWHJ)</t>
   </si>
   <si>
     <t>Tyro Boys (AMSTB)</t>
   </si>
   <si>
     <t>Tyro Girls (AMSTG)</t>
   </si>
   <si>
-    <t>U Of C Athletics Club (UCAC)</t>
-[...4 lines deleted...]
-  <si>
     <t>U of T - Redshirts (UOTR)</t>
   </si>
   <si>
-    <t>Ubc Okanagan (UBCO)</t>
-[...1 lines deleted...]
-  <si>
     <t>UBC Okanagan Heat (UBCO)</t>
   </si>
   <si>
     <t>UBC Thunderbirds (UBCT)</t>
   </si>
   <si>
-    <t>Ubc Track &amp; Field Club (UBCT)</t>
-[...1 lines deleted...]
-  <si>
     <t>Uchenna Academy (UCHE)</t>
   </si>
   <si>
     <t>UCHS Warriors (UCHS)</t>
   </si>
   <si>
     <t>Ucluelet (UCLU)</t>
   </si>
   <si>
     <t>Ultimate Body Sprint Club (UBS)</t>
   </si>
   <si>
     <t>Ultra Throw (ULTR)</t>
   </si>
   <si>
     <t>UMEI (SWUM)</t>
   </si>
   <si>
     <t>UN-Ontario (UNON)</t>
   </si>
   <si>
     <t>unassigned ()</t>
   </si>
   <si>
-    <t>Unattached Alberta (UNAB)</t>
-[...1 lines deleted...]
-  <si>
     <t>Unattached Alberta ()</t>
   </si>
   <si>
     <t>Unattached British Columbia (UNBC)</t>
   </si>
   <si>
     <t>Unattached British Columbia ()</t>
   </si>
   <si>
     <t>Unattached Newfoundland and Labrador (UN-NF)</t>
   </si>
   <si>
-    <t>Unattached Newfoundland And Labrador (UNNL)</t>
-[...16 lines deleted...]
-  <si>
     <t>unattatched (UNA)</t>
   </si>
   <si>
     <t>UNB (UNBF)</t>
   </si>
   <si>
     <t>UNB Alumni (UNBA)</t>
   </si>
   <si>
     <t>UNB Reds (UNB)</t>
   </si>
   <si>
     <t>Uniacke District (UNID)</t>
   </si>
   <si>
     <t>Union (UNO)</t>
   </si>
   <si>
     <t>United Mennonite Educational (SWUM)</t>
   </si>
   <si>
+    <t>UNITED TAMIL (UNIT)</t>
+  </si>
+  <si>
     <t>United Tamil SC (UTS)</t>
   </si>
   <si>
-    <t>United Tamil Sports Club (UTSC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Unity Christian (UCS)</t>
   </si>
   <si>
     <t>Unity Christian High School (UCHS)</t>
   </si>
   <si>
-    <t>Univ Of Regina Track Club (URTC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Universal Athletics Club (UATH)</t>
   </si>
   <si>
     <t>Université de Hearst (UDHT)</t>
   </si>
   <si>
     <t>Université du Québec à Chicoutimi (UQAC)</t>
   </si>
   <si>
     <t>Universite Quebec (UQ)</t>
   </si>
   <si>
     <t>University Athletics Club (UNIAC)</t>
   </si>
   <si>
     <t>University Canada West (UCW)</t>
   </si>
   <si>
     <t>University Hill (UNHI)</t>
   </si>
   <si>
     <t>University of Alberta - Augustana (UOAA)</t>
   </si>
   <si>
-    <t>University of Calgary (UOFC)</t>
-[...1 lines deleted...]
-  <si>
     <t>University of Calgary Athletics Club (UCAC)</t>
   </si>
   <si>
     <t>University of Guelph Alumni (GUELA)</t>
   </si>
   <si>
     <t>University of Regina Track Club (URTC)</t>
   </si>
   <si>
-    <t>University Of Regina (UOFR)</t>
-[...1 lines deleted...]
-  <si>
     <t>University of Toronto (UTTC)</t>
   </si>
   <si>
     <t>University of Toronto - Blue (UOTB)</t>
   </si>
   <si>
     <t>University of Toronto - Mississauga (EAGLES)</t>
   </si>
   <si>
     <t>University of Toronto - White (UOTW)</t>
   </si>
   <si>
     <t>University of Toronto Cross Country (UTCC)</t>
   </si>
   <si>
     <t>University of Toronto Schools (UOTS)</t>
   </si>
   <si>
-    <t>University Of Toronto Tc (UTTC)</t>
-[...1 lines deleted...]
-  <si>
     <t>University of Toronto Track Club (UTT)</t>
   </si>
   <si>
     <t>University of Waterloo (WAT)</t>
   </si>
   <si>
-    <t>University Of Windsor Athletics Club (UWAC)</t>
-[...1 lines deleted...]
-  <si>
     <t>University of Winnipeg (UOW2)</t>
   </si>
   <si>
     <t>University Of Winnipeg Collegiate (MUOFW)</t>
   </si>
   <si>
     <t>Unknown (UNK)</t>
   </si>
   <si>
     <t>Unnatached (KRIS)</t>
   </si>
   <si>
     <t>UNNIVERSITY OF NEW BRUNSWICK (UNB)</t>
   </si>
   <si>
     <t>Unon</t>
   </si>
   <si>
     <t>Unregistered Ontario masters (UNREG)</t>
   </si>
   <si>
     <t>Unstoppable BK (UNBK)</t>
   </si>
   <si>
     <t>UofC(Dev) (UOFCD)</t>
   </si>
   <si>
     <t>UPEI Panthers (UPEI)</t>
   </si>
   <si>
     <t>Uplands - Gloucester (UPGL)</t>
   </si>
   <si>
     <t>Upper Canada College (UCC)</t>
   </si>
   <si>
     <t>Upper Gullies Elementary (UGES)</t>
   </si>
   <si>
     <t>Upper Miramichi Elementary School (UMES)</t>
   </si>
   <si>
     <t>Upper Thames (UTES)</t>
   </si>
   <si>
-    <t>Upriver Running Group (UPRR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Upriver Running (URRC)</t>
   </si>
   <si>
     <t>Upstream School (UPST)</t>
   </si>
   <si>
     <t>UQAC</t>
   </si>
   <si>
     <t>UQAM Citadins (UQAM)</t>
   </si>
   <si>
     <t>UQTR Patriotes (UQTR)</t>
   </si>
   <si>
     <t>Urban Aboriginal Alternative High School Program (UAAHS)</t>
   </si>
   <si>
     <t>Urban Academy (UA)</t>
   </si>
   <si>
     <t>Urban Acadmey (URBN)</t>
   </si>
   <si>
     <t>Ursuline College Chatham (SWUC)</t>
@@ -17327,245 +16217,206 @@
   <si>
     <t>UVic Cycling (UCC)</t>
   </si>
   <si>
     <t>UVIC Shotokan ()</t>
   </si>
   <si>
     <t>UW TF/XC Alumni (UWALU)</t>
   </si>
   <si>
     <t>Uxbridge Optimist Flyers (UXB)</t>
   </si>
   <si>
     <t>Uxbridge Secondary School (LUXS)</t>
   </si>
   <si>
     <t>V-MAXXERS (VMAX)</t>
   </si>
   <si>
     <t>Vaillants (VAI)</t>
   </si>
   <si>
     <t>Vainqueur Plus (PLUS)</t>
   </si>
   <si>
-    <t>Vainqueurs Plus (PLUS)</t>
-[...4 lines deleted...]
-  <si>
     <t>Valemount (VALS)</t>
   </si>
   <si>
-    <t>Valley Athletics (VAAC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Valley Central P.S. (VLC)</t>
   </si>
   <si>
     <t>VALLEY CHRISTIAN SCHOOL (VYCS)</t>
   </si>
   <si>
     <t>Valley Creek (VCREEK)</t>
   </si>
   <si>
     <t>Valley Gardens Middle School (VGMS)</t>
   </si>
   <si>
     <t>Valley Heights (CWVH)</t>
   </si>
   <si>
     <t>Valley Manor Elementary (VMS)</t>
   </si>
   <si>
     <t>Valley Royals (VRTFC)</t>
   </si>
   <si>
-    <t>Valley Royals Track &amp; Field Club (VRTC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Valley Vaulters (VV)</t>
   </si>
   <si>
     <t>Valley View Public School (VVPS)</t>
   </si>
   <si>
     <t>Valleyfield College (VAL)</t>
   </si>
   <si>
     <t>Valleyview Secondary (VALL)</t>
   </si>
   <si>
     <t>Valmont Academy (VALM)</t>
   </si>
   <si>
     <t>Valour (EOGP)</t>
   </si>
   <si>
     <t>Valour - Petawawa (EOVA)</t>
   </si>
   <si>
     <t>Van Horne Elementary (VHE)</t>
   </si>
   <si>
     <t>Van Walleghem School (VANWA)</t>
   </si>
   <si>
-    <t>Van Walleghem School (MVWAL)</t>
-[...1 lines deleted...]
-  <si>
     <t>Vance Chapman P.S. (VNC)</t>
   </si>
   <si>
     <t>Vancouver Christian School (VCS)</t>
   </si>
   <si>
     <t>Vancouver College (VANCO)</t>
   </si>
   <si>
-    <t>Vancouver Falcons Athletic Club (VFAC)</t>
-[...7 lines deleted...]
-  <si>
     <t>Vancouver Island Scottish Throwing Association (VISTA)</t>
   </si>
   <si>
     <t>Vancouver Olympic Club (VOCA)</t>
   </si>
   <si>
     <t>Vancouver Talmud Torah (VTT)</t>
   </si>
   <si>
     <t>Vancouver Talmund Torah School (VTT)</t>
   </si>
   <si>
     <t>Vancouver Technical (VATE)</t>
   </si>
   <si>
     <t>Vancouver Thunderbirds (TBIR)</t>
   </si>
   <si>
     <t>Vanier (VAN)</t>
   </si>
   <si>
     <t>Vanier Elementary (VANE)</t>
   </si>
   <si>
     <t>Vankleek Hill CI (REBE)</t>
   </si>
   <si>
     <t>Variety Village (VVAC)</t>
   </si>
   <si>
     <t>Variety Village Athletic Club (VVA)</t>
   </si>
   <si>
-    <t>Variety Village Athletic Club (VVAC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Varsity Acres School (VAS)</t>
   </si>
   <si>
     <t>Vaudreuil-Dorion (ALLI)</t>
   </si>
   <si>
     <t>Vaughan Track Club (VTC)</t>
   </si>
   <si>
     <t>VCA Athletics (VCAA)</t>
   </si>
   <si>
     <t>Vedder Middle School (VMS)</t>
   </si>
   <si>
     <t>Vegreville Junior High (VEG)</t>
   </si>
   <si>
     <t>Velocity Track (VT)</t>
   </si>
   <si>
     <t>Venta (NCVP)</t>
   </si>
   <si>
     <t>Venture Heights (VTHE)</t>
   </si>
   <si>
     <t>Vermilion Elementary (VERME)</t>
   </si>
   <si>
-    <t>Vernon Amateur Athletics Association (VAAA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Vernon Christian (VERN)</t>
   </si>
   <si>
     <t>Vernon Pacers Running Club (PACERS)</t>
   </si>
   <si>
     <t>Vernon River Consolidated School (VR)</t>
   </si>
   <si>
     <t>Vernon Secondary School (VSS)</t>
   </si>
   <si>
     <t>Via Vita Academy (VVA)</t>
   </si>
   <si>
     <t>Vic City Elite (VCE)</t>
   </si>
   <si>
     <t>VICAS (LBO)</t>
   </si>
   <si>
     <t>Victor Mager School (VM)</t>
   </si>
   <si>
     <t>Victor Wyatt School (VW)</t>
   </si>
   <si>
     <t>Victoria Academy (VACA)</t>
   </si>
   <si>
-    <t>Victoria Endurance Track Club (VETC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Victoria High (VICT)</t>
   </si>
   <si>
-    <t>Victoria Marathon Society (VMSO)</t>
-[...4 lines deleted...]
-  <si>
     <t>Victoria Vikes (UVIC)</t>
   </si>
   <si>
     <t>Victory Athletics (VATH)</t>
   </si>
   <si>
     <t>Vieux Montréal (VM)</t>
   </si>
   <si>
     <t>View Royal Elementary (VRE)</t>
   </si>
   <si>
     <t>Viking Trail Academy (VTA)</t>
   </si>
   <si>
     <t>Viking XC (VIKIN)</t>
   </si>
   <si>
     <t>Vikings de l'Île (VDIE)</t>
   </si>
   <si>
     <t>Villa Française des Jeunes (VFJ)</t>
   </si>
   <si>
     <t>Villa Maria (VILLA)</t>
@@ -17591,68 +16442,62 @@
   <si>
     <t>Vincent Massey Collegial (VMC)</t>
   </si>
   <si>
     <t>Vincent Massey Collegiate-Winnipeg (MVMCW)</t>
   </si>
   <si>
     <t>Vincent Massey Elementary (VMES)</t>
   </si>
   <si>
     <t>Vincent Massey Elementary School (VMES2)</t>
   </si>
   <si>
     <t>Vincent Massey High School - Brandon (WMHS)</t>
   </si>
   <si>
     <t>Vincent Massey Secondary (SWMA)</t>
   </si>
   <si>
     <t>Viola Desmond – HWDSB (VIOL)</t>
   </si>
   <si>
     <t>Vipers (VIPR)</t>
   </si>
   <si>
-    <t>Viscount Alexander (MVCAL)</t>
-[...1 lines deleted...]
-  <si>
     <t>Viscount Alexander PS (VAPS)</t>
   </si>
   <si>
     <t>Viscount Montgomery - HWDSB (VISC)</t>
   </si>
   <si>
     <t>Vital Grandin Catholic Elementary (VGCE)</t>
   </si>
   <si>
     <t>vLearn.ca (VLRN)</t>
   </si>
   <si>
-    <t>Vr Pro Inc. (VRPR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Vulcan Athletika (Vulcan) (VULC)</t>
   </si>
   <si>
     <t>W. A. McLeod Middle School (WAML)</t>
   </si>
   <si>
     <t>W. Erskine Johnston - Kanata (WEJK)</t>
   </si>
   <si>
     <t>W. J. Langlois (WJLA)</t>
   </si>
   <si>
     <t>W. Ross Macdonald School (CWWR)</t>
   </si>
   <si>
     <t>W.C. Eaket Secondary School (WCESS)</t>
   </si>
   <si>
     <t>W.E. Gowling Elementary (WEGO)</t>
   </si>
   <si>
     <t>W.F. Herman Secondary School (SWHE)</t>
   </si>
   <si>
     <t>W.H. Ballard - HWDSB (BALL)</t>
@@ -17660,53 +16505,50 @@
   <si>
     <t>W.J Mouat (W.J)</t>
   </si>
   <si>
     <t>W.L Macleod Wildcats (WLMW)</t>
   </si>
   <si>
     <t>W.O. Mitchell (W O M)</t>
   </si>
   <si>
     <t>W.O. Mitchell - Kanata (WOMK)</t>
   </si>
   <si>
     <t>W.Ross Macdonald School (WRMS)</t>
   </si>
   <si>
     <t>Wabanaki School (WABA)</t>
   </si>
   <si>
     <t>Wagmatcookewey School (WAG)</t>
   </si>
   <si>
     <t>Walden Public (WAP)</t>
   </si>
   <si>
-    <t>Walkerton &amp; District Hospital Foundation (WDHF)</t>
-[...1 lines deleted...]
-  <si>
     <t>Walkerton Distric Community School (WDCS)</t>
   </si>
   <si>
     <t>Walkerville Collegiate Institute (SWWV)</t>
   </si>
   <si>
     <t>Wallaceburg District Secondary (SWWB)</t>
   </si>
   <si>
     <t>Walnut Grove Secondary (WALN)</t>
   </si>
   <si>
     <t>WALSH Track Club (WTS)</t>
   </si>
   <si>
     <t>Walter Duggan (WDC)</t>
   </si>
   <si>
     <t>Walter Lee Elementary (WLE)</t>
   </si>
   <si>
     <t>Walter Murray (WMC)</t>
   </si>
   <si>
     <t>Walter Whyte School (WWALT)</t>
@@ -17744,51 +16586,51 @@
   <si>
     <t>Waterloo Collegiate Institute (WCI)</t>
   </si>
   <si>
     <t>Waterloo Running Club (WRC)</t>
   </si>
   <si>
     <t>Waterloo Track Club (UWTC)</t>
   </si>
   <si>
     <t>Waterloo Warriors (WAT)</t>
   </si>
   <si>
     <t>Waterloo-Oxford District Secondary School (WO)</t>
   </si>
   <si>
     <t>Watson Elementary (WATE)</t>
   </si>
   <si>
     <t>Watson Lake Secondary (WTLK)</t>
   </si>
   <si>
     <t>Waycobah First Nation (WAY)</t>
   </si>
   <si>
-    <t>Wc Race Series Society (WCRS)</t>
+    <t>Wayne's volleyball tournament team for TMA 2025-11-25 (TMA01)</t>
   </si>
   <si>
     <t>We don’t have a team (13425)</t>
   </si>
   <si>
     <t>We-Koqma'q Mi'Knaw School (WEK)</t>
   </si>
   <si>
     <t>Webber Academy (WA)</t>
   </si>
   <si>
     <t>Webbwood Public School (WW)</t>
   </si>
   <si>
     <t>Webnames.ca (WBNS)</t>
   </si>
   <si>
     <t>WELEDEH CATHOLIC SCHOOL (WELE)</t>
   </si>
   <si>
     <t>Welland Centennial (WDCL)</t>
   </si>
   <si>
     <t>Wellington Heights Secondary School (CWWE)</t>
   </si>
@@ -17816,53 +16658,50 @@
   <si>
     <t>West Elgin Secondary School (WEWO)</t>
   </si>
   <si>
     <t>West Ferris Intermediate School (WFIS)</t>
   </si>
   <si>
     <t>West Ferris Secondary School (WFSS)</t>
   </si>
   <si>
     <t>West Gate Public School (GECDSB) (WG)</t>
   </si>
   <si>
     <t>West Hants Middle School (WHMS)</t>
   </si>
   <si>
     <t>West Highlands Elementary School (WHES)</t>
   </si>
   <si>
     <t>West Highlands School (WESTH)</t>
   </si>
   <si>
     <t>West Hill (WHSS)</t>
   </si>
   <si>
-    <t>West Island T. C. (WITC)</t>
-[...1 lines deleted...]
-  <si>
     <t>West Island T.C. (WITC)</t>
   </si>
   <si>
     <t>West Kent Elementary School (WK)</t>
   </si>
   <si>
     <t>West Kildonan Collegiate (MWKHS)</t>
   </si>
   <si>
     <t>West Kings District (WK)</t>
   </si>
   <si>
     <t>West Pictou Consolidated (WPC)</t>
   </si>
   <si>
     <t>West Point Grey Academy (WPGA)</t>
   </si>
   <si>
     <t>West Point Grey Academy (WPTGA)</t>
   </si>
   <si>
     <t>West Richmond Education (WREC)</t>
   </si>
   <si>
     <t>West Ridge (WRIDG)</t>
@@ -17879,53 +16718,50 @@
   <si>
     <t>West Royalty Elementary School (WR)</t>
   </si>
   <si>
     <t>West Springs School (WSS)</t>
   </si>
   <si>
     <t>West St. Paul (WSPL)</t>
   </si>
   <si>
     <t>West Van (WV)</t>
   </si>
   <si>
     <t>West Vancouver Track &amp; Field Club (WVAN)</t>
   </si>
   <si>
     <t>Westboro Academy (WTBG)</t>
   </si>
   <si>
     <t>Westdale Junior High (MWDAL)</t>
   </si>
   <si>
     <t>Westdale S.S. - HWDSB (SOWD)</t>
   </si>
   <si>
-    <t>Westdale School (MWDAL)</t>
-[...1 lines deleted...]
-  <si>
     <t>Western (WEST)</t>
   </si>
   <si>
     <t>Western Alumni (WTA)</t>
   </si>
   <si>
     <t>Western Espoirs (WTES)</t>
   </si>
   <si>
     <t>Western Mustangs (UWO)</t>
   </si>
   <si>
     <t>Western Purple (WTP)</t>
   </si>
   <si>
     <t>Western S.S. (SWWS)</t>
   </si>
   <si>
     <t>Western White (WTW)</t>
   </si>
   <si>
     <t>Westfield Elementary (WFE)</t>
   </si>
   <si>
     <t>Westgate C. &amp; V.I. (WCVI)</t>
@@ -18107,134 +16943,122 @@
   <si>
     <t>William Mercer Academy (WMA)</t>
   </si>
   <si>
     <t>William Morton Collegiate (MWMCI)</t>
   </si>
   <si>
     <t>William Pratt (WDPR)</t>
   </si>
   <si>
     <t>Williams Track and Field (W2A)</t>
   </si>
   <si>
     <t>Willow Park School (WPS)</t>
   </si>
   <si>
     <t>Wilton Grove Public School (WTGPS)</t>
   </si>
   <si>
     <t>Winchester Public School (WHPS)</t>
   </si>
   <si>
     <t>Wind Of Change ()</t>
   </si>
   <si>
-    <t>Wind Track And Field Club (WIND)</t>
-[...1 lines deleted...]
-  <si>
     <t>Windburn (WIND)</t>
   </si>
   <si>
     <t>Windermere (WIND)</t>
   </si>
   <si>
     <t>Windsor - North Vancouver (WSR)</t>
   </si>
   <si>
     <t>Windsor House (WHOU)</t>
   </si>
   <si>
     <t>Windsor Islamic (SWWI)</t>
   </si>
   <si>
     <t>Windsor Lancers (WND)</t>
   </si>
   <si>
-    <t>Windsor Legion T.f.c (WLEG)</t>
-[...1 lines deleted...]
-  <si>
     <t>Windsor Park (WINPK)</t>
   </si>
   <si>
     <t>Windsor Park Collegiate (WPC)</t>
   </si>
   <si>
     <t>Windsor School (MWIND)</t>
   </si>
   <si>
     <t>Windsor Slough Eton &amp; Hounslow AC (WSEH)</t>
   </si>
   <si>
     <t>Windsor TFC (WIN)</t>
   </si>
   <si>
     <t>Winkler Elementary School (WKES)</t>
   </si>
   <si>
     <t>Winnipeg Menonite Elementary and Middle School (WMEMS)</t>
   </si>
   <si>
     <t>Winnipeg Optimist Athletic Club (WOAC)</t>
   </si>
   <si>
-    <t>Winnipeg Optimist Athletics (WOAC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Winnipeg, MB, Canada (YWG-Winnipeg  James Armstrong Richardson Intl. (CVPL)</t>
   </si>
   <si>
     <t>Winnipegosis Collegiate (0816)</t>
   </si>
   <si>
     <t>Winona - HWDSB (WINO)</t>
   </si>
   <si>
     <t>Winston's Warriors (WINS)</t>
   </si>
   <si>
     <t>WJ Fricker Public School (WJFR)</t>
   </si>
   <si>
     <t>WL Seaton (SEAT)</t>
   </si>
   <si>
     <t>WL Seaton Secondary School (WLSS)</t>
   </si>
   <si>
     <t>Wm. G. Davis Public School (GECDSB) (DPS)</t>
   </si>
   <si>
     <t>Wolfville (WOLF)</t>
   </si>
   <si>
     <t>Wolfville School (WOLF)</t>
   </si>
   <si>
-    <t>Wolves Athletics Club (WOLV)</t>
-[...1 lines deleted...]
-  <si>
     <t>Woodbridge (WOOD)</t>
   </si>
   <si>
     <t>Woodbridge College (WDCE)</t>
   </si>
   <si>
     <t>Woodcrest P.S. (WDC)</t>
   </si>
   <si>
     <t>Woodland Christian High School (CWWC)</t>
   </si>
   <si>
     <t>Woodland Elementary (WODE)</t>
   </si>
   <si>
     <t>Woodland Primary (WOOD)</t>
   </si>
   <si>
     <t>Woodlands Mustangs (WOODS)</t>
   </si>
   <si>
     <t>Woodlands Secondary (WDLS)</t>
   </si>
   <si>
     <t>Woodlawn High School (WHS)</t>
@@ -18245,168 +17069,138 @@
   <si>
     <t>Woodroffe Ave PS (WAPS)</t>
   </si>
   <si>
     <t>Woodroffe H.S. - Ottawa (NCWR)</t>
   </si>
   <si>
     <t>Woodrooffe Avenue PS (WAPS)</t>
   </si>
   <si>
     <t>Woodstock Collegiate Institute (WOWC)</t>
   </si>
   <si>
     <t>Woodstock Elementary School (WES2)</t>
   </si>
   <si>
     <t>Woodstock High School (WHS2)</t>
   </si>
   <si>
     <t>Woodstock Legion (WDLA)</t>
   </si>
   <si>
     <t>Woodstock Legion AC (WOD)</t>
   </si>
   <si>
-    <t>Woodstock Legion Athletic Club (WOOD)</t>
-[...1 lines deleted...]
-  <si>
     <t>Woodstock Middle School (WMS)</t>
   </si>
   <si>
-    <t>Wooly Bully Races (NSMC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Worsley Central School (WCS)</t>
   </si>
   <si>
     <t>WTMA</t>
   </si>
   <si>
     <t>Wye Elementary (WYE)</t>
   </si>
   <si>
     <t>Wyoming Public School (WYO)</t>
   </si>
   <si>
     <t>X Run Crew (XRUN)</t>
   </si>
   <si>
     <t>Xavier Junior High School (XJHS)</t>
   </si>
   <si>
     <t>Xefolacw (XCS)</t>
   </si>
   <si>
-    <t>Xsnrg Running Club (XSNR)</t>
-[...1 lines deleted...]
-  <si>
     <t>XXXX</t>
   </si>
   <si>
     <t>Yale Secondary (YASS)</t>
   </si>
   <si>
     <t>Yarmouth Consolidated Memorial (YARM)</t>
   </si>
   <si>
     <t>YELLOW</t>
   </si>
   <si>
     <t>YHUH</t>
   </si>
   <si>
-    <t>Yhz Track &amp; Field Club (YHZ1)</t>
-[...4 lines deleted...]
-  <si>
     <t>York House School (YORKH)</t>
   </si>
   <si>
     <t>York Lions (YOR)</t>
   </si>
   <si>
     <t>York Region lightening track club (YRLTC)</t>
   </si>
   <si>
     <t>York Region Lightning Track Club (YRLTC)</t>
   </si>
   <si>
     <t>York Region Runners (YRE)</t>
   </si>
   <si>
-    <t>York Region Runners Club (YREG)</t>
-[...1 lines deleted...]
-  <si>
     <t>York Street - Ottawa (YSOT)</t>
   </si>
   <si>
     <t>York University TFC (YUT)</t>
   </si>
   <si>
-    <t>York University Track &amp; Field Club (YUTC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Yorkson Creek Middle School (YCMS)</t>
   </si>
   <si>
-    <t>Yorkton Legion Track (YLTC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Yorkton Regional Raiders (YRHS)</t>
   </si>
   <si>
     <t>Yorkton Track and Field Club (YTFC)</t>
   </si>
   <si>
     <t>Yorkview - HWDSB (YORK)</t>
   </si>
   <si>
     <t>Young Athletics TFC (YAT)</t>
   </si>
   <si>
     <t>Yqg</t>
   </si>
   <si>
-    <t>Yqg Athletics (YQGA)</t>
-[...1 lines deleted...]
-  <si>
     <t>Yqx Athletics (YQXA)</t>
   </si>
   <si>
     <t>Yqx Running Club (YQXR)</t>
   </si>
   <si>
     <t>Yukon (UNYK)</t>
   </si>
   <si>
     <t>Yukon College (YUKC)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Zénix De La Mauricie (ZENX)</t>
   </si>
   <si>
     <t>Zero XQZ (ZEROX)</t>
   </si>
   <si>
     <t>Zone 1 - Sunny South (ZONE1)</t>
   </si>
   <si>
     <t>Zone 2 - Big Country (ZONE2)</t>
   </si>
   <si>
     <t>Zone 3 - Calgary (ZONE3)</t>
   </si>
   <si>
     <t>Zone 4 - Parkland (ZONE4)</t>
   </si>
   <si>
     <t>Zone 5 - Black Gold/Yellowhead (ZONE5)</t>
   </si>
   <si>
     <t>Zone 6 - Edmonton (ZONE6)</t>
   </si>
   <si>
     <t>Zone 7 - North East (ZONE7)</t>
   </si>
@@ -18780,66 +17574,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:DB6110"/>
+  <dimension ref="A1:DB5708"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="96" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="89" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="51" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="31" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:106" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
       <c r="DB1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:106" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" t="s">
@@ -20188,123 +18982,123 @@
       <c r="DB183" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="184" spans="1:106">
       <c r="D184" s="2"/>
       <c r="DB184" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="185" spans="1:106">
       <c r="D185" s="2"/>
       <c r="DB185" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="186" spans="1:106">
       <c r="D186" s="2"/>
       <c r="DB186" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="187" spans="1:106">
       <c r="D187" s="2"/>
       <c r="DB187" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
     </row>
     <row r="188" spans="1:106">
       <c r="D188" s="2"/>
       <c r="DB188" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
     </row>
     <row r="189" spans="1:106">
       <c r="D189" s="2"/>
       <c r="DB189" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
     <row r="190" spans="1:106">
       <c r="D190" s="2"/>
       <c r="DB190" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
     </row>
     <row r="191" spans="1:106">
       <c r="D191" s="2"/>
       <c r="DB191" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
     </row>
     <row r="192" spans="1:106">
       <c r="D192" s="2"/>
       <c r="DB192" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
     </row>
     <row r="193" spans="1:106">
       <c r="D193" s="2"/>
       <c r="DB193" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
     </row>
     <row r="194" spans="1:106">
       <c r="D194" s="2"/>
       <c r="DB194" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
     </row>
     <row r="195" spans="1:106">
       <c r="D195" s="2"/>
       <c r="DB195" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
     </row>
     <row r="196" spans="1:106">
       <c r="D196" s="2"/>
       <c r="DB196" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
     </row>
     <row r="197" spans="1:106">
       <c r="D197" s="2"/>
       <c r="DB197" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
     </row>
     <row r="198" spans="1:106">
       <c r="D198" s="2"/>
       <c r="DB198" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
     </row>
     <row r="199" spans="1:106">
       <c r="D199" s="2"/>
       <c r="DB199" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
     </row>
     <row r="200" spans="1:106">
       <c r="D200" s="2"/>
       <c r="DB200" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="201" spans="1:106">
       <c r="D201" s="2"/>
       <c r="DB201" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="202" spans="1:106">
       <c r="D202" s="2"/>
       <c r="DB202" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="203" spans="1:106">
       <c r="D203" s="2"/>
       <c r="DB203" t="s">
         <v>225</v>
       </c>
@@ -35616,1171 +34410,1171 @@
         <v>3127</v>
       </c>
     </row>
     <row r="3106" spans="1:106">
       <c r="DB3106" t="s">
         <v>3128</v>
       </c>
     </row>
     <row r="3107" spans="1:106">
       <c r="DB3107" t="s">
         <v>3129</v>
       </c>
     </row>
     <row r="3108" spans="1:106">
       <c r="DB3108" t="s">
         <v>3130</v>
       </c>
     </row>
     <row r="3109" spans="1:106">
       <c r="DB3109" t="s">
         <v>3131</v>
       </c>
     </row>
     <row r="3110" spans="1:106">
       <c r="DB3110" t="s">
-        <v>3132</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="3111" spans="1:106">
       <c r="DB3111" t="s">
-        <v>3133</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="3112" spans="1:106">
       <c r="DB3112" t="s">
-        <v>3134</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="3113" spans="1:106">
       <c r="DB3113" t="s">
-        <v>3135</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="3114" spans="1:106">
       <c r="DB3114" t="s">
-        <v>3136</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="3115" spans="1:106">
       <c r="DB3115" t="s">
-        <v>3137</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="3116" spans="1:106">
       <c r="DB3116" t="s">
-        <v>3138</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="3117" spans="1:106">
       <c r="DB3117" t="s">
-        <v>3139</v>
+        <v>3138</v>
       </c>
     </row>
     <row r="3118" spans="1:106">
       <c r="DB3118" t="s">
-        <v>3140</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="3119" spans="1:106">
       <c r="DB3119" t="s">
-        <v>3141</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="3120" spans="1:106">
       <c r="DB3120" t="s">
-        <v>3142</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="3121" spans="1:106">
       <c r="DB3121" t="s">
-        <v>3143</v>
+        <v>3142</v>
       </c>
     </row>
     <row r="3122" spans="1:106">
       <c r="DB3122" t="s">
-        <v>3144</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="3123" spans="1:106">
       <c r="DB3123" t="s">
-        <v>3145</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="3124" spans="1:106">
       <c r="DB3124" t="s">
-        <v>3146</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="3125" spans="1:106">
       <c r="DB3125" t="s">
-        <v>3147</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="3126" spans="1:106">
       <c r="DB3126" t="s">
-        <v>3148</v>
+        <v>3147</v>
       </c>
     </row>
     <row r="3127" spans="1:106">
       <c r="DB3127" t="s">
-        <v>3149</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="3128" spans="1:106">
       <c r="DB3128" t="s">
-        <v>3150</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="3129" spans="1:106">
       <c r="DB3129" t="s">
-        <v>3151</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="3130" spans="1:106">
       <c r="DB3130" t="s">
-        <v>3152</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="3131" spans="1:106">
       <c r="DB3131" t="s">
-        <v>3153</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="3132" spans="1:106">
       <c r="DB3132" t="s">
-        <v>3154</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="3133" spans="1:106">
       <c r="DB3133" t="s">
-        <v>3155</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="3134" spans="1:106">
       <c r="DB3134" t="s">
-        <v>3156</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="3135" spans="1:106">
       <c r="DB3135" t="s">
-        <v>3157</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="3136" spans="1:106">
       <c r="DB3136" t="s">
-        <v>3158</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="3137" spans="1:106">
       <c r="DB3137" t="s">
-        <v>3159</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="3138" spans="1:106">
       <c r="DB3138" t="s">
-        <v>3160</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="3139" spans="1:106">
       <c r="DB3139" t="s">
-        <v>3161</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="3140" spans="1:106">
       <c r="DB3140" t="s">
-        <v>3162</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="3141" spans="1:106">
       <c r="DB3141" t="s">
-        <v>3163</v>
+        <v>3162</v>
       </c>
     </row>
     <row r="3142" spans="1:106">
       <c r="DB3142" t="s">
-        <v>3164</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="3143" spans="1:106">
       <c r="DB3143" t="s">
-        <v>3165</v>
+        <v>3164</v>
       </c>
     </row>
     <row r="3144" spans="1:106">
       <c r="DB3144" t="s">
-        <v>3166</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="3145" spans="1:106">
       <c r="DB3145" t="s">
-        <v>3167</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="3146" spans="1:106">
       <c r="DB3146" t="s">
-        <v>3168</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="3147" spans="1:106">
       <c r="DB3147" t="s">
-        <v>3169</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="3148" spans="1:106">
       <c r="DB3148" t="s">
-        <v>3170</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="3149" spans="1:106">
       <c r="DB3149" t="s">
-        <v>3171</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="3150" spans="1:106">
       <c r="DB3150" t="s">
-        <v>3172</v>
+        <v>3171</v>
       </c>
     </row>
     <row r="3151" spans="1:106">
       <c r="DB3151" t="s">
-        <v>3173</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="3152" spans="1:106">
       <c r="DB3152" t="s">
-        <v>3174</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="3153" spans="1:106">
       <c r="DB3153" t="s">
-        <v>3175</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="3154" spans="1:106">
       <c r="DB3154" t="s">
-        <v>3176</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="3155" spans="1:106">
       <c r="DB3155" t="s">
-        <v>3177</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="3156" spans="1:106">
       <c r="DB3156" t="s">
-        <v>3178</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="3157" spans="1:106">
       <c r="DB3157" t="s">
-        <v>3179</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="3158" spans="1:106">
       <c r="DB3158" t="s">
-        <v>3180</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="3159" spans="1:106">
       <c r="DB3159" t="s">
-        <v>3181</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="3160" spans="1:106">
       <c r="DB3160" t="s">
-        <v>3182</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="3161" spans="1:106">
       <c r="DB3161" t="s">
-        <v>3183</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="3162" spans="1:106">
       <c r="DB3162" t="s">
-        <v>3184</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="3163" spans="1:106">
       <c r="DB3163" t="s">
-        <v>3185</v>
+        <v>3184</v>
       </c>
     </row>
     <row r="3164" spans="1:106">
       <c r="DB3164" t="s">
-        <v>3186</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="3165" spans="1:106">
       <c r="DB3165" t="s">
-        <v>3187</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="3166" spans="1:106">
       <c r="DB3166" t="s">
-        <v>3188</v>
+        <v>3187</v>
       </c>
     </row>
     <row r="3167" spans="1:106">
       <c r="DB3167" t="s">
-        <v>3189</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="3168" spans="1:106">
       <c r="DB3168" t="s">
-        <v>3190</v>
+        <v>3189</v>
       </c>
     </row>
     <row r="3169" spans="1:106">
       <c r="DB3169" t="s">
-        <v>3191</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="3170" spans="1:106">
       <c r="DB3170" t="s">
-        <v>3192</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="3171" spans="1:106">
       <c r="DB3171" t="s">
-        <v>3193</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="3172" spans="1:106">
       <c r="DB3172" t="s">
-        <v>3194</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="3173" spans="1:106">
       <c r="DB3173" t="s">
-        <v>3195</v>
+        <v>3194</v>
       </c>
     </row>
     <row r="3174" spans="1:106">
       <c r="DB3174" t="s">
-        <v>3196</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="3175" spans="1:106">
       <c r="DB3175" t="s">
-        <v>3197</v>
+        <v>3196</v>
       </c>
     </row>
     <row r="3176" spans="1:106">
       <c r="DB3176" t="s">
-        <v>3198</v>
+        <v>3197</v>
       </c>
     </row>
     <row r="3177" spans="1:106">
       <c r="DB3177" t="s">
-        <v>3199</v>
+        <v>3198</v>
       </c>
     </row>
     <row r="3178" spans="1:106">
       <c r="DB3178" t="s">
-        <v>3200</v>
+        <v>3199</v>
       </c>
     </row>
     <row r="3179" spans="1:106">
       <c r="DB3179" t="s">
-        <v>3201</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="3180" spans="1:106">
       <c r="DB3180" t="s">
-        <v>3202</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="3181" spans="1:106">
       <c r="DB3181" t="s">
-        <v>3203</v>
+        <v>3202</v>
       </c>
     </row>
     <row r="3182" spans="1:106">
       <c r="DB3182" t="s">
-        <v>3204</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="3183" spans="1:106">
       <c r="DB3183" t="s">
-        <v>3205</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="3184" spans="1:106">
       <c r="DB3184" t="s">
-        <v>3206</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="3185" spans="1:106">
       <c r="DB3185" t="s">
-        <v>3207</v>
+        <v>3206</v>
       </c>
     </row>
     <row r="3186" spans="1:106">
       <c r="DB3186" t="s">
-        <v>3208</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="3187" spans="1:106">
       <c r="DB3187" t="s">
-        <v>3209</v>
+        <v>3208</v>
       </c>
     </row>
     <row r="3188" spans="1:106">
       <c r="DB3188" t="s">
-        <v>3210</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="3189" spans="1:106">
       <c r="DB3189" t="s">
-        <v>3211</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="3190" spans="1:106">
       <c r="DB3190" t="s">
-        <v>3212</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="3191" spans="1:106">
       <c r="DB3191" t="s">
-        <v>3213</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="3192" spans="1:106">
       <c r="DB3192" t="s">
-        <v>3214</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="3193" spans="1:106">
       <c r="DB3193" t="s">
-        <v>3215</v>
+        <v>3214</v>
       </c>
     </row>
     <row r="3194" spans="1:106">
       <c r="DB3194" t="s">
-        <v>3216</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="3195" spans="1:106">
       <c r="DB3195" t="s">
-        <v>3217</v>
+        <v>3216</v>
       </c>
     </row>
     <row r="3196" spans="1:106">
       <c r="DB3196" t="s">
-        <v>3218</v>
+        <v>3217</v>
       </c>
     </row>
     <row r="3197" spans="1:106">
       <c r="DB3197" t="s">
-        <v>3219</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="3198" spans="1:106">
       <c r="DB3198" t="s">
-        <v>3220</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="3199" spans="1:106">
       <c r="DB3199" t="s">
-        <v>3221</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="3200" spans="1:106">
       <c r="DB3200" t="s">
-        <v>3222</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="3201" spans="1:106">
       <c r="DB3201" t="s">
-        <v>3223</v>
+        <v>3222</v>
       </c>
     </row>
     <row r="3202" spans="1:106">
       <c r="DB3202" t="s">
-        <v>3224</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="3203" spans="1:106">
       <c r="DB3203" t="s">
-        <v>3225</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="3204" spans="1:106">
       <c r="DB3204" t="s">
-        <v>3226</v>
+        <v>3225</v>
       </c>
     </row>
     <row r="3205" spans="1:106">
       <c r="DB3205" t="s">
-        <v>3227</v>
+        <v>3226</v>
       </c>
     </row>
     <row r="3206" spans="1:106">
       <c r="DB3206" t="s">
-        <v>3228</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="3207" spans="1:106">
       <c r="DB3207" t="s">
-        <v>3229</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="3208" spans="1:106">
       <c r="DB3208" t="s">
-        <v>3230</v>
+        <v>3229</v>
       </c>
     </row>
     <row r="3209" spans="1:106">
       <c r="DB3209" t="s">
-        <v>3231</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="3210" spans="1:106">
       <c r="DB3210" t="s">
-        <v>3232</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="3211" spans="1:106">
       <c r="DB3211" t="s">
-        <v>3233</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="3212" spans="1:106">
       <c r="DB3212" t="s">
-        <v>3234</v>
+        <v>3233</v>
       </c>
     </row>
     <row r="3213" spans="1:106">
       <c r="DB3213" t="s">
-        <v>3235</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="3214" spans="1:106">
       <c r="DB3214" t="s">
-        <v>3236</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="3215" spans="1:106">
       <c r="DB3215" t="s">
-        <v>3237</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="3216" spans="1:106">
       <c r="DB3216" t="s">
-        <v>3238</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="3217" spans="1:106">
       <c r="DB3217" t="s">
-        <v>3239</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="3218" spans="1:106">
       <c r="DB3218" t="s">
-        <v>3240</v>
+        <v>3239</v>
       </c>
     </row>
     <row r="3219" spans="1:106">
       <c r="DB3219" t="s">
-        <v>3241</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="3220" spans="1:106">
       <c r="DB3220" t="s">
-        <v>3242</v>
+        <v>3241</v>
       </c>
     </row>
     <row r="3221" spans="1:106">
       <c r="DB3221" t="s">
-        <v>3243</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="3222" spans="1:106">
       <c r="DB3222" t="s">
-        <v>3244</v>
+        <v>3243</v>
       </c>
     </row>
     <row r="3223" spans="1:106">
       <c r="DB3223" t="s">
-        <v>3245</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="3224" spans="1:106">
       <c r="DB3224" t="s">
-        <v>3246</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="3225" spans="1:106">
       <c r="DB3225" t="s">
-        <v>3247</v>
+        <v>3246</v>
       </c>
     </row>
     <row r="3226" spans="1:106">
       <c r="DB3226" t="s">
-        <v>3248</v>
+        <v>3247</v>
       </c>
     </row>
     <row r="3227" spans="1:106">
       <c r="DB3227" t="s">
-        <v>3249</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="3228" spans="1:106">
       <c r="DB3228" t="s">
-        <v>3250</v>
+        <v>3249</v>
       </c>
     </row>
     <row r="3229" spans="1:106">
       <c r="DB3229" t="s">
-        <v>3251</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="3230" spans="1:106">
       <c r="DB3230" t="s">
-        <v>3252</v>
+        <v>3251</v>
       </c>
     </row>
     <row r="3231" spans="1:106">
       <c r="DB3231" t="s">
-        <v>3253</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="3232" spans="1:106">
       <c r="DB3232" t="s">
-        <v>3254</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="3233" spans="1:106">
       <c r="DB3233" t="s">
-        <v>3255</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="3234" spans="1:106">
       <c r="DB3234" t="s">
-        <v>3256</v>
+        <v>3255</v>
       </c>
     </row>
     <row r="3235" spans="1:106">
       <c r="DB3235" t="s">
-        <v>3257</v>
+        <v>3256</v>
       </c>
     </row>
     <row r="3236" spans="1:106">
       <c r="DB3236" t="s">
-        <v>3258</v>
+        <v>3257</v>
       </c>
     </row>
     <row r="3237" spans="1:106">
       <c r="DB3237" t="s">
-        <v>3259</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="3238" spans="1:106">
       <c r="DB3238" t="s">
-        <v>3260</v>
+        <v>3259</v>
       </c>
     </row>
     <row r="3239" spans="1:106">
       <c r="DB3239" t="s">
-        <v>3261</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="3240" spans="1:106">
       <c r="DB3240" t="s">
-        <v>3262</v>
+        <v>3261</v>
       </c>
     </row>
     <row r="3241" spans="1:106">
       <c r="DB3241" t="s">
-        <v>3263</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="3242" spans="1:106">
       <c r="DB3242" t="s">
-        <v>3264</v>
+        <v>3263</v>
       </c>
     </row>
     <row r="3243" spans="1:106">
       <c r="DB3243" t="s">
-        <v>3265</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="3244" spans="1:106">
       <c r="DB3244" t="s">
-        <v>3266</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="3245" spans="1:106">
       <c r="DB3245" t="s">
-        <v>3267</v>
+        <v>3266</v>
       </c>
     </row>
     <row r="3246" spans="1:106">
       <c r="DB3246" t="s">
-        <v>3268</v>
+        <v>3267</v>
       </c>
     </row>
     <row r="3247" spans="1:106">
       <c r="DB3247" t="s">
-        <v>3269</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="3248" spans="1:106">
       <c r="DB3248" t="s">
-        <v>3270</v>
+        <v>3269</v>
       </c>
     </row>
     <row r="3249" spans="1:106">
       <c r="DB3249" t="s">
-        <v>3271</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="3250" spans="1:106">
       <c r="DB3250" t="s">
-        <v>3272</v>
+        <v>3271</v>
       </c>
     </row>
     <row r="3251" spans="1:106">
       <c r="DB3251" t="s">
-        <v>3273</v>
+        <v>3272</v>
       </c>
     </row>
     <row r="3252" spans="1:106">
       <c r="DB3252" t="s">
-        <v>3274</v>
+        <v>3273</v>
       </c>
     </row>
     <row r="3253" spans="1:106">
       <c r="DB3253" t="s">
-        <v>3275</v>
+        <v>3274</v>
       </c>
     </row>
     <row r="3254" spans="1:106">
       <c r="DB3254" t="s">
-        <v>3276</v>
+        <v>3275</v>
       </c>
     </row>
     <row r="3255" spans="1:106">
       <c r="DB3255" t="s">
-        <v>3277</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="3256" spans="1:106">
       <c r="DB3256" t="s">
-        <v>3278</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="3257" spans="1:106">
       <c r="DB3257" t="s">
-        <v>3279</v>
+        <v>3278</v>
       </c>
     </row>
     <row r="3258" spans="1:106">
       <c r="DB3258" t="s">
-        <v>3280</v>
+        <v>3279</v>
       </c>
     </row>
     <row r="3259" spans="1:106">
       <c r="DB3259" t="s">
-        <v>3281</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="3260" spans="1:106">
       <c r="DB3260" t="s">
-        <v>3282</v>
+        <v>3281</v>
       </c>
     </row>
     <row r="3261" spans="1:106">
       <c r="DB3261" t="s">
-        <v>3283</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="3262" spans="1:106">
       <c r="DB3262" t="s">
-        <v>3284</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="3263" spans="1:106">
       <c r="DB3263" t="s">
-        <v>3285</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="3264" spans="1:106">
       <c r="DB3264" t="s">
-        <v>3286</v>
+        <v>3285</v>
       </c>
     </row>
     <row r="3265" spans="1:106">
       <c r="DB3265" t="s">
-        <v>3287</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="3266" spans="1:106">
       <c r="DB3266" t="s">
-        <v>3288</v>
+        <v>3287</v>
       </c>
     </row>
     <row r="3267" spans="1:106">
       <c r="DB3267" t="s">
-        <v>3289</v>
+        <v>3288</v>
       </c>
     </row>
     <row r="3268" spans="1:106">
       <c r="DB3268" t="s">
-        <v>3290</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="3269" spans="1:106">
       <c r="DB3269" t="s">
-        <v>3291</v>
+        <v>3290</v>
       </c>
     </row>
     <row r="3270" spans="1:106">
       <c r="DB3270" t="s">
-        <v>3292</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="3271" spans="1:106">
       <c r="DB3271" t="s">
-        <v>3293</v>
+        <v>3292</v>
       </c>
     </row>
     <row r="3272" spans="1:106">
       <c r="DB3272" t="s">
-        <v>3294</v>
+        <v>3293</v>
       </c>
     </row>
     <row r="3273" spans="1:106">
       <c r="DB3273" t="s">
-        <v>3295</v>
+        <v>3294</v>
       </c>
     </row>
     <row r="3274" spans="1:106">
       <c r="DB3274" t="s">
-        <v>3296</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="3275" spans="1:106">
       <c r="DB3275" t="s">
-        <v>3297</v>
+        <v>3296</v>
       </c>
     </row>
     <row r="3276" spans="1:106">
       <c r="DB3276" t="s">
-        <v>3298</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="3277" spans="1:106">
       <c r="DB3277" t="s">
-        <v>3299</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="3278" spans="1:106">
       <c r="DB3278" t="s">
-        <v>3300</v>
+        <v>3299</v>
       </c>
     </row>
     <row r="3279" spans="1:106">
       <c r="DB3279" t="s">
-        <v>3301</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="3280" spans="1:106">
       <c r="DB3280" t="s">
-        <v>3302</v>
+        <v>3301</v>
       </c>
     </row>
     <row r="3281" spans="1:106">
       <c r="DB3281" t="s">
-        <v>3303</v>
+        <v>3302</v>
       </c>
     </row>
     <row r="3282" spans="1:106">
       <c r="DB3282" t="s">
-        <v>3304</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="3283" spans="1:106">
       <c r="DB3283" t="s">
-        <v>3305</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="3284" spans="1:106">
       <c r="DB3284" t="s">
-        <v>3306</v>
+        <v>3305</v>
       </c>
     </row>
     <row r="3285" spans="1:106">
       <c r="DB3285" t="s">
-        <v>3307</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="3286" spans="1:106">
       <c r="DB3286" t="s">
-        <v>3308</v>
+        <v>3307</v>
       </c>
     </row>
     <row r="3287" spans="1:106">
       <c r="DB3287" t="s">
-        <v>3309</v>
+        <v>3308</v>
       </c>
     </row>
     <row r="3288" spans="1:106">
       <c r="DB3288" t="s">
-        <v>3310</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="3289" spans="1:106">
       <c r="DB3289" t="s">
-        <v>3311</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="3290" spans="1:106">
       <c r="DB3290" t="s">
-        <v>3312</v>
+        <v>3311</v>
       </c>
     </row>
     <row r="3291" spans="1:106">
       <c r="DB3291" t="s">
-        <v>3313</v>
+        <v>3312</v>
       </c>
     </row>
     <row r="3292" spans="1:106">
       <c r="DB3292" t="s">
-        <v>3314</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="3293" spans="1:106">
       <c r="DB3293" t="s">
-        <v>3315</v>
+        <v>3314</v>
       </c>
     </row>
     <row r="3294" spans="1:106">
       <c r="DB3294" t="s">
-        <v>3316</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="3295" spans="1:106">
       <c r="DB3295" t="s">
-        <v>3317</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="3296" spans="1:106">
       <c r="DB3296" t="s">
-        <v>3318</v>
+        <v>3317</v>
       </c>
     </row>
     <row r="3297" spans="1:106">
       <c r="DB3297" t="s">
-        <v>3319</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="3298" spans="1:106">
       <c r="DB3298" t="s">
-        <v>3320</v>
+        <v>3319</v>
       </c>
     </row>
     <row r="3299" spans="1:106">
       <c r="DB3299" t="s">
-        <v>3321</v>
+        <v>3320</v>
       </c>
     </row>
     <row r="3300" spans="1:106">
       <c r="DB3300" t="s">
-        <v>3322</v>
+        <v>3321</v>
       </c>
     </row>
     <row r="3301" spans="1:106">
       <c r="DB3301" t="s">
-        <v>3323</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="3302" spans="1:106">
       <c r="DB3302" t="s">
-        <v>3324</v>
+        <v>3323</v>
       </c>
     </row>
     <row r="3303" spans="1:106">
       <c r="DB3303" t="s">
-        <v>3325</v>
+        <v>3324</v>
       </c>
     </row>
     <row r="3304" spans="1:106">
       <c r="DB3304" t="s">
-        <v>3326</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="3305" spans="1:106">
       <c r="DB3305" t="s">
-        <v>3327</v>
+        <v>3326</v>
       </c>
     </row>
     <row r="3306" spans="1:106">
       <c r="DB3306" t="s">
-        <v>3328</v>
+        <v>3327</v>
       </c>
     </row>
     <row r="3307" spans="1:106">
       <c r="DB3307" t="s">
-        <v>3329</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="3308" spans="1:106">
       <c r="DB3308" t="s">
-        <v>3330</v>
+        <v>3329</v>
       </c>
     </row>
     <row r="3309" spans="1:106">
       <c r="DB3309" t="s">
-        <v>3331</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="3310" spans="1:106">
       <c r="DB3310" t="s">
-        <v>3332</v>
+        <v>3331</v>
       </c>
     </row>
     <row r="3311" spans="1:106">
       <c r="DB3311" t="s">
-        <v>3333</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="3312" spans="1:106">
       <c r="DB3312" t="s">
-        <v>3334</v>
+        <v>3333</v>
       </c>
     </row>
     <row r="3313" spans="1:106">
       <c r="DB3313" t="s">
-        <v>3335</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="3314" spans="1:106">
       <c r="DB3314" t="s">
-        <v>3336</v>
+        <v>3335</v>
       </c>
     </row>
     <row r="3315" spans="1:106">
       <c r="DB3315" t="s">
-        <v>3337</v>
+        <v>3336</v>
       </c>
     </row>
     <row r="3316" spans="1:106">
       <c r="DB3316" t="s">
-        <v>3338</v>
+        <v>3337</v>
       </c>
     </row>
     <row r="3317" spans="1:106">
       <c r="DB3317" t="s">
-        <v>3339</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="3318" spans="1:106">
       <c r="DB3318" t="s">
-        <v>3340</v>
+        <v>3339</v>
       </c>
     </row>
     <row r="3319" spans="1:106">
       <c r="DB3319" t="s">
-        <v>3341</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="3320" spans="1:106">
       <c r="DB3320" t="s">
-        <v>3342</v>
+        <v>3341</v>
       </c>
     </row>
     <row r="3321" spans="1:106">
       <c r="DB3321" t="s">
-        <v>3343</v>
+        <v>3342</v>
       </c>
     </row>
     <row r="3322" spans="1:106">
       <c r="DB3322" t="s">
-        <v>3344</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="3323" spans="1:106">
       <c r="DB3323" t="s">
-        <v>3345</v>
+        <v>3344</v>
       </c>
     </row>
     <row r="3324" spans="1:106">
       <c r="DB3324" t="s">
-        <v>3346</v>
+        <v>3345</v>
       </c>
     </row>
     <row r="3325" spans="1:106">
       <c r="DB3325" t="s">
-        <v>3347</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="3326" spans="1:106">
       <c r="DB3326" t="s">
-        <v>3348</v>
+        <v>3347</v>
       </c>
     </row>
     <row r="3327" spans="1:106">
       <c r="DB3327" t="s">
-        <v>3349</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="3328" spans="1:106">
       <c r="DB3328" t="s">
-        <v>3350</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="3329" spans="1:106">
       <c r="DB3329" t="s">
-        <v>3351</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="3330" spans="1:106">
       <c r="DB3330" t="s">
-        <v>3352</v>
+        <v>3351</v>
       </c>
     </row>
     <row r="3331" spans="1:106">
       <c r="DB3331" t="s">
-        <v>3353</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="3332" spans="1:106">
       <c r="DB3332" t="s">
-        <v>3354</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="3333" spans="1:106">
       <c r="DB3333" t="s">
-        <v>3355</v>
+        <v>3354</v>
       </c>
     </row>
     <row r="3334" spans="1:106">
       <c r="DB3334" t="s">
-        <v>3356</v>
+        <v>3355</v>
       </c>
     </row>
     <row r="3335" spans="1:106">
       <c r="DB3335" t="s">
         <v>3356</v>
       </c>
     </row>
     <row r="3336" spans="1:106">
       <c r="DB3336" t="s">
         <v>3357</v>
       </c>
     </row>
     <row r="3337" spans="1:106">
       <c r="DB3337" t="s">
         <v>3358</v>
       </c>
     </row>
     <row r="3338" spans="1:106">
       <c r="DB3338" t="s">
         <v>3359</v>
       </c>
     </row>
     <row r="3339" spans="1:106">
       <c r="DB3339" t="s">
         <v>3360</v>
@@ -38301,1291 +37095,1291 @@
         <v>3663</v>
       </c>
     </row>
     <row r="3643" spans="1:106">
       <c r="DB3643" t="s">
         <v>3664</v>
       </c>
     </row>
     <row r="3644" spans="1:106">
       <c r="DB3644" t="s">
         <v>3665</v>
       </c>
     </row>
     <row r="3645" spans="1:106">
       <c r="DB3645" t="s">
         <v>3666</v>
       </c>
     </row>
     <row r="3646" spans="1:106">
       <c r="DB3646" t="s">
         <v>3667</v>
       </c>
     </row>
     <row r="3647" spans="1:106">
       <c r="DB3647" t="s">
-        <v>3668</v>
+        <v>3667</v>
       </c>
     </row>
     <row r="3648" spans="1:106">
       <c r="DB3648" t="s">
-        <v>3669</v>
+        <v>3668</v>
       </c>
     </row>
     <row r="3649" spans="1:106">
       <c r="DB3649" t="s">
-        <v>3670</v>
+        <v>3669</v>
       </c>
     </row>
     <row r="3650" spans="1:106">
       <c r="DB3650" t="s">
-        <v>3671</v>
+        <v>3670</v>
       </c>
     </row>
     <row r="3651" spans="1:106">
       <c r="DB3651" t="s">
-        <v>3672</v>
+        <v>3671</v>
       </c>
     </row>
     <row r="3652" spans="1:106">
       <c r="DB3652" t="s">
-        <v>3673</v>
+        <v>3672</v>
       </c>
     </row>
     <row r="3653" spans="1:106">
       <c r="DB3653" t="s">
-        <v>3674</v>
+        <v>3673</v>
       </c>
     </row>
     <row r="3654" spans="1:106">
       <c r="DB3654" t="s">
-        <v>3675</v>
+        <v>3674</v>
       </c>
     </row>
     <row r="3655" spans="1:106">
       <c r="DB3655" t="s">
-        <v>3676</v>
+        <v>3675</v>
       </c>
     </row>
     <row r="3656" spans="1:106">
       <c r="DB3656" t="s">
-        <v>3677</v>
+        <v>3676</v>
       </c>
     </row>
     <row r="3657" spans="1:106">
       <c r="DB3657" t="s">
-        <v>3678</v>
+        <v>3677</v>
       </c>
     </row>
     <row r="3658" spans="1:106">
       <c r="DB3658" t="s">
-        <v>3679</v>
+        <v>3678</v>
       </c>
     </row>
     <row r="3659" spans="1:106">
       <c r="DB3659" t="s">
-        <v>3680</v>
+        <v>3679</v>
       </c>
     </row>
     <row r="3660" spans="1:106">
       <c r="DB3660" t="s">
-        <v>3681</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="3661" spans="1:106">
       <c r="DB3661" t="s">
-        <v>3682</v>
+        <v>3681</v>
       </c>
     </row>
     <row r="3662" spans="1:106">
       <c r="DB3662" t="s">
-        <v>3683</v>
+        <v>3682</v>
       </c>
     </row>
     <row r="3663" spans="1:106">
       <c r="DB3663" t="s">
-        <v>3684</v>
+        <v>3683</v>
       </c>
     </row>
     <row r="3664" spans="1:106">
       <c r="DB3664" t="s">
-        <v>3685</v>
+        <v>3684</v>
       </c>
     </row>
     <row r="3665" spans="1:106">
       <c r="DB3665" t="s">
-        <v>3686</v>
+        <v>3685</v>
       </c>
     </row>
     <row r="3666" spans="1:106">
       <c r="DB3666" t="s">
-        <v>3687</v>
+        <v>3686</v>
       </c>
     </row>
     <row r="3667" spans="1:106">
       <c r="DB3667" t="s">
-        <v>3688</v>
+        <v>3687</v>
       </c>
     </row>
     <row r="3668" spans="1:106">
       <c r="DB3668" t="s">
-        <v>3689</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="3669" spans="1:106">
       <c r="DB3669" t="s">
-        <v>3690</v>
+        <v>3689</v>
       </c>
     </row>
     <row r="3670" spans="1:106">
       <c r="DB3670" t="s">
-        <v>3691</v>
+        <v>3690</v>
       </c>
     </row>
     <row r="3671" spans="1:106">
       <c r="DB3671" t="s">
-        <v>3692</v>
+        <v>3691</v>
       </c>
     </row>
     <row r="3672" spans="1:106">
       <c r="DB3672" t="s">
-        <v>3693</v>
+        <v>3692</v>
       </c>
     </row>
     <row r="3673" spans="1:106">
       <c r="DB3673" t="s">
-        <v>3694</v>
+        <v>3693</v>
       </c>
     </row>
     <row r="3674" spans="1:106">
       <c r="DB3674" t="s">
-        <v>3695</v>
+        <v>3694</v>
       </c>
     </row>
     <row r="3675" spans="1:106">
       <c r="DB3675" t="s">
-        <v>3696</v>
+        <v>3695</v>
       </c>
     </row>
     <row r="3676" spans="1:106">
       <c r="DB3676" t="s">
-        <v>3697</v>
+        <v>3696</v>
       </c>
     </row>
     <row r="3677" spans="1:106">
       <c r="DB3677" t="s">
-        <v>3698</v>
+        <v>3697</v>
       </c>
     </row>
     <row r="3678" spans="1:106">
       <c r="DB3678" t="s">
-        <v>3699</v>
+        <v>3698</v>
       </c>
     </row>
     <row r="3679" spans="1:106">
       <c r="DB3679" t="s">
-        <v>3700</v>
+        <v>3699</v>
       </c>
     </row>
     <row r="3680" spans="1:106">
       <c r="DB3680" t="s">
-        <v>3701</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="3681" spans="1:106">
       <c r="DB3681" t="s">
-        <v>3702</v>
+        <v>3701</v>
       </c>
     </row>
     <row r="3682" spans="1:106">
       <c r="DB3682" t="s">
-        <v>3703</v>
+        <v>3702</v>
       </c>
     </row>
     <row r="3683" spans="1:106">
       <c r="DB3683" t="s">
-        <v>3704</v>
+        <v>3703</v>
       </c>
     </row>
     <row r="3684" spans="1:106">
       <c r="DB3684" t="s">
-        <v>3705</v>
+        <v>3704</v>
       </c>
     </row>
     <row r="3685" spans="1:106">
       <c r="DB3685" t="s">
-        <v>3706</v>
+        <v>3705</v>
       </c>
     </row>
     <row r="3686" spans="1:106">
       <c r="DB3686" t="s">
-        <v>3707</v>
+        <v>3706</v>
       </c>
     </row>
     <row r="3687" spans="1:106">
       <c r="DB3687" t="s">
-        <v>3708</v>
+        <v>3707</v>
       </c>
     </row>
     <row r="3688" spans="1:106">
       <c r="DB3688" t="s">
-        <v>3709</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="3689" spans="1:106">
       <c r="DB3689" t="s">
-        <v>3710</v>
+        <v>3709</v>
       </c>
     </row>
     <row r="3690" spans="1:106">
       <c r="DB3690" t="s">
-        <v>3711</v>
+        <v>3710</v>
       </c>
     </row>
     <row r="3691" spans="1:106">
       <c r="DB3691" t="s">
-        <v>3712</v>
+        <v>3711</v>
       </c>
     </row>
     <row r="3692" spans="1:106">
       <c r="DB3692" t="s">
-        <v>3713</v>
+        <v>3712</v>
       </c>
     </row>
     <row r="3693" spans="1:106">
       <c r="DB3693" t="s">
-        <v>3714</v>
+        <v>3713</v>
       </c>
     </row>
     <row r="3694" spans="1:106">
       <c r="DB3694" t="s">
-        <v>3715</v>
+        <v>3714</v>
       </c>
     </row>
     <row r="3695" spans="1:106">
       <c r="DB3695" t="s">
-        <v>3716</v>
+        <v>3715</v>
       </c>
     </row>
     <row r="3696" spans="1:106">
       <c r="DB3696" t="s">
-        <v>3717</v>
+        <v>3716</v>
       </c>
     </row>
     <row r="3697" spans="1:106">
       <c r="DB3697" t="s">
-        <v>3718</v>
+        <v>3717</v>
       </c>
     </row>
     <row r="3698" spans="1:106">
       <c r="DB3698" t="s">
-        <v>3719</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="3699" spans="1:106">
       <c r="DB3699" t="s">
-        <v>3720</v>
+        <v>3719</v>
       </c>
     </row>
     <row r="3700" spans="1:106">
       <c r="DB3700" t="s">
-        <v>3721</v>
+        <v>3720</v>
       </c>
     </row>
     <row r="3701" spans="1:106">
       <c r="DB3701" t="s">
-        <v>3722</v>
+        <v>3721</v>
       </c>
     </row>
     <row r="3702" spans="1:106">
       <c r="DB3702" t="s">
-        <v>3723</v>
+        <v>3722</v>
       </c>
     </row>
     <row r="3703" spans="1:106">
       <c r="DB3703" t="s">
-        <v>3724</v>
+        <v>3723</v>
       </c>
     </row>
     <row r="3704" spans="1:106">
       <c r="DB3704" t="s">
-        <v>3725</v>
+        <v>3724</v>
       </c>
     </row>
     <row r="3705" spans="1:106">
       <c r="DB3705" t="s">
-        <v>3726</v>
+        <v>3725</v>
       </c>
     </row>
     <row r="3706" spans="1:106">
       <c r="DB3706" t="s">
-        <v>3727</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="3707" spans="1:106">
       <c r="DB3707" t="s">
-        <v>3728</v>
+        <v>3727</v>
       </c>
     </row>
     <row r="3708" spans="1:106">
       <c r="DB3708" t="s">
-        <v>3729</v>
+        <v>3728</v>
       </c>
     </row>
     <row r="3709" spans="1:106">
       <c r="DB3709" t="s">
-        <v>3730</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="3710" spans="1:106">
       <c r="DB3710" t="s">
-        <v>3731</v>
+        <v>3730</v>
       </c>
     </row>
     <row r="3711" spans="1:106">
       <c r="DB3711" t="s">
-        <v>3732</v>
+        <v>3731</v>
       </c>
     </row>
     <row r="3712" spans="1:106">
       <c r="DB3712" t="s">
-        <v>3733</v>
+        <v>3732</v>
       </c>
     </row>
     <row r="3713" spans="1:106">
       <c r="DB3713" t="s">
-        <v>3734</v>
+        <v>3733</v>
       </c>
     </row>
     <row r="3714" spans="1:106">
       <c r="DB3714" t="s">
-        <v>3735</v>
+        <v>3734</v>
       </c>
     </row>
     <row r="3715" spans="1:106">
       <c r="DB3715" t="s">
-        <v>3736</v>
+        <v>3735</v>
       </c>
     </row>
     <row r="3716" spans="1:106">
       <c r="DB3716" t="s">
-        <v>3737</v>
+        <v>3736</v>
       </c>
     </row>
     <row r="3717" spans="1:106">
       <c r="DB3717" t="s">
-        <v>3738</v>
+        <v>3737</v>
       </c>
     </row>
     <row r="3718" spans="1:106">
       <c r="DB3718" t="s">
-        <v>3739</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="3719" spans="1:106">
       <c r="DB3719" t="s">
-        <v>3740</v>
+        <v>3739</v>
       </c>
     </row>
     <row r="3720" spans="1:106">
       <c r="DB3720" t="s">
-        <v>3741</v>
+        <v>3740</v>
       </c>
     </row>
     <row r="3721" spans="1:106">
       <c r="DB3721" t="s">
-        <v>3742</v>
+        <v>3741</v>
       </c>
     </row>
     <row r="3722" spans="1:106">
       <c r="DB3722" t="s">
-        <v>3743</v>
+        <v>3742</v>
       </c>
     </row>
     <row r="3723" spans="1:106">
       <c r="DB3723" t="s">
-        <v>3744</v>
+        <v>3743</v>
       </c>
     </row>
     <row r="3724" spans="1:106">
       <c r="DB3724" t="s">
-        <v>3745</v>
+        <v>3744</v>
       </c>
     </row>
     <row r="3725" spans="1:106">
       <c r="DB3725" t="s">
-        <v>3746</v>
+        <v>3745</v>
       </c>
     </row>
     <row r="3726" spans="1:106">
       <c r="DB3726" t="s">
-        <v>3747</v>
+        <v>3746</v>
       </c>
     </row>
     <row r="3727" spans="1:106">
       <c r="DB3727" t="s">
-        <v>3748</v>
+        <v>3747</v>
       </c>
     </row>
     <row r="3728" spans="1:106">
       <c r="DB3728" t="s">
-        <v>3749</v>
+        <v>3748</v>
       </c>
     </row>
     <row r="3729" spans="1:106">
       <c r="DB3729" t="s">
-        <v>3750</v>
+        <v>3749</v>
       </c>
     </row>
     <row r="3730" spans="1:106">
       <c r="DB3730" t="s">
-        <v>3751</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="3731" spans="1:106">
       <c r="DB3731" t="s">
-        <v>3752</v>
+        <v>3751</v>
       </c>
     </row>
     <row r="3732" spans="1:106">
       <c r="DB3732" t="s">
-        <v>3753</v>
+        <v>3752</v>
       </c>
     </row>
     <row r="3733" spans="1:106">
       <c r="DB3733" t="s">
-        <v>3754</v>
+        <v>3753</v>
       </c>
     </row>
     <row r="3734" spans="1:106">
       <c r="DB3734" t="s">
-        <v>3755</v>
+        <v>3754</v>
       </c>
     </row>
     <row r="3735" spans="1:106">
       <c r="DB3735" t="s">
-        <v>3756</v>
+        <v>3755</v>
       </c>
     </row>
     <row r="3736" spans="1:106">
       <c r="DB3736" t="s">
-        <v>3757</v>
+        <v>3756</v>
       </c>
     </row>
     <row r="3737" spans="1:106">
       <c r="DB3737" t="s">
-        <v>3758</v>
+        <v>3757</v>
       </c>
     </row>
     <row r="3738" spans="1:106">
       <c r="DB3738" t="s">
-        <v>3759</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="3739" spans="1:106">
       <c r="DB3739" t="s">
-        <v>3760</v>
+        <v>3759</v>
       </c>
     </row>
     <row r="3740" spans="1:106">
       <c r="DB3740" t="s">
-        <v>3761</v>
+        <v>3760</v>
       </c>
     </row>
     <row r="3741" spans="1:106">
       <c r="DB3741" t="s">
-        <v>3762</v>
+        <v>3761</v>
       </c>
     </row>
     <row r="3742" spans="1:106">
       <c r="DB3742" t="s">
-        <v>3763</v>
+        <v>3762</v>
       </c>
     </row>
     <row r="3743" spans="1:106">
       <c r="DB3743" t="s">
-        <v>3764</v>
+        <v>3763</v>
       </c>
     </row>
     <row r="3744" spans="1:106">
       <c r="DB3744" t="s">
-        <v>3765</v>
+        <v>3764</v>
       </c>
     </row>
     <row r="3745" spans="1:106">
       <c r="DB3745" t="s">
-        <v>3766</v>
+        <v>3765</v>
       </c>
     </row>
     <row r="3746" spans="1:106">
       <c r="DB3746" t="s">
-        <v>3767</v>
+        <v>3766</v>
       </c>
     </row>
     <row r="3747" spans="1:106">
       <c r="DB3747" t="s">
-        <v>3768</v>
+        <v>3767</v>
       </c>
     </row>
     <row r="3748" spans="1:106">
       <c r="DB3748" t="s">
-        <v>3769</v>
+        <v>3768</v>
       </c>
     </row>
     <row r="3749" spans="1:106">
       <c r="DB3749" t="s">
-        <v>3770</v>
+        <v>3769</v>
       </c>
     </row>
     <row r="3750" spans="1:106">
       <c r="DB3750" t="s">
-        <v>3771</v>
+        <v>3770</v>
       </c>
     </row>
     <row r="3751" spans="1:106">
       <c r="DB3751" t="s">
-        <v>3772</v>
+        <v>3771</v>
       </c>
     </row>
     <row r="3752" spans="1:106">
       <c r="DB3752" t="s">
-        <v>3773</v>
+        <v>3772</v>
       </c>
     </row>
     <row r="3753" spans="1:106">
       <c r="DB3753" t="s">
-        <v>3774</v>
+        <v>3773</v>
       </c>
     </row>
     <row r="3754" spans="1:106">
       <c r="DB3754" t="s">
-        <v>3775</v>
+        <v>3774</v>
       </c>
     </row>
     <row r="3755" spans="1:106">
       <c r="DB3755" t="s">
-        <v>3776</v>
+        <v>3775</v>
       </c>
     </row>
     <row r="3756" spans="1:106">
       <c r="DB3756" t="s">
-        <v>3777</v>
+        <v>3776</v>
       </c>
     </row>
     <row r="3757" spans="1:106">
       <c r="DB3757" t="s">
-        <v>3778</v>
+        <v>3777</v>
       </c>
     </row>
     <row r="3758" spans="1:106">
       <c r="DB3758" t="s">
-        <v>3779</v>
+        <v>3778</v>
       </c>
     </row>
     <row r="3759" spans="1:106">
       <c r="DB3759" t="s">
-        <v>3780</v>
+        <v>3779</v>
       </c>
     </row>
     <row r="3760" spans="1:106">
       <c r="DB3760" t="s">
-        <v>3781</v>
+        <v>3780</v>
       </c>
     </row>
     <row r="3761" spans="1:106">
       <c r="DB3761" t="s">
-        <v>3782</v>
+        <v>3781</v>
       </c>
     </row>
     <row r="3762" spans="1:106">
       <c r="DB3762" t="s">
-        <v>3783</v>
+        <v>3782</v>
       </c>
     </row>
     <row r="3763" spans="1:106">
       <c r="DB3763" t="s">
-        <v>3784</v>
+        <v>3783</v>
       </c>
     </row>
     <row r="3764" spans="1:106">
       <c r="DB3764" t="s">
-        <v>3785</v>
+        <v>3784</v>
       </c>
     </row>
     <row r="3765" spans="1:106">
       <c r="DB3765" t="s">
-        <v>3786</v>
+        <v>3785</v>
       </c>
     </row>
     <row r="3766" spans="1:106">
       <c r="DB3766" t="s">
-        <v>3787</v>
+        <v>3786</v>
       </c>
     </row>
     <row r="3767" spans="1:106">
       <c r="DB3767" t="s">
-        <v>3788</v>
+        <v>3787</v>
       </c>
     </row>
     <row r="3768" spans="1:106">
       <c r="DB3768" t="s">
-        <v>3789</v>
+        <v>3788</v>
       </c>
     </row>
     <row r="3769" spans="1:106">
       <c r="DB3769" t="s">
-        <v>3790</v>
+        <v>3789</v>
       </c>
     </row>
     <row r="3770" spans="1:106">
       <c r="DB3770" t="s">
-        <v>3791</v>
+        <v>3790</v>
       </c>
     </row>
     <row r="3771" spans="1:106">
       <c r="DB3771" t="s">
-        <v>3792</v>
+        <v>3791</v>
       </c>
     </row>
     <row r="3772" spans="1:106">
       <c r="DB3772" t="s">
-        <v>3793</v>
+        <v>3792</v>
       </c>
     </row>
     <row r="3773" spans="1:106">
       <c r="DB3773" t="s">
-        <v>3794</v>
+        <v>3793</v>
       </c>
     </row>
     <row r="3774" spans="1:106">
       <c r="DB3774" t="s">
-        <v>3795</v>
+        <v>3794</v>
       </c>
     </row>
     <row r="3775" spans="1:106">
       <c r="DB3775" t="s">
-        <v>3796</v>
+        <v>3795</v>
       </c>
     </row>
     <row r="3776" spans="1:106">
       <c r="DB3776" t="s">
-        <v>3797</v>
+        <v>3796</v>
       </c>
     </row>
     <row r="3777" spans="1:106">
       <c r="DB3777" t="s">
-        <v>3798</v>
+        <v>3797</v>
       </c>
     </row>
     <row r="3778" spans="1:106">
       <c r="DB3778" t="s">
-        <v>3799</v>
+        <v>3798</v>
       </c>
     </row>
     <row r="3779" spans="1:106">
       <c r="DB3779" t="s">
-        <v>3800</v>
+        <v>3799</v>
       </c>
     </row>
     <row r="3780" spans="1:106">
       <c r="DB3780" t="s">
-        <v>3801</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="3781" spans="1:106">
       <c r="DB3781" t="s">
-        <v>3802</v>
+        <v>3801</v>
       </c>
     </row>
     <row r="3782" spans="1:106">
       <c r="DB3782" t="s">
-        <v>3803</v>
+        <v>3802</v>
       </c>
     </row>
     <row r="3783" spans="1:106">
       <c r="DB3783" t="s">
-        <v>3804</v>
+        <v>3803</v>
       </c>
     </row>
     <row r="3784" spans="1:106">
       <c r="DB3784" t="s">
-        <v>3805</v>
+        <v>3804</v>
       </c>
     </row>
     <row r="3785" spans="1:106">
       <c r="DB3785" t="s">
-        <v>3806</v>
+        <v>3805</v>
       </c>
     </row>
     <row r="3786" spans="1:106">
       <c r="DB3786" t="s">
-        <v>3807</v>
+        <v>3806</v>
       </c>
     </row>
     <row r="3787" spans="1:106">
       <c r="DB3787" t="s">
-        <v>3808</v>
+        <v>3807</v>
       </c>
     </row>
     <row r="3788" spans="1:106">
       <c r="DB3788" t="s">
-        <v>3809</v>
+        <v>3808</v>
       </c>
     </row>
     <row r="3789" spans="1:106">
       <c r="DB3789" t="s">
-        <v>3810</v>
+        <v>3809</v>
       </c>
     </row>
     <row r="3790" spans="1:106">
       <c r="DB3790" t="s">
-        <v>3811</v>
+        <v>3810</v>
       </c>
     </row>
     <row r="3791" spans="1:106">
       <c r="DB3791" t="s">
-        <v>3812</v>
+        <v>3811</v>
       </c>
     </row>
     <row r="3792" spans="1:106">
       <c r="DB3792" t="s">
-        <v>3813</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="3793" spans="1:106">
       <c r="DB3793" t="s">
-        <v>3814</v>
+        <v>3813</v>
       </c>
     </row>
     <row r="3794" spans="1:106">
       <c r="DB3794" t="s">
-        <v>3815</v>
+        <v>3814</v>
       </c>
     </row>
     <row r="3795" spans="1:106">
       <c r="DB3795" t="s">
-        <v>3816</v>
+        <v>3815</v>
       </c>
     </row>
     <row r="3796" spans="1:106">
       <c r="DB3796" t="s">
-        <v>3817</v>
+        <v>3816</v>
       </c>
     </row>
     <row r="3797" spans="1:106">
       <c r="DB3797" t="s">
-        <v>3818</v>
+        <v>3817</v>
       </c>
     </row>
     <row r="3798" spans="1:106">
       <c r="DB3798" t="s">
-        <v>3819</v>
+        <v>3818</v>
       </c>
     </row>
     <row r="3799" spans="1:106">
       <c r="DB3799" t="s">
-        <v>3820</v>
+        <v>3819</v>
       </c>
     </row>
     <row r="3800" spans="1:106">
       <c r="DB3800" t="s">
-        <v>3821</v>
+        <v>3820</v>
       </c>
     </row>
     <row r="3801" spans="1:106">
       <c r="DB3801" t="s">
-        <v>3822</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="3802" spans="1:106">
       <c r="DB3802" t="s">
-        <v>3823</v>
+        <v>3822</v>
       </c>
     </row>
     <row r="3803" spans="1:106">
       <c r="DB3803" t="s">
-        <v>3824</v>
+        <v>3823</v>
       </c>
     </row>
     <row r="3804" spans="1:106">
       <c r="DB3804" t="s">
-        <v>3825</v>
+        <v>3824</v>
       </c>
     </row>
     <row r="3805" spans="1:106">
       <c r="DB3805" t="s">
-        <v>3826</v>
+        <v>3825</v>
       </c>
     </row>
     <row r="3806" spans="1:106">
       <c r="DB3806" t="s">
-        <v>3827</v>
+        <v>3826</v>
       </c>
     </row>
     <row r="3807" spans="1:106">
       <c r="DB3807" t="s">
-        <v>3828</v>
+        <v>3827</v>
       </c>
     </row>
     <row r="3808" spans="1:106">
       <c r="DB3808" t="s">
-        <v>3829</v>
+        <v>3828</v>
       </c>
     </row>
     <row r="3809" spans="1:106">
       <c r="DB3809" t="s">
-        <v>3830</v>
+        <v>3829</v>
       </c>
     </row>
     <row r="3810" spans="1:106">
       <c r="DB3810" t="s">
-        <v>3831</v>
+        <v>3830</v>
       </c>
     </row>
     <row r="3811" spans="1:106">
       <c r="DB3811" t="s">
-        <v>3832</v>
+        <v>3831</v>
       </c>
     </row>
     <row r="3812" spans="1:106">
       <c r="DB3812" t="s">
-        <v>3833</v>
+        <v>3832</v>
       </c>
     </row>
     <row r="3813" spans="1:106">
       <c r="DB3813" t="s">
-        <v>3834</v>
+        <v>3833</v>
       </c>
     </row>
     <row r="3814" spans="1:106">
       <c r="DB3814" t="s">
-        <v>3835</v>
+        <v>3834</v>
       </c>
     </row>
     <row r="3815" spans="1:106">
       <c r="DB3815" t="s">
-        <v>3836</v>
+        <v>3835</v>
       </c>
     </row>
     <row r="3816" spans="1:106">
       <c r="DB3816" t="s">
-        <v>3837</v>
+        <v>3836</v>
       </c>
     </row>
     <row r="3817" spans="1:106">
       <c r="DB3817" t="s">
-        <v>3838</v>
+        <v>3837</v>
       </c>
     </row>
     <row r="3818" spans="1:106">
       <c r="DB3818" t="s">
-        <v>3839</v>
+        <v>3838</v>
       </c>
     </row>
     <row r="3819" spans="1:106">
       <c r="DB3819" t="s">
-        <v>3840</v>
+        <v>3839</v>
       </c>
     </row>
     <row r="3820" spans="1:106">
       <c r="DB3820" t="s">
-        <v>3841</v>
+        <v>3840</v>
       </c>
     </row>
     <row r="3821" spans="1:106">
       <c r="DB3821" t="s">
-        <v>3842</v>
+        <v>3841</v>
       </c>
     </row>
     <row r="3822" spans="1:106">
       <c r="DB3822" t="s">
-        <v>3843</v>
+        <v>3842</v>
       </c>
     </row>
     <row r="3823" spans="1:106">
       <c r="DB3823" t="s">
-        <v>3844</v>
+        <v>3843</v>
       </c>
     </row>
     <row r="3824" spans="1:106">
       <c r="DB3824" t="s">
-        <v>3845</v>
+        <v>3844</v>
       </c>
     </row>
     <row r="3825" spans="1:106">
       <c r="DB3825" t="s">
-        <v>3846</v>
+        <v>3845</v>
       </c>
     </row>
     <row r="3826" spans="1:106">
       <c r="DB3826" t="s">
-        <v>3847</v>
+        <v>3846</v>
       </c>
     </row>
     <row r="3827" spans="1:106">
       <c r="DB3827" t="s">
-        <v>3848</v>
+        <v>3847</v>
       </c>
     </row>
     <row r="3828" spans="1:106">
       <c r="DB3828" t="s">
-        <v>3849</v>
+        <v>3848</v>
       </c>
     </row>
     <row r="3829" spans="1:106">
       <c r="DB3829" t="s">
-        <v>3850</v>
+        <v>3849</v>
       </c>
     </row>
     <row r="3830" spans="1:106">
       <c r="DB3830" t="s">
-        <v>3851</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="3831" spans="1:106">
       <c r="DB3831" t="s">
-        <v>3852</v>
+        <v>3851</v>
       </c>
     </row>
     <row r="3832" spans="1:106">
       <c r="DB3832" t="s">
-        <v>3853</v>
+        <v>3852</v>
       </c>
     </row>
     <row r="3833" spans="1:106">
       <c r="DB3833" t="s">
-        <v>3854</v>
+        <v>3853</v>
       </c>
     </row>
     <row r="3834" spans="1:106">
       <c r="DB3834" t="s">
-        <v>3855</v>
+        <v>3854</v>
       </c>
     </row>
     <row r="3835" spans="1:106">
       <c r="DB3835" t="s">
-        <v>3856</v>
+        <v>3855</v>
       </c>
     </row>
     <row r="3836" spans="1:106">
       <c r="DB3836" t="s">
-        <v>3857</v>
+        <v>3856</v>
       </c>
     </row>
     <row r="3837" spans="1:106">
       <c r="DB3837" t="s">
-        <v>3858</v>
+        <v>3857</v>
       </c>
     </row>
     <row r="3838" spans="1:106">
       <c r="DB3838" t="s">
-        <v>3859</v>
+        <v>3858</v>
       </c>
     </row>
     <row r="3839" spans="1:106">
       <c r="DB3839" t="s">
-        <v>3860</v>
+        <v>3859</v>
       </c>
     </row>
     <row r="3840" spans="1:106">
       <c r="DB3840" t="s">
-        <v>3861</v>
+        <v>3860</v>
       </c>
     </row>
     <row r="3841" spans="1:106">
       <c r="DB3841" t="s">
-        <v>3862</v>
+        <v>3861</v>
       </c>
     </row>
     <row r="3842" spans="1:106">
       <c r="DB3842" t="s">
-        <v>3863</v>
+        <v>3862</v>
       </c>
     </row>
     <row r="3843" spans="1:106">
       <c r="DB3843" t="s">
-        <v>3864</v>
+        <v>3863</v>
       </c>
     </row>
     <row r="3844" spans="1:106">
       <c r="DB3844" t="s">
-        <v>3865</v>
+        <v>3864</v>
       </c>
     </row>
     <row r="3845" spans="1:106">
       <c r="DB3845" t="s">
-        <v>3866</v>
+        <v>3865</v>
       </c>
     </row>
     <row r="3846" spans="1:106">
       <c r="DB3846" t="s">
-        <v>3867</v>
+        <v>3866</v>
       </c>
     </row>
     <row r="3847" spans="1:106">
       <c r="DB3847" t="s">
-        <v>3868</v>
+        <v>3867</v>
       </c>
     </row>
     <row r="3848" spans="1:106">
       <c r="DB3848" t="s">
-        <v>3869</v>
+        <v>3868</v>
       </c>
     </row>
     <row r="3849" spans="1:106">
       <c r="DB3849" t="s">
-        <v>3870</v>
+        <v>3869</v>
       </c>
     </row>
     <row r="3850" spans="1:106">
       <c r="DB3850" t="s">
-        <v>3871</v>
+        <v>3870</v>
       </c>
     </row>
     <row r="3851" spans="1:106">
       <c r="DB3851" t="s">
-        <v>3872</v>
+        <v>3871</v>
       </c>
     </row>
     <row r="3852" spans="1:106">
       <c r="DB3852" t="s">
-        <v>3873</v>
+        <v>3872</v>
       </c>
     </row>
     <row r="3853" spans="1:106">
       <c r="DB3853" t="s">
-        <v>3874</v>
+        <v>3873</v>
       </c>
     </row>
     <row r="3854" spans="1:106">
       <c r="DB3854" t="s">
-        <v>3875</v>
+        <v>3874</v>
       </c>
     </row>
     <row r="3855" spans="1:106">
       <c r="DB3855" t="s">
-        <v>3876</v>
+        <v>3875</v>
       </c>
     </row>
     <row r="3856" spans="1:106">
       <c r="DB3856" t="s">
-        <v>3877</v>
+        <v>3876</v>
       </c>
     </row>
     <row r="3857" spans="1:106">
       <c r="DB3857" t="s">
-        <v>3878</v>
+        <v>3877</v>
       </c>
     </row>
     <row r="3858" spans="1:106">
       <c r="DB3858" t="s">
-        <v>3879</v>
+        <v>3878</v>
       </c>
     </row>
     <row r="3859" spans="1:106">
       <c r="DB3859" t="s">
-        <v>3880</v>
+        <v>3879</v>
       </c>
     </row>
     <row r="3860" spans="1:106">
       <c r="DB3860" t="s">
-        <v>3881</v>
+        <v>3880</v>
       </c>
     </row>
     <row r="3861" spans="1:106">
       <c r="DB3861" t="s">
-        <v>3882</v>
+        <v>3881</v>
       </c>
     </row>
     <row r="3862" spans="1:106">
       <c r="DB3862" t="s">
-        <v>3883</v>
+        <v>3882</v>
       </c>
     </row>
     <row r="3863" spans="1:106">
       <c r="DB3863" t="s">
-        <v>3884</v>
+        <v>3883</v>
       </c>
     </row>
     <row r="3864" spans="1:106">
       <c r="DB3864" t="s">
-        <v>3885</v>
+        <v>3884</v>
       </c>
     </row>
     <row r="3865" spans="1:106">
       <c r="DB3865" t="s">
-        <v>3886</v>
+        <v>3885</v>
       </c>
     </row>
     <row r="3866" spans="1:106">
       <c r="DB3866" t="s">
-        <v>3887</v>
+        <v>3886</v>
       </c>
     </row>
     <row r="3867" spans="1:106">
       <c r="DB3867" t="s">
-        <v>3888</v>
+        <v>3887</v>
       </c>
     </row>
     <row r="3868" spans="1:106">
       <c r="DB3868" t="s">
-        <v>3889</v>
+        <v>3888</v>
       </c>
     </row>
     <row r="3869" spans="1:106">
       <c r="DB3869" t="s">
-        <v>3890</v>
+        <v>3889</v>
       </c>
     </row>
     <row r="3870" spans="1:106">
       <c r="DB3870" t="s">
-        <v>3891</v>
+        <v>3890</v>
       </c>
     </row>
     <row r="3871" spans="1:106">
       <c r="DB3871" t="s">
-        <v>3892</v>
+        <v>3891</v>
       </c>
     </row>
     <row r="3872" spans="1:106">
       <c r="DB3872" t="s">
-        <v>3893</v>
+        <v>3892</v>
       </c>
     </row>
     <row r="3873" spans="1:106">
       <c r="DB3873" t="s">
-        <v>3894</v>
+        <v>3893</v>
       </c>
     </row>
     <row r="3874" spans="1:106">
       <c r="DB3874" t="s">
-        <v>3895</v>
+        <v>3894</v>
       </c>
     </row>
     <row r="3875" spans="1:106">
       <c r="DB3875" t="s">
-        <v>3896</v>
+        <v>3895</v>
       </c>
     </row>
     <row r="3876" spans="1:106">
       <c r="DB3876" t="s">
-        <v>3897</v>
+        <v>3896</v>
       </c>
     </row>
     <row r="3877" spans="1:106">
       <c r="DB3877" t="s">
-        <v>3898</v>
+        <v>3897</v>
       </c>
     </row>
     <row r="3878" spans="1:106">
       <c r="DB3878" t="s">
-        <v>3899</v>
+        <v>3898</v>
       </c>
     </row>
     <row r="3879" spans="1:106">
       <c r="DB3879" t="s">
-        <v>3900</v>
+        <v>3899</v>
       </c>
     </row>
     <row r="3880" spans="1:106">
       <c r="DB3880" t="s">
-        <v>3901</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="3881" spans="1:106">
       <c r="DB3881" t="s">
-        <v>3902</v>
+        <v>3901</v>
       </c>
     </row>
     <row r="3882" spans="1:106">
       <c r="DB3882" t="s">
-        <v>3903</v>
+        <v>3902</v>
       </c>
     </row>
     <row r="3883" spans="1:106">
       <c r="DB3883" t="s">
-        <v>3904</v>
+        <v>3903</v>
       </c>
     </row>
     <row r="3884" spans="1:106">
       <c r="DB3884" t="s">
-        <v>3905</v>
+        <v>3904</v>
       </c>
     </row>
     <row r="3885" spans="1:106">
       <c r="DB3885" t="s">
-        <v>3906</v>
+        <v>3905</v>
       </c>
     </row>
     <row r="3886" spans="1:106">
       <c r="DB3886" t="s">
-        <v>3907</v>
+        <v>3906</v>
       </c>
     </row>
     <row r="3887" spans="1:106">
       <c r="DB3887" t="s">
-        <v>3908</v>
+        <v>3907</v>
       </c>
     </row>
     <row r="3888" spans="1:106">
       <c r="DB3888" t="s">
-        <v>3909</v>
+        <v>3908</v>
       </c>
     </row>
     <row r="3889" spans="1:106">
       <c r="DB3889" t="s">
-        <v>3910</v>
+        <v>3909</v>
       </c>
     </row>
     <row r="3890" spans="1:106">
       <c r="DB3890" t="s">
-        <v>3911</v>
+        <v>3910</v>
       </c>
     </row>
     <row r="3891" spans="1:106">
       <c r="DB3891" t="s">
-        <v>3912</v>
+        <v>3911</v>
       </c>
     </row>
     <row r="3892" spans="1:106">
       <c r="DB3892" t="s">
-        <v>3913</v>
+        <v>3912</v>
       </c>
     </row>
     <row r="3893" spans="1:106">
       <c r="DB3893" t="s">
-        <v>3914</v>
+        <v>3913</v>
       </c>
     </row>
     <row r="3894" spans="1:106">
       <c r="DB3894" t="s">
-        <v>3915</v>
+        <v>3914</v>
       </c>
     </row>
     <row r="3895" spans="1:106">
       <c r="DB3895" t="s">
-        <v>3916</v>
+        <v>3915</v>
       </c>
     </row>
     <row r="3896" spans="1:106">
       <c r="DB3896" t="s">
         <v>3916</v>
       </c>
     </row>
     <row r="3897" spans="1:106">
       <c r="DB3897" t="s">
         <v>3917</v>
       </c>
     </row>
     <row r="3898" spans="1:106">
       <c r="DB3898" t="s">
         <v>3918</v>
       </c>
     </row>
     <row r="3899" spans="1:106">
       <c r="DB3899" t="s">
         <v>3919</v>
       </c>
     </row>
     <row r="3900" spans="1:106">
       <c r="DB3900" t="s">
         <v>3920</v>
@@ -40156,1446 +38950,1446 @@
         <v>4033</v>
       </c>
     </row>
     <row r="4014" spans="1:106">
       <c r="DB4014" t="s">
         <v>4034</v>
       </c>
     </row>
     <row r="4015" spans="1:106">
       <c r="DB4015" t="s">
         <v>4035</v>
       </c>
     </row>
     <row r="4016" spans="1:106">
       <c r="DB4016" t="s">
         <v>4036</v>
       </c>
     </row>
     <row r="4017" spans="1:106">
       <c r="DB4017" t="s">
         <v>4037</v>
       </c>
     </row>
     <row r="4018" spans="1:106">
       <c r="DB4018" t="s">
-        <v>4038</v>
+        <v>4037</v>
       </c>
     </row>
     <row r="4019" spans="1:106">
       <c r="DB4019" t="s">
-        <v>4039</v>
+        <v>4038</v>
       </c>
     </row>
     <row r="4020" spans="1:106">
       <c r="DB4020" t="s">
-        <v>4040</v>
+        <v>4039</v>
       </c>
     </row>
     <row r="4021" spans="1:106">
       <c r="DB4021" t="s">
-        <v>4041</v>
+        <v>4040</v>
       </c>
     </row>
     <row r="4022" spans="1:106">
       <c r="DB4022" t="s">
-        <v>4042</v>
+        <v>4041</v>
       </c>
     </row>
     <row r="4023" spans="1:106">
       <c r="DB4023" t="s">
-        <v>4043</v>
+        <v>4042</v>
       </c>
     </row>
     <row r="4024" spans="1:106">
       <c r="DB4024" t="s">
-        <v>4044</v>
+        <v>4043</v>
       </c>
     </row>
     <row r="4025" spans="1:106">
       <c r="DB4025" t="s">
-        <v>4045</v>
+        <v>4044</v>
       </c>
     </row>
     <row r="4026" spans="1:106">
       <c r="DB4026" t="s">
-        <v>4046</v>
+        <v>4045</v>
       </c>
     </row>
     <row r="4027" spans="1:106">
       <c r="DB4027" t="s">
-        <v>4047</v>
+        <v>4046</v>
       </c>
     </row>
     <row r="4028" spans="1:106">
       <c r="DB4028" t="s">
-        <v>4048</v>
+        <v>4047</v>
       </c>
     </row>
     <row r="4029" spans="1:106">
       <c r="DB4029" t="s">
-        <v>4049</v>
+        <v>4048</v>
       </c>
     </row>
     <row r="4030" spans="1:106">
       <c r="DB4030" t="s">
-        <v>4050</v>
+        <v>4049</v>
       </c>
     </row>
     <row r="4031" spans="1:106">
       <c r="DB4031" t="s">
-        <v>4051</v>
+        <v>4050</v>
       </c>
     </row>
     <row r="4032" spans="1:106">
       <c r="DB4032" t="s">
-        <v>4052</v>
+        <v>4051</v>
       </c>
     </row>
     <row r="4033" spans="1:106">
       <c r="DB4033" t="s">
-        <v>4053</v>
+        <v>4052</v>
       </c>
     </row>
     <row r="4034" spans="1:106">
       <c r="DB4034" t="s">
-        <v>4054</v>
+        <v>4053</v>
       </c>
     </row>
     <row r="4035" spans="1:106">
       <c r="DB4035" t="s">
-        <v>4055</v>
+        <v>4054</v>
       </c>
     </row>
     <row r="4036" spans="1:106">
       <c r="DB4036" t="s">
-        <v>4056</v>
+        <v>4055</v>
       </c>
     </row>
     <row r="4037" spans="1:106">
       <c r="DB4037" t="s">
-        <v>4057</v>
+        <v>4056</v>
       </c>
     </row>
     <row r="4038" spans="1:106">
       <c r="DB4038" t="s">
-        <v>4058</v>
+        <v>4057</v>
       </c>
     </row>
     <row r="4039" spans="1:106">
       <c r="DB4039" t="s">
-        <v>4059</v>
+        <v>4058</v>
       </c>
     </row>
     <row r="4040" spans="1:106">
       <c r="DB4040" t="s">
-        <v>4060</v>
+        <v>4059</v>
       </c>
     </row>
     <row r="4041" spans="1:106">
       <c r="DB4041" t="s">
-        <v>4061</v>
+        <v>4060</v>
       </c>
     </row>
     <row r="4042" spans="1:106">
       <c r="DB4042" t="s">
-        <v>4062</v>
+        <v>4061</v>
       </c>
     </row>
     <row r="4043" spans="1:106">
       <c r="DB4043" t="s">
-        <v>4063</v>
+        <v>4062</v>
       </c>
     </row>
     <row r="4044" spans="1:106">
       <c r="DB4044" t="s">
-        <v>4064</v>
+        <v>4063</v>
       </c>
     </row>
     <row r="4045" spans="1:106">
       <c r="DB4045" t="s">
-        <v>4065</v>
+        <v>4064</v>
       </c>
     </row>
     <row r="4046" spans="1:106">
       <c r="DB4046" t="s">
-        <v>4066</v>
+        <v>4065</v>
       </c>
     </row>
     <row r="4047" spans="1:106">
       <c r="DB4047" t="s">
-        <v>4067</v>
+        <v>4066</v>
       </c>
     </row>
     <row r="4048" spans="1:106">
       <c r="DB4048" t="s">
-        <v>4068</v>
+        <v>4067</v>
       </c>
     </row>
     <row r="4049" spans="1:106">
       <c r="DB4049" t="s">
-        <v>4069</v>
+        <v>4068</v>
       </c>
     </row>
     <row r="4050" spans="1:106">
       <c r="DB4050" t="s">
-        <v>4070</v>
+        <v>4069</v>
       </c>
     </row>
     <row r="4051" spans="1:106">
       <c r="DB4051" t="s">
-        <v>4071</v>
+        <v>4070</v>
       </c>
     </row>
     <row r="4052" spans="1:106">
       <c r="DB4052" t="s">
-        <v>4072</v>
+        <v>4071</v>
       </c>
     </row>
     <row r="4053" spans="1:106">
       <c r="DB4053" t="s">
-        <v>4073</v>
+        <v>4072</v>
       </c>
     </row>
     <row r="4054" spans="1:106">
       <c r="DB4054" t="s">
-        <v>4074</v>
+        <v>4073</v>
       </c>
     </row>
     <row r="4055" spans="1:106">
       <c r="DB4055" t="s">
-        <v>4075</v>
+        <v>4074</v>
       </c>
     </row>
     <row r="4056" spans="1:106">
       <c r="DB4056" t="s">
-        <v>4076</v>
+        <v>4075</v>
       </c>
     </row>
     <row r="4057" spans="1:106">
       <c r="DB4057" t="s">
-        <v>4077</v>
+        <v>4076</v>
       </c>
     </row>
     <row r="4058" spans="1:106">
       <c r="DB4058" t="s">
-        <v>4078</v>
+        <v>4077</v>
       </c>
     </row>
     <row r="4059" spans="1:106">
       <c r="DB4059" t="s">
-        <v>4079</v>
+        <v>4078</v>
       </c>
     </row>
     <row r="4060" spans="1:106">
       <c r="DB4060" t="s">
-        <v>4080</v>
+        <v>4079</v>
       </c>
     </row>
     <row r="4061" spans="1:106">
       <c r="DB4061" t="s">
-        <v>4081</v>
+        <v>4080</v>
       </c>
     </row>
     <row r="4062" spans="1:106">
       <c r="DB4062" t="s">
-        <v>4082</v>
+        <v>4081</v>
       </c>
     </row>
     <row r="4063" spans="1:106">
       <c r="DB4063" t="s">
-        <v>4083</v>
+        <v>4082</v>
       </c>
     </row>
     <row r="4064" spans="1:106">
       <c r="DB4064" t="s">
-        <v>4084</v>
+        <v>4083</v>
       </c>
     </row>
     <row r="4065" spans="1:106">
       <c r="DB4065" t="s">
-        <v>4085</v>
+        <v>4084</v>
       </c>
     </row>
     <row r="4066" spans="1:106">
       <c r="DB4066" t="s">
-        <v>4086</v>
+        <v>4085</v>
       </c>
     </row>
     <row r="4067" spans="1:106">
       <c r="DB4067" t="s">
-        <v>4087</v>
+        <v>4086</v>
       </c>
     </row>
     <row r="4068" spans="1:106">
       <c r="DB4068" t="s">
-        <v>4088</v>
+        <v>4087</v>
       </c>
     </row>
     <row r="4069" spans="1:106">
       <c r="DB4069" t="s">
-        <v>4089</v>
+        <v>4088</v>
       </c>
     </row>
     <row r="4070" spans="1:106">
       <c r="DB4070" t="s">
-        <v>4090</v>
+        <v>4089</v>
       </c>
     </row>
     <row r="4071" spans="1:106">
       <c r="DB4071" t="s">
-        <v>4091</v>
+        <v>4090</v>
       </c>
     </row>
     <row r="4072" spans="1:106">
       <c r="DB4072" t="s">
-        <v>4092</v>
+        <v>4091</v>
       </c>
     </row>
     <row r="4073" spans="1:106">
       <c r="DB4073" t="s">
-        <v>4093</v>
+        <v>4092</v>
       </c>
     </row>
     <row r="4074" spans="1:106">
       <c r="DB4074" t="s">
-        <v>4094</v>
+        <v>4093</v>
       </c>
     </row>
     <row r="4075" spans="1:106">
       <c r="DB4075" t="s">
-        <v>4095</v>
+        <v>4094</v>
       </c>
     </row>
     <row r="4076" spans="1:106">
       <c r="DB4076" t="s">
-        <v>4096</v>
+        <v>4095</v>
       </c>
     </row>
     <row r="4077" spans="1:106">
       <c r="DB4077" t="s">
-        <v>4097</v>
+        <v>4096</v>
       </c>
     </row>
     <row r="4078" spans="1:106">
       <c r="DB4078" t="s">
-        <v>4098</v>
+        <v>4097</v>
       </c>
     </row>
     <row r="4079" spans="1:106">
       <c r="DB4079" t="s">
-        <v>4099</v>
+        <v>4098</v>
       </c>
     </row>
     <row r="4080" spans="1:106">
       <c r="DB4080" t="s">
-        <v>4100</v>
+        <v>4099</v>
       </c>
     </row>
     <row r="4081" spans="1:106">
       <c r="DB4081" t="s">
-        <v>4101</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="4082" spans="1:106">
       <c r="DB4082" t="s">
-        <v>4102</v>
+        <v>4101</v>
       </c>
     </row>
     <row r="4083" spans="1:106">
       <c r="DB4083" t="s">
-        <v>4103</v>
+        <v>4102</v>
       </c>
     </row>
     <row r="4084" spans="1:106">
       <c r="DB4084" t="s">
-        <v>4104</v>
+        <v>4103</v>
       </c>
     </row>
     <row r="4085" spans="1:106">
       <c r="DB4085" t="s">
-        <v>4105</v>
+        <v>4104</v>
       </c>
     </row>
     <row r="4086" spans="1:106">
       <c r="DB4086" t="s">
-        <v>4106</v>
+        <v>4105</v>
       </c>
     </row>
     <row r="4087" spans="1:106">
       <c r="DB4087" t="s">
-        <v>4107</v>
+        <v>4106</v>
       </c>
     </row>
     <row r="4088" spans="1:106">
       <c r="DB4088" t="s">
-        <v>4108</v>
+        <v>4107</v>
       </c>
     </row>
     <row r="4089" spans="1:106">
       <c r="DB4089" t="s">
-        <v>4109</v>
+        <v>4108</v>
       </c>
     </row>
     <row r="4090" spans="1:106">
       <c r="DB4090" t="s">
-        <v>4110</v>
+        <v>4109</v>
       </c>
     </row>
     <row r="4091" spans="1:106">
       <c r="DB4091" t="s">
-        <v>4111</v>
+        <v>4110</v>
       </c>
     </row>
     <row r="4092" spans="1:106">
       <c r="DB4092" t="s">
-        <v>4112</v>
+        <v>4111</v>
       </c>
     </row>
     <row r="4093" spans="1:106">
       <c r="DB4093" t="s">
-        <v>4113</v>
+        <v>4112</v>
       </c>
     </row>
     <row r="4094" spans="1:106">
       <c r="DB4094" t="s">
-        <v>4114</v>
+        <v>4113</v>
       </c>
     </row>
     <row r="4095" spans="1:106">
       <c r="DB4095" t="s">
-        <v>4115</v>
+        <v>4114</v>
       </c>
     </row>
     <row r="4096" spans="1:106">
       <c r="DB4096" t="s">
-        <v>4116</v>
+        <v>4115</v>
       </c>
     </row>
     <row r="4097" spans="1:106">
       <c r="DB4097" t="s">
-        <v>4117</v>
+        <v>4116</v>
       </c>
     </row>
     <row r="4098" spans="1:106">
       <c r="DB4098" t="s">
-        <v>4118</v>
+        <v>4117</v>
       </c>
     </row>
     <row r="4099" spans="1:106">
       <c r="DB4099" t="s">
-        <v>4119</v>
+        <v>4118</v>
       </c>
     </row>
     <row r="4100" spans="1:106">
       <c r="DB4100" t="s">
-        <v>4120</v>
+        <v>4119</v>
       </c>
     </row>
     <row r="4101" spans="1:106">
       <c r="DB4101" t="s">
-        <v>4121</v>
+        <v>4120</v>
       </c>
     </row>
     <row r="4102" spans="1:106">
       <c r="DB4102" t="s">
-        <v>4122</v>
+        <v>4121</v>
       </c>
     </row>
     <row r="4103" spans="1:106">
       <c r="DB4103" t="s">
-        <v>4123</v>
+        <v>4122</v>
       </c>
     </row>
     <row r="4104" spans="1:106">
       <c r="DB4104" t="s">
-        <v>4124</v>
+        <v>4123</v>
       </c>
     </row>
     <row r="4105" spans="1:106">
       <c r="DB4105" t="s">
-        <v>4125</v>
+        <v>4124</v>
       </c>
     </row>
     <row r="4106" spans="1:106">
       <c r="DB4106" t="s">
-        <v>4126</v>
+        <v>4125</v>
       </c>
     </row>
     <row r="4107" spans="1:106">
       <c r="DB4107" t="s">
-        <v>4127</v>
+        <v>4126</v>
       </c>
     </row>
     <row r="4108" spans="1:106">
       <c r="DB4108" t="s">
-        <v>4128</v>
+        <v>4127</v>
       </c>
     </row>
     <row r="4109" spans="1:106">
       <c r="DB4109" t="s">
-        <v>4129</v>
+        <v>4128</v>
       </c>
     </row>
     <row r="4110" spans="1:106">
       <c r="DB4110" t="s">
-        <v>4130</v>
+        <v>4129</v>
       </c>
     </row>
     <row r="4111" spans="1:106">
       <c r="DB4111" t="s">
-        <v>4131</v>
+        <v>4130</v>
       </c>
     </row>
     <row r="4112" spans="1:106">
       <c r="DB4112" t="s">
-        <v>4132</v>
+        <v>4131</v>
       </c>
     </row>
     <row r="4113" spans="1:106">
       <c r="DB4113" t="s">
-        <v>4133</v>
+        <v>4132</v>
       </c>
     </row>
     <row r="4114" spans="1:106">
       <c r="DB4114" t="s">
-        <v>4134</v>
+        <v>4133</v>
       </c>
     </row>
     <row r="4115" spans="1:106">
       <c r="DB4115" t="s">
-        <v>4135</v>
+        <v>4134</v>
       </c>
     </row>
     <row r="4116" spans="1:106">
       <c r="DB4116" t="s">
-        <v>4136</v>
+        <v>4135</v>
       </c>
     </row>
     <row r="4117" spans="1:106">
       <c r="DB4117" t="s">
-        <v>4137</v>
+        <v>4136</v>
       </c>
     </row>
     <row r="4118" spans="1:106">
       <c r="DB4118" t="s">
-        <v>4138</v>
+        <v>4137</v>
       </c>
     </row>
     <row r="4119" spans="1:106">
       <c r="DB4119" t="s">
-        <v>4139</v>
+        <v>4138</v>
       </c>
     </row>
     <row r="4120" spans="1:106">
       <c r="DB4120" t="s">
-        <v>4140</v>
+        <v>4139</v>
       </c>
     </row>
     <row r="4121" spans="1:106">
       <c r="DB4121" t="s">
-        <v>4141</v>
+        <v>4140</v>
       </c>
     </row>
     <row r="4122" spans="1:106">
       <c r="DB4122" t="s">
-        <v>4142</v>
+        <v>4141</v>
       </c>
     </row>
     <row r="4123" spans="1:106">
       <c r="DB4123" t="s">
-        <v>4143</v>
+        <v>4142</v>
       </c>
     </row>
     <row r="4124" spans="1:106">
       <c r="DB4124" t="s">
-        <v>4144</v>
+        <v>4143</v>
       </c>
     </row>
     <row r="4125" spans="1:106">
       <c r="DB4125" t="s">
-        <v>4145</v>
+        <v>4144</v>
       </c>
     </row>
     <row r="4126" spans="1:106">
       <c r="DB4126" t="s">
-        <v>4146</v>
+        <v>4145</v>
       </c>
     </row>
     <row r="4127" spans="1:106">
       <c r="DB4127" t="s">
-        <v>4147</v>
+        <v>4146</v>
       </c>
     </row>
     <row r="4128" spans="1:106">
       <c r="DB4128" t="s">
-        <v>4148</v>
+        <v>4147</v>
       </c>
     </row>
     <row r="4129" spans="1:106">
       <c r="DB4129" t="s">
-        <v>4149</v>
+        <v>4148</v>
       </c>
     </row>
     <row r="4130" spans="1:106">
       <c r="DB4130" t="s">
-        <v>4150</v>
+        <v>4149</v>
       </c>
     </row>
     <row r="4131" spans="1:106">
       <c r="DB4131" t="s">
-        <v>4151</v>
+        <v>4150</v>
       </c>
     </row>
     <row r="4132" spans="1:106">
       <c r="DB4132" t="s">
-        <v>4152</v>
+        <v>4151</v>
       </c>
     </row>
     <row r="4133" spans="1:106">
       <c r="DB4133" t="s">
-        <v>4153</v>
+        <v>4152</v>
       </c>
     </row>
     <row r="4134" spans="1:106">
       <c r="DB4134" t="s">
-        <v>4154</v>
+        <v>4153</v>
       </c>
     </row>
     <row r="4135" spans="1:106">
       <c r="DB4135" t="s">
-        <v>4155</v>
+        <v>4154</v>
       </c>
     </row>
     <row r="4136" spans="1:106">
       <c r="DB4136" t="s">
-        <v>4156</v>
+        <v>4155</v>
       </c>
     </row>
     <row r="4137" spans="1:106">
       <c r="DB4137" t="s">
-        <v>4157</v>
+        <v>4156</v>
       </c>
     </row>
     <row r="4138" spans="1:106">
       <c r="DB4138" t="s">
-        <v>4158</v>
+        <v>4157</v>
       </c>
     </row>
     <row r="4139" spans="1:106">
       <c r="DB4139" t="s">
-        <v>4159</v>
+        <v>4158</v>
       </c>
     </row>
     <row r="4140" spans="1:106">
       <c r="DB4140" t="s">
-        <v>4160</v>
+        <v>4159</v>
       </c>
     </row>
     <row r="4141" spans="1:106">
       <c r="DB4141" t="s">
-        <v>4161</v>
+        <v>4160</v>
       </c>
     </row>
     <row r="4142" spans="1:106">
       <c r="DB4142" t="s">
-        <v>4162</v>
+        <v>4161</v>
       </c>
     </row>
     <row r="4143" spans="1:106">
       <c r="DB4143" t="s">
-        <v>4163</v>
+        <v>4162</v>
       </c>
     </row>
     <row r="4144" spans="1:106">
       <c r="DB4144" t="s">
-        <v>4164</v>
+        <v>4163</v>
       </c>
     </row>
     <row r="4145" spans="1:106">
       <c r="DB4145" t="s">
-        <v>4165</v>
+        <v>4164</v>
       </c>
     </row>
     <row r="4146" spans="1:106">
       <c r="DB4146" t="s">
-        <v>4166</v>
+        <v>4165</v>
       </c>
     </row>
     <row r="4147" spans="1:106">
       <c r="DB4147" t="s">
-        <v>4167</v>
+        <v>4166</v>
       </c>
     </row>
     <row r="4148" spans="1:106">
       <c r="DB4148" t="s">
-        <v>4168</v>
+        <v>4167</v>
       </c>
     </row>
     <row r="4149" spans="1:106">
       <c r="DB4149" t="s">
-        <v>4169</v>
+        <v>4168</v>
       </c>
     </row>
     <row r="4150" spans="1:106">
       <c r="DB4150" t="s">
-        <v>4170</v>
+        <v>4169</v>
       </c>
     </row>
     <row r="4151" spans="1:106">
       <c r="DB4151" t="s">
-        <v>4171</v>
+        <v>4170</v>
       </c>
     </row>
     <row r="4152" spans="1:106">
       <c r="DB4152" t="s">
-        <v>4172</v>
+        <v>4171</v>
       </c>
     </row>
     <row r="4153" spans="1:106">
       <c r="DB4153" t="s">
-        <v>4173</v>
+        <v>4172</v>
       </c>
     </row>
     <row r="4154" spans="1:106">
       <c r="DB4154" t="s">
-        <v>4174</v>
+        <v>4173</v>
       </c>
     </row>
     <row r="4155" spans="1:106">
       <c r="DB4155" t="s">
-        <v>4175</v>
+        <v>4174</v>
       </c>
     </row>
     <row r="4156" spans="1:106">
       <c r="DB4156" t="s">
-        <v>4176</v>
+        <v>4175</v>
       </c>
     </row>
     <row r="4157" spans="1:106">
       <c r="DB4157" t="s">
-        <v>4177</v>
+        <v>4176</v>
       </c>
     </row>
     <row r="4158" spans="1:106">
       <c r="DB4158" t="s">
-        <v>4178</v>
+        <v>4177</v>
       </c>
     </row>
     <row r="4159" spans="1:106">
       <c r="DB4159" t="s">
-        <v>4179</v>
+        <v>4178</v>
       </c>
     </row>
     <row r="4160" spans="1:106">
       <c r="DB4160" t="s">
-        <v>4180</v>
+        <v>4179</v>
       </c>
     </row>
     <row r="4161" spans="1:106">
       <c r="DB4161" t="s">
-        <v>4181</v>
+        <v>4180</v>
       </c>
     </row>
     <row r="4162" spans="1:106">
       <c r="DB4162" t="s">
-        <v>4182</v>
+        <v>4181</v>
       </c>
     </row>
     <row r="4163" spans="1:106">
       <c r="DB4163" t="s">
-        <v>4183</v>
+        <v>4182</v>
       </c>
     </row>
     <row r="4164" spans="1:106">
       <c r="DB4164" t="s">
-        <v>4184</v>
+        <v>4183</v>
       </c>
     </row>
     <row r="4165" spans="1:106">
       <c r="DB4165" t="s">
-        <v>4185</v>
+        <v>4184</v>
       </c>
     </row>
     <row r="4166" spans="1:106">
       <c r="DB4166" t="s">
-        <v>4186</v>
+        <v>4185</v>
       </c>
     </row>
     <row r="4167" spans="1:106">
       <c r="DB4167" t="s">
-        <v>4187</v>
+        <v>4186</v>
       </c>
     </row>
     <row r="4168" spans="1:106">
       <c r="DB4168" t="s">
-        <v>4188</v>
+        <v>4187</v>
       </c>
     </row>
     <row r="4169" spans="1:106">
       <c r="DB4169" t="s">
-        <v>4189</v>
+        <v>4188</v>
       </c>
     </row>
     <row r="4170" spans="1:106">
       <c r="DB4170" t="s">
-        <v>4190</v>
+        <v>4189</v>
       </c>
     </row>
     <row r="4171" spans="1:106">
       <c r="DB4171" t="s">
-        <v>4191</v>
+        <v>4190</v>
       </c>
     </row>
     <row r="4172" spans="1:106">
       <c r="DB4172" t="s">
-        <v>4192</v>
+        <v>4191</v>
       </c>
     </row>
     <row r="4173" spans="1:106">
       <c r="DB4173" t="s">
-        <v>4193</v>
+        <v>4192</v>
       </c>
     </row>
     <row r="4174" spans="1:106">
       <c r="DB4174" t="s">
-        <v>4194</v>
+        <v>4193</v>
       </c>
     </row>
     <row r="4175" spans="1:106">
       <c r="DB4175" t="s">
-        <v>4195</v>
+        <v>4194</v>
       </c>
     </row>
     <row r="4176" spans="1:106">
       <c r="DB4176" t="s">
-        <v>4196</v>
+        <v>4195</v>
       </c>
     </row>
     <row r="4177" spans="1:106">
       <c r="DB4177" t="s">
-        <v>4197</v>
+        <v>4196</v>
       </c>
     </row>
     <row r="4178" spans="1:106">
       <c r="DB4178" t="s">
-        <v>4198</v>
+        <v>4197</v>
       </c>
     </row>
     <row r="4179" spans="1:106">
       <c r="DB4179" t="s">
-        <v>4199</v>
+        <v>4198</v>
       </c>
     </row>
     <row r="4180" spans="1:106">
       <c r="DB4180" t="s">
-        <v>4200</v>
+        <v>4199</v>
       </c>
     </row>
     <row r="4181" spans="1:106">
       <c r="DB4181" t="s">
-        <v>4201</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="4182" spans="1:106">
       <c r="DB4182" t="s">
-        <v>4202</v>
+        <v>4201</v>
       </c>
     </row>
     <row r="4183" spans="1:106">
       <c r="DB4183" t="s">
-        <v>4203</v>
+        <v>4202</v>
       </c>
     </row>
     <row r="4184" spans="1:106">
       <c r="DB4184" t="s">
-        <v>4204</v>
+        <v>4203</v>
       </c>
     </row>
     <row r="4185" spans="1:106">
       <c r="DB4185" t="s">
-        <v>4205</v>
+        <v>4204</v>
       </c>
     </row>
     <row r="4186" spans="1:106">
       <c r="DB4186" t="s">
-        <v>4206</v>
+        <v>4205</v>
       </c>
     </row>
     <row r="4187" spans="1:106">
       <c r="DB4187" t="s">
-        <v>4207</v>
+        <v>4206</v>
       </c>
     </row>
     <row r="4188" spans="1:106">
       <c r="DB4188" t="s">
-        <v>4208</v>
+        <v>4207</v>
       </c>
     </row>
     <row r="4189" spans="1:106">
       <c r="DB4189" t="s">
-        <v>4209</v>
+        <v>4208</v>
       </c>
     </row>
     <row r="4190" spans="1:106">
       <c r="DB4190" t="s">
-        <v>4210</v>
+        <v>4209</v>
       </c>
     </row>
     <row r="4191" spans="1:106">
       <c r="DB4191" t="s">
-        <v>4211</v>
+        <v>4210</v>
       </c>
     </row>
     <row r="4192" spans="1:106">
       <c r="DB4192" t="s">
-        <v>4212</v>
+        <v>4211</v>
       </c>
     </row>
     <row r="4193" spans="1:106">
       <c r="DB4193" t="s">
-        <v>4213</v>
+        <v>4212</v>
       </c>
     </row>
     <row r="4194" spans="1:106">
       <c r="DB4194" t="s">
-        <v>4214</v>
+        <v>4213</v>
       </c>
     </row>
     <row r="4195" spans="1:106">
       <c r="DB4195" t="s">
-        <v>4215</v>
+        <v>4214</v>
       </c>
     </row>
     <row r="4196" spans="1:106">
       <c r="DB4196" t="s">
-        <v>4216</v>
+        <v>4215</v>
       </c>
     </row>
     <row r="4197" spans="1:106">
       <c r="DB4197" t="s">
-        <v>4217</v>
+        <v>4216</v>
       </c>
     </row>
     <row r="4198" spans="1:106">
       <c r="DB4198" t="s">
-        <v>4218</v>
+        <v>4217</v>
       </c>
     </row>
     <row r="4199" spans="1:106">
       <c r="DB4199" t="s">
-        <v>4219</v>
+        <v>4218</v>
       </c>
     </row>
     <row r="4200" spans="1:106">
       <c r="DB4200" t="s">
-        <v>4220</v>
+        <v>4219</v>
       </c>
     </row>
     <row r="4201" spans="1:106">
       <c r="DB4201" t="s">
-        <v>4221</v>
+        <v>4220</v>
       </c>
     </row>
     <row r="4202" spans="1:106">
       <c r="DB4202" t="s">
-        <v>4222</v>
+        <v>4221</v>
       </c>
     </row>
     <row r="4203" spans="1:106">
       <c r="DB4203" t="s">
-        <v>4223</v>
+        <v>4222</v>
       </c>
     </row>
     <row r="4204" spans="1:106">
       <c r="DB4204" t="s">
-        <v>4224</v>
+        <v>4223</v>
       </c>
     </row>
     <row r="4205" spans="1:106">
       <c r="DB4205" t="s">
-        <v>4225</v>
+        <v>4224</v>
       </c>
     </row>
     <row r="4206" spans="1:106">
       <c r="DB4206" t="s">
-        <v>4226</v>
+        <v>4225</v>
       </c>
     </row>
     <row r="4207" spans="1:106">
       <c r="DB4207" t="s">
-        <v>4227</v>
+        <v>4226</v>
       </c>
     </row>
     <row r="4208" spans="1:106">
       <c r="DB4208" t="s">
-        <v>4228</v>
+        <v>4227</v>
       </c>
     </row>
     <row r="4209" spans="1:106">
       <c r="DB4209" t="s">
-        <v>4229</v>
+        <v>4228</v>
       </c>
     </row>
     <row r="4210" spans="1:106">
       <c r="DB4210" t="s">
-        <v>4230</v>
+        <v>4229</v>
       </c>
     </row>
     <row r="4211" spans="1:106">
       <c r="DB4211" t="s">
-        <v>4231</v>
+        <v>4230</v>
       </c>
     </row>
     <row r="4212" spans="1:106">
       <c r="DB4212" t="s">
-        <v>4232</v>
+        <v>4231</v>
       </c>
     </row>
     <row r="4213" spans="1:106">
       <c r="DB4213" t="s">
-        <v>4233</v>
+        <v>4232</v>
       </c>
     </row>
     <row r="4214" spans="1:106">
       <c r="DB4214" t="s">
-        <v>4234</v>
+        <v>4233</v>
       </c>
     </row>
     <row r="4215" spans="1:106">
       <c r="DB4215" t="s">
-        <v>4235</v>
+        <v>4234</v>
       </c>
     </row>
     <row r="4216" spans="1:106">
       <c r="DB4216" t="s">
-        <v>4236</v>
+        <v>4235</v>
       </c>
     </row>
     <row r="4217" spans="1:106">
       <c r="DB4217" t="s">
-        <v>4237</v>
+        <v>4236</v>
       </c>
     </row>
     <row r="4218" spans="1:106">
       <c r="DB4218" t="s">
-        <v>4238</v>
+        <v>4237</v>
       </c>
     </row>
     <row r="4219" spans="1:106">
       <c r="DB4219" t="s">
-        <v>4239</v>
+        <v>4238</v>
       </c>
     </row>
     <row r="4220" spans="1:106">
       <c r="DB4220" t="s">
-        <v>4240</v>
+        <v>4239</v>
       </c>
     </row>
     <row r="4221" spans="1:106">
       <c r="DB4221" t="s">
-        <v>4241</v>
+        <v>4240</v>
       </c>
     </row>
     <row r="4222" spans="1:106">
       <c r="DB4222" t="s">
-        <v>4242</v>
+        <v>4241</v>
       </c>
     </row>
     <row r="4223" spans="1:106">
       <c r="DB4223" t="s">
-        <v>4243</v>
+        <v>4242</v>
       </c>
     </row>
     <row r="4224" spans="1:106">
       <c r="DB4224" t="s">
-        <v>4244</v>
+        <v>4243</v>
       </c>
     </row>
     <row r="4225" spans="1:106">
       <c r="DB4225" t="s">
-        <v>4245</v>
+        <v>4244</v>
       </c>
     </row>
     <row r="4226" spans="1:106">
       <c r="DB4226" t="s">
-        <v>4246</v>
+        <v>4245</v>
       </c>
     </row>
     <row r="4227" spans="1:106">
       <c r="DB4227" t="s">
-        <v>4247</v>
+        <v>4246</v>
       </c>
     </row>
     <row r="4228" spans="1:106">
       <c r="DB4228" t="s">
-        <v>4248</v>
+        <v>4247</v>
       </c>
     </row>
     <row r="4229" spans="1:106">
       <c r="DB4229" t="s">
-        <v>4249</v>
+        <v>4248</v>
       </c>
     </row>
     <row r="4230" spans="1:106">
       <c r="DB4230" t="s">
-        <v>4250</v>
+        <v>4249</v>
       </c>
     </row>
     <row r="4231" spans="1:106">
       <c r="DB4231" t="s">
-        <v>4251</v>
+        <v>4250</v>
       </c>
     </row>
     <row r="4232" spans="1:106">
       <c r="DB4232" t="s">
-        <v>4252</v>
+        <v>4251</v>
       </c>
     </row>
     <row r="4233" spans="1:106">
       <c r="DB4233" t="s">
-        <v>4253</v>
+        <v>4252</v>
       </c>
     </row>
     <row r="4234" spans="1:106">
       <c r="DB4234" t="s">
-        <v>4254</v>
+        <v>4253</v>
       </c>
     </row>
     <row r="4235" spans="1:106">
       <c r="DB4235" t="s">
-        <v>4255</v>
+        <v>4254</v>
       </c>
     </row>
     <row r="4236" spans="1:106">
       <c r="DB4236" t="s">
-        <v>4256</v>
+        <v>4255</v>
       </c>
     </row>
     <row r="4237" spans="1:106">
       <c r="DB4237" t="s">
-        <v>4257</v>
+        <v>4256</v>
       </c>
     </row>
     <row r="4238" spans="1:106">
       <c r="DB4238" t="s">
-        <v>4258</v>
+        <v>4257</v>
       </c>
     </row>
     <row r="4239" spans="1:106">
       <c r="DB4239" t="s">
-        <v>4259</v>
+        <v>4258</v>
       </c>
     </row>
     <row r="4240" spans="1:106">
       <c r="DB4240" t="s">
-        <v>4260</v>
+        <v>4259</v>
       </c>
     </row>
     <row r="4241" spans="1:106">
       <c r="DB4241" t="s">
-        <v>4261</v>
+        <v>4260</v>
       </c>
     </row>
     <row r="4242" spans="1:106">
       <c r="DB4242" t="s">
-        <v>4262</v>
+        <v>4261</v>
       </c>
     </row>
     <row r="4243" spans="1:106">
       <c r="DB4243" t="s">
-        <v>4263</v>
+        <v>4262</v>
       </c>
     </row>
     <row r="4244" spans="1:106">
       <c r="DB4244" t="s">
-        <v>4264</v>
+        <v>4263</v>
       </c>
     </row>
     <row r="4245" spans="1:106">
       <c r="DB4245" t="s">
-        <v>4265</v>
+        <v>4264</v>
       </c>
     </row>
     <row r="4246" spans="1:106">
       <c r="DB4246" t="s">
-        <v>4266</v>
+        <v>4265</v>
       </c>
     </row>
     <row r="4247" spans="1:106">
       <c r="DB4247" t="s">
-        <v>4267</v>
+        <v>4266</v>
       </c>
     </row>
     <row r="4248" spans="1:106">
       <c r="DB4248" t="s">
-        <v>4268</v>
+        <v>4267</v>
       </c>
     </row>
     <row r="4249" spans="1:106">
       <c r="DB4249" t="s">
-        <v>4269</v>
+        <v>4268</v>
       </c>
     </row>
     <row r="4250" spans="1:106">
       <c r="DB4250" t="s">
-        <v>4270</v>
+        <v>4269</v>
       </c>
     </row>
     <row r="4251" spans="1:106">
       <c r="DB4251" t="s">
-        <v>4271</v>
+        <v>4270</v>
       </c>
     </row>
     <row r="4252" spans="1:106">
       <c r="DB4252" t="s">
-        <v>4272</v>
+        <v>4271</v>
       </c>
     </row>
     <row r="4253" spans="1:106">
       <c r="DB4253" t="s">
-        <v>4273</v>
+        <v>4272</v>
       </c>
     </row>
     <row r="4254" spans="1:106">
       <c r="DB4254" t="s">
-        <v>4274</v>
+        <v>4273</v>
       </c>
     </row>
     <row r="4255" spans="1:106">
       <c r="DB4255" t="s">
-        <v>4275</v>
+        <v>4274</v>
       </c>
     </row>
     <row r="4256" spans="1:106">
       <c r="DB4256" t="s">
-        <v>4276</v>
+        <v>4275</v>
       </c>
     </row>
     <row r="4257" spans="1:106">
       <c r="DB4257" t="s">
-        <v>4277</v>
+        <v>4276</v>
       </c>
     </row>
     <row r="4258" spans="1:106">
       <c r="DB4258" t="s">
-        <v>4278</v>
+        <v>4277</v>
       </c>
     </row>
     <row r="4259" spans="1:106">
       <c r="DB4259" t="s">
-        <v>4279</v>
+        <v>4278</v>
       </c>
     </row>
     <row r="4260" spans="1:106">
       <c r="DB4260" t="s">
-        <v>4280</v>
+        <v>4279</v>
       </c>
     </row>
     <row r="4261" spans="1:106">
       <c r="DB4261" t="s">
-        <v>4281</v>
+        <v>4280</v>
       </c>
     </row>
     <row r="4262" spans="1:106">
       <c r="DB4262" t="s">
-        <v>4282</v>
+        <v>4281</v>
       </c>
     </row>
     <row r="4263" spans="1:106">
       <c r="DB4263" t="s">
-        <v>4283</v>
+        <v>4282</v>
       </c>
     </row>
     <row r="4264" spans="1:106">
       <c r="DB4264" t="s">
-        <v>4284</v>
+        <v>4283</v>
       </c>
     </row>
     <row r="4265" spans="1:106">
       <c r="DB4265" t="s">
-        <v>4285</v>
+        <v>4284</v>
       </c>
     </row>
     <row r="4266" spans="1:106">
       <c r="DB4266" t="s">
-        <v>4286</v>
+        <v>4285</v>
       </c>
     </row>
     <row r="4267" spans="1:106">
       <c r="DB4267" t="s">
-        <v>4287</v>
+        <v>4286</v>
       </c>
     </row>
     <row r="4268" spans="1:106">
       <c r="DB4268" t="s">
-        <v>4288</v>
+        <v>4287</v>
       </c>
     </row>
     <row r="4269" spans="1:106">
       <c r="DB4269" t="s">
-        <v>4289</v>
+        <v>4288</v>
       </c>
     </row>
     <row r="4270" spans="1:106">
       <c r="DB4270" t="s">
-        <v>4290</v>
+        <v>4289</v>
       </c>
     </row>
     <row r="4271" spans="1:106">
       <c r="DB4271" t="s">
-        <v>4291</v>
+        <v>4290</v>
       </c>
     </row>
     <row r="4272" spans="1:106">
       <c r="DB4272" t="s">
-        <v>4292</v>
+        <v>4291</v>
       </c>
     </row>
     <row r="4273" spans="1:106">
       <c r="DB4273" t="s">
-        <v>4293</v>
+        <v>4292</v>
       </c>
     </row>
     <row r="4274" spans="1:106">
       <c r="DB4274" t="s">
-        <v>4294</v>
+        <v>4293</v>
       </c>
     </row>
     <row r="4275" spans="1:106">
       <c r="DB4275" t="s">
-        <v>4295</v>
+        <v>4294</v>
       </c>
     </row>
     <row r="4276" spans="1:106">
       <c r="DB4276" t="s">
-        <v>4296</v>
+        <v>4295</v>
       </c>
     </row>
     <row r="4277" spans="1:106">
       <c r="DB4277" t="s">
-        <v>4297</v>
+        <v>4296</v>
       </c>
     </row>
     <row r="4278" spans="1:106">
       <c r="DB4278" t="s">
-        <v>4298</v>
+        <v>4297</v>
       </c>
     </row>
     <row r="4279" spans="1:106">
       <c r="DB4279" t="s">
-        <v>4299</v>
+        <v>4298</v>
       </c>
     </row>
     <row r="4280" spans="1:106">
       <c r="DB4280" t="s">
-        <v>4300</v>
+        <v>4299</v>
       </c>
     </row>
     <row r="4281" spans="1:106">
       <c r="DB4281" t="s">
-        <v>4301</v>
+        <v>4300</v>
       </c>
     </row>
     <row r="4282" spans="1:106">
       <c r="DB4282" t="s">
-        <v>4302</v>
+        <v>4301</v>
       </c>
     </row>
     <row r="4283" spans="1:106">
       <c r="DB4283" t="s">
-        <v>4303</v>
+        <v>4302</v>
       </c>
     </row>
     <row r="4284" spans="1:106">
       <c r="DB4284" t="s">
-        <v>4304</v>
+        <v>4303</v>
       </c>
     </row>
     <row r="4285" spans="1:106">
       <c r="DB4285" t="s">
-        <v>4305</v>
+        <v>4304</v>
       </c>
     </row>
     <row r="4286" spans="1:106">
       <c r="DB4286" t="s">
-        <v>4306</v>
+        <v>4305</v>
       </c>
     </row>
     <row r="4287" spans="1:106">
       <c r="DB4287" t="s">
-        <v>4307</v>
+        <v>4306</v>
       </c>
     </row>
     <row r="4288" spans="1:106">
       <c r="DB4288" t="s">
-        <v>4308</v>
+        <v>4307</v>
       </c>
     </row>
     <row r="4289" spans="1:106">
       <c r="DB4289" t="s">
-        <v>4309</v>
+        <v>4308</v>
       </c>
     </row>
     <row r="4290" spans="1:106">
       <c r="DB4290" t="s">
-        <v>4310</v>
+        <v>4309</v>
       </c>
     </row>
     <row r="4291" spans="1:106">
       <c r="DB4291" t="s">
-        <v>4311</v>
+        <v>4310</v>
       </c>
     </row>
     <row r="4292" spans="1:106">
       <c r="DB4292" t="s">
-        <v>4312</v>
+        <v>4311</v>
       </c>
     </row>
     <row r="4293" spans="1:106">
       <c r="DB4293" t="s">
-        <v>4313</v>
+        <v>4312</v>
       </c>
     </row>
     <row r="4294" spans="1:106">
       <c r="DB4294" t="s">
-        <v>4314</v>
+        <v>4313</v>
       </c>
     </row>
     <row r="4295" spans="1:106">
       <c r="DB4295" t="s">
-        <v>4315</v>
+        <v>4314</v>
       </c>
     </row>
     <row r="4296" spans="1:106">
       <c r="DB4296" t="s">
-        <v>4316</v>
+        <v>4315</v>
       </c>
     </row>
     <row r="4297" spans="1:106">
       <c r="DB4297" t="s">
-        <v>4317</v>
+        <v>4316</v>
       </c>
     </row>
     <row r="4298" spans="1:106">
       <c r="DB4298" t="s">
         <v>4317</v>
       </c>
     </row>
     <row r="4299" spans="1:106">
       <c r="DB4299" t="s">
         <v>4318</v>
       </c>
     </row>
     <row r="4300" spans="1:106">
       <c r="DB4300" t="s">
         <v>4319</v>
       </c>
     </row>
     <row r="4301" spans="1:106">
       <c r="DB4301" t="s">
         <v>4320</v>
       </c>
     </row>
     <row r="4302" spans="1:106">
       <c r="DB4302" t="s">
         <v>4321</v>
@@ -43536,1661 +42330,1661 @@
         <v>4708</v>
       </c>
     </row>
     <row r="4690" spans="1:106">
       <c r="DB4690" t="s">
         <v>4709</v>
       </c>
     </row>
     <row r="4691" spans="1:106">
       <c r="DB4691" t="s">
         <v>4710</v>
       </c>
     </row>
     <row r="4692" spans="1:106">
       <c r="DB4692" t="s">
         <v>4711</v>
       </c>
     </row>
     <row r="4693" spans="1:106">
       <c r="DB4693" t="s">
         <v>4712</v>
       </c>
     </row>
     <row r="4694" spans="1:106">
       <c r="DB4694" t="s">
-        <v>4713</v>
+        <v>4712</v>
       </c>
     </row>
     <row r="4695" spans="1:106">
       <c r="DB4695" t="s">
-        <v>4714</v>
+        <v>4713</v>
       </c>
     </row>
     <row r="4696" spans="1:106">
       <c r="DB4696" t="s">
-        <v>4715</v>
+        <v>4714</v>
       </c>
     </row>
     <row r="4697" spans="1:106">
       <c r="DB4697" t="s">
-        <v>4716</v>
+        <v>4715</v>
       </c>
     </row>
     <row r="4698" spans="1:106">
       <c r="DB4698" t="s">
-        <v>4717</v>
+        <v>4716</v>
       </c>
     </row>
     <row r="4699" spans="1:106">
       <c r="DB4699" t="s">
-        <v>4718</v>
+        <v>4717</v>
       </c>
     </row>
     <row r="4700" spans="1:106">
       <c r="DB4700" t="s">
-        <v>4719</v>
+        <v>4718</v>
       </c>
     </row>
     <row r="4701" spans="1:106">
       <c r="DB4701" t="s">
-        <v>4720</v>
+        <v>4719</v>
       </c>
     </row>
     <row r="4702" spans="1:106">
       <c r="DB4702" t="s">
-        <v>4721</v>
+        <v>4720</v>
       </c>
     </row>
     <row r="4703" spans="1:106">
       <c r="DB4703" t="s">
-        <v>4722</v>
+        <v>4721</v>
       </c>
     </row>
     <row r="4704" spans="1:106">
       <c r="DB4704" t="s">
-        <v>4723</v>
+        <v>4722</v>
       </c>
     </row>
     <row r="4705" spans="1:106">
       <c r="DB4705" t="s">
-        <v>4724</v>
+        <v>4723</v>
       </c>
     </row>
     <row r="4706" spans="1:106">
       <c r="DB4706" t="s">
-        <v>4725</v>
+        <v>4724</v>
       </c>
     </row>
     <row r="4707" spans="1:106">
       <c r="DB4707" t="s">
-        <v>4726</v>
+        <v>4725</v>
       </c>
     </row>
     <row r="4708" spans="1:106">
       <c r="DB4708" t="s">
-        <v>4727</v>
+        <v>4726</v>
       </c>
     </row>
     <row r="4709" spans="1:106">
       <c r="DB4709" t="s">
-        <v>4728</v>
+        <v>4727</v>
       </c>
     </row>
     <row r="4710" spans="1:106">
       <c r="DB4710" t="s">
-        <v>4729</v>
+        <v>4728</v>
       </c>
     </row>
     <row r="4711" spans="1:106">
       <c r="DB4711" t="s">
-        <v>4730</v>
+        <v>4729</v>
       </c>
     </row>
     <row r="4712" spans="1:106">
       <c r="DB4712" t="s">
-        <v>4731</v>
+        <v>4730</v>
       </c>
     </row>
     <row r="4713" spans="1:106">
       <c r="DB4713" t="s">
-        <v>4732</v>
+        <v>4731</v>
       </c>
     </row>
     <row r="4714" spans="1:106">
       <c r="DB4714" t="s">
-        <v>4733</v>
+        <v>4732</v>
       </c>
     </row>
     <row r="4715" spans="1:106">
       <c r="DB4715" t="s">
-        <v>4734</v>
+        <v>4733</v>
       </c>
     </row>
     <row r="4716" spans="1:106">
       <c r="DB4716" t="s">
-        <v>4735</v>
+        <v>4734</v>
       </c>
     </row>
     <row r="4717" spans="1:106">
       <c r="DB4717" t="s">
-        <v>4736</v>
+        <v>4735</v>
       </c>
     </row>
     <row r="4718" spans="1:106">
       <c r="DB4718" t="s">
-        <v>4737</v>
+        <v>4736</v>
       </c>
     </row>
     <row r="4719" spans="1:106">
       <c r="DB4719" t="s">
-        <v>4738</v>
+        <v>4737</v>
       </c>
     </row>
     <row r="4720" spans="1:106">
       <c r="DB4720" t="s">
-        <v>4739</v>
+        <v>4738</v>
       </c>
     </row>
     <row r="4721" spans="1:106">
       <c r="DB4721" t="s">
-        <v>4740</v>
+        <v>4739</v>
       </c>
     </row>
     <row r="4722" spans="1:106">
       <c r="DB4722" t="s">
-        <v>4741</v>
+        <v>4740</v>
       </c>
     </row>
     <row r="4723" spans="1:106">
       <c r="DB4723" t="s">
-        <v>4742</v>
+        <v>4741</v>
       </c>
     </row>
     <row r="4724" spans="1:106">
       <c r="DB4724" t="s">
-        <v>4743</v>
+        <v>4742</v>
       </c>
     </row>
     <row r="4725" spans="1:106">
       <c r="DB4725" t="s">
-        <v>4744</v>
+        <v>4743</v>
       </c>
     </row>
     <row r="4726" spans="1:106">
       <c r="DB4726" t="s">
-        <v>4745</v>
+        <v>4744</v>
       </c>
     </row>
     <row r="4727" spans="1:106">
       <c r="DB4727" t="s">
-        <v>4746</v>
+        <v>4745</v>
       </c>
     </row>
     <row r="4728" spans="1:106">
       <c r="DB4728" t="s">
-        <v>4747</v>
+        <v>4746</v>
       </c>
     </row>
     <row r="4729" spans="1:106">
       <c r="DB4729" t="s">
-        <v>4748</v>
+        <v>4747</v>
       </c>
     </row>
     <row r="4730" spans="1:106">
       <c r="DB4730" t="s">
-        <v>4749</v>
+        <v>4748</v>
       </c>
     </row>
     <row r="4731" spans="1:106">
       <c r="DB4731" t="s">
-        <v>4750</v>
+        <v>4749</v>
       </c>
     </row>
     <row r="4732" spans="1:106">
       <c r="DB4732" t="s">
-        <v>4751</v>
+        <v>4750</v>
       </c>
     </row>
     <row r="4733" spans="1:106">
       <c r="DB4733" t="s">
-        <v>4752</v>
+        <v>4751</v>
       </c>
     </row>
     <row r="4734" spans="1:106">
       <c r="DB4734" t="s">
-        <v>4753</v>
+        <v>4752</v>
       </c>
     </row>
     <row r="4735" spans="1:106">
       <c r="DB4735" t="s">
-        <v>4754</v>
+        <v>4753</v>
       </c>
     </row>
     <row r="4736" spans="1:106">
       <c r="DB4736" t="s">
-        <v>4755</v>
+        <v>4754</v>
       </c>
     </row>
     <row r="4737" spans="1:106">
       <c r="DB4737" t="s">
-        <v>4756</v>
+        <v>4755</v>
       </c>
     </row>
     <row r="4738" spans="1:106">
       <c r="DB4738" t="s">
-        <v>4757</v>
+        <v>4756</v>
       </c>
     </row>
     <row r="4739" spans="1:106">
       <c r="DB4739" t="s">
-        <v>4758</v>
+        <v>4757</v>
       </c>
     </row>
     <row r="4740" spans="1:106">
       <c r="DB4740" t="s">
-        <v>4759</v>
+        <v>4758</v>
       </c>
     </row>
     <row r="4741" spans="1:106">
       <c r="DB4741" t="s">
-        <v>4760</v>
+        <v>4759</v>
       </c>
     </row>
     <row r="4742" spans="1:106">
       <c r="DB4742" t="s">
-        <v>4761</v>
+        <v>4760</v>
       </c>
     </row>
     <row r="4743" spans="1:106">
       <c r="DB4743" t="s">
-        <v>4762</v>
+        <v>4761</v>
       </c>
     </row>
     <row r="4744" spans="1:106">
       <c r="DB4744" t="s">
-        <v>4763</v>
+        <v>4762</v>
       </c>
     </row>
     <row r="4745" spans="1:106">
       <c r="DB4745" t="s">
-        <v>4764</v>
+        <v>4763</v>
       </c>
     </row>
     <row r="4746" spans="1:106">
       <c r="DB4746" t="s">
-        <v>4765</v>
+        <v>4764</v>
       </c>
     </row>
     <row r="4747" spans="1:106">
       <c r="DB4747" t="s">
-        <v>4766</v>
+        <v>4765</v>
       </c>
     </row>
     <row r="4748" spans="1:106">
       <c r="DB4748" t="s">
-        <v>4767</v>
+        <v>4766</v>
       </c>
     </row>
     <row r="4749" spans="1:106">
       <c r="DB4749" t="s">
-        <v>4768</v>
+        <v>4767</v>
       </c>
     </row>
     <row r="4750" spans="1:106">
       <c r="DB4750" t="s">
-        <v>4769</v>
+        <v>4768</v>
       </c>
     </row>
     <row r="4751" spans="1:106">
       <c r="DB4751" t="s">
-        <v>4770</v>
+        <v>4769</v>
       </c>
     </row>
     <row r="4752" spans="1:106">
       <c r="DB4752" t="s">
-        <v>4771</v>
+        <v>4770</v>
       </c>
     </row>
     <row r="4753" spans="1:106">
       <c r="DB4753" t="s">
-        <v>4772</v>
+        <v>4771</v>
       </c>
     </row>
     <row r="4754" spans="1:106">
       <c r="DB4754" t="s">
-        <v>4773</v>
+        <v>4772</v>
       </c>
     </row>
     <row r="4755" spans="1:106">
       <c r="DB4755" t="s">
-        <v>4774</v>
+        <v>4773</v>
       </c>
     </row>
     <row r="4756" spans="1:106">
       <c r="DB4756" t="s">
-        <v>4775</v>
+        <v>4774</v>
       </c>
     </row>
     <row r="4757" spans="1:106">
       <c r="DB4757" t="s">
-        <v>4776</v>
+        <v>4775</v>
       </c>
     </row>
     <row r="4758" spans="1:106">
       <c r="DB4758" t="s">
-        <v>4777</v>
+        <v>4776</v>
       </c>
     </row>
     <row r="4759" spans="1:106">
       <c r="DB4759" t="s">
-        <v>4778</v>
+        <v>4777</v>
       </c>
     </row>
     <row r="4760" spans="1:106">
       <c r="DB4760" t="s">
-        <v>4779</v>
+        <v>4778</v>
       </c>
     </row>
     <row r="4761" spans="1:106">
       <c r="DB4761" t="s">
-        <v>4780</v>
+        <v>4779</v>
       </c>
     </row>
     <row r="4762" spans="1:106">
       <c r="DB4762" t="s">
-        <v>4781</v>
+        <v>4780</v>
       </c>
     </row>
     <row r="4763" spans="1:106">
       <c r="DB4763" t="s">
-        <v>4782</v>
+        <v>4781</v>
       </c>
     </row>
     <row r="4764" spans="1:106">
       <c r="DB4764" t="s">
-        <v>4783</v>
+        <v>4782</v>
       </c>
     </row>
     <row r="4765" spans="1:106">
       <c r="DB4765" t="s">
-        <v>4784</v>
+        <v>4783</v>
       </c>
     </row>
     <row r="4766" spans="1:106">
       <c r="DB4766" t="s">
-        <v>4785</v>
+        <v>4784</v>
       </c>
     </row>
     <row r="4767" spans="1:106">
       <c r="DB4767" t="s">
-        <v>4786</v>
+        <v>4785</v>
       </c>
     </row>
     <row r="4768" spans="1:106">
       <c r="DB4768" t="s">
-        <v>4787</v>
+        <v>4786</v>
       </c>
     </row>
     <row r="4769" spans="1:106">
       <c r="DB4769" t="s">
-        <v>4788</v>
+        <v>4787</v>
       </c>
     </row>
     <row r="4770" spans="1:106">
       <c r="DB4770" t="s">
-        <v>4789</v>
+        <v>4788</v>
       </c>
     </row>
     <row r="4771" spans="1:106">
       <c r="DB4771" t="s">
-        <v>4790</v>
+        <v>4789</v>
       </c>
     </row>
     <row r="4772" spans="1:106">
       <c r="DB4772" t="s">
-        <v>4791</v>
+        <v>4790</v>
       </c>
     </row>
     <row r="4773" spans="1:106">
       <c r="DB4773" t="s">
-        <v>4792</v>
+        <v>4791</v>
       </c>
     </row>
     <row r="4774" spans="1:106">
       <c r="DB4774" t="s">
-        <v>4793</v>
+        <v>4792</v>
       </c>
     </row>
     <row r="4775" spans="1:106">
       <c r="DB4775" t="s">
-        <v>4794</v>
+        <v>4793</v>
       </c>
     </row>
     <row r="4776" spans="1:106">
       <c r="DB4776" t="s">
-        <v>4795</v>
+        <v>4794</v>
       </c>
     </row>
     <row r="4777" spans="1:106">
       <c r="DB4777" t="s">
-        <v>4796</v>
+        <v>4795</v>
       </c>
     </row>
     <row r="4778" spans="1:106">
       <c r="DB4778" t="s">
-        <v>4797</v>
+        <v>4796</v>
       </c>
     </row>
     <row r="4779" spans="1:106">
       <c r="DB4779" t="s">
-        <v>4798</v>
+        <v>4797</v>
       </c>
     </row>
     <row r="4780" spans="1:106">
       <c r="DB4780" t="s">
-        <v>4799</v>
+        <v>4798</v>
       </c>
     </row>
     <row r="4781" spans="1:106">
       <c r="DB4781" t="s">
-        <v>4800</v>
+        <v>4799</v>
       </c>
     </row>
     <row r="4782" spans="1:106">
       <c r="DB4782" t="s">
-        <v>4801</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="4783" spans="1:106">
       <c r="DB4783" t="s">
-        <v>4802</v>
+        <v>4801</v>
       </c>
     </row>
     <row r="4784" spans="1:106">
       <c r="DB4784" t="s">
-        <v>4803</v>
+        <v>4802</v>
       </c>
     </row>
     <row r="4785" spans="1:106">
       <c r="DB4785" t="s">
-        <v>4804</v>
+        <v>4803</v>
       </c>
     </row>
     <row r="4786" spans="1:106">
       <c r="DB4786" t="s">
-        <v>4805</v>
+        <v>4804</v>
       </c>
     </row>
     <row r="4787" spans="1:106">
       <c r="DB4787" t="s">
-        <v>4806</v>
+        <v>4805</v>
       </c>
     </row>
     <row r="4788" spans="1:106">
       <c r="DB4788" t="s">
-        <v>4807</v>
+        <v>4806</v>
       </c>
     </row>
     <row r="4789" spans="1:106">
       <c r="DB4789" t="s">
-        <v>4808</v>
+        <v>4807</v>
       </c>
     </row>
     <row r="4790" spans="1:106">
       <c r="DB4790" t="s">
-        <v>4809</v>
+        <v>4808</v>
       </c>
     </row>
     <row r="4791" spans="1:106">
       <c r="DB4791" t="s">
-        <v>4810</v>
+        <v>4809</v>
       </c>
     </row>
     <row r="4792" spans="1:106">
       <c r="DB4792" t="s">
-        <v>4811</v>
+        <v>4810</v>
       </c>
     </row>
     <row r="4793" spans="1:106">
       <c r="DB4793" t="s">
-        <v>4812</v>
+        <v>4811</v>
       </c>
     </row>
     <row r="4794" spans="1:106">
       <c r="DB4794" t="s">
-        <v>4813</v>
+        <v>4812</v>
       </c>
     </row>
     <row r="4795" spans="1:106">
       <c r="DB4795" t="s">
-        <v>4814</v>
+        <v>4813</v>
       </c>
     </row>
     <row r="4796" spans="1:106">
       <c r="DB4796" t="s">
-        <v>4815</v>
+        <v>4814</v>
       </c>
     </row>
     <row r="4797" spans="1:106">
       <c r="DB4797" t="s">
-        <v>4816</v>
+        <v>4815</v>
       </c>
     </row>
     <row r="4798" spans="1:106">
       <c r="DB4798" t="s">
-        <v>4817</v>
+        <v>4816</v>
       </c>
     </row>
     <row r="4799" spans="1:106">
       <c r="DB4799" t="s">
-        <v>4818</v>
+        <v>4817</v>
       </c>
     </row>
     <row r="4800" spans="1:106">
       <c r="DB4800" t="s">
-        <v>4819</v>
+        <v>4818</v>
       </c>
     </row>
     <row r="4801" spans="1:106">
       <c r="DB4801" t="s">
-        <v>4820</v>
+        <v>4819</v>
       </c>
     </row>
     <row r="4802" spans="1:106">
       <c r="DB4802" t="s">
-        <v>4821</v>
+        <v>4820</v>
       </c>
     </row>
     <row r="4803" spans="1:106">
       <c r="DB4803" t="s">
-        <v>4822</v>
+        <v>4821</v>
       </c>
     </row>
     <row r="4804" spans="1:106">
       <c r="DB4804" t="s">
-        <v>4823</v>
+        <v>4822</v>
       </c>
     </row>
     <row r="4805" spans="1:106">
       <c r="DB4805" t="s">
-        <v>4824</v>
+        <v>4823</v>
       </c>
     </row>
     <row r="4806" spans="1:106">
       <c r="DB4806" t="s">
-        <v>4825</v>
+        <v>4824</v>
       </c>
     </row>
     <row r="4807" spans="1:106">
       <c r="DB4807" t="s">
-        <v>4826</v>
+        <v>4825</v>
       </c>
     </row>
     <row r="4808" spans="1:106">
       <c r="DB4808" t="s">
-        <v>4827</v>
+        <v>4826</v>
       </c>
     </row>
     <row r="4809" spans="1:106">
       <c r="DB4809" t="s">
-        <v>4828</v>
+        <v>4827</v>
       </c>
     </row>
     <row r="4810" spans="1:106">
       <c r="DB4810" t="s">
-        <v>4829</v>
+        <v>4828</v>
       </c>
     </row>
     <row r="4811" spans="1:106">
       <c r="DB4811" t="s">
-        <v>4830</v>
+        <v>4829</v>
       </c>
     </row>
     <row r="4812" spans="1:106">
       <c r="DB4812" t="s">
-        <v>4831</v>
+        <v>4830</v>
       </c>
     </row>
     <row r="4813" spans="1:106">
       <c r="DB4813" t="s">
-        <v>4832</v>
+        <v>4831</v>
       </c>
     </row>
     <row r="4814" spans="1:106">
       <c r="DB4814" t="s">
-        <v>4833</v>
+        <v>4832</v>
       </c>
     </row>
     <row r="4815" spans="1:106">
       <c r="DB4815" t="s">
-        <v>4834</v>
+        <v>4833</v>
       </c>
     </row>
     <row r="4816" spans="1:106">
       <c r="DB4816" t="s">
-        <v>4835</v>
+        <v>4834</v>
       </c>
     </row>
     <row r="4817" spans="1:106">
       <c r="DB4817" t="s">
-        <v>4836</v>
+        <v>4835</v>
       </c>
     </row>
     <row r="4818" spans="1:106">
       <c r="DB4818" t="s">
-        <v>4837</v>
+        <v>4836</v>
       </c>
     </row>
     <row r="4819" spans="1:106">
       <c r="DB4819" t="s">
-        <v>4838</v>
+        <v>4837</v>
       </c>
     </row>
     <row r="4820" spans="1:106">
       <c r="DB4820" t="s">
-        <v>4839</v>
+        <v>4838</v>
       </c>
     </row>
     <row r="4821" spans="1:106">
       <c r="DB4821" t="s">
-        <v>4840</v>
+        <v>4839</v>
       </c>
     </row>
     <row r="4822" spans="1:106">
       <c r="DB4822" t="s">
-        <v>4841</v>
+        <v>4840</v>
       </c>
     </row>
     <row r="4823" spans="1:106">
       <c r="DB4823" t="s">
-        <v>4842</v>
+        <v>4841</v>
       </c>
     </row>
     <row r="4824" spans="1:106">
       <c r="DB4824" t="s">
-        <v>4843</v>
+        <v>4842</v>
       </c>
     </row>
     <row r="4825" spans="1:106">
       <c r="DB4825" t="s">
-        <v>4844</v>
+        <v>4843</v>
       </c>
     </row>
     <row r="4826" spans="1:106">
       <c r="DB4826" t="s">
-        <v>4845</v>
+        <v>4844</v>
       </c>
     </row>
     <row r="4827" spans="1:106">
       <c r="DB4827" t="s">
-        <v>4846</v>
+        <v>4845</v>
       </c>
     </row>
     <row r="4828" spans="1:106">
       <c r="DB4828" t="s">
-        <v>4847</v>
+        <v>4846</v>
       </c>
     </row>
     <row r="4829" spans="1:106">
       <c r="DB4829" t="s">
-        <v>4848</v>
+        <v>4847</v>
       </c>
     </row>
     <row r="4830" spans="1:106">
       <c r="DB4830" t="s">
-        <v>4849</v>
+        <v>4848</v>
       </c>
     </row>
     <row r="4831" spans="1:106">
       <c r="DB4831" t="s">
-        <v>4850</v>
+        <v>4849</v>
       </c>
     </row>
     <row r="4832" spans="1:106">
       <c r="DB4832" t="s">
-        <v>4851</v>
+        <v>4850</v>
       </c>
     </row>
     <row r="4833" spans="1:106">
       <c r="DB4833" t="s">
-        <v>4852</v>
+        <v>4851</v>
       </c>
     </row>
     <row r="4834" spans="1:106">
       <c r="DB4834" t="s">
-        <v>4853</v>
+        <v>4852</v>
       </c>
     </row>
     <row r="4835" spans="1:106">
       <c r="DB4835" t="s">
-        <v>4854</v>
+        <v>4853</v>
       </c>
     </row>
     <row r="4836" spans="1:106">
       <c r="DB4836" t="s">
-        <v>4855</v>
+        <v>4854</v>
       </c>
     </row>
     <row r="4837" spans="1:106">
       <c r="DB4837" t="s">
-        <v>4856</v>
+        <v>4855</v>
       </c>
     </row>
     <row r="4838" spans="1:106">
       <c r="DB4838" t="s">
-        <v>4857</v>
+        <v>4856</v>
       </c>
     </row>
     <row r="4839" spans="1:106">
       <c r="DB4839" t="s">
-        <v>4858</v>
+        <v>4857</v>
       </c>
     </row>
     <row r="4840" spans="1:106">
       <c r="DB4840" t="s">
-        <v>4859</v>
+        <v>4858</v>
       </c>
     </row>
     <row r="4841" spans="1:106">
       <c r="DB4841" t="s">
-        <v>4860</v>
+        <v>4859</v>
       </c>
     </row>
     <row r="4842" spans="1:106">
       <c r="DB4842" t="s">
-        <v>4861</v>
+        <v>4860</v>
       </c>
     </row>
     <row r="4843" spans="1:106">
       <c r="DB4843" t="s">
-        <v>4862</v>
+        <v>4861</v>
       </c>
     </row>
     <row r="4844" spans="1:106">
       <c r="DB4844" t="s">
-        <v>4863</v>
+        <v>4862</v>
       </c>
     </row>
     <row r="4845" spans="1:106">
       <c r="DB4845" t="s">
-        <v>4864</v>
+        <v>4863</v>
       </c>
     </row>
     <row r="4846" spans="1:106">
       <c r="DB4846" t="s">
-        <v>4865</v>
+        <v>4864</v>
       </c>
     </row>
     <row r="4847" spans="1:106">
       <c r="DB4847" t="s">
-        <v>4866</v>
+        <v>4865</v>
       </c>
     </row>
     <row r="4848" spans="1:106">
       <c r="DB4848" t="s">
-        <v>4867</v>
+        <v>4866</v>
       </c>
     </row>
     <row r="4849" spans="1:106">
       <c r="DB4849" t="s">
-        <v>4868</v>
+        <v>4867</v>
       </c>
     </row>
     <row r="4850" spans="1:106">
       <c r="DB4850" t="s">
-        <v>4869</v>
+        <v>4868</v>
       </c>
     </row>
     <row r="4851" spans="1:106">
       <c r="DB4851" t="s">
-        <v>4870</v>
+        <v>4869</v>
       </c>
     </row>
     <row r="4852" spans="1:106">
       <c r="DB4852" t="s">
-        <v>4871</v>
+        <v>4870</v>
       </c>
     </row>
     <row r="4853" spans="1:106">
       <c r="DB4853" t="s">
-        <v>4872</v>
+        <v>4871</v>
       </c>
     </row>
     <row r="4854" spans="1:106">
       <c r="DB4854" t="s">
-        <v>4873</v>
+        <v>4872</v>
       </c>
     </row>
     <row r="4855" spans="1:106">
       <c r="DB4855" t="s">
-        <v>4874</v>
+        <v>4873</v>
       </c>
     </row>
     <row r="4856" spans="1:106">
       <c r="DB4856" t="s">
-        <v>4875</v>
+        <v>4874</v>
       </c>
     </row>
     <row r="4857" spans="1:106">
       <c r="DB4857" t="s">
-        <v>4876</v>
+        <v>4875</v>
       </c>
     </row>
     <row r="4858" spans="1:106">
       <c r="DB4858" t="s">
-        <v>4877</v>
+        <v>4876</v>
       </c>
     </row>
     <row r="4859" spans="1:106">
       <c r="DB4859" t="s">
-        <v>4878</v>
+        <v>4877</v>
       </c>
     </row>
     <row r="4860" spans="1:106">
       <c r="DB4860" t="s">
-        <v>4879</v>
+        <v>4878</v>
       </c>
     </row>
     <row r="4861" spans="1:106">
       <c r="DB4861" t="s">
-        <v>4880</v>
+        <v>4879</v>
       </c>
     </row>
     <row r="4862" spans="1:106">
       <c r="DB4862" t="s">
-        <v>4881</v>
+        <v>4880</v>
       </c>
     </row>
     <row r="4863" spans="1:106">
       <c r="DB4863" t="s">
-        <v>4882</v>
+        <v>4881</v>
       </c>
     </row>
     <row r="4864" spans="1:106">
       <c r="DB4864" t="s">
-        <v>4883</v>
+        <v>4882</v>
       </c>
     </row>
     <row r="4865" spans="1:106">
       <c r="DB4865" t="s">
-        <v>4884</v>
+        <v>4883</v>
       </c>
     </row>
     <row r="4866" spans="1:106">
       <c r="DB4866" t="s">
-        <v>4885</v>
+        <v>4884</v>
       </c>
     </row>
     <row r="4867" spans="1:106">
       <c r="DB4867" t="s">
-        <v>4886</v>
+        <v>4885</v>
       </c>
     </row>
     <row r="4868" spans="1:106">
       <c r="DB4868" t="s">
-        <v>4887</v>
+        <v>4886</v>
       </c>
     </row>
     <row r="4869" spans="1:106">
       <c r="DB4869" t="s">
-        <v>4888</v>
+        <v>4887</v>
       </c>
     </row>
     <row r="4870" spans="1:106">
       <c r="DB4870" t="s">
-        <v>4889</v>
+        <v>4888</v>
       </c>
     </row>
     <row r="4871" spans="1:106">
       <c r="DB4871" t="s">
-        <v>4890</v>
+        <v>4889</v>
       </c>
     </row>
     <row r="4872" spans="1:106">
       <c r="DB4872" t="s">
-        <v>4891</v>
+        <v>4890</v>
       </c>
     </row>
     <row r="4873" spans="1:106">
       <c r="DB4873" t="s">
-        <v>4892</v>
+        <v>4891</v>
       </c>
     </row>
     <row r="4874" spans="1:106">
       <c r="DB4874" t="s">
-        <v>4893</v>
+        <v>4892</v>
       </c>
     </row>
     <row r="4875" spans="1:106">
       <c r="DB4875" t="s">
-        <v>4894</v>
+        <v>4893</v>
       </c>
     </row>
     <row r="4876" spans="1:106">
       <c r="DB4876" t="s">
-        <v>4895</v>
+        <v>4894</v>
       </c>
     </row>
     <row r="4877" spans="1:106">
       <c r="DB4877" t="s">
-        <v>4896</v>
+        <v>4895</v>
       </c>
     </row>
     <row r="4878" spans="1:106">
       <c r="DB4878" t="s">
-        <v>4897</v>
+        <v>4896</v>
       </c>
     </row>
     <row r="4879" spans="1:106">
       <c r="DB4879" t="s">
-        <v>4898</v>
+        <v>4897</v>
       </c>
     </row>
     <row r="4880" spans="1:106">
       <c r="DB4880" t="s">
-        <v>4899</v>
+        <v>4898</v>
       </c>
     </row>
     <row r="4881" spans="1:106">
       <c r="DB4881" t="s">
-        <v>4900</v>
+        <v>4899</v>
       </c>
     </row>
     <row r="4882" spans="1:106">
       <c r="DB4882" t="s">
-        <v>4901</v>
+        <v>4900</v>
       </c>
     </row>
     <row r="4883" spans="1:106">
       <c r="DB4883" t="s">
-        <v>4902</v>
+        <v>4901</v>
       </c>
     </row>
     <row r="4884" spans="1:106">
       <c r="DB4884" t="s">
-        <v>4903</v>
+        <v>4902</v>
       </c>
     </row>
     <row r="4885" spans="1:106">
       <c r="DB4885" t="s">
-        <v>4904</v>
+        <v>4903</v>
       </c>
     </row>
     <row r="4886" spans="1:106">
       <c r="DB4886" t="s">
-        <v>4905</v>
+        <v>4904</v>
       </c>
     </row>
     <row r="4887" spans="1:106">
       <c r="DB4887" t="s">
-        <v>4906</v>
+        <v>4905</v>
       </c>
     </row>
     <row r="4888" spans="1:106">
       <c r="DB4888" t="s">
-        <v>4907</v>
+        <v>4906</v>
       </c>
     </row>
     <row r="4889" spans="1:106">
       <c r="DB4889" t="s">
-        <v>4908</v>
+        <v>4907</v>
       </c>
     </row>
     <row r="4890" spans="1:106">
       <c r="DB4890" t="s">
-        <v>4909</v>
+        <v>4908</v>
       </c>
     </row>
     <row r="4891" spans="1:106">
       <c r="DB4891" t="s">
-        <v>4910</v>
+        <v>4909</v>
       </c>
     </row>
     <row r="4892" spans="1:106">
       <c r="DB4892" t="s">
-        <v>4911</v>
+        <v>4910</v>
       </c>
     </row>
     <row r="4893" spans="1:106">
       <c r="DB4893" t="s">
-        <v>4912</v>
+        <v>4911</v>
       </c>
     </row>
     <row r="4894" spans="1:106">
       <c r="DB4894" t="s">
-        <v>4913</v>
+        <v>4912</v>
       </c>
     </row>
     <row r="4895" spans="1:106">
       <c r="DB4895" t="s">
-        <v>4914</v>
+        <v>4913</v>
       </c>
     </row>
     <row r="4896" spans="1:106">
       <c r="DB4896" t="s">
-        <v>4915</v>
+        <v>4914</v>
       </c>
     </row>
     <row r="4897" spans="1:106">
       <c r="DB4897" t="s">
-        <v>4916</v>
+        <v>4915</v>
       </c>
     </row>
     <row r="4898" spans="1:106">
       <c r="DB4898" t="s">
-        <v>4917</v>
+        <v>4916</v>
       </c>
     </row>
     <row r="4899" spans="1:106">
       <c r="DB4899" t="s">
-        <v>4918</v>
+        <v>4917</v>
       </c>
     </row>
     <row r="4900" spans="1:106">
       <c r="DB4900" t="s">
-        <v>4919</v>
+        <v>4918</v>
       </c>
     </row>
     <row r="4901" spans="1:106">
       <c r="DB4901" t="s">
-        <v>4920</v>
+        <v>4919</v>
       </c>
     </row>
     <row r="4902" spans="1:106">
       <c r="DB4902" t="s">
-        <v>4921</v>
+        <v>4920</v>
       </c>
     </row>
     <row r="4903" spans="1:106">
       <c r="DB4903" t="s">
-        <v>4922</v>
+        <v>4921</v>
       </c>
     </row>
     <row r="4904" spans="1:106">
       <c r="DB4904" t="s">
-        <v>4923</v>
+        <v>4922</v>
       </c>
     </row>
     <row r="4905" spans="1:106">
       <c r="DB4905" t="s">
-        <v>4924</v>
+        <v>4923</v>
       </c>
     </row>
     <row r="4906" spans="1:106">
       <c r="DB4906" t="s">
-        <v>4925</v>
+        <v>4924</v>
       </c>
     </row>
     <row r="4907" spans="1:106">
       <c r="DB4907" t="s">
-        <v>4926</v>
+        <v>4925</v>
       </c>
     </row>
     <row r="4908" spans="1:106">
       <c r="DB4908" t="s">
-        <v>4927</v>
+        <v>4926</v>
       </c>
     </row>
     <row r="4909" spans="1:106">
       <c r="DB4909" t="s">
-        <v>4928</v>
+        <v>4927</v>
       </c>
     </row>
     <row r="4910" spans="1:106">
       <c r="DB4910" t="s">
-        <v>4929</v>
+        <v>4928</v>
       </c>
     </row>
     <row r="4911" spans="1:106">
       <c r="DB4911" t="s">
-        <v>4930</v>
+        <v>4929</v>
       </c>
     </row>
     <row r="4912" spans="1:106">
       <c r="DB4912" t="s">
-        <v>4931</v>
+        <v>4930</v>
       </c>
     </row>
     <row r="4913" spans="1:106">
       <c r="DB4913" t="s">
-        <v>4932</v>
+        <v>4931</v>
       </c>
     </row>
     <row r="4914" spans="1:106">
       <c r="DB4914" t="s">
-        <v>4933</v>
+        <v>4932</v>
       </c>
     </row>
     <row r="4915" spans="1:106">
       <c r="DB4915" t="s">
-        <v>4934</v>
+        <v>4933</v>
       </c>
     </row>
     <row r="4916" spans="1:106">
       <c r="DB4916" t="s">
-        <v>4935</v>
+        <v>4934</v>
       </c>
     </row>
     <row r="4917" spans="1:106">
       <c r="DB4917" t="s">
-        <v>4936</v>
+        <v>4935</v>
       </c>
     </row>
     <row r="4918" spans="1:106">
       <c r="DB4918" t="s">
-        <v>4937</v>
+        <v>4936</v>
       </c>
     </row>
     <row r="4919" spans="1:106">
       <c r="DB4919" t="s">
-        <v>4938</v>
+        <v>4937</v>
       </c>
     </row>
     <row r="4920" spans="1:106">
       <c r="DB4920" t="s">
-        <v>4939</v>
+        <v>4938</v>
       </c>
     </row>
     <row r="4921" spans="1:106">
       <c r="DB4921" t="s">
-        <v>4940</v>
+        <v>4939</v>
       </c>
     </row>
     <row r="4922" spans="1:106">
       <c r="DB4922" t="s">
-        <v>4941</v>
+        <v>4940</v>
       </c>
     </row>
     <row r="4923" spans="1:106">
       <c r="DB4923" t="s">
-        <v>4942</v>
+        <v>4941</v>
       </c>
     </row>
     <row r="4924" spans="1:106">
       <c r="DB4924" t="s">
-        <v>4943</v>
+        <v>4942</v>
       </c>
     </row>
     <row r="4925" spans="1:106">
       <c r="DB4925" t="s">
-        <v>4944</v>
+        <v>4943</v>
       </c>
     </row>
     <row r="4926" spans="1:106">
       <c r="DB4926" t="s">
-        <v>4945</v>
+        <v>4944</v>
       </c>
     </row>
     <row r="4927" spans="1:106">
       <c r="DB4927" t="s">
-        <v>4946</v>
+        <v>4945</v>
       </c>
     </row>
     <row r="4928" spans="1:106">
       <c r="DB4928" t="s">
-        <v>4947</v>
+        <v>4946</v>
       </c>
     </row>
     <row r="4929" spans="1:106">
       <c r="DB4929" t="s">
-        <v>4948</v>
+        <v>4947</v>
       </c>
     </row>
     <row r="4930" spans="1:106">
       <c r="DB4930" t="s">
-        <v>4949</v>
+        <v>4948</v>
       </c>
     </row>
     <row r="4931" spans="1:106">
       <c r="DB4931" t="s">
-        <v>4950</v>
+        <v>4949</v>
       </c>
     </row>
     <row r="4932" spans="1:106">
       <c r="DB4932" t="s">
-        <v>4951</v>
+        <v>4950</v>
       </c>
     </row>
     <row r="4933" spans="1:106">
       <c r="DB4933" t="s">
-        <v>4952</v>
+        <v>4951</v>
       </c>
     </row>
     <row r="4934" spans="1:106">
       <c r="DB4934" t="s">
-        <v>4953</v>
+        <v>4952</v>
       </c>
     </row>
     <row r="4935" spans="1:106">
       <c r="DB4935" t="s">
-        <v>4954</v>
+        <v>4953</v>
       </c>
     </row>
     <row r="4936" spans="1:106">
       <c r="DB4936" t="s">
-        <v>4955</v>
+        <v>4954</v>
       </c>
     </row>
     <row r="4937" spans="1:106">
       <c r="DB4937" t="s">
-        <v>4956</v>
+        <v>4955</v>
       </c>
     </row>
     <row r="4938" spans="1:106">
       <c r="DB4938" t="s">
-        <v>4957</v>
+        <v>4956</v>
       </c>
     </row>
     <row r="4939" spans="1:106">
       <c r="DB4939" t="s">
-        <v>4958</v>
+        <v>4957</v>
       </c>
     </row>
     <row r="4940" spans="1:106">
       <c r="DB4940" t="s">
-        <v>4959</v>
+        <v>4958</v>
       </c>
     </row>
     <row r="4941" spans="1:106">
       <c r="DB4941" t="s">
-        <v>4960</v>
+        <v>4959</v>
       </c>
     </row>
     <row r="4942" spans="1:106">
       <c r="DB4942" t="s">
-        <v>4961</v>
+        <v>4960</v>
       </c>
     </row>
     <row r="4943" spans="1:106">
       <c r="DB4943" t="s">
-        <v>4962</v>
+        <v>4961</v>
       </c>
     </row>
     <row r="4944" spans="1:106">
       <c r="DB4944" t="s">
-        <v>4963</v>
+        <v>4962</v>
       </c>
     </row>
     <row r="4945" spans="1:106">
       <c r="DB4945" t="s">
-        <v>4964</v>
+        <v>4963</v>
       </c>
     </row>
     <row r="4946" spans="1:106">
       <c r="DB4946" t="s">
-        <v>4965</v>
+        <v>4964</v>
       </c>
     </row>
     <row r="4947" spans="1:106">
       <c r="DB4947" t="s">
-        <v>4966</v>
+        <v>4965</v>
       </c>
     </row>
     <row r="4948" spans="1:106">
       <c r="DB4948" t="s">
-        <v>4967</v>
+        <v>4966</v>
       </c>
     </row>
     <row r="4949" spans="1:106">
       <c r="DB4949" t="s">
-        <v>4968</v>
+        <v>4967</v>
       </c>
     </row>
     <row r="4950" spans="1:106">
       <c r="DB4950" t="s">
-        <v>4969</v>
+        <v>4968</v>
       </c>
     </row>
     <row r="4951" spans="1:106">
       <c r="DB4951" t="s">
-        <v>4970</v>
+        <v>4969</v>
       </c>
     </row>
     <row r="4952" spans="1:106">
       <c r="DB4952" t="s">
-        <v>4971</v>
+        <v>4970</v>
       </c>
     </row>
     <row r="4953" spans="1:106">
       <c r="DB4953" t="s">
-        <v>4972</v>
+        <v>4971</v>
       </c>
     </row>
     <row r="4954" spans="1:106">
       <c r="DB4954" t="s">
-        <v>4973</v>
+        <v>4972</v>
       </c>
     </row>
     <row r="4955" spans="1:106">
       <c r="DB4955" t="s">
-        <v>4974</v>
+        <v>4973</v>
       </c>
     </row>
     <row r="4956" spans="1:106">
       <c r="DB4956" t="s">
-        <v>4975</v>
+        <v>4974</v>
       </c>
     </row>
     <row r="4957" spans="1:106">
       <c r="DB4957" t="s">
-        <v>4976</v>
+        <v>4975</v>
       </c>
     </row>
     <row r="4958" spans="1:106">
       <c r="DB4958" t="s">
-        <v>4977</v>
+        <v>4976</v>
       </c>
     </row>
     <row r="4959" spans="1:106">
       <c r="DB4959" t="s">
-        <v>4978</v>
+        <v>4977</v>
       </c>
     </row>
     <row r="4960" spans="1:106">
       <c r="DB4960" t="s">
-        <v>4979</v>
+        <v>4978</v>
       </c>
     </row>
     <row r="4961" spans="1:106">
       <c r="DB4961" t="s">
-        <v>4980</v>
+        <v>4979</v>
       </c>
     </row>
     <row r="4962" spans="1:106">
       <c r="DB4962" t="s">
-        <v>4981</v>
+        <v>4980</v>
       </c>
     </row>
     <row r="4963" spans="1:106">
       <c r="DB4963" t="s">
-        <v>4982</v>
+        <v>4981</v>
       </c>
     </row>
     <row r="4964" spans="1:106">
       <c r="DB4964" t="s">
-        <v>4983</v>
+        <v>4982</v>
       </c>
     </row>
     <row r="4965" spans="1:106">
       <c r="DB4965" t="s">
-        <v>4984</v>
+        <v>4983</v>
       </c>
     </row>
     <row r="4966" spans="1:106">
       <c r="DB4966" t="s">
-        <v>4985</v>
+        <v>4984</v>
       </c>
     </row>
     <row r="4967" spans="1:106">
       <c r="DB4967" t="s">
-        <v>4986</v>
+        <v>4985</v>
       </c>
     </row>
     <row r="4968" spans="1:106">
       <c r="DB4968" t="s">
-        <v>4987</v>
+        <v>4986</v>
       </c>
     </row>
     <row r="4969" spans="1:106">
       <c r="DB4969" t="s">
-        <v>4988</v>
+        <v>4987</v>
       </c>
     </row>
     <row r="4970" spans="1:106">
       <c r="DB4970" t="s">
-        <v>4989</v>
+        <v>4988</v>
       </c>
     </row>
     <row r="4971" spans="1:106">
       <c r="DB4971" t="s">
-        <v>4990</v>
+        <v>4989</v>
       </c>
     </row>
     <row r="4972" spans="1:106">
       <c r="DB4972" t="s">
-        <v>4991</v>
+        <v>4990</v>
       </c>
     </row>
     <row r="4973" spans="1:106">
       <c r="DB4973" t="s">
-        <v>4992</v>
+        <v>4991</v>
       </c>
     </row>
     <row r="4974" spans="1:106">
       <c r="DB4974" t="s">
-        <v>4993</v>
+        <v>4992</v>
       </c>
     </row>
     <row r="4975" spans="1:106">
       <c r="DB4975" t="s">
-        <v>4994</v>
+        <v>4993</v>
       </c>
     </row>
     <row r="4976" spans="1:106">
       <c r="DB4976" t="s">
-        <v>4995</v>
+        <v>4994</v>
       </c>
     </row>
     <row r="4977" spans="1:106">
       <c r="DB4977" t="s">
-        <v>4996</v>
+        <v>4995</v>
       </c>
     </row>
     <row r="4978" spans="1:106">
       <c r="DB4978" t="s">
-        <v>4997</v>
+        <v>4996</v>
       </c>
     </row>
     <row r="4979" spans="1:106">
       <c r="DB4979" t="s">
-        <v>4998</v>
+        <v>4997</v>
       </c>
     </row>
     <row r="4980" spans="1:106">
       <c r="DB4980" t="s">
-        <v>4999</v>
+        <v>4998</v>
       </c>
     </row>
     <row r="4981" spans="1:106">
       <c r="DB4981" t="s">
-        <v>5000</v>
+        <v>4999</v>
       </c>
     </row>
     <row r="4982" spans="1:106">
       <c r="DB4982" t="s">
-        <v>5001</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="4983" spans="1:106">
       <c r="DB4983" t="s">
-        <v>5002</v>
+        <v>5001</v>
       </c>
     </row>
     <row r="4984" spans="1:106">
       <c r="DB4984" t="s">
-        <v>5003</v>
+        <v>5002</v>
       </c>
     </row>
     <row r="4985" spans="1:106">
       <c r="DB4985" t="s">
-        <v>5004</v>
+        <v>5003</v>
       </c>
     </row>
     <row r="4986" spans="1:106">
       <c r="DB4986" t="s">
-        <v>5005</v>
+        <v>5004</v>
       </c>
     </row>
     <row r="4987" spans="1:106">
       <c r="DB4987" t="s">
-        <v>5006</v>
+        <v>5005</v>
       </c>
     </row>
     <row r="4988" spans="1:106">
       <c r="DB4988" t="s">
-        <v>5007</v>
+        <v>5006</v>
       </c>
     </row>
     <row r="4989" spans="1:106">
       <c r="DB4989" t="s">
-        <v>5008</v>
+        <v>5007</v>
       </c>
     </row>
     <row r="4990" spans="1:106">
       <c r="DB4990" t="s">
-        <v>5009</v>
+        <v>5008</v>
       </c>
     </row>
     <row r="4991" spans="1:106">
       <c r="DB4991" t="s">
-        <v>5010</v>
+        <v>5009</v>
       </c>
     </row>
     <row r="4992" spans="1:106">
       <c r="DB4992" t="s">
-        <v>5011</v>
+        <v>5010</v>
       </c>
     </row>
     <row r="4993" spans="1:106">
       <c r="DB4993" t="s">
-        <v>5012</v>
+        <v>5011</v>
       </c>
     </row>
     <row r="4994" spans="1:106">
       <c r="DB4994" t="s">
-        <v>5013</v>
+        <v>5012</v>
       </c>
     </row>
     <row r="4995" spans="1:106">
       <c r="DB4995" t="s">
-        <v>5014</v>
+        <v>5013</v>
       </c>
     </row>
     <row r="4996" spans="1:106">
       <c r="DB4996" t="s">
-        <v>5015</v>
+        <v>5014</v>
       </c>
     </row>
     <row r="4997" spans="1:106">
       <c r="DB4997" t="s">
-        <v>5016</v>
+        <v>5015</v>
       </c>
     </row>
     <row r="4998" spans="1:106">
       <c r="DB4998" t="s">
-        <v>5017</v>
+        <v>5016</v>
       </c>
     </row>
     <row r="4999" spans="1:106">
       <c r="DB4999" t="s">
-        <v>5018</v>
+        <v>5017</v>
       </c>
     </row>
     <row r="5000" spans="1:106">
       <c r="DB5000" t="s">
-        <v>5019</v>
+        <v>5018</v>
       </c>
     </row>
     <row r="5001" spans="1:106">
       <c r="DB5001" t="s">
-        <v>5020</v>
+        <v>5019</v>
       </c>
     </row>
     <row r="5002" spans="1:106">
       <c r="DB5002" t="s">
-        <v>5021</v>
+        <v>5020</v>
       </c>
     </row>
     <row r="5003" spans="1:106">
       <c r="DB5003" t="s">
-        <v>5022</v>
+        <v>5021</v>
       </c>
     </row>
     <row r="5004" spans="1:106">
       <c r="DB5004" t="s">
-        <v>5023</v>
+        <v>5022</v>
       </c>
     </row>
     <row r="5005" spans="1:106">
       <c r="DB5005" t="s">
-        <v>5024</v>
+        <v>5023</v>
       </c>
     </row>
     <row r="5006" spans="1:106">
       <c r="DB5006" t="s">
-        <v>5025</v>
+        <v>5024</v>
       </c>
     </row>
     <row r="5007" spans="1:106">
       <c r="DB5007" t="s">
-        <v>5026</v>
+        <v>5025</v>
       </c>
     </row>
     <row r="5008" spans="1:106">
       <c r="DB5008" t="s">
-        <v>5027</v>
+        <v>5026</v>
       </c>
     </row>
     <row r="5009" spans="1:106">
       <c r="DB5009" t="s">
-        <v>5028</v>
+        <v>5027</v>
       </c>
     </row>
     <row r="5010" spans="1:106">
       <c r="DB5010" t="s">
-        <v>5029</v>
+        <v>5028</v>
       </c>
     </row>
     <row r="5011" spans="1:106">
       <c r="DB5011" t="s">
-        <v>5030</v>
+        <v>5029</v>
       </c>
     </row>
     <row r="5012" spans="1:106">
       <c r="DB5012" t="s">
-        <v>5031</v>
+        <v>5030</v>
       </c>
     </row>
     <row r="5013" spans="1:106">
       <c r="DB5013" t="s">
-        <v>5032</v>
+        <v>5031</v>
       </c>
     </row>
     <row r="5014" spans="1:106">
       <c r="DB5014" t="s">
-        <v>5033</v>
+        <v>5032</v>
       </c>
     </row>
     <row r="5015" spans="1:106">
       <c r="DB5015" t="s">
-        <v>5034</v>
+        <v>5033</v>
       </c>
     </row>
     <row r="5016" spans="1:106">
       <c r="DB5016" t="s">
-        <v>5035</v>
+        <v>5034</v>
       </c>
     </row>
     <row r="5017" spans="1:106">
       <c r="DB5017" t="s">
         <v>5035</v>
       </c>
     </row>
     <row r="5018" spans="1:106">
       <c r="DB5018" t="s">
         <v>5036</v>
       </c>
     </row>
     <row r="5019" spans="1:106">
       <c r="DB5019" t="s">
         <v>5037</v>
       </c>
     </row>
     <row r="5020" spans="1:106">
       <c r="DB5020" t="s">
         <v>5038</v>
       </c>
     </row>
     <row r="5021" spans="1:106">
       <c r="DB5021" t="s">
         <v>5039</v>
@@ -48607,2074 +47401,64 @@
       </c>
     </row>
     <row r="5704" spans="1:106">
       <c r="DB5704" t="s">
         <v>5722</v>
       </c>
     </row>
     <row r="5705" spans="1:106">
       <c r="DB5705" t="s">
         <v>5723</v>
       </c>
     </row>
     <row r="5706" spans="1:106">
       <c r="DB5706" t="s">
         <v>5724</v>
       </c>
     </row>
     <row r="5707" spans="1:106">
       <c r="DB5707" t="s">
         <v>5725</v>
       </c>
     </row>
     <row r="5708" spans="1:106">
       <c r="DB5708" t="s">
         <v>5726</v>
-      </c>
-[...2008 lines deleted...]
-        <v>6128</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="2">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="C5:C1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
-      <formula1>'Worksheet'!$DB$1:$DB$6110</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$5708</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>