--- v0 (2025-12-25)
+++ v1 (2026-03-20)
@@ -11,123 +11,123 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
-    <t>REMARQUE : NE MODIFIEZ PAS LES DONNÉES CACHÉES DANS LA LIGNE #2 OU ELLES NE SE CHARGERONT PAS.</t>
+    <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Tuesday Youth Sessions New Maryland</t>
   </si>
   <si>
     <t>1015332:typeValue:102</t>
   </si>
   <si>
     <t>1015332:typeValue:103</t>
   </si>
   <si>
     <t>1015332:typeValue:105</t>
   </si>
   <si>
     <t>1015332:typeValue:107</t>
   </si>
   <si>
     <t>1015332:typeValue:106</t>
   </si>
   <si>
     <t>1015332:typeValue:0:275190</t>
   </si>
   <si>
     <t>1015332:reg_event:1</t>
   </si>
   <si>
     <t>1015332:reg_event:2</t>
   </si>
   <si>
     <t>1015332:reg_event:3</t>
   </si>
   <si>
     <t>1015332:reg_event:4</t>
   </si>
   <si>
     <t>Tuesday Youth Sessions Killarney Lake</t>
   </si>
   <si>
-    <t>Inscription à l'événement - Speeding Cheetahs 2024 Fall Registration</t>
+    <t>Event Registration - Speeding Cheetahs 2024 Fall Registration</t>
   </si>
   <si>
     <t>Thursday Youth Session Odell Park</t>
   </si>
   <si>
-    <t>Prénom</t>
+    <t>First Name</t>
   </si>
   <si>
-    <t>Nom</t>
+    <t>Last Name</t>
   </si>
   <si>
-    <t>Date de naissance (YYYY-MM-DD)</t>
+    <t>Date of Birth (YYYY-MM-DD)</t>
   </si>
   <si>
-    <t>Lieu de résidence</t>
+    <t>Parent/Guardian Names</t>
   </si>
   <si>
-    <t>Équipe</t>
+    <t>Contact Email(s)</t>
   </si>
   <si>
     <t>Contact Phone number(s)</t>
   </si>
   <si>
-    <t>Type d’adhésion #1</t>
+    <t>Membership type #1</t>
   </si>
   <si>
-    <t>Type d’adhésion #2</t>
+    <t>Membership type #2</t>
   </si>
   <si>
-    <t>Type d’adhésion #3</t>
+    <t>Membership type #3</t>
   </si>
   <si>
-    <t>Type d’adhésion #4</t>
+    <t>Membership type #4</t>
   </si>
   <si>
     <t>Thursday Youth Session Hanwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -148,55 +148,58 @@
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFcccccc"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="5">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="49" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -468,61 +471,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:DA5"/>
+  <dimension ref="A1:DA1000"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="36" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="44" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="23" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:105" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:105" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
@@ -533,294 +536,3280 @@
         <v>5</v>
       </c>
       <c r="E2" t="s">
         <v>6</v>
       </c>
       <c r="F2" t="s">
         <v>7</v>
       </c>
       <c r="G2" t="s">
         <v>8</v>
       </c>
       <c r="H2" t="s">
         <v>9</v>
       </c>
       <c r="I2" t="s">
         <v>10</v>
       </c>
       <c r="J2" t="s">
         <v>11</v>
       </c>
       <c r="DA2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:105">
-      <c r="A3" s="2" t="s">
+      <c r="A3" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B3" s="2"/>
-[...101 lines deleted...]
-      <c r="CZ3" s="2"/>
+      <c r="B3" s="3"/>
+      <c r="C3" s="3"/>
+      <c r="D3" s="3"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="3"/>
+      <c r="O3" s="3"/>
+      <c r="P3" s="3"/>
+      <c r="Q3" s="3"/>
+      <c r="R3" s="3"/>
+      <c r="S3" s="3"/>
+      <c r="T3" s="3"/>
+      <c r="U3" s="3"/>
+      <c r="V3" s="3"/>
+      <c r="W3" s="3"/>
+      <c r="X3" s="3"/>
+      <c r="Y3" s="3"/>
+      <c r="Z3" s="3"/>
+      <c r="AA3" s="3"/>
+      <c r="AB3" s="3"/>
+      <c r="AC3" s="3"/>
+      <c r="AD3" s="3"/>
+      <c r="AE3" s="3"/>
+      <c r="AF3" s="3"/>
+      <c r="AG3" s="3"/>
+      <c r="AH3" s="3"/>
+      <c r="AI3" s="3"/>
+      <c r="AJ3" s="3"/>
+      <c r="AK3" s="3"/>
+      <c r="AL3" s="3"/>
+      <c r="AM3" s="3"/>
+      <c r="AN3" s="3"/>
+      <c r="AO3" s="3"/>
+      <c r="AP3" s="3"/>
+      <c r="AQ3" s="3"/>
+      <c r="AR3" s="3"/>
+      <c r="AS3" s="3"/>
+      <c r="AT3" s="3"/>
+      <c r="AU3" s="3"/>
+      <c r="AV3" s="3"/>
+      <c r="AW3" s="3"/>
+      <c r="AX3" s="3"/>
+      <c r="AY3" s="3"/>
+      <c r="AZ3" s="3"/>
+      <c r="BA3" s="3"/>
+      <c r="BB3" s="3"/>
+      <c r="BC3" s="3"/>
+      <c r="BD3" s="3"/>
+      <c r="BE3" s="3"/>
+      <c r="BF3" s="3"/>
+      <c r="BG3" s="3"/>
+      <c r="BH3" s="3"/>
+      <c r="BI3" s="3"/>
+      <c r="BJ3" s="3"/>
+      <c r="BK3" s="3"/>
+      <c r="BL3" s="3"/>
+      <c r="BM3" s="3"/>
+      <c r="BN3" s="3"/>
+      <c r="BO3" s="3"/>
+      <c r="BP3" s="3"/>
+      <c r="BQ3" s="3"/>
+      <c r="BR3" s="3"/>
+      <c r="BS3" s="3"/>
+      <c r="BT3" s="3"/>
+      <c r="BU3" s="3"/>
+      <c r="BV3" s="3"/>
+      <c r="BW3" s="3"/>
+      <c r="BX3" s="3"/>
+      <c r="BY3" s="3"/>
+      <c r="BZ3" s="3"/>
+      <c r="CA3" s="3"/>
+      <c r="CB3" s="3"/>
+      <c r="CC3" s="3"/>
+      <c r="CD3" s="3"/>
+      <c r="CE3" s="3"/>
+      <c r="CF3" s="3"/>
+      <c r="CG3" s="3"/>
+      <c r="CH3" s="3"/>
+      <c r="CI3" s="3"/>
+      <c r="CJ3" s="3"/>
+      <c r="CK3" s="3"/>
+      <c r="CL3" s="3"/>
+      <c r="CM3" s="3"/>
+      <c r="CN3" s="3"/>
+      <c r="CO3" s="3"/>
+      <c r="CP3" s="3"/>
+      <c r="CQ3" s="3"/>
+      <c r="CR3" s="3"/>
+      <c r="CS3" s="3"/>
+      <c r="CT3" s="3"/>
+      <c r="CU3" s="3"/>
+      <c r="CV3" s="3"/>
+      <c r="CW3" s="3"/>
+      <c r="CX3" s="3"/>
+      <c r="CY3" s="3"/>
+      <c r="CZ3" s="3"/>
       <c r="DA3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:105">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="B4" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="D4" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="E4" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="F4" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="G4" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="H4" s="3" t="s">
+      <c r="H4" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="3" t="s">
+      <c r="I4" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="J4" s="3" t="s">
+      <c r="J4" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="K4" s="3"/>
-[...92 lines deleted...]
-      <c r="CZ4" s="3"/>
+      <c r="K4" s="4"/>
+      <c r="L4" s="4"/>
+      <c r="M4" s="4"/>
+      <c r="N4" s="4"/>
+      <c r="O4" s="4"/>
+      <c r="P4" s="4"/>
+      <c r="Q4" s="4"/>
+      <c r="R4" s="4"/>
+      <c r="S4" s="4"/>
+      <c r="T4" s="4"/>
+      <c r="U4" s="4"/>
+      <c r="V4" s="4"/>
+      <c r="W4" s="4"/>
+      <c r="X4" s="4"/>
+      <c r="Y4" s="4"/>
+      <c r="Z4" s="4"/>
+      <c r="AA4" s="4"/>
+      <c r="AB4" s="4"/>
+      <c r="AC4" s="4"/>
+      <c r="AD4" s="4"/>
+      <c r="AE4" s="4"/>
+      <c r="AF4" s="4"/>
+      <c r="AG4" s="4"/>
+      <c r="AH4" s="4"/>
+      <c r="AI4" s="4"/>
+      <c r="AJ4" s="4"/>
+      <c r="AK4" s="4"/>
+      <c r="AL4" s="4"/>
+      <c r="AM4" s="4"/>
+      <c r="AN4" s="4"/>
+      <c r="AO4" s="4"/>
+      <c r="AP4" s="4"/>
+      <c r="AQ4" s="4"/>
+      <c r="AR4" s="4"/>
+      <c r="AS4" s="4"/>
+      <c r="AT4" s="4"/>
+      <c r="AU4" s="4"/>
+      <c r="AV4" s="4"/>
+      <c r="AW4" s="4"/>
+      <c r="AX4" s="4"/>
+      <c r="AY4" s="4"/>
+      <c r="AZ4" s="4"/>
+      <c r="BA4" s="4"/>
+      <c r="BB4" s="4"/>
+      <c r="BC4" s="4"/>
+      <c r="BD4" s="4"/>
+      <c r="BE4" s="4"/>
+      <c r="BF4" s="4"/>
+      <c r="BG4" s="4"/>
+      <c r="BH4" s="4"/>
+      <c r="BI4" s="4"/>
+      <c r="BJ4" s="4"/>
+      <c r="BK4" s="4"/>
+      <c r="BL4" s="4"/>
+      <c r="BM4" s="4"/>
+      <c r="BN4" s="4"/>
+      <c r="BO4" s="4"/>
+      <c r="BP4" s="4"/>
+      <c r="BQ4" s="4"/>
+      <c r="BR4" s="4"/>
+      <c r="BS4" s="4"/>
+      <c r="BT4" s="4"/>
+      <c r="BU4" s="4"/>
+      <c r="BV4" s="4"/>
+      <c r="BW4" s="4"/>
+      <c r="BX4" s="4"/>
+      <c r="BY4" s="4"/>
+      <c r="BZ4" s="4"/>
+      <c r="CA4" s="4"/>
+      <c r="CB4" s="4"/>
+      <c r="CC4" s="4"/>
+      <c r="CD4" s="4"/>
+      <c r="CE4" s="4"/>
+      <c r="CF4" s="4"/>
+      <c r="CG4" s="4"/>
+      <c r="CH4" s="4"/>
+      <c r="CI4" s="4"/>
+      <c r="CJ4" s="4"/>
+      <c r="CK4" s="4"/>
+      <c r="CL4" s="4"/>
+      <c r="CM4" s="4"/>
+      <c r="CN4" s="4"/>
+      <c r="CO4" s="4"/>
+      <c r="CP4" s="4"/>
+      <c r="CQ4" s="4"/>
+      <c r="CR4" s="4"/>
+      <c r="CS4" s="4"/>
+      <c r="CT4" s="4"/>
+      <c r="CU4" s="4"/>
+      <c r="CV4" s="4"/>
+      <c r="CW4" s="4"/>
+      <c r="CX4" s="4"/>
+      <c r="CY4" s="4"/>
+      <c r="CZ4" s="4"/>
       <c r="DA4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:105">
+      <c r="C5" s="2"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
+    </row>
+    <row r="6" spans="1:105">
+      <c r="C6" s="2"/>
+    </row>
+    <row r="7" spans="1:105">
+      <c r="C7" s="2"/>
+    </row>
+    <row r="8" spans="1:105">
+      <c r="C8" s="2"/>
+    </row>
+    <row r="9" spans="1:105">
+      <c r="C9" s="2"/>
+    </row>
+    <row r="10" spans="1:105">
+      <c r="C10" s="2"/>
+    </row>
+    <row r="11" spans="1:105">
+      <c r="C11" s="2"/>
+    </row>
+    <row r="12" spans="1:105">
+      <c r="C12" s="2"/>
+    </row>
+    <row r="13" spans="1:105">
+      <c r="C13" s="2"/>
+    </row>
+    <row r="14" spans="1:105">
+      <c r="C14" s="2"/>
+    </row>
+    <row r="15" spans="1:105">
+      <c r="C15" s="2"/>
+    </row>
+    <row r="16" spans="1:105">
+      <c r="C16" s="2"/>
+    </row>
+    <row r="17" spans="1:105">
+      <c r="C17" s="2"/>
+    </row>
+    <row r="18" spans="1:105">
+      <c r="C18" s="2"/>
+    </row>
+    <row r="19" spans="1:105">
+      <c r="C19" s="2"/>
+    </row>
+    <row r="20" spans="1:105">
+      <c r="C20" s="2"/>
+    </row>
+    <row r="21" spans="1:105">
+      <c r="C21" s="2"/>
+    </row>
+    <row r="22" spans="1:105">
+      <c r="C22" s="2"/>
+    </row>
+    <row r="23" spans="1:105">
+      <c r="C23" s="2"/>
+    </row>
+    <row r="24" spans="1:105">
+      <c r="C24" s="2"/>
+    </row>
+    <row r="25" spans="1:105">
+      <c r="C25" s="2"/>
+    </row>
+    <row r="26" spans="1:105">
+      <c r="C26" s="2"/>
+    </row>
+    <row r="27" spans="1:105">
+      <c r="C27" s="2"/>
+    </row>
+    <row r="28" spans="1:105">
+      <c r="C28" s="2"/>
+    </row>
+    <row r="29" spans="1:105">
+      <c r="C29" s="2"/>
+    </row>
+    <row r="30" spans="1:105">
+      <c r="C30" s="2"/>
+    </row>
+    <row r="31" spans="1:105">
+      <c r="C31" s="2"/>
+    </row>
+    <row r="32" spans="1:105">
+      <c r="C32" s="2"/>
+    </row>
+    <row r="33" spans="1:105">
+      <c r="C33" s="2"/>
+    </row>
+    <row r="34" spans="1:105">
+      <c r="C34" s="2"/>
+    </row>
+    <row r="35" spans="1:105">
+      <c r="C35" s="2"/>
+    </row>
+    <row r="36" spans="1:105">
+      <c r="C36" s="2"/>
+    </row>
+    <row r="37" spans="1:105">
+      <c r="C37" s="2"/>
+    </row>
+    <row r="38" spans="1:105">
+      <c r="C38" s="2"/>
+    </row>
+    <row r="39" spans="1:105">
+      <c r="C39" s="2"/>
+    </row>
+    <row r="40" spans="1:105">
+      <c r="C40" s="2"/>
+    </row>
+    <row r="41" spans="1:105">
+      <c r="C41" s="2"/>
+    </row>
+    <row r="42" spans="1:105">
+      <c r="C42" s="2"/>
+    </row>
+    <row r="43" spans="1:105">
+      <c r="C43" s="2"/>
+    </row>
+    <row r="44" spans="1:105">
+      <c r="C44" s="2"/>
+    </row>
+    <row r="45" spans="1:105">
+      <c r="C45" s="2"/>
+    </row>
+    <row r="46" spans="1:105">
+      <c r="C46" s="2"/>
+    </row>
+    <row r="47" spans="1:105">
+      <c r="C47" s="2"/>
+    </row>
+    <row r="48" spans="1:105">
+      <c r="C48" s="2"/>
+    </row>
+    <row r="49" spans="1:105">
+      <c r="C49" s="2"/>
+    </row>
+    <row r="50" spans="1:105">
+      <c r="C50" s="2"/>
+    </row>
+    <row r="51" spans="1:105">
+      <c r="C51" s="2"/>
+    </row>
+    <row r="52" spans="1:105">
+      <c r="C52" s="2"/>
+    </row>
+    <row r="53" spans="1:105">
+      <c r="C53" s="2"/>
+    </row>
+    <row r="54" spans="1:105">
+      <c r="C54" s="2"/>
+    </row>
+    <row r="55" spans="1:105">
+      <c r="C55" s="2"/>
+    </row>
+    <row r="56" spans="1:105">
+      <c r="C56" s="2"/>
+    </row>
+    <row r="57" spans="1:105">
+      <c r="C57" s="2"/>
+    </row>
+    <row r="58" spans="1:105">
+      <c r="C58" s="2"/>
+    </row>
+    <row r="59" spans="1:105">
+      <c r="C59" s="2"/>
+    </row>
+    <row r="60" spans="1:105">
+      <c r="C60" s="2"/>
+    </row>
+    <row r="61" spans="1:105">
+      <c r="C61" s="2"/>
+    </row>
+    <row r="62" spans="1:105">
+      <c r="C62" s="2"/>
+    </row>
+    <row r="63" spans="1:105">
+      <c r="C63" s="2"/>
+    </row>
+    <row r="64" spans="1:105">
+      <c r="C64" s="2"/>
+    </row>
+    <row r="65" spans="1:105">
+      <c r="C65" s="2"/>
+    </row>
+    <row r="66" spans="1:105">
+      <c r="C66" s="2"/>
+    </row>
+    <row r="67" spans="1:105">
+      <c r="C67" s="2"/>
+    </row>
+    <row r="68" spans="1:105">
+      <c r="C68" s="2"/>
+    </row>
+    <row r="69" spans="1:105">
+      <c r="C69" s="2"/>
+    </row>
+    <row r="70" spans="1:105">
+      <c r="C70" s="2"/>
+    </row>
+    <row r="71" spans="1:105">
+      <c r="C71" s="2"/>
+    </row>
+    <row r="72" spans="1:105">
+      <c r="C72" s="2"/>
+    </row>
+    <row r="73" spans="1:105">
+      <c r="C73" s="2"/>
+    </row>
+    <row r="74" spans="1:105">
+      <c r="C74" s="2"/>
+    </row>
+    <row r="75" spans="1:105">
+      <c r="C75" s="2"/>
+    </row>
+    <row r="76" spans="1:105">
+      <c r="C76" s="2"/>
+    </row>
+    <row r="77" spans="1:105">
+      <c r="C77" s="2"/>
+    </row>
+    <row r="78" spans="1:105">
+      <c r="C78" s="2"/>
+    </row>
+    <row r="79" spans="1:105">
+      <c r="C79" s="2"/>
+    </row>
+    <row r="80" spans="1:105">
+      <c r="C80" s="2"/>
+    </row>
+    <row r="81" spans="1:105">
+      <c r="C81" s="2"/>
+    </row>
+    <row r="82" spans="1:105">
+      <c r="C82" s="2"/>
+    </row>
+    <row r="83" spans="1:105">
+      <c r="C83" s="2"/>
+    </row>
+    <row r="84" spans="1:105">
+      <c r="C84" s="2"/>
+    </row>
+    <row r="85" spans="1:105">
+      <c r="C85" s="2"/>
+    </row>
+    <row r="86" spans="1:105">
+      <c r="C86" s="2"/>
+    </row>
+    <row r="87" spans="1:105">
+      <c r="C87" s="2"/>
+    </row>
+    <row r="88" spans="1:105">
+      <c r="C88" s="2"/>
+    </row>
+    <row r="89" spans="1:105">
+      <c r="C89" s="2"/>
+    </row>
+    <row r="90" spans="1:105">
+      <c r="C90" s="2"/>
+    </row>
+    <row r="91" spans="1:105">
+      <c r="C91" s="2"/>
+    </row>
+    <row r="92" spans="1:105">
+      <c r="C92" s="2"/>
+    </row>
+    <row r="93" spans="1:105">
+      <c r="C93" s="2"/>
+    </row>
+    <row r="94" spans="1:105">
+      <c r="C94" s="2"/>
+    </row>
+    <row r="95" spans="1:105">
+      <c r="C95" s="2"/>
+    </row>
+    <row r="96" spans="1:105">
+      <c r="C96" s="2"/>
+    </row>
+    <row r="97" spans="1:105">
+      <c r="C97" s="2"/>
+    </row>
+    <row r="98" spans="1:105">
+      <c r="C98" s="2"/>
+    </row>
+    <row r="99" spans="1:105">
+      <c r="C99" s="2"/>
+    </row>
+    <row r="100" spans="1:105">
+      <c r="C100" s="2"/>
+    </row>
+    <row r="101" spans="1:105">
+      <c r="C101" s="2"/>
+    </row>
+    <row r="102" spans="1:105">
+      <c r="C102" s="2"/>
+    </row>
+    <row r="103" spans="1:105">
+      <c r="C103" s="2"/>
+    </row>
+    <row r="104" spans="1:105">
+      <c r="C104" s="2"/>
+    </row>
+    <row r="105" spans="1:105">
+      <c r="C105" s="2"/>
+    </row>
+    <row r="106" spans="1:105">
+      <c r="C106" s="2"/>
+    </row>
+    <row r="107" spans="1:105">
+      <c r="C107" s="2"/>
+    </row>
+    <row r="108" spans="1:105">
+      <c r="C108" s="2"/>
+    </row>
+    <row r="109" spans="1:105">
+      <c r="C109" s="2"/>
+    </row>
+    <row r="110" spans="1:105">
+      <c r="C110" s="2"/>
+    </row>
+    <row r="111" spans="1:105">
+      <c r="C111" s="2"/>
+    </row>
+    <row r="112" spans="1:105">
+      <c r="C112" s="2"/>
+    </row>
+    <row r="113" spans="1:105">
+      <c r="C113" s="2"/>
+    </row>
+    <row r="114" spans="1:105">
+      <c r="C114" s="2"/>
+    </row>
+    <row r="115" spans="1:105">
+      <c r="C115" s="2"/>
+    </row>
+    <row r="116" spans="1:105">
+      <c r="C116" s="2"/>
+    </row>
+    <row r="117" spans="1:105">
+      <c r="C117" s="2"/>
+    </row>
+    <row r="118" spans="1:105">
+      <c r="C118" s="2"/>
+    </row>
+    <row r="119" spans="1:105">
+      <c r="C119" s="2"/>
+    </row>
+    <row r="120" spans="1:105">
+      <c r="C120" s="2"/>
+    </row>
+    <row r="121" spans="1:105">
+      <c r="C121" s="2"/>
+    </row>
+    <row r="122" spans="1:105">
+      <c r="C122" s="2"/>
+    </row>
+    <row r="123" spans="1:105">
+      <c r="C123" s="2"/>
+    </row>
+    <row r="124" spans="1:105">
+      <c r="C124" s="2"/>
+    </row>
+    <row r="125" spans="1:105">
+      <c r="C125" s="2"/>
+    </row>
+    <row r="126" spans="1:105">
+      <c r="C126" s="2"/>
+    </row>
+    <row r="127" spans="1:105">
+      <c r="C127" s="2"/>
+    </row>
+    <row r="128" spans="1:105">
+      <c r="C128" s="2"/>
+    </row>
+    <row r="129" spans="1:105">
+      <c r="C129" s="2"/>
+    </row>
+    <row r="130" spans="1:105">
+      <c r="C130" s="2"/>
+    </row>
+    <row r="131" spans="1:105">
+      <c r="C131" s="2"/>
+    </row>
+    <row r="132" spans="1:105">
+      <c r="C132" s="2"/>
+    </row>
+    <row r="133" spans="1:105">
+      <c r="C133" s="2"/>
+    </row>
+    <row r="134" spans="1:105">
+      <c r="C134" s="2"/>
+    </row>
+    <row r="135" spans="1:105">
+      <c r="C135" s="2"/>
+    </row>
+    <row r="136" spans="1:105">
+      <c r="C136" s="2"/>
+    </row>
+    <row r="137" spans="1:105">
+      <c r="C137" s="2"/>
+    </row>
+    <row r="138" spans="1:105">
+      <c r="C138" s="2"/>
+    </row>
+    <row r="139" spans="1:105">
+      <c r="C139" s="2"/>
+    </row>
+    <row r="140" spans="1:105">
+      <c r="C140" s="2"/>
+    </row>
+    <row r="141" spans="1:105">
+      <c r="C141" s="2"/>
+    </row>
+    <row r="142" spans="1:105">
+      <c r="C142" s="2"/>
+    </row>
+    <row r="143" spans="1:105">
+      <c r="C143" s="2"/>
+    </row>
+    <row r="144" spans="1:105">
+      <c r="C144" s="2"/>
+    </row>
+    <row r="145" spans="1:105">
+      <c r="C145" s="2"/>
+    </row>
+    <row r="146" spans="1:105">
+      <c r="C146" s="2"/>
+    </row>
+    <row r="147" spans="1:105">
+      <c r="C147" s="2"/>
+    </row>
+    <row r="148" spans="1:105">
+      <c r="C148" s="2"/>
+    </row>
+    <row r="149" spans="1:105">
+      <c r="C149" s="2"/>
+    </row>
+    <row r="150" spans="1:105">
+      <c r="C150" s="2"/>
+    </row>
+    <row r="151" spans="1:105">
+      <c r="C151" s="2"/>
+    </row>
+    <row r="152" spans="1:105">
+      <c r="C152" s="2"/>
+    </row>
+    <row r="153" spans="1:105">
+      <c r="C153" s="2"/>
+    </row>
+    <row r="154" spans="1:105">
+      <c r="C154" s="2"/>
+    </row>
+    <row r="155" spans="1:105">
+      <c r="C155" s="2"/>
+    </row>
+    <row r="156" spans="1:105">
+      <c r="C156" s="2"/>
+    </row>
+    <row r="157" spans="1:105">
+      <c r="C157" s="2"/>
+    </row>
+    <row r="158" spans="1:105">
+      <c r="C158" s="2"/>
+    </row>
+    <row r="159" spans="1:105">
+      <c r="C159" s="2"/>
+    </row>
+    <row r="160" spans="1:105">
+      <c r="C160" s="2"/>
+    </row>
+    <row r="161" spans="1:105">
+      <c r="C161" s="2"/>
+    </row>
+    <row r="162" spans="1:105">
+      <c r="C162" s="2"/>
+    </row>
+    <row r="163" spans="1:105">
+      <c r="C163" s="2"/>
+    </row>
+    <row r="164" spans="1:105">
+      <c r="C164" s="2"/>
+    </row>
+    <row r="165" spans="1:105">
+      <c r="C165" s="2"/>
+    </row>
+    <row r="166" spans="1:105">
+      <c r="C166" s="2"/>
+    </row>
+    <row r="167" spans="1:105">
+      <c r="C167" s="2"/>
+    </row>
+    <row r="168" spans="1:105">
+      <c r="C168" s="2"/>
+    </row>
+    <row r="169" spans="1:105">
+      <c r="C169" s="2"/>
+    </row>
+    <row r="170" spans="1:105">
+      <c r="C170" s="2"/>
+    </row>
+    <row r="171" spans="1:105">
+      <c r="C171" s="2"/>
+    </row>
+    <row r="172" spans="1:105">
+      <c r="C172" s="2"/>
+    </row>
+    <row r="173" spans="1:105">
+      <c r="C173" s="2"/>
+    </row>
+    <row r="174" spans="1:105">
+      <c r="C174" s="2"/>
+    </row>
+    <row r="175" spans="1:105">
+      <c r="C175" s="2"/>
+    </row>
+    <row r="176" spans="1:105">
+      <c r="C176" s="2"/>
+    </row>
+    <row r="177" spans="1:105">
+      <c r="C177" s="2"/>
+    </row>
+    <row r="178" spans="1:105">
+      <c r="C178" s="2"/>
+    </row>
+    <row r="179" spans="1:105">
+      <c r="C179" s="2"/>
+    </row>
+    <row r="180" spans="1:105">
+      <c r="C180" s="2"/>
+    </row>
+    <row r="181" spans="1:105">
+      <c r="C181" s="2"/>
+    </row>
+    <row r="182" spans="1:105">
+      <c r="C182" s="2"/>
+    </row>
+    <row r="183" spans="1:105">
+      <c r="C183" s="2"/>
+    </row>
+    <row r="184" spans="1:105">
+      <c r="C184" s="2"/>
+    </row>
+    <row r="185" spans="1:105">
+      <c r="C185" s="2"/>
+    </row>
+    <row r="186" spans="1:105">
+      <c r="C186" s="2"/>
+    </row>
+    <row r="187" spans="1:105">
+      <c r="C187" s="2"/>
+    </row>
+    <row r="188" spans="1:105">
+      <c r="C188" s="2"/>
+    </row>
+    <row r="189" spans="1:105">
+      <c r="C189" s="2"/>
+    </row>
+    <row r="190" spans="1:105">
+      <c r="C190" s="2"/>
+    </row>
+    <row r="191" spans="1:105">
+      <c r="C191" s="2"/>
+    </row>
+    <row r="192" spans="1:105">
+      <c r="C192" s="2"/>
+    </row>
+    <row r="193" spans="1:105">
+      <c r="C193" s="2"/>
+    </row>
+    <row r="194" spans="1:105">
+      <c r="C194" s="2"/>
+    </row>
+    <row r="195" spans="1:105">
+      <c r="C195" s="2"/>
+    </row>
+    <row r="196" spans="1:105">
+      <c r="C196" s="2"/>
+    </row>
+    <row r="197" spans="1:105">
+      <c r="C197" s="2"/>
+    </row>
+    <row r="198" spans="1:105">
+      <c r="C198" s="2"/>
+    </row>
+    <row r="199" spans="1:105">
+      <c r="C199" s="2"/>
+    </row>
+    <row r="200" spans="1:105">
+      <c r="C200" s="2"/>
+    </row>
+    <row r="201" spans="1:105">
+      <c r="C201" s="2"/>
+    </row>
+    <row r="202" spans="1:105">
+      <c r="C202" s="2"/>
+    </row>
+    <row r="203" spans="1:105">
+      <c r="C203" s="2"/>
+    </row>
+    <row r="204" spans="1:105">
+      <c r="C204" s="2"/>
+    </row>
+    <row r="205" spans="1:105">
+      <c r="C205" s="2"/>
+    </row>
+    <row r="206" spans="1:105">
+      <c r="C206" s="2"/>
+    </row>
+    <row r="207" spans="1:105">
+      <c r="C207" s="2"/>
+    </row>
+    <row r="208" spans="1:105">
+      <c r="C208" s="2"/>
+    </row>
+    <row r="209" spans="1:105">
+      <c r="C209" s="2"/>
+    </row>
+    <row r="210" spans="1:105">
+      <c r="C210" s="2"/>
+    </row>
+    <row r="211" spans="1:105">
+      <c r="C211" s="2"/>
+    </row>
+    <row r="212" spans="1:105">
+      <c r="C212" s="2"/>
+    </row>
+    <row r="213" spans="1:105">
+      <c r="C213" s="2"/>
+    </row>
+    <row r="214" spans="1:105">
+      <c r="C214" s="2"/>
+    </row>
+    <row r="215" spans="1:105">
+      <c r="C215" s="2"/>
+    </row>
+    <row r="216" spans="1:105">
+      <c r="C216" s="2"/>
+    </row>
+    <row r="217" spans="1:105">
+      <c r="C217" s="2"/>
+    </row>
+    <row r="218" spans="1:105">
+      <c r="C218" s="2"/>
+    </row>
+    <row r="219" spans="1:105">
+      <c r="C219" s="2"/>
+    </row>
+    <row r="220" spans="1:105">
+      <c r="C220" s="2"/>
+    </row>
+    <row r="221" spans="1:105">
+      <c r="C221" s="2"/>
+    </row>
+    <row r="222" spans="1:105">
+      <c r="C222" s="2"/>
+    </row>
+    <row r="223" spans="1:105">
+      <c r="C223" s="2"/>
+    </row>
+    <row r="224" spans="1:105">
+      <c r="C224" s="2"/>
+    </row>
+    <row r="225" spans="1:105">
+      <c r="C225" s="2"/>
+    </row>
+    <row r="226" spans="1:105">
+      <c r="C226" s="2"/>
+    </row>
+    <row r="227" spans="1:105">
+      <c r="C227" s="2"/>
+    </row>
+    <row r="228" spans="1:105">
+      <c r="C228" s="2"/>
+    </row>
+    <row r="229" spans="1:105">
+      <c r="C229" s="2"/>
+    </row>
+    <row r="230" spans="1:105">
+      <c r="C230" s="2"/>
+    </row>
+    <row r="231" spans="1:105">
+      <c r="C231" s="2"/>
+    </row>
+    <row r="232" spans="1:105">
+      <c r="C232" s="2"/>
+    </row>
+    <row r="233" spans="1:105">
+      <c r="C233" s="2"/>
+    </row>
+    <row r="234" spans="1:105">
+      <c r="C234" s="2"/>
+    </row>
+    <row r="235" spans="1:105">
+      <c r="C235" s="2"/>
+    </row>
+    <row r="236" spans="1:105">
+      <c r="C236" s="2"/>
+    </row>
+    <row r="237" spans="1:105">
+      <c r="C237" s="2"/>
+    </row>
+    <row r="238" spans="1:105">
+      <c r="C238" s="2"/>
+    </row>
+    <row r="239" spans="1:105">
+      <c r="C239" s="2"/>
+    </row>
+    <row r="240" spans="1:105">
+      <c r="C240" s="2"/>
+    </row>
+    <row r="241" spans="1:105">
+      <c r="C241" s="2"/>
+    </row>
+    <row r="242" spans="1:105">
+      <c r="C242" s="2"/>
+    </row>
+    <row r="243" spans="1:105">
+      <c r="C243" s="2"/>
+    </row>
+    <row r="244" spans="1:105">
+      <c r="C244" s="2"/>
+    </row>
+    <row r="245" spans="1:105">
+      <c r="C245" s="2"/>
+    </row>
+    <row r="246" spans="1:105">
+      <c r="C246" s="2"/>
+    </row>
+    <row r="247" spans="1:105">
+      <c r="C247" s="2"/>
+    </row>
+    <row r="248" spans="1:105">
+      <c r="C248" s="2"/>
+    </row>
+    <row r="249" spans="1:105">
+      <c r="C249" s="2"/>
+    </row>
+    <row r="250" spans="1:105">
+      <c r="C250" s="2"/>
+    </row>
+    <row r="251" spans="1:105">
+      <c r="C251" s="2"/>
+    </row>
+    <row r="252" spans="1:105">
+      <c r="C252" s="2"/>
+    </row>
+    <row r="253" spans="1:105">
+      <c r="C253" s="2"/>
+    </row>
+    <row r="254" spans="1:105">
+      <c r="C254" s="2"/>
+    </row>
+    <row r="255" spans="1:105">
+      <c r="C255" s="2"/>
+    </row>
+    <row r="256" spans="1:105">
+      <c r="C256" s="2"/>
+    </row>
+    <row r="257" spans="1:105">
+      <c r="C257" s="2"/>
+    </row>
+    <row r="258" spans="1:105">
+      <c r="C258" s="2"/>
+    </row>
+    <row r="259" spans="1:105">
+      <c r="C259" s="2"/>
+    </row>
+    <row r="260" spans="1:105">
+      <c r="C260" s="2"/>
+    </row>
+    <row r="261" spans="1:105">
+      <c r="C261" s="2"/>
+    </row>
+    <row r="262" spans="1:105">
+      <c r="C262" s="2"/>
+    </row>
+    <row r="263" spans="1:105">
+      <c r="C263" s="2"/>
+    </row>
+    <row r="264" spans="1:105">
+      <c r="C264" s="2"/>
+    </row>
+    <row r="265" spans="1:105">
+      <c r="C265" s="2"/>
+    </row>
+    <row r="266" spans="1:105">
+      <c r="C266" s="2"/>
+    </row>
+    <row r="267" spans="1:105">
+      <c r="C267" s="2"/>
+    </row>
+    <row r="268" spans="1:105">
+      <c r="C268" s="2"/>
+    </row>
+    <row r="269" spans="1:105">
+      <c r="C269" s="2"/>
+    </row>
+    <row r="270" spans="1:105">
+      <c r="C270" s="2"/>
+    </row>
+    <row r="271" spans="1:105">
+      <c r="C271" s="2"/>
+    </row>
+    <row r="272" spans="1:105">
+      <c r="C272" s="2"/>
+    </row>
+    <row r="273" spans="1:105">
+      <c r="C273" s="2"/>
+    </row>
+    <row r="274" spans="1:105">
+      <c r="C274" s="2"/>
+    </row>
+    <row r="275" spans="1:105">
+      <c r="C275" s="2"/>
+    </row>
+    <row r="276" spans="1:105">
+      <c r="C276" s="2"/>
+    </row>
+    <row r="277" spans="1:105">
+      <c r="C277" s="2"/>
+    </row>
+    <row r="278" spans="1:105">
+      <c r="C278" s="2"/>
+    </row>
+    <row r="279" spans="1:105">
+      <c r="C279" s="2"/>
+    </row>
+    <row r="280" spans="1:105">
+      <c r="C280" s="2"/>
+    </row>
+    <row r="281" spans="1:105">
+      <c r="C281" s="2"/>
+    </row>
+    <row r="282" spans="1:105">
+      <c r="C282" s="2"/>
+    </row>
+    <row r="283" spans="1:105">
+      <c r="C283" s="2"/>
+    </row>
+    <row r="284" spans="1:105">
+      <c r="C284" s="2"/>
+    </row>
+    <row r="285" spans="1:105">
+      <c r="C285" s="2"/>
+    </row>
+    <row r="286" spans="1:105">
+      <c r="C286" s="2"/>
+    </row>
+    <row r="287" spans="1:105">
+      <c r="C287" s="2"/>
+    </row>
+    <row r="288" spans="1:105">
+      <c r="C288" s="2"/>
+    </row>
+    <row r="289" spans="1:105">
+      <c r="C289" s="2"/>
+    </row>
+    <row r="290" spans="1:105">
+      <c r="C290" s="2"/>
+    </row>
+    <row r="291" spans="1:105">
+      <c r="C291" s="2"/>
+    </row>
+    <row r="292" spans="1:105">
+      <c r="C292" s="2"/>
+    </row>
+    <row r="293" spans="1:105">
+      <c r="C293" s="2"/>
+    </row>
+    <row r="294" spans="1:105">
+      <c r="C294" s="2"/>
+    </row>
+    <row r="295" spans="1:105">
+      <c r="C295" s="2"/>
+    </row>
+    <row r="296" spans="1:105">
+      <c r="C296" s="2"/>
+    </row>
+    <row r="297" spans="1:105">
+      <c r="C297" s="2"/>
+    </row>
+    <row r="298" spans="1:105">
+      <c r="C298" s="2"/>
+    </row>
+    <row r="299" spans="1:105">
+      <c r="C299" s="2"/>
+    </row>
+    <row r="300" spans="1:105">
+      <c r="C300" s="2"/>
+    </row>
+    <row r="301" spans="1:105">
+      <c r="C301" s="2"/>
+    </row>
+    <row r="302" spans="1:105">
+      <c r="C302" s="2"/>
+    </row>
+    <row r="303" spans="1:105">
+      <c r="C303" s="2"/>
+    </row>
+    <row r="304" spans="1:105">
+      <c r="C304" s="2"/>
+    </row>
+    <row r="305" spans="1:105">
+      <c r="C305" s="2"/>
+    </row>
+    <row r="306" spans="1:105">
+      <c r="C306" s="2"/>
+    </row>
+    <row r="307" spans="1:105">
+      <c r="C307" s="2"/>
+    </row>
+    <row r="308" spans="1:105">
+      <c r="C308" s="2"/>
+    </row>
+    <row r="309" spans="1:105">
+      <c r="C309" s="2"/>
+    </row>
+    <row r="310" spans="1:105">
+      <c r="C310" s="2"/>
+    </row>
+    <row r="311" spans="1:105">
+      <c r="C311" s="2"/>
+    </row>
+    <row r="312" spans="1:105">
+      <c r="C312" s="2"/>
+    </row>
+    <row r="313" spans="1:105">
+      <c r="C313" s="2"/>
+    </row>
+    <row r="314" spans="1:105">
+      <c r="C314" s="2"/>
+    </row>
+    <row r="315" spans="1:105">
+      <c r="C315" s="2"/>
+    </row>
+    <row r="316" spans="1:105">
+      <c r="C316" s="2"/>
+    </row>
+    <row r="317" spans="1:105">
+      <c r="C317" s="2"/>
+    </row>
+    <row r="318" spans="1:105">
+      <c r="C318" s="2"/>
+    </row>
+    <row r="319" spans="1:105">
+      <c r="C319" s="2"/>
+    </row>
+    <row r="320" spans="1:105">
+      <c r="C320" s="2"/>
+    </row>
+    <row r="321" spans="1:105">
+      <c r="C321" s="2"/>
+    </row>
+    <row r="322" spans="1:105">
+      <c r="C322" s="2"/>
+    </row>
+    <row r="323" spans="1:105">
+      <c r="C323" s="2"/>
+    </row>
+    <row r="324" spans="1:105">
+      <c r="C324" s="2"/>
+    </row>
+    <row r="325" spans="1:105">
+      <c r="C325" s="2"/>
+    </row>
+    <row r="326" spans="1:105">
+      <c r="C326" s="2"/>
+    </row>
+    <row r="327" spans="1:105">
+      <c r="C327" s="2"/>
+    </row>
+    <row r="328" spans="1:105">
+      <c r="C328" s="2"/>
+    </row>
+    <row r="329" spans="1:105">
+      <c r="C329" s="2"/>
+    </row>
+    <row r="330" spans="1:105">
+      <c r="C330" s="2"/>
+    </row>
+    <row r="331" spans="1:105">
+      <c r="C331" s="2"/>
+    </row>
+    <row r="332" spans="1:105">
+      <c r="C332" s="2"/>
+    </row>
+    <row r="333" spans="1:105">
+      <c r="C333" s="2"/>
+    </row>
+    <row r="334" spans="1:105">
+      <c r="C334" s="2"/>
+    </row>
+    <row r="335" spans="1:105">
+      <c r="C335" s="2"/>
+    </row>
+    <row r="336" spans="1:105">
+      <c r="C336" s="2"/>
+    </row>
+    <row r="337" spans="1:105">
+      <c r="C337" s="2"/>
+    </row>
+    <row r="338" spans="1:105">
+      <c r="C338" s="2"/>
+    </row>
+    <row r="339" spans="1:105">
+      <c r="C339" s="2"/>
+    </row>
+    <row r="340" spans="1:105">
+      <c r="C340" s="2"/>
+    </row>
+    <row r="341" spans="1:105">
+      <c r="C341" s="2"/>
+    </row>
+    <row r="342" spans="1:105">
+      <c r="C342" s="2"/>
+    </row>
+    <row r="343" spans="1:105">
+      <c r="C343" s="2"/>
+    </row>
+    <row r="344" spans="1:105">
+      <c r="C344" s="2"/>
+    </row>
+    <row r="345" spans="1:105">
+      <c r="C345" s="2"/>
+    </row>
+    <row r="346" spans="1:105">
+      <c r="C346" s="2"/>
+    </row>
+    <row r="347" spans="1:105">
+      <c r="C347" s="2"/>
+    </row>
+    <row r="348" spans="1:105">
+      <c r="C348" s="2"/>
+    </row>
+    <row r="349" spans="1:105">
+      <c r="C349" s="2"/>
+    </row>
+    <row r="350" spans="1:105">
+      <c r="C350" s="2"/>
+    </row>
+    <row r="351" spans="1:105">
+      <c r="C351" s="2"/>
+    </row>
+    <row r="352" spans="1:105">
+      <c r="C352" s="2"/>
+    </row>
+    <row r="353" spans="1:105">
+      <c r="C353" s="2"/>
+    </row>
+    <row r="354" spans="1:105">
+      <c r="C354" s="2"/>
+    </row>
+    <row r="355" spans="1:105">
+      <c r="C355" s="2"/>
+    </row>
+    <row r="356" spans="1:105">
+      <c r="C356" s="2"/>
+    </row>
+    <row r="357" spans="1:105">
+      <c r="C357" s="2"/>
+    </row>
+    <row r="358" spans="1:105">
+      <c r="C358" s="2"/>
+    </row>
+    <row r="359" spans="1:105">
+      <c r="C359" s="2"/>
+    </row>
+    <row r="360" spans="1:105">
+      <c r="C360" s="2"/>
+    </row>
+    <row r="361" spans="1:105">
+      <c r="C361" s="2"/>
+    </row>
+    <row r="362" spans="1:105">
+      <c r="C362" s="2"/>
+    </row>
+    <row r="363" spans="1:105">
+      <c r="C363" s="2"/>
+    </row>
+    <row r="364" spans="1:105">
+      <c r="C364" s="2"/>
+    </row>
+    <row r="365" spans="1:105">
+      <c r="C365" s="2"/>
+    </row>
+    <row r="366" spans="1:105">
+      <c r="C366" s="2"/>
+    </row>
+    <row r="367" spans="1:105">
+      <c r="C367" s="2"/>
+    </row>
+    <row r="368" spans="1:105">
+      <c r="C368" s="2"/>
+    </row>
+    <row r="369" spans="1:105">
+      <c r="C369" s="2"/>
+    </row>
+    <row r="370" spans="1:105">
+      <c r="C370" s="2"/>
+    </row>
+    <row r="371" spans="1:105">
+      <c r="C371" s="2"/>
+    </row>
+    <row r="372" spans="1:105">
+      <c r="C372" s="2"/>
+    </row>
+    <row r="373" spans="1:105">
+      <c r="C373" s="2"/>
+    </row>
+    <row r="374" spans="1:105">
+      <c r="C374" s="2"/>
+    </row>
+    <row r="375" spans="1:105">
+      <c r="C375" s="2"/>
+    </row>
+    <row r="376" spans="1:105">
+      <c r="C376" s="2"/>
+    </row>
+    <row r="377" spans="1:105">
+      <c r="C377" s="2"/>
+    </row>
+    <row r="378" spans="1:105">
+      <c r="C378" s="2"/>
+    </row>
+    <row r="379" spans="1:105">
+      <c r="C379" s="2"/>
+    </row>
+    <row r="380" spans="1:105">
+      <c r="C380" s="2"/>
+    </row>
+    <row r="381" spans="1:105">
+      <c r="C381" s="2"/>
+    </row>
+    <row r="382" spans="1:105">
+      <c r="C382" s="2"/>
+    </row>
+    <row r="383" spans="1:105">
+      <c r="C383" s="2"/>
+    </row>
+    <row r="384" spans="1:105">
+      <c r="C384" s="2"/>
+    </row>
+    <row r="385" spans="1:105">
+      <c r="C385" s="2"/>
+    </row>
+    <row r="386" spans="1:105">
+      <c r="C386" s="2"/>
+    </row>
+    <row r="387" spans="1:105">
+      <c r="C387" s="2"/>
+    </row>
+    <row r="388" spans="1:105">
+      <c r="C388" s="2"/>
+    </row>
+    <row r="389" spans="1:105">
+      <c r="C389" s="2"/>
+    </row>
+    <row r="390" spans="1:105">
+      <c r="C390" s="2"/>
+    </row>
+    <row r="391" spans="1:105">
+      <c r="C391" s="2"/>
+    </row>
+    <row r="392" spans="1:105">
+      <c r="C392" s="2"/>
+    </row>
+    <row r="393" spans="1:105">
+      <c r="C393" s="2"/>
+    </row>
+    <row r="394" spans="1:105">
+      <c r="C394" s="2"/>
+    </row>
+    <row r="395" spans="1:105">
+      <c r="C395" s="2"/>
+    </row>
+    <row r="396" spans="1:105">
+      <c r="C396" s="2"/>
+    </row>
+    <row r="397" spans="1:105">
+      <c r="C397" s="2"/>
+    </row>
+    <row r="398" spans="1:105">
+      <c r="C398" s="2"/>
+    </row>
+    <row r="399" spans="1:105">
+      <c r="C399" s="2"/>
+    </row>
+    <row r="400" spans="1:105">
+      <c r="C400" s="2"/>
+    </row>
+    <row r="401" spans="1:105">
+      <c r="C401" s="2"/>
+    </row>
+    <row r="402" spans="1:105">
+      <c r="C402" s="2"/>
+    </row>
+    <row r="403" spans="1:105">
+      <c r="C403" s="2"/>
+    </row>
+    <row r="404" spans="1:105">
+      <c r="C404" s="2"/>
+    </row>
+    <row r="405" spans="1:105">
+      <c r="C405" s="2"/>
+    </row>
+    <row r="406" spans="1:105">
+      <c r="C406" s="2"/>
+    </row>
+    <row r="407" spans="1:105">
+      <c r="C407" s="2"/>
+    </row>
+    <row r="408" spans="1:105">
+      <c r="C408" s="2"/>
+    </row>
+    <row r="409" spans="1:105">
+      <c r="C409" s="2"/>
+    </row>
+    <row r="410" spans="1:105">
+      <c r="C410" s="2"/>
+    </row>
+    <row r="411" spans="1:105">
+      <c r="C411" s="2"/>
+    </row>
+    <row r="412" spans="1:105">
+      <c r="C412" s="2"/>
+    </row>
+    <row r="413" spans="1:105">
+      <c r="C413" s="2"/>
+    </row>
+    <row r="414" spans="1:105">
+      <c r="C414" s="2"/>
+    </row>
+    <row r="415" spans="1:105">
+      <c r="C415" s="2"/>
+    </row>
+    <row r="416" spans="1:105">
+      <c r="C416" s="2"/>
+    </row>
+    <row r="417" spans="1:105">
+      <c r="C417" s="2"/>
+    </row>
+    <row r="418" spans="1:105">
+      <c r="C418" s="2"/>
+    </row>
+    <row r="419" spans="1:105">
+      <c r="C419" s="2"/>
+    </row>
+    <row r="420" spans="1:105">
+      <c r="C420" s="2"/>
+    </row>
+    <row r="421" spans="1:105">
+      <c r="C421" s="2"/>
+    </row>
+    <row r="422" spans="1:105">
+      <c r="C422" s="2"/>
+    </row>
+    <row r="423" spans="1:105">
+      <c r="C423" s="2"/>
+    </row>
+    <row r="424" spans="1:105">
+      <c r="C424" s="2"/>
+    </row>
+    <row r="425" spans="1:105">
+      <c r="C425" s="2"/>
+    </row>
+    <row r="426" spans="1:105">
+      <c r="C426" s="2"/>
+    </row>
+    <row r="427" spans="1:105">
+      <c r="C427" s="2"/>
+    </row>
+    <row r="428" spans="1:105">
+      <c r="C428" s="2"/>
+    </row>
+    <row r="429" spans="1:105">
+      <c r="C429" s="2"/>
+    </row>
+    <row r="430" spans="1:105">
+      <c r="C430" s="2"/>
+    </row>
+    <row r="431" spans="1:105">
+      <c r="C431" s="2"/>
+    </row>
+    <row r="432" spans="1:105">
+      <c r="C432" s="2"/>
+    </row>
+    <row r="433" spans="1:105">
+      <c r="C433" s="2"/>
+    </row>
+    <row r="434" spans="1:105">
+      <c r="C434" s="2"/>
+    </row>
+    <row r="435" spans="1:105">
+      <c r="C435" s="2"/>
+    </row>
+    <row r="436" spans="1:105">
+      <c r="C436" s="2"/>
+    </row>
+    <row r="437" spans="1:105">
+      <c r="C437" s="2"/>
+    </row>
+    <row r="438" spans="1:105">
+      <c r="C438" s="2"/>
+    </row>
+    <row r="439" spans="1:105">
+      <c r="C439" s="2"/>
+    </row>
+    <row r="440" spans="1:105">
+      <c r="C440" s="2"/>
+    </row>
+    <row r="441" spans="1:105">
+      <c r="C441" s="2"/>
+    </row>
+    <row r="442" spans="1:105">
+      <c r="C442" s="2"/>
+    </row>
+    <row r="443" spans="1:105">
+      <c r="C443" s="2"/>
+    </row>
+    <row r="444" spans="1:105">
+      <c r="C444" s="2"/>
+    </row>
+    <row r="445" spans="1:105">
+      <c r="C445" s="2"/>
+    </row>
+    <row r="446" spans="1:105">
+      <c r="C446" s="2"/>
+    </row>
+    <row r="447" spans="1:105">
+      <c r="C447" s="2"/>
+    </row>
+    <row r="448" spans="1:105">
+      <c r="C448" s="2"/>
+    </row>
+    <row r="449" spans="1:105">
+      <c r="C449" s="2"/>
+    </row>
+    <row r="450" spans="1:105">
+      <c r="C450" s="2"/>
+    </row>
+    <row r="451" spans="1:105">
+      <c r="C451" s="2"/>
+    </row>
+    <row r="452" spans="1:105">
+      <c r="C452" s="2"/>
+    </row>
+    <row r="453" spans="1:105">
+      <c r="C453" s="2"/>
+    </row>
+    <row r="454" spans="1:105">
+      <c r="C454" s="2"/>
+    </row>
+    <row r="455" spans="1:105">
+      <c r="C455" s="2"/>
+    </row>
+    <row r="456" spans="1:105">
+      <c r="C456" s="2"/>
+    </row>
+    <row r="457" spans="1:105">
+      <c r="C457" s="2"/>
+    </row>
+    <row r="458" spans="1:105">
+      <c r="C458" s="2"/>
+    </row>
+    <row r="459" spans="1:105">
+      <c r="C459" s="2"/>
+    </row>
+    <row r="460" spans="1:105">
+      <c r="C460" s="2"/>
+    </row>
+    <row r="461" spans="1:105">
+      <c r="C461" s="2"/>
+    </row>
+    <row r="462" spans="1:105">
+      <c r="C462" s="2"/>
+    </row>
+    <row r="463" spans="1:105">
+      <c r="C463" s="2"/>
+    </row>
+    <row r="464" spans="1:105">
+      <c r="C464" s="2"/>
+    </row>
+    <row r="465" spans="1:105">
+      <c r="C465" s="2"/>
+    </row>
+    <row r="466" spans="1:105">
+      <c r="C466" s="2"/>
+    </row>
+    <row r="467" spans="1:105">
+      <c r="C467" s="2"/>
+    </row>
+    <row r="468" spans="1:105">
+      <c r="C468" s="2"/>
+    </row>
+    <row r="469" spans="1:105">
+      <c r="C469" s="2"/>
+    </row>
+    <row r="470" spans="1:105">
+      <c r="C470" s="2"/>
+    </row>
+    <row r="471" spans="1:105">
+      <c r="C471" s="2"/>
+    </row>
+    <row r="472" spans="1:105">
+      <c r="C472" s="2"/>
+    </row>
+    <row r="473" spans="1:105">
+      <c r="C473" s="2"/>
+    </row>
+    <row r="474" spans="1:105">
+      <c r="C474" s="2"/>
+    </row>
+    <row r="475" spans="1:105">
+      <c r="C475" s="2"/>
+    </row>
+    <row r="476" spans="1:105">
+      <c r="C476" s="2"/>
+    </row>
+    <row r="477" spans="1:105">
+      <c r="C477" s="2"/>
+    </row>
+    <row r="478" spans="1:105">
+      <c r="C478" s="2"/>
+    </row>
+    <row r="479" spans="1:105">
+      <c r="C479" s="2"/>
+    </row>
+    <row r="480" spans="1:105">
+      <c r="C480" s="2"/>
+    </row>
+    <row r="481" spans="1:105">
+      <c r="C481" s="2"/>
+    </row>
+    <row r="482" spans="1:105">
+      <c r="C482" s="2"/>
+    </row>
+    <row r="483" spans="1:105">
+      <c r="C483" s="2"/>
+    </row>
+    <row r="484" spans="1:105">
+      <c r="C484" s="2"/>
+    </row>
+    <row r="485" spans="1:105">
+      <c r="C485" s="2"/>
+    </row>
+    <row r="486" spans="1:105">
+      <c r="C486" s="2"/>
+    </row>
+    <row r="487" spans="1:105">
+      <c r="C487" s="2"/>
+    </row>
+    <row r="488" spans="1:105">
+      <c r="C488" s="2"/>
+    </row>
+    <row r="489" spans="1:105">
+      <c r="C489" s="2"/>
+    </row>
+    <row r="490" spans="1:105">
+      <c r="C490" s="2"/>
+    </row>
+    <row r="491" spans="1:105">
+      <c r="C491" s="2"/>
+    </row>
+    <row r="492" spans="1:105">
+      <c r="C492" s="2"/>
+    </row>
+    <row r="493" spans="1:105">
+      <c r="C493" s="2"/>
+    </row>
+    <row r="494" spans="1:105">
+      <c r="C494" s="2"/>
+    </row>
+    <row r="495" spans="1:105">
+      <c r="C495" s="2"/>
+    </row>
+    <row r="496" spans="1:105">
+      <c r="C496" s="2"/>
+    </row>
+    <row r="497" spans="1:105">
+      <c r="C497" s="2"/>
+    </row>
+    <row r="498" spans="1:105">
+      <c r="C498" s="2"/>
+    </row>
+    <row r="499" spans="1:105">
+      <c r="C499" s="2"/>
+    </row>
+    <row r="500" spans="1:105">
+      <c r="C500" s="2"/>
+    </row>
+    <row r="501" spans="1:105">
+      <c r="C501" s="2"/>
+    </row>
+    <row r="502" spans="1:105">
+      <c r="C502" s="2"/>
+    </row>
+    <row r="503" spans="1:105">
+      <c r="C503" s="2"/>
+    </row>
+    <row r="504" spans="1:105">
+      <c r="C504" s="2"/>
+    </row>
+    <row r="505" spans="1:105">
+      <c r="C505" s="2"/>
+    </row>
+    <row r="506" spans="1:105">
+      <c r="C506" s="2"/>
+    </row>
+    <row r="507" spans="1:105">
+      <c r="C507" s="2"/>
+    </row>
+    <row r="508" spans="1:105">
+      <c r="C508" s="2"/>
+    </row>
+    <row r="509" spans="1:105">
+      <c r="C509" s="2"/>
+    </row>
+    <row r="510" spans="1:105">
+      <c r="C510" s="2"/>
+    </row>
+    <row r="511" spans="1:105">
+      <c r="C511" s="2"/>
+    </row>
+    <row r="512" spans="1:105">
+      <c r="C512" s="2"/>
+    </row>
+    <row r="513" spans="1:105">
+      <c r="C513" s="2"/>
+    </row>
+    <row r="514" spans="1:105">
+      <c r="C514" s="2"/>
+    </row>
+    <row r="515" spans="1:105">
+      <c r="C515" s="2"/>
+    </row>
+    <row r="516" spans="1:105">
+      <c r="C516" s="2"/>
+    </row>
+    <row r="517" spans="1:105">
+      <c r="C517" s="2"/>
+    </row>
+    <row r="518" spans="1:105">
+      <c r="C518" s="2"/>
+    </row>
+    <row r="519" spans="1:105">
+      <c r="C519" s="2"/>
+    </row>
+    <row r="520" spans="1:105">
+      <c r="C520" s="2"/>
+    </row>
+    <row r="521" spans="1:105">
+      <c r="C521" s="2"/>
+    </row>
+    <row r="522" spans="1:105">
+      <c r="C522" s="2"/>
+    </row>
+    <row r="523" spans="1:105">
+      <c r="C523" s="2"/>
+    </row>
+    <row r="524" spans="1:105">
+      <c r="C524" s="2"/>
+    </row>
+    <row r="525" spans="1:105">
+      <c r="C525" s="2"/>
+    </row>
+    <row r="526" spans="1:105">
+      <c r="C526" s="2"/>
+    </row>
+    <row r="527" spans="1:105">
+      <c r="C527" s="2"/>
+    </row>
+    <row r="528" spans="1:105">
+      <c r="C528" s="2"/>
+    </row>
+    <row r="529" spans="1:105">
+      <c r="C529" s="2"/>
+    </row>
+    <row r="530" spans="1:105">
+      <c r="C530" s="2"/>
+    </row>
+    <row r="531" spans="1:105">
+      <c r="C531" s="2"/>
+    </row>
+    <row r="532" spans="1:105">
+      <c r="C532" s="2"/>
+    </row>
+    <row r="533" spans="1:105">
+      <c r="C533" s="2"/>
+    </row>
+    <row r="534" spans="1:105">
+      <c r="C534" s="2"/>
+    </row>
+    <row r="535" spans="1:105">
+      <c r="C535" s="2"/>
+    </row>
+    <row r="536" spans="1:105">
+      <c r="C536" s="2"/>
+    </row>
+    <row r="537" spans="1:105">
+      <c r="C537" s="2"/>
+    </row>
+    <row r="538" spans="1:105">
+      <c r="C538" s="2"/>
+    </row>
+    <row r="539" spans="1:105">
+      <c r="C539" s="2"/>
+    </row>
+    <row r="540" spans="1:105">
+      <c r="C540" s="2"/>
+    </row>
+    <row r="541" spans="1:105">
+      <c r="C541" s="2"/>
+    </row>
+    <row r="542" spans="1:105">
+      <c r="C542" s="2"/>
+    </row>
+    <row r="543" spans="1:105">
+      <c r="C543" s="2"/>
+    </row>
+    <row r="544" spans="1:105">
+      <c r="C544" s="2"/>
+    </row>
+    <row r="545" spans="1:105">
+      <c r="C545" s="2"/>
+    </row>
+    <row r="546" spans="1:105">
+      <c r="C546" s="2"/>
+    </row>
+    <row r="547" spans="1:105">
+      <c r="C547" s="2"/>
+    </row>
+    <row r="548" spans="1:105">
+      <c r="C548" s="2"/>
+    </row>
+    <row r="549" spans="1:105">
+      <c r="C549" s="2"/>
+    </row>
+    <row r="550" spans="1:105">
+      <c r="C550" s="2"/>
+    </row>
+    <row r="551" spans="1:105">
+      <c r="C551" s="2"/>
+    </row>
+    <row r="552" spans="1:105">
+      <c r="C552" s="2"/>
+    </row>
+    <row r="553" spans="1:105">
+      <c r="C553" s="2"/>
+    </row>
+    <row r="554" spans="1:105">
+      <c r="C554" s="2"/>
+    </row>
+    <row r="555" spans="1:105">
+      <c r="C555" s="2"/>
+    </row>
+    <row r="556" spans="1:105">
+      <c r="C556" s="2"/>
+    </row>
+    <row r="557" spans="1:105">
+      <c r="C557" s="2"/>
+    </row>
+    <row r="558" spans="1:105">
+      <c r="C558" s="2"/>
+    </row>
+    <row r="559" spans="1:105">
+      <c r="C559" s="2"/>
+    </row>
+    <row r="560" spans="1:105">
+      <c r="C560" s="2"/>
+    </row>
+    <row r="561" spans="1:105">
+      <c r="C561" s="2"/>
+    </row>
+    <row r="562" spans="1:105">
+      <c r="C562" s="2"/>
+    </row>
+    <row r="563" spans="1:105">
+      <c r="C563" s="2"/>
+    </row>
+    <row r="564" spans="1:105">
+      <c r="C564" s="2"/>
+    </row>
+    <row r="565" spans="1:105">
+      <c r="C565" s="2"/>
+    </row>
+    <row r="566" spans="1:105">
+      <c r="C566" s="2"/>
+    </row>
+    <row r="567" spans="1:105">
+      <c r="C567" s="2"/>
+    </row>
+    <row r="568" spans="1:105">
+      <c r="C568" s="2"/>
+    </row>
+    <row r="569" spans="1:105">
+      <c r="C569" s="2"/>
+    </row>
+    <row r="570" spans="1:105">
+      <c r="C570" s="2"/>
+    </row>
+    <row r="571" spans="1:105">
+      <c r="C571" s="2"/>
+    </row>
+    <row r="572" spans="1:105">
+      <c r="C572" s="2"/>
+    </row>
+    <row r="573" spans="1:105">
+      <c r="C573" s="2"/>
+    </row>
+    <row r="574" spans="1:105">
+      <c r="C574" s="2"/>
+    </row>
+    <row r="575" spans="1:105">
+      <c r="C575" s="2"/>
+    </row>
+    <row r="576" spans="1:105">
+      <c r="C576" s="2"/>
+    </row>
+    <row r="577" spans="1:105">
+      <c r="C577" s="2"/>
+    </row>
+    <row r="578" spans="1:105">
+      <c r="C578" s="2"/>
+    </row>
+    <row r="579" spans="1:105">
+      <c r="C579" s="2"/>
+    </row>
+    <row r="580" spans="1:105">
+      <c r="C580" s="2"/>
+    </row>
+    <row r="581" spans="1:105">
+      <c r="C581" s="2"/>
+    </row>
+    <row r="582" spans="1:105">
+      <c r="C582" s="2"/>
+    </row>
+    <row r="583" spans="1:105">
+      <c r="C583" s="2"/>
+    </row>
+    <row r="584" spans="1:105">
+      <c r="C584" s="2"/>
+    </row>
+    <row r="585" spans="1:105">
+      <c r="C585" s="2"/>
+    </row>
+    <row r="586" spans="1:105">
+      <c r="C586" s="2"/>
+    </row>
+    <row r="587" spans="1:105">
+      <c r="C587" s="2"/>
+    </row>
+    <row r="588" spans="1:105">
+      <c r="C588" s="2"/>
+    </row>
+    <row r="589" spans="1:105">
+      <c r="C589" s="2"/>
+    </row>
+    <row r="590" spans="1:105">
+      <c r="C590" s="2"/>
+    </row>
+    <row r="591" spans="1:105">
+      <c r="C591" s="2"/>
+    </row>
+    <row r="592" spans="1:105">
+      <c r="C592" s="2"/>
+    </row>
+    <row r="593" spans="1:105">
+      <c r="C593" s="2"/>
+    </row>
+    <row r="594" spans="1:105">
+      <c r="C594" s="2"/>
+    </row>
+    <row r="595" spans="1:105">
+      <c r="C595" s="2"/>
+    </row>
+    <row r="596" spans="1:105">
+      <c r="C596" s="2"/>
+    </row>
+    <row r="597" spans="1:105">
+      <c r="C597" s="2"/>
+    </row>
+    <row r="598" spans="1:105">
+      <c r="C598" s="2"/>
+    </row>
+    <row r="599" spans="1:105">
+      <c r="C599" s="2"/>
+    </row>
+    <row r="600" spans="1:105">
+      <c r="C600" s="2"/>
+    </row>
+    <row r="601" spans="1:105">
+      <c r="C601" s="2"/>
+    </row>
+    <row r="602" spans="1:105">
+      <c r="C602" s="2"/>
+    </row>
+    <row r="603" spans="1:105">
+      <c r="C603" s="2"/>
+    </row>
+    <row r="604" spans="1:105">
+      <c r="C604" s="2"/>
+    </row>
+    <row r="605" spans="1:105">
+      <c r="C605" s="2"/>
+    </row>
+    <row r="606" spans="1:105">
+      <c r="C606" s="2"/>
+    </row>
+    <row r="607" spans="1:105">
+      <c r="C607" s="2"/>
+    </row>
+    <row r="608" spans="1:105">
+      <c r="C608" s="2"/>
+    </row>
+    <row r="609" spans="1:105">
+      <c r="C609" s="2"/>
+    </row>
+    <row r="610" spans="1:105">
+      <c r="C610" s="2"/>
+    </row>
+    <row r="611" spans="1:105">
+      <c r="C611" s="2"/>
+    </row>
+    <row r="612" spans="1:105">
+      <c r="C612" s="2"/>
+    </row>
+    <row r="613" spans="1:105">
+      <c r="C613" s="2"/>
+    </row>
+    <row r="614" spans="1:105">
+      <c r="C614" s="2"/>
+    </row>
+    <row r="615" spans="1:105">
+      <c r="C615" s="2"/>
+    </row>
+    <row r="616" spans="1:105">
+      <c r="C616" s="2"/>
+    </row>
+    <row r="617" spans="1:105">
+      <c r="C617" s="2"/>
+    </row>
+    <row r="618" spans="1:105">
+      <c r="C618" s="2"/>
+    </row>
+    <row r="619" spans="1:105">
+      <c r="C619" s="2"/>
+    </row>
+    <row r="620" spans="1:105">
+      <c r="C620" s="2"/>
+    </row>
+    <row r="621" spans="1:105">
+      <c r="C621" s="2"/>
+    </row>
+    <row r="622" spans="1:105">
+      <c r="C622" s="2"/>
+    </row>
+    <row r="623" spans="1:105">
+      <c r="C623" s="2"/>
+    </row>
+    <row r="624" spans="1:105">
+      <c r="C624" s="2"/>
+    </row>
+    <row r="625" spans="1:105">
+      <c r="C625" s="2"/>
+    </row>
+    <row r="626" spans="1:105">
+      <c r="C626" s="2"/>
+    </row>
+    <row r="627" spans="1:105">
+      <c r="C627" s="2"/>
+    </row>
+    <row r="628" spans="1:105">
+      <c r="C628" s="2"/>
+    </row>
+    <row r="629" spans="1:105">
+      <c r="C629" s="2"/>
+    </row>
+    <row r="630" spans="1:105">
+      <c r="C630" s="2"/>
+    </row>
+    <row r="631" spans="1:105">
+      <c r="C631" s="2"/>
+    </row>
+    <row r="632" spans="1:105">
+      <c r="C632" s="2"/>
+    </row>
+    <row r="633" spans="1:105">
+      <c r="C633" s="2"/>
+    </row>
+    <row r="634" spans="1:105">
+      <c r="C634" s="2"/>
+    </row>
+    <row r="635" spans="1:105">
+      <c r="C635" s="2"/>
+    </row>
+    <row r="636" spans="1:105">
+      <c r="C636" s="2"/>
+    </row>
+    <row r="637" spans="1:105">
+      <c r="C637" s="2"/>
+    </row>
+    <row r="638" spans="1:105">
+      <c r="C638" s="2"/>
+    </row>
+    <row r="639" spans="1:105">
+      <c r="C639" s="2"/>
+    </row>
+    <row r="640" spans="1:105">
+      <c r="C640" s="2"/>
+    </row>
+    <row r="641" spans="1:105">
+      <c r="C641" s="2"/>
+    </row>
+    <row r="642" spans="1:105">
+      <c r="C642" s="2"/>
+    </row>
+    <row r="643" spans="1:105">
+      <c r="C643" s="2"/>
+    </row>
+    <row r="644" spans="1:105">
+      <c r="C644" s="2"/>
+    </row>
+    <row r="645" spans="1:105">
+      <c r="C645" s="2"/>
+    </row>
+    <row r="646" spans="1:105">
+      <c r="C646" s="2"/>
+    </row>
+    <row r="647" spans="1:105">
+      <c r="C647" s="2"/>
+    </row>
+    <row r="648" spans="1:105">
+      <c r="C648" s="2"/>
+    </row>
+    <row r="649" spans="1:105">
+      <c r="C649" s="2"/>
+    </row>
+    <row r="650" spans="1:105">
+      <c r="C650" s="2"/>
+    </row>
+    <row r="651" spans="1:105">
+      <c r="C651" s="2"/>
+    </row>
+    <row r="652" spans="1:105">
+      <c r="C652" s="2"/>
+    </row>
+    <row r="653" spans="1:105">
+      <c r="C653" s="2"/>
+    </row>
+    <row r="654" spans="1:105">
+      <c r="C654" s="2"/>
+    </row>
+    <row r="655" spans="1:105">
+      <c r="C655" s="2"/>
+    </row>
+    <row r="656" spans="1:105">
+      <c r="C656" s="2"/>
+    </row>
+    <row r="657" spans="1:105">
+      <c r="C657" s="2"/>
+    </row>
+    <row r="658" spans="1:105">
+      <c r="C658" s="2"/>
+    </row>
+    <row r="659" spans="1:105">
+      <c r="C659" s="2"/>
+    </row>
+    <row r="660" spans="1:105">
+      <c r="C660" s="2"/>
+    </row>
+    <row r="661" spans="1:105">
+      <c r="C661" s="2"/>
+    </row>
+    <row r="662" spans="1:105">
+      <c r="C662" s="2"/>
+    </row>
+    <row r="663" spans="1:105">
+      <c r="C663" s="2"/>
+    </row>
+    <row r="664" spans="1:105">
+      <c r="C664" s="2"/>
+    </row>
+    <row r="665" spans="1:105">
+      <c r="C665" s="2"/>
+    </row>
+    <row r="666" spans="1:105">
+      <c r="C666" s="2"/>
+    </row>
+    <row r="667" spans="1:105">
+      <c r="C667" s="2"/>
+    </row>
+    <row r="668" spans="1:105">
+      <c r="C668" s="2"/>
+    </row>
+    <row r="669" spans="1:105">
+      <c r="C669" s="2"/>
+    </row>
+    <row r="670" spans="1:105">
+      <c r="C670" s="2"/>
+    </row>
+    <row r="671" spans="1:105">
+      <c r="C671" s="2"/>
+    </row>
+    <row r="672" spans="1:105">
+      <c r="C672" s="2"/>
+    </row>
+    <row r="673" spans="1:105">
+      <c r="C673" s="2"/>
+    </row>
+    <row r="674" spans="1:105">
+      <c r="C674" s="2"/>
+    </row>
+    <row r="675" spans="1:105">
+      <c r="C675" s="2"/>
+    </row>
+    <row r="676" spans="1:105">
+      <c r="C676" s="2"/>
+    </row>
+    <row r="677" spans="1:105">
+      <c r="C677" s="2"/>
+    </row>
+    <row r="678" spans="1:105">
+      <c r="C678" s="2"/>
+    </row>
+    <row r="679" spans="1:105">
+      <c r="C679" s="2"/>
+    </row>
+    <row r="680" spans="1:105">
+      <c r="C680" s="2"/>
+    </row>
+    <row r="681" spans="1:105">
+      <c r="C681" s="2"/>
+    </row>
+    <row r="682" spans="1:105">
+      <c r="C682" s="2"/>
+    </row>
+    <row r="683" spans="1:105">
+      <c r="C683" s="2"/>
+    </row>
+    <row r="684" spans="1:105">
+      <c r="C684" s="2"/>
+    </row>
+    <row r="685" spans="1:105">
+      <c r="C685" s="2"/>
+    </row>
+    <row r="686" spans="1:105">
+      <c r="C686" s="2"/>
+    </row>
+    <row r="687" spans="1:105">
+      <c r="C687" s="2"/>
+    </row>
+    <row r="688" spans="1:105">
+      <c r="C688" s="2"/>
+    </row>
+    <row r="689" spans="1:105">
+      <c r="C689" s="2"/>
+    </row>
+    <row r="690" spans="1:105">
+      <c r="C690" s="2"/>
+    </row>
+    <row r="691" spans="1:105">
+      <c r="C691" s="2"/>
+    </row>
+    <row r="692" spans="1:105">
+      <c r="C692" s="2"/>
+    </row>
+    <row r="693" spans="1:105">
+      <c r="C693" s="2"/>
+    </row>
+    <row r="694" spans="1:105">
+      <c r="C694" s="2"/>
+    </row>
+    <row r="695" spans="1:105">
+      <c r="C695" s="2"/>
+    </row>
+    <row r="696" spans="1:105">
+      <c r="C696" s="2"/>
+    </row>
+    <row r="697" spans="1:105">
+      <c r="C697" s="2"/>
+    </row>
+    <row r="698" spans="1:105">
+      <c r="C698" s="2"/>
+    </row>
+    <row r="699" spans="1:105">
+      <c r="C699" s="2"/>
+    </row>
+    <row r="700" spans="1:105">
+      <c r="C700" s="2"/>
+    </row>
+    <row r="701" spans="1:105">
+      <c r="C701" s="2"/>
+    </row>
+    <row r="702" spans="1:105">
+      <c r="C702" s="2"/>
+    </row>
+    <row r="703" spans="1:105">
+      <c r="C703" s="2"/>
+    </row>
+    <row r="704" spans="1:105">
+      <c r="C704" s="2"/>
+    </row>
+    <row r="705" spans="1:105">
+      <c r="C705" s="2"/>
+    </row>
+    <row r="706" spans="1:105">
+      <c r="C706" s="2"/>
+    </row>
+    <row r="707" spans="1:105">
+      <c r="C707" s="2"/>
+    </row>
+    <row r="708" spans="1:105">
+      <c r="C708" s="2"/>
+    </row>
+    <row r="709" spans="1:105">
+      <c r="C709" s="2"/>
+    </row>
+    <row r="710" spans="1:105">
+      <c r="C710" s="2"/>
+    </row>
+    <row r="711" spans="1:105">
+      <c r="C711" s="2"/>
+    </row>
+    <row r="712" spans="1:105">
+      <c r="C712" s="2"/>
+    </row>
+    <row r="713" spans="1:105">
+      <c r="C713" s="2"/>
+    </row>
+    <row r="714" spans="1:105">
+      <c r="C714" s="2"/>
+    </row>
+    <row r="715" spans="1:105">
+      <c r="C715" s="2"/>
+    </row>
+    <row r="716" spans="1:105">
+      <c r="C716" s="2"/>
+    </row>
+    <row r="717" spans="1:105">
+      <c r="C717" s="2"/>
+    </row>
+    <row r="718" spans="1:105">
+      <c r="C718" s="2"/>
+    </row>
+    <row r="719" spans="1:105">
+      <c r="C719" s="2"/>
+    </row>
+    <row r="720" spans="1:105">
+      <c r="C720" s="2"/>
+    </row>
+    <row r="721" spans="1:105">
+      <c r="C721" s="2"/>
+    </row>
+    <row r="722" spans="1:105">
+      <c r="C722" s="2"/>
+    </row>
+    <row r="723" spans="1:105">
+      <c r="C723" s="2"/>
+    </row>
+    <row r="724" spans="1:105">
+      <c r="C724" s="2"/>
+    </row>
+    <row r="725" spans="1:105">
+      <c r="C725" s="2"/>
+    </row>
+    <row r="726" spans="1:105">
+      <c r="C726" s="2"/>
+    </row>
+    <row r="727" spans="1:105">
+      <c r="C727" s="2"/>
+    </row>
+    <row r="728" spans="1:105">
+      <c r="C728" s="2"/>
+    </row>
+    <row r="729" spans="1:105">
+      <c r="C729" s="2"/>
+    </row>
+    <row r="730" spans="1:105">
+      <c r="C730" s="2"/>
+    </row>
+    <row r="731" spans="1:105">
+      <c r="C731" s="2"/>
+    </row>
+    <row r="732" spans="1:105">
+      <c r="C732" s="2"/>
+    </row>
+    <row r="733" spans="1:105">
+      <c r="C733" s="2"/>
+    </row>
+    <row r="734" spans="1:105">
+      <c r="C734" s="2"/>
+    </row>
+    <row r="735" spans="1:105">
+      <c r="C735" s="2"/>
+    </row>
+    <row r="736" spans="1:105">
+      <c r="C736" s="2"/>
+    </row>
+    <row r="737" spans="1:105">
+      <c r="C737" s="2"/>
+    </row>
+    <row r="738" spans="1:105">
+      <c r="C738" s="2"/>
+    </row>
+    <row r="739" spans="1:105">
+      <c r="C739" s="2"/>
+    </row>
+    <row r="740" spans="1:105">
+      <c r="C740" s="2"/>
+    </row>
+    <row r="741" spans="1:105">
+      <c r="C741" s="2"/>
+    </row>
+    <row r="742" spans="1:105">
+      <c r="C742" s="2"/>
+    </row>
+    <row r="743" spans="1:105">
+      <c r="C743" s="2"/>
+    </row>
+    <row r="744" spans="1:105">
+      <c r="C744" s="2"/>
+    </row>
+    <row r="745" spans="1:105">
+      <c r="C745" s="2"/>
+    </row>
+    <row r="746" spans="1:105">
+      <c r="C746" s="2"/>
+    </row>
+    <row r="747" spans="1:105">
+      <c r="C747" s="2"/>
+    </row>
+    <row r="748" spans="1:105">
+      <c r="C748" s="2"/>
+    </row>
+    <row r="749" spans="1:105">
+      <c r="C749" s="2"/>
+    </row>
+    <row r="750" spans="1:105">
+      <c r="C750" s="2"/>
+    </row>
+    <row r="751" spans="1:105">
+      <c r="C751" s="2"/>
+    </row>
+    <row r="752" spans="1:105">
+      <c r="C752" s="2"/>
+    </row>
+    <row r="753" spans="1:105">
+      <c r="C753" s="2"/>
+    </row>
+    <row r="754" spans="1:105">
+      <c r="C754" s="2"/>
+    </row>
+    <row r="755" spans="1:105">
+      <c r="C755" s="2"/>
+    </row>
+    <row r="756" spans="1:105">
+      <c r="C756" s="2"/>
+    </row>
+    <row r="757" spans="1:105">
+      <c r="C757" s="2"/>
+    </row>
+    <row r="758" spans="1:105">
+      <c r="C758" s="2"/>
+    </row>
+    <row r="759" spans="1:105">
+      <c r="C759" s="2"/>
+    </row>
+    <row r="760" spans="1:105">
+      <c r="C760" s="2"/>
+    </row>
+    <row r="761" spans="1:105">
+      <c r="C761" s="2"/>
+    </row>
+    <row r="762" spans="1:105">
+      <c r="C762" s="2"/>
+    </row>
+    <row r="763" spans="1:105">
+      <c r="C763" s="2"/>
+    </row>
+    <row r="764" spans="1:105">
+      <c r="C764" s="2"/>
+    </row>
+    <row r="765" spans="1:105">
+      <c r="C765" s="2"/>
+    </row>
+    <row r="766" spans="1:105">
+      <c r="C766" s="2"/>
+    </row>
+    <row r="767" spans="1:105">
+      <c r="C767" s="2"/>
+    </row>
+    <row r="768" spans="1:105">
+      <c r="C768" s="2"/>
+    </row>
+    <row r="769" spans="1:105">
+      <c r="C769" s="2"/>
+    </row>
+    <row r="770" spans="1:105">
+      <c r="C770" s="2"/>
+    </row>
+    <row r="771" spans="1:105">
+      <c r="C771" s="2"/>
+    </row>
+    <row r="772" spans="1:105">
+      <c r="C772" s="2"/>
+    </row>
+    <row r="773" spans="1:105">
+      <c r="C773" s="2"/>
+    </row>
+    <row r="774" spans="1:105">
+      <c r="C774" s="2"/>
+    </row>
+    <row r="775" spans="1:105">
+      <c r="C775" s="2"/>
+    </row>
+    <row r="776" spans="1:105">
+      <c r="C776" s="2"/>
+    </row>
+    <row r="777" spans="1:105">
+      <c r="C777" s="2"/>
+    </row>
+    <row r="778" spans="1:105">
+      <c r="C778" s="2"/>
+    </row>
+    <row r="779" spans="1:105">
+      <c r="C779" s="2"/>
+    </row>
+    <row r="780" spans="1:105">
+      <c r="C780" s="2"/>
+    </row>
+    <row r="781" spans="1:105">
+      <c r="C781" s="2"/>
+    </row>
+    <row r="782" spans="1:105">
+      <c r="C782" s="2"/>
+    </row>
+    <row r="783" spans="1:105">
+      <c r="C783" s="2"/>
+    </row>
+    <row r="784" spans="1:105">
+      <c r="C784" s="2"/>
+    </row>
+    <row r="785" spans="1:105">
+      <c r="C785" s="2"/>
+    </row>
+    <row r="786" spans="1:105">
+      <c r="C786" s="2"/>
+    </row>
+    <row r="787" spans="1:105">
+      <c r="C787" s="2"/>
+    </row>
+    <row r="788" spans="1:105">
+      <c r="C788" s="2"/>
+    </row>
+    <row r="789" spans="1:105">
+      <c r="C789" s="2"/>
+    </row>
+    <row r="790" spans="1:105">
+      <c r="C790" s="2"/>
+    </row>
+    <row r="791" spans="1:105">
+      <c r="C791" s="2"/>
+    </row>
+    <row r="792" spans="1:105">
+      <c r="C792" s="2"/>
+    </row>
+    <row r="793" spans="1:105">
+      <c r="C793" s="2"/>
+    </row>
+    <row r="794" spans="1:105">
+      <c r="C794" s="2"/>
+    </row>
+    <row r="795" spans="1:105">
+      <c r="C795" s="2"/>
+    </row>
+    <row r="796" spans="1:105">
+      <c r="C796" s="2"/>
+    </row>
+    <row r="797" spans="1:105">
+      <c r="C797" s="2"/>
+    </row>
+    <row r="798" spans="1:105">
+      <c r="C798" s="2"/>
+    </row>
+    <row r="799" spans="1:105">
+      <c r="C799" s="2"/>
+    </row>
+    <row r="800" spans="1:105">
+      <c r="C800" s="2"/>
+    </row>
+    <row r="801" spans="1:105">
+      <c r="C801" s="2"/>
+    </row>
+    <row r="802" spans="1:105">
+      <c r="C802" s="2"/>
+    </row>
+    <row r="803" spans="1:105">
+      <c r="C803" s="2"/>
+    </row>
+    <row r="804" spans="1:105">
+      <c r="C804" s="2"/>
+    </row>
+    <row r="805" spans="1:105">
+      <c r="C805" s="2"/>
+    </row>
+    <row r="806" spans="1:105">
+      <c r="C806" s="2"/>
+    </row>
+    <row r="807" spans="1:105">
+      <c r="C807" s="2"/>
+    </row>
+    <row r="808" spans="1:105">
+      <c r="C808" s="2"/>
+    </row>
+    <row r="809" spans="1:105">
+      <c r="C809" s="2"/>
+    </row>
+    <row r="810" spans="1:105">
+      <c r="C810" s="2"/>
+    </row>
+    <row r="811" spans="1:105">
+      <c r="C811" s="2"/>
+    </row>
+    <row r="812" spans="1:105">
+      <c r="C812" s="2"/>
+    </row>
+    <row r="813" spans="1:105">
+      <c r="C813" s="2"/>
+    </row>
+    <row r="814" spans="1:105">
+      <c r="C814" s="2"/>
+    </row>
+    <row r="815" spans="1:105">
+      <c r="C815" s="2"/>
+    </row>
+    <row r="816" spans="1:105">
+      <c r="C816" s="2"/>
+    </row>
+    <row r="817" spans="1:105">
+      <c r="C817" s="2"/>
+    </row>
+    <row r="818" spans="1:105">
+      <c r="C818" s="2"/>
+    </row>
+    <row r="819" spans="1:105">
+      <c r="C819" s="2"/>
+    </row>
+    <row r="820" spans="1:105">
+      <c r="C820" s="2"/>
+    </row>
+    <row r="821" spans="1:105">
+      <c r="C821" s="2"/>
+    </row>
+    <row r="822" spans="1:105">
+      <c r="C822" s="2"/>
+    </row>
+    <row r="823" spans="1:105">
+      <c r="C823" s="2"/>
+    </row>
+    <row r="824" spans="1:105">
+      <c r="C824" s="2"/>
+    </row>
+    <row r="825" spans="1:105">
+      <c r="C825" s="2"/>
+    </row>
+    <row r="826" spans="1:105">
+      <c r="C826" s="2"/>
+    </row>
+    <row r="827" spans="1:105">
+      <c r="C827" s="2"/>
+    </row>
+    <row r="828" spans="1:105">
+      <c r="C828" s="2"/>
+    </row>
+    <row r="829" spans="1:105">
+      <c r="C829" s="2"/>
+    </row>
+    <row r="830" spans="1:105">
+      <c r="C830" s="2"/>
+    </row>
+    <row r="831" spans="1:105">
+      <c r="C831" s="2"/>
+    </row>
+    <row r="832" spans="1:105">
+      <c r="C832" s="2"/>
+    </row>
+    <row r="833" spans="1:105">
+      <c r="C833" s="2"/>
+    </row>
+    <row r="834" spans="1:105">
+      <c r="C834" s="2"/>
+    </row>
+    <row r="835" spans="1:105">
+      <c r="C835" s="2"/>
+    </row>
+    <row r="836" spans="1:105">
+      <c r="C836" s="2"/>
+    </row>
+    <row r="837" spans="1:105">
+      <c r="C837" s="2"/>
+    </row>
+    <row r="838" spans="1:105">
+      <c r="C838" s="2"/>
+    </row>
+    <row r="839" spans="1:105">
+      <c r="C839" s="2"/>
+    </row>
+    <row r="840" spans="1:105">
+      <c r="C840" s="2"/>
+    </row>
+    <row r="841" spans="1:105">
+      <c r="C841" s="2"/>
+    </row>
+    <row r="842" spans="1:105">
+      <c r="C842" s="2"/>
+    </row>
+    <row r="843" spans="1:105">
+      <c r="C843" s="2"/>
+    </row>
+    <row r="844" spans="1:105">
+      <c r="C844" s="2"/>
+    </row>
+    <row r="845" spans="1:105">
+      <c r="C845" s="2"/>
+    </row>
+    <row r="846" spans="1:105">
+      <c r="C846" s="2"/>
+    </row>
+    <row r="847" spans="1:105">
+      <c r="C847" s="2"/>
+    </row>
+    <row r="848" spans="1:105">
+      <c r="C848" s="2"/>
+    </row>
+    <row r="849" spans="1:105">
+      <c r="C849" s="2"/>
+    </row>
+    <row r="850" spans="1:105">
+      <c r="C850" s="2"/>
+    </row>
+    <row r="851" spans="1:105">
+      <c r="C851" s="2"/>
+    </row>
+    <row r="852" spans="1:105">
+      <c r="C852" s="2"/>
+    </row>
+    <row r="853" spans="1:105">
+      <c r="C853" s="2"/>
+    </row>
+    <row r="854" spans="1:105">
+      <c r="C854" s="2"/>
+    </row>
+    <row r="855" spans="1:105">
+      <c r="C855" s="2"/>
+    </row>
+    <row r="856" spans="1:105">
+      <c r="C856" s="2"/>
+    </row>
+    <row r="857" spans="1:105">
+      <c r="C857" s="2"/>
+    </row>
+    <row r="858" spans="1:105">
+      <c r="C858" s="2"/>
+    </row>
+    <row r="859" spans="1:105">
+      <c r="C859" s="2"/>
+    </row>
+    <row r="860" spans="1:105">
+      <c r="C860" s="2"/>
+    </row>
+    <row r="861" spans="1:105">
+      <c r="C861" s="2"/>
+    </row>
+    <row r="862" spans="1:105">
+      <c r="C862" s="2"/>
+    </row>
+    <row r="863" spans="1:105">
+      <c r="C863" s="2"/>
+    </row>
+    <row r="864" spans="1:105">
+      <c r="C864" s="2"/>
+    </row>
+    <row r="865" spans="1:105">
+      <c r="C865" s="2"/>
+    </row>
+    <row r="866" spans="1:105">
+      <c r="C866" s="2"/>
+    </row>
+    <row r="867" spans="1:105">
+      <c r="C867" s="2"/>
+    </row>
+    <row r="868" spans="1:105">
+      <c r="C868" s="2"/>
+    </row>
+    <row r="869" spans="1:105">
+      <c r="C869" s="2"/>
+    </row>
+    <row r="870" spans="1:105">
+      <c r="C870" s="2"/>
+    </row>
+    <row r="871" spans="1:105">
+      <c r="C871" s="2"/>
+    </row>
+    <row r="872" spans="1:105">
+      <c r="C872" s="2"/>
+    </row>
+    <row r="873" spans="1:105">
+      <c r="C873" s="2"/>
+    </row>
+    <row r="874" spans="1:105">
+      <c r="C874" s="2"/>
+    </row>
+    <row r="875" spans="1:105">
+      <c r="C875" s="2"/>
+    </row>
+    <row r="876" spans="1:105">
+      <c r="C876" s="2"/>
+    </row>
+    <row r="877" spans="1:105">
+      <c r="C877" s="2"/>
+    </row>
+    <row r="878" spans="1:105">
+      <c r="C878" s="2"/>
+    </row>
+    <row r="879" spans="1:105">
+      <c r="C879" s="2"/>
+    </row>
+    <row r="880" spans="1:105">
+      <c r="C880" s="2"/>
+    </row>
+    <row r="881" spans="1:105">
+      <c r="C881" s="2"/>
+    </row>
+    <row r="882" spans="1:105">
+      <c r="C882" s="2"/>
+    </row>
+    <row r="883" spans="1:105">
+      <c r="C883" s="2"/>
+    </row>
+    <row r="884" spans="1:105">
+      <c r="C884" s="2"/>
+    </row>
+    <row r="885" spans="1:105">
+      <c r="C885" s="2"/>
+    </row>
+    <row r="886" spans="1:105">
+      <c r="C886" s="2"/>
+    </row>
+    <row r="887" spans="1:105">
+      <c r="C887" s="2"/>
+    </row>
+    <row r="888" spans="1:105">
+      <c r="C888" s="2"/>
+    </row>
+    <row r="889" spans="1:105">
+      <c r="C889" s="2"/>
+    </row>
+    <row r="890" spans="1:105">
+      <c r="C890" s="2"/>
+    </row>
+    <row r="891" spans="1:105">
+      <c r="C891" s="2"/>
+    </row>
+    <row r="892" spans="1:105">
+      <c r="C892" s="2"/>
+    </row>
+    <row r="893" spans="1:105">
+      <c r="C893" s="2"/>
+    </row>
+    <row r="894" spans="1:105">
+      <c r="C894" s="2"/>
+    </row>
+    <row r="895" spans="1:105">
+      <c r="C895" s="2"/>
+    </row>
+    <row r="896" spans="1:105">
+      <c r="C896" s="2"/>
+    </row>
+    <row r="897" spans="1:105">
+      <c r="C897" s="2"/>
+    </row>
+    <row r="898" spans="1:105">
+      <c r="C898" s="2"/>
+    </row>
+    <row r="899" spans="1:105">
+      <c r="C899" s="2"/>
+    </row>
+    <row r="900" spans="1:105">
+      <c r="C900" s="2"/>
+    </row>
+    <row r="901" spans="1:105">
+      <c r="C901" s="2"/>
+    </row>
+    <row r="902" spans="1:105">
+      <c r="C902" s="2"/>
+    </row>
+    <row r="903" spans="1:105">
+      <c r="C903" s="2"/>
+    </row>
+    <row r="904" spans="1:105">
+      <c r="C904" s="2"/>
+    </row>
+    <row r="905" spans="1:105">
+      <c r="C905" s="2"/>
+    </row>
+    <row r="906" spans="1:105">
+      <c r="C906" s="2"/>
+    </row>
+    <row r="907" spans="1:105">
+      <c r="C907" s="2"/>
+    </row>
+    <row r="908" spans="1:105">
+      <c r="C908" s="2"/>
+    </row>
+    <row r="909" spans="1:105">
+      <c r="C909" s="2"/>
+    </row>
+    <row r="910" spans="1:105">
+      <c r="C910" s="2"/>
+    </row>
+    <row r="911" spans="1:105">
+      <c r="C911" s="2"/>
+    </row>
+    <row r="912" spans="1:105">
+      <c r="C912" s="2"/>
+    </row>
+    <row r="913" spans="1:105">
+      <c r="C913" s="2"/>
+    </row>
+    <row r="914" spans="1:105">
+      <c r="C914" s="2"/>
+    </row>
+    <row r="915" spans="1:105">
+      <c r="C915" s="2"/>
+    </row>
+    <row r="916" spans="1:105">
+      <c r="C916" s="2"/>
+    </row>
+    <row r="917" spans="1:105">
+      <c r="C917" s="2"/>
+    </row>
+    <row r="918" spans="1:105">
+      <c r="C918" s="2"/>
+    </row>
+    <row r="919" spans="1:105">
+      <c r="C919" s="2"/>
+    </row>
+    <row r="920" spans="1:105">
+      <c r="C920" s="2"/>
+    </row>
+    <row r="921" spans="1:105">
+      <c r="C921" s="2"/>
+    </row>
+    <row r="922" spans="1:105">
+      <c r="C922" s="2"/>
+    </row>
+    <row r="923" spans="1:105">
+      <c r="C923" s="2"/>
+    </row>
+    <row r="924" spans="1:105">
+      <c r="C924" s="2"/>
+    </row>
+    <row r="925" spans="1:105">
+      <c r="C925" s="2"/>
+    </row>
+    <row r="926" spans="1:105">
+      <c r="C926" s="2"/>
+    </row>
+    <row r="927" spans="1:105">
+      <c r="C927" s="2"/>
+    </row>
+    <row r="928" spans="1:105">
+      <c r="C928" s="2"/>
+    </row>
+    <row r="929" spans="1:105">
+      <c r="C929" s="2"/>
+    </row>
+    <row r="930" spans="1:105">
+      <c r="C930" s="2"/>
+    </row>
+    <row r="931" spans="1:105">
+      <c r="C931" s="2"/>
+    </row>
+    <row r="932" spans="1:105">
+      <c r="C932" s="2"/>
+    </row>
+    <row r="933" spans="1:105">
+      <c r="C933" s="2"/>
+    </row>
+    <row r="934" spans="1:105">
+      <c r="C934" s="2"/>
+    </row>
+    <row r="935" spans="1:105">
+      <c r="C935" s="2"/>
+    </row>
+    <row r="936" spans="1:105">
+      <c r="C936" s="2"/>
+    </row>
+    <row r="937" spans="1:105">
+      <c r="C937" s="2"/>
+    </row>
+    <row r="938" spans="1:105">
+      <c r="C938" s="2"/>
+    </row>
+    <row r="939" spans="1:105">
+      <c r="C939" s="2"/>
+    </row>
+    <row r="940" spans="1:105">
+      <c r="C940" s="2"/>
+    </row>
+    <row r="941" spans="1:105">
+      <c r="C941" s="2"/>
+    </row>
+    <row r="942" spans="1:105">
+      <c r="C942" s="2"/>
+    </row>
+    <row r="943" spans="1:105">
+      <c r="C943" s="2"/>
+    </row>
+    <row r="944" spans="1:105">
+      <c r="C944" s="2"/>
+    </row>
+    <row r="945" spans="1:105">
+      <c r="C945" s="2"/>
+    </row>
+    <row r="946" spans="1:105">
+      <c r="C946" s="2"/>
+    </row>
+    <row r="947" spans="1:105">
+      <c r="C947" s="2"/>
+    </row>
+    <row r="948" spans="1:105">
+      <c r="C948" s="2"/>
+    </row>
+    <row r="949" spans="1:105">
+      <c r="C949" s="2"/>
+    </row>
+    <row r="950" spans="1:105">
+      <c r="C950" s="2"/>
+    </row>
+    <row r="951" spans="1:105">
+      <c r="C951" s="2"/>
+    </row>
+    <row r="952" spans="1:105">
+      <c r="C952" s="2"/>
+    </row>
+    <row r="953" spans="1:105">
+      <c r="C953" s="2"/>
+    </row>
+    <row r="954" spans="1:105">
+      <c r="C954" s="2"/>
+    </row>
+    <row r="955" spans="1:105">
+      <c r="C955" s="2"/>
+    </row>
+    <row r="956" spans="1:105">
+      <c r="C956" s="2"/>
+    </row>
+    <row r="957" spans="1:105">
+      <c r="C957" s="2"/>
+    </row>
+    <row r="958" spans="1:105">
+      <c r="C958" s="2"/>
+    </row>
+    <row r="959" spans="1:105">
+      <c r="C959" s="2"/>
+    </row>
+    <row r="960" spans="1:105">
+      <c r="C960" s="2"/>
+    </row>
+    <row r="961" spans="1:105">
+      <c r="C961" s="2"/>
+    </row>
+    <row r="962" spans="1:105">
+      <c r="C962" s="2"/>
+    </row>
+    <row r="963" spans="1:105">
+      <c r="C963" s="2"/>
+    </row>
+    <row r="964" spans="1:105">
+      <c r="C964" s="2"/>
+    </row>
+    <row r="965" spans="1:105">
+      <c r="C965" s="2"/>
+    </row>
+    <row r="966" spans="1:105">
+      <c r="C966" s="2"/>
+    </row>
+    <row r="967" spans="1:105">
+      <c r="C967" s="2"/>
+    </row>
+    <row r="968" spans="1:105">
+      <c r="C968" s="2"/>
+    </row>
+    <row r="969" spans="1:105">
+      <c r="C969" s="2"/>
+    </row>
+    <row r="970" spans="1:105">
+      <c r="C970" s="2"/>
+    </row>
+    <row r="971" spans="1:105">
+      <c r="C971" s="2"/>
+    </row>
+    <row r="972" spans="1:105">
+      <c r="C972" s="2"/>
+    </row>
+    <row r="973" spans="1:105">
+      <c r="C973" s="2"/>
+    </row>
+    <row r="974" spans="1:105">
+      <c r="C974" s="2"/>
+    </row>
+    <row r="975" spans="1:105">
+      <c r="C975" s="2"/>
+    </row>
+    <row r="976" spans="1:105">
+      <c r="C976" s="2"/>
+    </row>
+    <row r="977" spans="1:105">
+      <c r="C977" s="2"/>
+    </row>
+    <row r="978" spans="1:105">
+      <c r="C978" s="2"/>
+    </row>
+    <row r="979" spans="1:105">
+      <c r="C979" s="2"/>
+    </row>
+    <row r="980" spans="1:105">
+      <c r="C980" s="2"/>
+    </row>
+    <row r="981" spans="1:105">
+      <c r="C981" s="2"/>
+    </row>
+    <row r="982" spans="1:105">
+      <c r="C982" s="2"/>
+    </row>
+    <row r="983" spans="1:105">
+      <c r="C983" s="2"/>
+    </row>
+    <row r="984" spans="1:105">
+      <c r="C984" s="2"/>
+    </row>
+    <row r="985" spans="1:105">
+      <c r="C985" s="2"/>
+    </row>
+    <row r="986" spans="1:105">
+      <c r="C986" s="2"/>
+    </row>
+    <row r="987" spans="1:105">
+      <c r="C987" s="2"/>
+    </row>
+    <row r="988" spans="1:105">
+      <c r="C988" s="2"/>
+    </row>
+    <row r="989" spans="1:105">
+      <c r="C989" s="2"/>
+    </row>
+    <row r="990" spans="1:105">
+      <c r="C990" s="2"/>
+    </row>
+    <row r="991" spans="1:105">
+      <c r="C991" s="2"/>
+    </row>
+    <row r="992" spans="1:105">
+      <c r="C992" s="2"/>
+    </row>
+    <row r="993" spans="1:105">
+      <c r="C993" s="2"/>
+    </row>
+    <row r="994" spans="1:105">
+      <c r="C994" s="2"/>
+    </row>
+    <row r="995" spans="1:105">
+      <c r="C995" s="2"/>
+    </row>
+    <row r="996" spans="1:105">
+      <c r="C996" s="2"/>
+    </row>
+    <row r="997" spans="1:105">
+      <c r="C997" s="2"/>
+    </row>
+    <row r="998" spans="1:105">
+      <c r="C998" s="2"/>
+    </row>
+    <row r="999" spans="1:105">
+      <c r="C999" s="2"/>
+    </row>
+    <row r="1000" spans="1:105">
+      <c r="C1000" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="4">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="G5:G1000">
       <formula1>'Worksheet'!$DA$1:$DA$4</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="H5:H1000">
       <formula1>'Worksheet'!$DA$1:$DA$4</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="I5:I1000">
       <formula1>'Worksheet'!$DA$1:$DA$4</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="J5:J1000">
       <formula1>'Worksheet'!$DA$1:$DA$4</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">