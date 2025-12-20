--- v0 (2025-10-20)
+++ v1 (2025-12-20)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="863">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="866">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>11900919 Canada Ltd. (RVRN)</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>1015396:typeValue:101</t>
   </si>
   <si>
     <t>1015396:typeValue:102</t>
   </si>
   <si>
     <t>1015396:typeValue:103</t>
   </si>
   <si>
     <t>1015396:typeValue:104</t>
   </si>
   <si>
@@ -344,51 +344,51 @@
   <si>
     <t>Border City Ac (BORD)</t>
   </si>
   <si>
     <t>Boris' Beasts Throwing Club (BBT1)</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina (BIH)</t>
   </si>
   <si>
     <t>Botswana (BOT)</t>
   </si>
   <si>
     <t>Bougebouge (CMSM)</t>
   </si>
   <si>
     <t>Bouvet Island (BVI)</t>
   </si>
   <si>
     <t>Brampton Elite Track Club (BREL)</t>
   </si>
   <si>
     <t>Brampton Racers Track &amp; Field Club (BRAC)</t>
   </si>
   <si>
-    <t>Brampton Track Club Inc. (BRMP)</t>
+    <t>Brampton Track Club (BRMP)</t>
   </si>
   <si>
     <t>Brantford T.f.c. (BRNT)</t>
   </si>
   <si>
     <t>Brazil (BRA)</t>
   </si>
   <si>
     <t>British Indian Ocean Territory (BIO)</t>
   </si>
   <si>
     <t>British Virgin Islands (IVB)</t>
   </si>
   <si>
     <t>Brockville Legion Track Club (BLEG)</t>
   </si>
   <si>
     <t>Brunei (BRU)</t>
   </si>
   <si>
     <t>Bulgaria (BUL)</t>
   </si>
   <si>
     <t>Bulldogs Track &amp; Field Club (BDTF)</t>
   </si>
@@ -620,50 +620,53 @@
   <si>
     <t>Coriaces (CORI)</t>
   </si>
   <si>
     <t>Corsaire-Chaparral (COCH)</t>
   </si>
   <si>
     <t>Costa Rica (CRC)</t>
   </si>
   <si>
     <t>Cote D'Ivoire (CIV)</t>
   </si>
   <si>
     <t>Coubertin (COUB)</t>
   </si>
   <si>
     <t>Couguars (COUG)</t>
   </si>
   <si>
     <t>Course À Pied Synérgic (SYNE)</t>
   </si>
   <si>
     <t>Course Dynamics Race Event Management &amp; Consulting (CDYN)</t>
   </si>
   <si>
+    <t>Cowboys Track Club (CBTC)</t>
+  </si>
+  <si>
     <t>Cowichan Valley Athletic Club (CVAC)</t>
   </si>
   <si>
     <t>Cra Panthères (CRAP)</t>
   </si>
   <si>
     <t>Crazy Cat Adventures (CCAR)</t>
   </si>
   <si>
     <t>Crazy Cat Adventures (CCA1)</t>
   </si>
   <si>
     <t>Croatia (CRO)</t>
   </si>
   <si>
     <t>Crofton House (CROFT)</t>
   </si>
   <si>
     <t>Crown Athletics (CROW)</t>
   </si>
   <si>
     <t>Cruisers Sports (CRUI)</t>
   </si>
   <si>
     <t>Cs Athlétisme (CSAT)</t>
@@ -1556,50 +1559,53 @@
   <si>
     <t>Niger (NIG)</t>
   </si>
   <si>
     <t>Nigeria (NGR)</t>
   </si>
   <si>
     <t>Niue (NIE)</t>
   </si>
   <si>
     <t>Norfolk Island (NFI)</t>
   </si>
   <si>
     <t>North Bay Legion (NBLG)</t>
   </si>
   <si>
     <t>North Bay Road Race (NBRR)</t>
   </si>
   <si>
     <t>North Of 89 Outdoors Inc. (NENO)</t>
   </si>
   <si>
     <t>Northeast Alberta Track &amp; Field Club (NEAT)</t>
   </si>
   <si>
+    <t>Northern Endurance (NORTH)</t>
+  </si>
+  <si>
     <t>Northern Mariana Islands (NMI)</t>
   </si>
   <si>
     <t>Northwestern Polytechnic (NWPT)</t>
   </si>
   <si>
     <t>Norway (NOR)</t>
   </si>
   <si>
     <t>NorWesters Track &amp; Field Club (NORW)</t>
   </si>
   <si>
     <t>Nova Athletics Track Club (NATC)</t>
   </si>
   <si>
     <t>O. V. Jewitt Community School (MOVJT)</t>
   </si>
   <si>
     <t>Oak Park High School (MOPHS)</t>
   </si>
   <si>
     <t>Oakenwald School (MOAKW)</t>
   </si>
   <si>
     <t>Oakville Renegades Track Club (OOAK)</t>
@@ -1796,63 +1802,66 @@
   <si>
     <t>Rapid Pulse Para Athletics (RPPA)</t>
   </si>
   <si>
     <t>Real North Athletics Club (RNAC)</t>
   </si>
   <si>
     <t>Red Deer Polytechnic University (RDPT)</t>
   </si>
   <si>
     <t>Red Deer Titans (REDD)</t>
   </si>
   <si>
     <t>Red Shoe Shuffle - Rmhc Toronto (RSS1)</t>
   </si>
   <si>
     <t>Remparts (RCMR)</t>
   </si>
   <si>
     <t>Rhythm Athletics (RHYT)</t>
   </si>
   <si>
     <t>Rich Peers (RICP)</t>
   </si>
   <si>
+    <t>Rising Runners (RSNG)</t>
+  </si>
+  <si>
     <t>Risingstars Athletics &amp; Education (RSAE)</t>
   </si>
   <si>
     <t>River East Collegiate (MREHS)</t>
   </si>
   <si>
     <t>River West Park School (MRWPK)</t>
   </si>
   <si>
     <t>Rivers Speed Stars (RSSO)</t>
   </si>
   <si>
-    <t>Riversdale Athletics Club (RIVA)</t>
+    <t>Riversdale Athletics Track (RIVA)</t>
   </si>
   <si>
     <t>Riverton Early Middle School (MRVTN)</t>
   </si>
   <si>
     <t>Roadkill Running Club (RKIL)</t>
   </si>
   <si>
     <t>Robert H. Smith School (MRHSM)</t>
   </si>
   <si>
     <t>Romania (ROU)</t>
   </si>
   <si>
     <t>Rosetown Track &amp; Field (ROSE)</t>
   </si>
   <si>
     <t>Rotary Huron Shore Run (RSHR)</t>
   </si>
   <si>
     <t>Rouge Et Or U. Laval (ROUL)</t>
   </si>
   <si>
     <t>Royal City Athletics Club (RCAO)</t>
   </si>
@@ -4572,51 +4581,51 @@
       <c r="DB214" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="215" spans="1:107">
       <c r="E215" s="2"/>
       <c r="DB215" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="216" spans="1:107">
       <c r="E216" s="2"/>
       <c r="DB216" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="217" spans="1:107">
       <c r="E217" s="2"/>
       <c r="DB217" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="218" spans="1:107">
       <c r="E218" s="2"/>
       <c r="DB218" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="219" spans="1:107">
       <c r="E219" s="2"/>
       <c r="DB219" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="220" spans="1:107">
       <c r="E220" s="2"/>
       <c r="DB220" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="221" spans="1:107">
       <c r="E221" s="2"/>
       <c r="DB221" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="222" spans="1:107">
       <c r="E222" s="2"/>
       <c r="DB222" t="s">
         <v>242</v>
       </c>
@@ -6012,57 +6021,57 @@
       <c r="DB454" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="455" spans="1:107">
       <c r="E455" s="2"/>
       <c r="DB455" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="456" spans="1:107">
       <c r="E456" s="2"/>
       <c r="DB456" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="457" spans="1:107">
       <c r="E457" s="2"/>
       <c r="DB457" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="458" spans="1:107">
       <c r="E458" s="2"/>
       <c r="DB458" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="459" spans="1:107">
       <c r="E459" s="2"/>
       <c r="DB459" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="460" spans="1:107">
       <c r="E460" s="2"/>
       <c r="DB460" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="461" spans="1:107">
       <c r="E461" s="2"/>
       <c r="DB461" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="462" spans="1:107">
       <c r="E462" s="2"/>
       <c r="DB462" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="463" spans="1:107">
       <c r="E463" s="2"/>
       <c r="DB463" t="s">
         <v>481</v>
       </c>
@@ -6828,99 +6837,99 @@
       <c r="DB590" t="s">
         <v>608</v>
       </c>
     </row>
     <row r="591" spans="1:107">
       <c r="E591" s="2"/>
       <c r="DB591" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="592" spans="1:107">
       <c r="E592" s="2"/>
       <c r="DB592" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="593" spans="1:107">
       <c r="E593" s="2"/>
       <c r="DB593" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="594" spans="1:107">
       <c r="E594" s="2"/>
       <c r="DB594" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="595" spans="1:107">
       <c r="E595" s="2"/>
       <c r="DB595" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
     </row>
     <row r="596" spans="1:107">
       <c r="E596" s="2"/>
       <c r="DB596" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="597" spans="1:107">
       <c r="E597" s="2"/>
       <c r="DB597" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="598" spans="1:107">
       <c r="E598" s="2"/>
       <c r="DB598" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="599" spans="1:107">
       <c r="E599" s="2"/>
       <c r="DB599" t="s">
         <v>616</v>
       </c>
     </row>
     <row r="600" spans="1:107">
       <c r="E600" s="2"/>
       <c r="DB600" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="601" spans="1:107">
       <c r="E601" s="2"/>
       <c r="DB601" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="602" spans="1:107">
       <c r="E602" s="2"/>
       <c r="DB602" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="603" spans="1:107">
       <c r="E603" s="2"/>
       <c r="DB603" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="604" spans="1:107">
       <c r="E604" s="2"/>
       <c r="DB604" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="605" spans="1:107">
       <c r="E605" s="2"/>
       <c r="DB605" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="606" spans="1:107">
       <c r="E606" s="2"/>
       <c r="DB606" t="s">
         <v>622</v>
       </c>
@@ -7164,63 +7173,63 @@
       <c r="DB646" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="647" spans="1:107">
       <c r="E647" s="2"/>
       <c r="DB647" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="648" spans="1:107">
       <c r="E648" s="2"/>
       <c r="DB648" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="649" spans="1:107">
       <c r="E649" s="2"/>
       <c r="DB649" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="650" spans="1:107">
       <c r="E650" s="2"/>
       <c r="DB650" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
     </row>
     <row r="651" spans="1:107">
       <c r="E651" s="2"/>
       <c r="DB651" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="652" spans="1:107">
       <c r="E652" s="2"/>
       <c r="DB652" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
     </row>
     <row r="653" spans="1:107">
       <c r="E653" s="2"/>
       <c r="DB653" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="654" spans="1:107">
       <c r="E654" s="2"/>
       <c r="DB654" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="655" spans="1:107">
       <c r="E655" s="2"/>
       <c r="DB655" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="656" spans="1:107">
       <c r="E656" s="2"/>
       <c r="DB656" t="s">
         <v>671</v>
       </c>
@@ -8351,56 +8360,65 @@
       <c r="E844" s="2"/>
       <c r="DB844" t="s">
         <v>859</v>
       </c>
     </row>
     <row r="845" spans="1:107">
       <c r="E845" s="2"/>
       <c r="DB845" t="s">
         <v>860</v>
       </c>
     </row>
     <row r="846" spans="1:107">
       <c r="E846" s="2"/>
       <c r="DB846" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="847" spans="1:107">
       <c r="E847" s="2"/>
       <c r="DB847" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="848" spans="1:107">
       <c r="E848" s="2"/>
+      <c r="DB848" t="s">
+        <v>863</v>
+      </c>
     </row>
     <row r="849" spans="1:107">
       <c r="E849" s="2"/>
+      <c r="DB849" t="s">
+        <v>864</v>
+      </c>
     </row>
     <row r="850" spans="1:107">
       <c r="E850" s="2"/>
+      <c r="DB850" t="s">
+        <v>865</v>
+      </c>
     </row>
     <row r="851" spans="1:107">
       <c r="E851" s="2"/>
     </row>
     <row r="852" spans="1:107">
       <c r="E852" s="2"/>
     </row>
     <row r="853" spans="1:107">
       <c r="E853" s="2"/>
     </row>
     <row r="854" spans="1:107">
       <c r="E854" s="2"/>
     </row>
     <row r="855" spans="1:107">
       <c r="E855" s="2"/>
     </row>
     <row r="856" spans="1:107">
       <c r="E856" s="2"/>
     </row>
     <row r="857" spans="1:107">
       <c r="E857" s="2"/>
     </row>
     <row r="858" spans="1:107">
       <c r="E858" s="2"/>
     </row>
@@ -8819,51 +8837,51 @@
       <c r="E996" s="2"/>
     </row>
     <row r="997" spans="1:107">
       <c r="E997" s="2"/>
     </row>
     <row r="998" spans="1:107">
       <c r="E998" s="2"/>
     </row>
     <row r="999" spans="1:107">
       <c r="E999" s="2"/>
     </row>
     <row r="1000" spans="1:107">
       <c r="E1000" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="3">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="D5:D1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
-      <formula1>'Worksheet'!$DB$1:$DB$847</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$850</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="H5:H1000">
       <formula1>'Worksheet'!$DC$1:$DC$2</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>