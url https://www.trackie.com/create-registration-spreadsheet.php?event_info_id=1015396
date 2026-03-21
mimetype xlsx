--- v1 (2025-12-20)
+++ v2 (2026-03-21)
@@ -9,127 +9,130 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="866">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="879">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>11900919 Canada Ltd. (RVRN)</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>1015396:typeValue:101</t>
   </si>
   <si>
     <t>1015396:typeValue:102</t>
   </si>
   <si>
     <t>1015396:typeValue:103</t>
   </si>
   <si>
     <t>1015396:typeValue:104</t>
   </si>
   <si>
     <t>1015396:typeValue:105</t>
   </si>
   <si>
     <t>1015396:typeValue:106</t>
   </si>
   <si>
     <t>1015396:typeValue:0:275578</t>
   </si>
   <si>
     <t>1015396:typeValue:2:275579</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>310 Running (CCCX)</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Event Registration - (COACH REGISTRATION) Canadian Cross-Country Championships</t>
   </si>
   <si>
+    <t>705 Jumps And Throws (705T)</t>
+  </si>
+  <si>
+    <t>Athletics Canada Number</t>
+  </si>
+  <si>
+    <t>First Name</t>
+  </si>
+  <si>
+    <t>Last Name</t>
+  </si>
+  <si>
+    <t>Gender</t>
+  </si>
+  <si>
+    <t>Date of Birth (YYYY-MM-DD)</t>
+  </si>
+  <si>
+    <t>Team</t>
+  </si>
+  <si>
+    <t>NCCP Number:</t>
+  </si>
+  <si>
+    <t>Please confirm that you meet the requirements for a coaching pass. An inaccurate declaration will result in no coaching pass being delivered.</t>
+  </si>
+  <si>
     <t>A.S.E.A. (ASEA)</t>
   </si>
   <si>
-    <t>Athletics Canada Number</t>
-[...22 lines deleted...]
-  <si>
     <t>A.t.p Athlétisme (ATPA)</t>
   </si>
   <si>
     <t>Abell-Lisgar Athletic Club &amp; Roi (ABAC)</t>
   </si>
   <si>
     <t>Acadia Junior High (MACAD)</t>
   </si>
   <si>
     <t>Accelerate North Athletics (ATHN)</t>
   </si>
   <si>
     <t>Achilles International Track &amp; Field Society (AITS)</t>
   </si>
   <si>
     <t>Adrenaline Athletics Track &amp; Field Club (Calgary) (ADRN2)</t>
   </si>
   <si>
     <t>Adrenaline Athletics Track &amp; Field Club (ADRN)</t>
   </si>
   <si>
     <t>Adrénaline (CAGB)</t>
   </si>
   <si>
     <t>Aetos Athletica (AETO)</t>
@@ -191,50 +194,53 @@
   <si>
     <t>Areus (ESDA)</t>
   </si>
   <si>
     <t>Argentina (ARG)</t>
   </si>
   <si>
     <t>Armenia (ARM)</t>
   </si>
   <si>
     <t>Around The Bay Road Race (ATBR)</t>
   </si>
   <si>
     <t>Aruba (ARU)</t>
   </si>
   <si>
     <t>Assert Track Club (ASTC)</t>
   </si>
   <si>
     <t>Association Of Family Of Flight Ps752 Victims' (WLF5)</t>
   </si>
   <si>
     <t>Atanukan (ATAN)</t>
   </si>
   <si>
+    <t>Athletic Victory (Speed) Club (AVSC)</t>
+  </si>
+  <si>
     <t>Athletics East Nova Scotia (AENS)</t>
   </si>
   <si>
     <t>Athletics Niagara (ANIA)</t>
   </si>
   <si>
     <t>Athletics Northeast (ANER)</t>
   </si>
   <si>
     <t>Athletics Nwt (ANWT)</t>
   </si>
   <si>
     <t>Athletics Victoria Track And Field Society (AVIC)</t>
   </si>
   <si>
     <t>Athletics Yukon (AYYK)</t>
   </si>
   <si>
     <t>Athlétisme Chaleur Athletisme (ACAN)</t>
   </si>
   <si>
     <t>Athlétisme Laval (ALAV)</t>
   </si>
   <si>
     <t>Athlétisme Péninsule Acadienne (APAC)</t>
@@ -875,51 +881,51 @@
   <si>
     <t>French Guiana (GUF)</t>
   </si>
   <si>
     <t>French Southern Territories (STF)</t>
   </si>
   <si>
     <t>Gabon (GAB)</t>
   </si>
   <si>
     <t>Gambia (GAM)</t>
   </si>
   <si>
     <t>Garden City Collegiate (MGCHS)</t>
   </si>
   <si>
     <t>Gatineau (GATI)</t>
   </si>
   <si>
     <t>George Waters Middle School (MGEOW)</t>
   </si>
   <si>
     <t>Georgia (GEO)</t>
   </si>
   <si>
-    <t>Georgian Bay Coyotes Tc (GBCT)</t>
+    <t>Georgian Bay Coyotes (GBCT)</t>
   </si>
   <si>
     <t>Germany (GER)</t>
   </si>
   <si>
     <t>Ghana (GHA)</t>
   </si>
   <si>
     <t>Gibraltar (GIB)</t>
   </si>
   <si>
     <t>Gimli High School (MGIHS)</t>
   </si>
   <si>
     <t>Gladstone Track And Field Club (GLAD)</t>
   </si>
   <si>
     <t>Glen Manor Track Club (GMTC)</t>
   </si>
   <si>
     <t>Glenlawn Collegiate (MGLHS)</t>
   </si>
   <si>
     <t>Go Athletics (GOAB)</t>
   </si>
@@ -1325,158 +1331,179 @@
   <si>
     <t>Lockport School (MLOCK)</t>
   </si>
   <si>
     <t>London Legion T.f. Alliance (LLTA)</t>
   </si>
   <si>
     <t>London Western T.f.c (LWTF)</t>
   </si>
   <si>
     <t>Longboat Roadrunners (LONG)</t>
   </si>
   <si>
     <t>Lord Selkirk Regional School (MLORD)</t>
   </si>
   <si>
     <t>Lount &amp; Miller Inc. (LMNC)</t>
   </si>
   <si>
     <t>Luxembourg (LUX)</t>
   </si>
   <si>
     <t>Lyfestyle Athletics (LATC)</t>
   </si>
   <si>
+    <t>M.b. Track Club (MBTR)</t>
+  </si>
+  <si>
+    <t>M.b. Track Club (MBTC)</t>
+  </si>
+  <si>
     <t>Macau (MAC)</t>
   </si>
   <si>
     <t>Macedonia (MKD)</t>
   </si>
   <si>
     <t>Madagascar (MAD)</t>
   </si>
   <si>
     <t>Magog (MAGO)</t>
   </si>
   <si>
     <t>Malawi (MAW)</t>
   </si>
   <si>
     <t>Malaysia (MAS)</t>
   </si>
   <si>
     <t>Maldives (MDV)</t>
   </si>
   <si>
     <t>Mali (MLI)</t>
   </si>
   <si>
     <t>Malta (MLT)</t>
   </si>
   <si>
     <t>Manitoba Naig Team (MBNG)</t>
   </si>
   <si>
     <t>Manitoba Officials (MBOF)</t>
   </si>
   <si>
     <t>Maples Collegiate (MMAHS)</t>
   </si>
   <si>
     <t>Mariners Athletics Club (MARC)</t>
   </si>
   <si>
     <t>Marshall Islands (MHL)</t>
   </si>
   <si>
     <t>Martinique (MQE)</t>
   </si>
   <si>
+    <t>Masters Of Speed Athletics (MOSA)</t>
+  </si>
+  <si>
     <t>Maulseed Athletic Sports Management (MASM)</t>
   </si>
   <si>
     <t>Mauritania (MTN)</t>
   </si>
   <si>
     <t>Mauritius (MRI)</t>
   </si>
   <si>
     <t>Maximus Performance (MXPF)</t>
   </si>
   <si>
     <t>Mayotte (MYT)</t>
   </si>
   <si>
     <t>McGill Olympic Club (MGOC)</t>
   </si>
   <si>
     <t>Meadows West School (MMDWS)</t>
   </si>
   <si>
     <t>Mecca Athletic Club (MACO)</t>
   </si>
   <si>
     <t>Mecca Athletic Club (MECC)</t>
   </si>
   <si>
     <t>Medicine Hat College (MHCR)</t>
   </si>
   <si>
     <t>Medicine Hat Panthers Track And Field Club (MEDI)</t>
   </si>
   <si>
+    <t>Memorial Track And Field Club (MTFC)</t>
+  </si>
+  <si>
+    <t>Memorial University Cross Country (MUCC)</t>
+  </si>
+  <si>
     <t>Meta Athletics (META)</t>
   </si>
   <si>
     <t>Mexico (MEX)</t>
   </si>
   <si>
     <t>Micronesia (FSM)</t>
   </si>
   <si>
     <t>Middle Path (MIPA)</t>
   </si>
   <si>
+    <t>Midwest Stars (MWST)</t>
+  </si>
+  <si>
     <t>Mile Macdonell Collegiate (MMMHS)</t>
   </si>
   <si>
     <t>Mile2Marathon (MI2M)</t>
   </si>
   <si>
     <t>Mile2Marathon (M2M2)</t>
   </si>
   <si>
     <t>Mille Pays-Des-Bleuets (MPDB)</t>
   </si>
   <si>
     <t>Mississauga Olympians T&amp;F A.a. (MOAA)</t>
   </si>
   <si>
     <t>Mississauga T.f.c. (MISS)</t>
   </si>
   <si>
+    <t>Mistissini Athletic Club (MIST)</t>
+  </si>
+  <si>
     <t>Monaco (MON)</t>
   </si>
   <si>
     <t>Monarch Athletics Club (MOAC)</t>
   </si>
   <si>
     <t>Monarch Ultra Relay Run (MURR)</t>
   </si>
   <si>
     <t>Mongolia (MGL)</t>
   </si>
   <si>
     <t>Montagnards (MPTM)</t>
   </si>
   <si>
     <t>Monte Cristo Track Club (MCTC)</t>
   </si>
   <si>
     <t>Montenegro (MNE)</t>
   </si>
   <si>
     <t>Montreal Track Academy (MTAA)</t>
   </si>
   <si>
     <t>Montserrat (MNT)</t>
@@ -1817,51 +1844,51 @@
   <si>
     <t>Remparts (RCMR)</t>
   </si>
   <si>
     <t>Rhythm Athletics (RHYT)</t>
   </si>
   <si>
     <t>Rich Peers (RICP)</t>
   </si>
   <si>
     <t>Rising Runners (RSNG)</t>
   </si>
   <si>
     <t>Risingstars Athletics &amp; Education (RSAE)</t>
   </si>
   <si>
     <t>River East Collegiate (MREHS)</t>
   </si>
   <si>
     <t>River West Park School (MRWPK)</t>
   </si>
   <si>
     <t>Rivers Speed Stars (RSSO)</t>
   </si>
   <si>
-    <t>Riversdale Athletics Track (RIVA)</t>
+    <t>Riversdale Athletics Club (RIVA)</t>
   </si>
   <si>
     <t>Riverton Early Middle School (MRVTN)</t>
   </si>
   <si>
     <t>Roadkill Running Club (RKIL)</t>
   </si>
   <si>
     <t>Robert H. Smith School (MRHSM)</t>
   </si>
   <si>
     <t>Romania (ROU)</t>
   </si>
   <si>
     <t>Rosetown Track &amp; Field (ROSE)</t>
   </si>
   <si>
     <t>Rotary Huron Shore Run (RSHR)</t>
   </si>
   <si>
     <t>Rouge Et Or U. Laval (ROUL)</t>
   </si>
   <si>
     <t>Royal City Athletics Club (RCAO)</t>
   </si>
@@ -2060,50 +2087,53 @@
   <si>
     <t>South Simcoe Dufferin T.f.c. (OSSD)</t>
   </si>
   <si>
     <t>Southpointe Academy (SOUTH)</t>
   </si>
   <si>
     <t>Southwest Nova Athletics (SWNA)</t>
   </si>
   <si>
     <t>Spain (ESP)</t>
   </si>
   <si>
     <t>Special Olympics Ns (SONS)</t>
   </si>
   <si>
     <t>Special Olympics Ontario (SOTO)</t>
   </si>
   <si>
     <t>Special Olympics Stoon (SOSK)</t>
   </si>
   <si>
     <t>Speed Academy Athletics Club (SAAC)</t>
   </si>
   <si>
+    <t>Speed Mechanic Inc. (SPME)</t>
+  </si>
+  <si>
     <t>Speedfarm (SFAR)</t>
   </si>
   <si>
     <t>Split City Sonics (SPLI)</t>
   </si>
   <si>
     <t>Sport-Études Kinécible (SEKC)</t>
   </si>
   <si>
     <t>Sporty Disable Club (SDC)</t>
   </si>
   <si>
     <t>Sri Lanka (SRI)</t>
   </si>
   <si>
     <t>St Christy-Ihunaegbo Athletics Club (SCIA)</t>
   </si>
   <si>
     <t>St Thomas Legion Track &amp; Field Club (OSTL)</t>
   </si>
   <si>
     <t>St-Hyacinthe (CASH)</t>
   </si>
   <si>
     <t>St. Albert Mustangs Track &amp; Field Club (STAL)</t>
@@ -2162,50 +2192,53 @@
   <si>
     <t>Stoney Creek Athletics (SCTC)</t>
   </si>
   <si>
     <t>Stoney Creek Athletics (SCAA)</t>
   </si>
   <si>
     <t>Stratford 5K Run/Walk (S5RW)</t>
   </si>
   <si>
     <t>Stratford Sabrecats Track Club (SSTC)</t>
   </si>
   <si>
     <t>Stride Running Nl (SRNL)</t>
   </si>
   <si>
     <t>Stridewise Running (SWRC)</t>
   </si>
   <si>
     <t>Sudan (SUD)</t>
   </si>
   <si>
     <t>Sudbury Endurance (SUDB)</t>
   </si>
   <si>
+    <t>Sunshine Coast Athletics (SCAC)</t>
+  </si>
+  <si>
     <t>Surinam (SUR)</t>
   </si>
   <si>
     <t>Svalbard and Jan Mayen (SJM)</t>
   </si>
   <si>
     <t>Svitanok - Brlvc (SVTK)</t>
   </si>
   <si>
     <t>Swaziland (SWZ)</t>
   </si>
   <si>
     <t>Sweden (SWE)</t>
   </si>
   <si>
     <t>Swift Current Selects (SCSS)</t>
   </si>
   <si>
     <t>Switzerland (SUI)</t>
   </si>
   <si>
     <t>Syria (SYR)</t>
   </si>
   <si>
     <t>Taiwan (TWN)</t>
@@ -2507,87 +2540,93 @@
   <si>
     <t>Victoria Endurance Track Club (VETC)</t>
   </si>
   <si>
     <t>Victoria Marathon Society (VMSO)</t>
   </si>
   <si>
     <t>Victoria Speed Project (VICS)</t>
   </si>
   <si>
     <t>Victory Athletics (VATH)</t>
   </si>
   <si>
     <t>Vietnam (VIE)</t>
   </si>
   <si>
     <t>Vincent Massey Collegiate-Winnipeg (MVMCW)</t>
   </si>
   <si>
     <t>Virgin Islands (USA) (ISV)</t>
   </si>
   <si>
     <t>Viscount Alexander (MVCAL)</t>
   </si>
   <si>
+    <t>Voltigeurs Du Collège Bourget (VOLTS)</t>
+  </si>
+  <si>
     <t>Vr Pro Inc. (VRPR)</t>
   </si>
   <si>
     <t>Walkerton &amp; District Hospital Foundation (WDHF)</t>
   </si>
   <si>
     <t>Wallis and Futuna Islands (WFI)</t>
   </si>
   <si>
     <t>Waterloo Track Club (UWTC)</t>
   </si>
   <si>
     <t>Wc Race Series Society (WCRS)</t>
   </si>
   <si>
     <t>Wellington School (MWELL)</t>
   </si>
   <si>
     <t>West Island T. C. (WITC)</t>
   </si>
   <si>
     <t>West Point Grey Academy (WPTGA)</t>
   </si>
   <si>
     <t>West Vancouver Track &amp; Field Club (WVAN)</t>
   </si>
   <si>
     <t>Westdale School (MWDAL)</t>
   </si>
   <si>
     <t>Western Sahara (WSA)</t>
   </si>
   <si>
     <t>Westwood Collegiate (MWWHS)</t>
   </si>
   <si>
     <t>Wind Track And Field Club (WIND)</t>
+  </si>
+  <si>
+    <t>Windsor Essex Athletics Club (WEAC)</t>
   </si>
   <si>
     <t>Windsor Legion T.f.c (WLEG)</t>
   </si>
   <si>
     <t>Winnipeg Optimist Athletics (WOAC)</t>
   </si>
   <si>
     <t>Wolves Athletics Club (WOLV)</t>
   </si>
   <si>
     <t>Woodstock Legion Athletic Club (WOOD)</t>
   </si>
   <si>
     <t>Wooly Bully Races (NSMC)</t>
   </si>
   <si>
     <t>Xsnrg Running Club (XSNR)</t>
   </si>
   <si>
     <t>Yemen (YEM)</t>
   </si>
   <si>
     <t>Yhz Track &amp; Field Club (YHZ1)</t>
   </si>
@@ -4587,57 +4626,57 @@
       <c r="DB215" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="216" spans="1:107">
       <c r="E216" s="2"/>
       <c r="DB216" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="217" spans="1:107">
       <c r="E217" s="2"/>
       <c r="DB217" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="218" spans="1:107">
       <c r="E218" s="2"/>
       <c r="DB218" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="219" spans="1:107">
       <c r="E219" s="2"/>
       <c r="DB219" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="220" spans="1:107">
       <c r="E220" s="2"/>
       <c r="DB220" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="221" spans="1:107">
       <c r="E221" s="2"/>
       <c r="DB221" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="222" spans="1:107">
       <c r="E222" s="2"/>
       <c r="DB222" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="223" spans="1:107">
       <c r="E223" s="2"/>
       <c r="DB223" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="224" spans="1:107">
       <c r="E224" s="2"/>
       <c r="DB224" t="s">
         <v>244</v>
       </c>
@@ -6027,105 +6066,105 @@
       <c r="DB455" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="456" spans="1:107">
       <c r="E456" s="2"/>
       <c r="DB456" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="457" spans="1:107">
       <c r="E457" s="2"/>
       <c r="DB457" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="458" spans="1:107">
       <c r="E458" s="2"/>
       <c r="DB458" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="459" spans="1:107">
       <c r="E459" s="2"/>
       <c r="DB459" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="460" spans="1:107">
       <c r="E460" s="2"/>
       <c r="DB460" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
     </row>
     <row r="461" spans="1:107">
       <c r="E461" s="2"/>
       <c r="DB461" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
     </row>
     <row r="462" spans="1:107">
       <c r="E462" s="2"/>
       <c r="DB462" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
     </row>
     <row r="463" spans="1:107">
       <c r="E463" s="2"/>
       <c r="DB463" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
     </row>
     <row r="464" spans="1:107">
       <c r="E464" s="2"/>
       <c r="DB464" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
     </row>
     <row r="465" spans="1:107">
       <c r="E465" s="2"/>
       <c r="DB465" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
     </row>
     <row r="466" spans="1:107">
       <c r="E466" s="2"/>
       <c r="DB466" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
     </row>
     <row r="467" spans="1:107">
       <c r="E467" s="2"/>
       <c r="DB467" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
     </row>
     <row r="468" spans="1:107">
       <c r="E468" s="2"/>
       <c r="DB468" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="469" spans="1:107">
       <c r="E469" s="2"/>
       <c r="DB469" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="470" spans="1:107">
       <c r="E470" s="2"/>
       <c r="DB470" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="471" spans="1:107">
       <c r="E471" s="2"/>
       <c r="DB471" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="472" spans="1:107">
       <c r="E472" s="2"/>
       <c r="DB472" t="s">
         <v>490</v>
       </c>
@@ -6855,135 +6894,135 @@
       <c r="DB593" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="594" spans="1:107">
       <c r="E594" s="2"/>
       <c r="DB594" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="595" spans="1:107">
       <c r="E595" s="2"/>
       <c r="DB595" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="596" spans="1:107">
       <c r="E596" s="2"/>
       <c r="DB596" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="597" spans="1:107">
       <c r="E597" s="2"/>
       <c r="DB597" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="598" spans="1:107">
       <c r="E598" s="2"/>
       <c r="DB598" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="599" spans="1:107">
       <c r="E599" s="2"/>
       <c r="DB599" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="600" spans="1:107">
       <c r="E600" s="2"/>
       <c r="DB600" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="601" spans="1:107">
       <c r="E601" s="2"/>
       <c r="DB601" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="602" spans="1:107">
       <c r="E602" s="2"/>
       <c r="DB602" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="603" spans="1:107">
       <c r="E603" s="2"/>
       <c r="DB603" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
     </row>
     <row r="604" spans="1:107">
       <c r="E604" s="2"/>
       <c r="DB604" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
     </row>
     <row r="605" spans="1:107">
       <c r="E605" s="2"/>
       <c r="DB605" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
     </row>
     <row r="606" spans="1:107">
       <c r="E606" s="2"/>
       <c r="DB606" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="607" spans="1:107">
       <c r="E607" s="2"/>
       <c r="DB607" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="608" spans="1:107">
       <c r="E608" s="2"/>
       <c r="DB608" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
     </row>
     <row r="609" spans="1:107">
       <c r="E609" s="2"/>
       <c r="DB609" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="610" spans="1:107">
       <c r="E610" s="2"/>
       <c r="DB610" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="611" spans="1:107">
       <c r="E611" s="2"/>
       <c r="DB611" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
     </row>
     <row r="612" spans="1:107">
       <c r="E612" s="2"/>
       <c r="DB612" t="s">
         <v>628</v>
       </c>
     </row>
     <row r="613" spans="1:107">
       <c r="E613" s="2"/>
       <c r="DB613" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="614" spans="1:107">
       <c r="E614" s="2"/>
       <c r="DB614" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="615" spans="1:107">
       <c r="E615" s="2"/>
       <c r="DB615" t="s">
         <v>631</v>
       </c>
@@ -7191,99 +7230,99 @@
       <c r="DB649" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="650" spans="1:107">
       <c r="E650" s="2"/>
       <c r="DB650" t="s">
         <v>666</v>
       </c>
     </row>
     <row r="651" spans="1:107">
       <c r="E651" s="2"/>
       <c r="DB651" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="652" spans="1:107">
       <c r="E652" s="2"/>
       <c r="DB652" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="653" spans="1:107">
       <c r="E653" s="2"/>
       <c r="DB653" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
     </row>
     <row r="654" spans="1:107">
       <c r="E654" s="2"/>
       <c r="DB654" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="655" spans="1:107">
       <c r="E655" s="2"/>
       <c r="DB655" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="656" spans="1:107">
       <c r="E656" s="2"/>
       <c r="DB656" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
     </row>
     <row r="657" spans="1:107">
       <c r="E657" s="2"/>
       <c r="DB657" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="658" spans="1:107">
       <c r="E658" s="2"/>
       <c r="DB658" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
     </row>
     <row r="659" spans="1:107">
       <c r="E659" s="2"/>
       <c r="DB659" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
     </row>
     <row r="660" spans="1:107">
       <c r="E660" s="2"/>
       <c r="DB660" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
     </row>
     <row r="661" spans="1:107">
       <c r="E661" s="2"/>
       <c r="DB661" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
     </row>
     <row r="662" spans="1:107">
       <c r="E662" s="2"/>
       <c r="DB662" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="663" spans="1:107">
       <c r="E663" s="2"/>
       <c r="DB663" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="664" spans="1:107">
       <c r="E664" s="2"/>
       <c r="DB664" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="665" spans="1:107">
       <c r="E665" s="2"/>
       <c r="DB665" t="s">
         <v>680</v>
       </c>
@@ -8378,86 +8417,125 @@
       <c r="E847" s="2"/>
       <c r="DB847" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="848" spans="1:107">
       <c r="E848" s="2"/>
       <c r="DB848" t="s">
         <v>863</v>
       </c>
     </row>
     <row r="849" spans="1:107">
       <c r="E849" s="2"/>
       <c r="DB849" t="s">
         <v>864</v>
       </c>
     </row>
     <row r="850" spans="1:107">
       <c r="E850" s="2"/>
       <c r="DB850" t="s">
         <v>865</v>
       </c>
     </row>
     <row r="851" spans="1:107">
       <c r="E851" s="2"/>
+      <c r="DB851" t="s">
+        <v>866</v>
+      </c>
     </row>
     <row r="852" spans="1:107">
       <c r="E852" s="2"/>
+      <c r="DB852" t="s">
+        <v>867</v>
+      </c>
     </row>
     <row r="853" spans="1:107">
       <c r="E853" s="2"/>
+      <c r="DB853" t="s">
+        <v>868</v>
+      </c>
     </row>
     <row r="854" spans="1:107">
       <c r="E854" s="2"/>
+      <c r="DB854" t="s">
+        <v>869</v>
+      </c>
     </row>
     <row r="855" spans="1:107">
       <c r="E855" s="2"/>
+      <c r="DB855" t="s">
+        <v>870</v>
+      </c>
     </row>
     <row r="856" spans="1:107">
       <c r="E856" s="2"/>
+      <c r="DB856" t="s">
+        <v>871</v>
+      </c>
     </row>
     <row r="857" spans="1:107">
       <c r="E857" s="2"/>
+      <c r="DB857" t="s">
+        <v>872</v>
+      </c>
     </row>
     <row r="858" spans="1:107">
       <c r="E858" s="2"/>
+      <c r="DB858" t="s">
+        <v>873</v>
+      </c>
     </row>
     <row r="859" spans="1:107">
       <c r="E859" s="2"/>
+      <c r="DB859" t="s">
+        <v>874</v>
+      </c>
     </row>
     <row r="860" spans="1:107">
       <c r="E860" s="2"/>
+      <c r="DB860" t="s">
+        <v>875</v>
+      </c>
     </row>
     <row r="861" spans="1:107">
       <c r="E861" s="2"/>
+      <c r="DB861" t="s">
+        <v>876</v>
+      </c>
     </row>
     <row r="862" spans="1:107">
       <c r="E862" s="2"/>
+      <c r="DB862" t="s">
+        <v>877</v>
+      </c>
     </row>
     <row r="863" spans="1:107">
       <c r="E863" s="2"/>
+      <c r="DB863" t="s">
+        <v>878</v>
+      </c>
     </row>
     <row r="864" spans="1:107">
       <c r="E864" s="2"/>
     </row>
     <row r="865" spans="1:107">
       <c r="E865" s="2"/>
     </row>
     <row r="866" spans="1:107">
       <c r="E866" s="2"/>
     </row>
     <row r="867" spans="1:107">
       <c r="E867" s="2"/>
     </row>
     <row r="868" spans="1:107">
       <c r="E868" s="2"/>
     </row>
     <row r="869" spans="1:107">
       <c r="E869" s="2"/>
     </row>
     <row r="870" spans="1:107">
       <c r="E870" s="2"/>
     </row>
     <row r="871" spans="1:107">
       <c r="E871" s="2"/>
     </row>
@@ -8837,51 +8915,51 @@
       <c r="E996" s="2"/>
     </row>
     <row r="997" spans="1:107">
       <c r="E997" s="2"/>
     </row>
     <row r="998" spans="1:107">
       <c r="E998" s="2"/>
     </row>
     <row r="999" spans="1:107">
       <c r="E999" s="2"/>
     </row>
     <row r="1000" spans="1:107">
       <c r="E1000" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="3">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="D5:D1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
-      <formula1>'Worksheet'!$DB$1:$DB$850</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$863</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="H5:H1000">
       <formula1>'Worksheet'!$DC$1:$DC$2</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>