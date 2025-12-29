--- v0 (2025-10-18)
+++ v1 (2025-12-29)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="989">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="993">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>11900919 Canada Ltd. (RVRN)</t>
   </si>
   <si>
     <t>U18</t>
   </si>
   <si>
     <t>60m</t>
   </si>
   <si>
     <t>1017278:typeValue:102</t>
   </si>
   <si>
     <t>1017278:typeValue:103</t>
   </si>
   <si>
     <t>1017278:typeValue:104</t>
   </si>
   <si>
@@ -494,51 +494,51 @@
   <si>
     <t>Border City Ac (BORD)</t>
   </si>
   <si>
     <t>Boris' Beasts Throwing Club (BBT1)</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina (BIH)</t>
   </si>
   <si>
     <t>Botswana (BOT)</t>
   </si>
   <si>
     <t>Bougebouge (CMSM)</t>
   </si>
   <si>
     <t>Bouvet Island (BVI)</t>
   </si>
   <si>
     <t>Brampton Elite Track Club (BREL)</t>
   </si>
   <si>
     <t>Brampton Racers Track &amp; Field Club (BRAC)</t>
   </si>
   <si>
-    <t>Brampton Track Club Inc. (BRMP)</t>
+    <t>Brampton Track Club (BRMP)</t>
   </si>
   <si>
     <t>Brantford T.f.c. (BRNT)</t>
   </si>
   <si>
     <t>Brazil (BRA)</t>
   </si>
   <si>
     <t>Briercrest College (BRCT)</t>
   </si>
   <si>
     <t>British Indian Ocean Territory (BIO)</t>
   </si>
   <si>
     <t>British Virgin Islands (IVB)</t>
   </si>
   <si>
     <t>Brock Badgers (BRO)</t>
   </si>
   <si>
     <t>Brockville Legion Track Club (BLEG)</t>
   </si>
   <si>
     <t>Brunei (BRU)</t>
   </si>
@@ -557,50 +557,53 @@
   <si>
     <t>Burlington Runners Club (BRC1)</t>
   </si>
   <si>
     <t>Burlington Track &amp; Field Club (BURL)</t>
   </si>
   <si>
     <t>Burnaby Striders Track &amp; Field Club (BBYS)</t>
   </si>
   <si>
     <t>Burundi (BDI)</t>
   </si>
   <si>
     <t>Buttertart Trot (BTTR)</t>
   </si>
   <si>
     <t>Buttertart Trot (BTTT)</t>
   </si>
   <si>
     <t>Bytown Walkers (BYTW)</t>
   </si>
   <si>
     <t>C.a.n.i. Athletics (CANI)</t>
   </si>
   <si>
+    <t>Calgary Dinos (UOFC)</t>
+  </si>
+  <si>
     <t>Calgary International (CITC)</t>
   </si>
   <si>
     <t>Calgary Spartans (CALS)</t>
   </si>
   <si>
     <t>Calgary Warriors Track Club (CALW)</t>
   </si>
   <si>
     <t>Callaghan Valley Sport &amp; Cultural Society (CVSC)</t>
   </si>
   <si>
     <t>Caltaf Athletic  Association (CALT)</t>
   </si>
   <si>
     <t>Cambodia (CAM)</t>
   </si>
   <si>
     <t>Cambrian College (CAM)</t>
   </si>
   <si>
     <t>Cameroon (CMR)</t>
   </si>
   <si>
     <t>Campbell River Comets (CRVC)</t>
@@ -701,50 +704,53 @@
   <si>
     <t>Club D'athlétisme Les Roadrunners (CALR)</t>
   </si>
   <si>
     <t>Club De Coureurs Boréal (BORL)</t>
   </si>
   <si>
     <t>Club De Coureurs Phoenix (CCPH)</t>
   </si>
   <si>
     <t>Club De Course En Sentiers De Sutton (CCSS)</t>
   </si>
   <si>
     <t>Club De Course En'core (CDCE)</t>
   </si>
   <si>
     <t>Club De Course Gaspesia (GASP)</t>
   </si>
   <si>
     <t>Club De Course Les Aspirants De Repentigny (ASRE)</t>
   </si>
   <si>
     <t>Club De Course Les Vikings (VIKI)</t>
   </si>
   <si>
+    <t>Club De Course Pulsars (PULS)</t>
+  </si>
+  <si>
     <t>Club De Course Volt (VOLT)</t>
   </si>
   <si>
     <t>Club De Trail De Bromont (CTBB)</t>
   </si>
   <si>
     <t>Club De Trail Montréal (TMTL)</t>
   </si>
   <si>
     <t>Club Des Coureurs Sur Route Du Mont Saint-Bruno (CMSB)</t>
   </si>
   <si>
     <t>Club Milpat Mauricie (MILP)</t>
   </si>
   <si>
     <t>Club Rapide (RPDE)</t>
   </si>
   <si>
     <t>Coastal Track Club (CTC1)</t>
   </si>
   <si>
     <t>Cochrane Endurance Project (CEPR)</t>
   </si>
   <si>
     <t>Cocos Islands (CCI)</t>
@@ -791,50 +797,53 @@
   <si>
     <t>Coriaces (CORI)</t>
   </si>
   <si>
     <t>Corsaire-Chaparral (COCH)</t>
   </si>
   <si>
     <t>Costa Rica (CRC)</t>
   </si>
   <si>
     <t>Cote D'Ivoire (CIV)</t>
   </si>
   <si>
     <t>Coubertin (COUB)</t>
   </si>
   <si>
     <t>Couguars (COUG)</t>
   </si>
   <si>
     <t>Course À Pied Synérgic (SYNE)</t>
   </si>
   <si>
     <t>Course Dynamics Race Event Management &amp; Consulting (CDYN)</t>
   </si>
   <si>
+    <t>Cowboys Track Club (CBTC)</t>
+  </si>
+  <si>
     <t>Cowichan Valley Athletic Club (CVAC)</t>
   </si>
   <si>
     <t>Cra Panthères (CRAP)</t>
   </si>
   <si>
     <t>Crazy Cat Adventures (CCAR)</t>
   </si>
   <si>
     <t>Crazy Cat Adventures (CCA1)</t>
   </si>
   <si>
     <t>Croatia (CRO)</t>
   </si>
   <si>
     <t>Crofton House (CROFT)</t>
   </si>
   <si>
     <t>Crown Athletics (CROW)</t>
   </si>
   <si>
     <t>Cruisers Sports (CRUI)</t>
   </si>
   <si>
     <t>Cs Athlétisme (CSAT)</t>
@@ -1826,50 +1835,53 @@
   <si>
     <t>Nigeria (NGR)</t>
   </si>
   <si>
     <t>Nipissing Lakers (NIP)</t>
   </si>
   <si>
     <t>Niue (NIE)</t>
   </si>
   <si>
     <t>Norfolk Island (NFI)</t>
   </si>
   <si>
     <t>North Bay Legion (NBLG)</t>
   </si>
   <si>
     <t>North Bay Road Race (NBRR)</t>
   </si>
   <si>
     <t>North Of 89 Outdoors Inc. (NENO)</t>
   </si>
   <si>
     <t>Northeast Alberta Track &amp; Field Club (NEAT)</t>
   </si>
   <si>
+    <t>Northern Endurance (NORTH)</t>
+  </si>
+  <si>
     <t>Northern Mariana Islands (NMI)</t>
   </si>
   <si>
     <t>Norway (NOR)</t>
   </si>
   <si>
     <t>NorWesters Track &amp; Field Club (NORW)</t>
   </si>
   <si>
     <t>Nova Athletics Track Club (NATC)</t>
   </si>
   <si>
     <t>O. V. Jewitt Community School (MOVJT)</t>
   </si>
   <si>
     <t>Oak Park High School (MOPHS)</t>
   </si>
   <si>
     <t>Oakenwald School (MOAKW)</t>
   </si>
   <si>
     <t>Oakville Renegades Track Club (OOAK)</t>
   </si>
   <si>
     <t>Oakville Track &amp; Field Club Athletiques International (ATIN)</t>
@@ -2084,63 +2096,66 @@
   <si>
     <t>Red Deer College (REDC)</t>
   </si>
   <si>
     <t>Red Deer Titans (REDD)</t>
   </si>
   <si>
     <t>Red Shoe Shuffle - Rmhc Toronto (RSS1)</t>
   </si>
   <si>
     <t>Redeemer Royals (REDE)</t>
   </si>
   <si>
     <t>Regina Cougars (UOFR)</t>
   </si>
   <si>
     <t>Remparts (RCMR)</t>
   </si>
   <si>
     <t>Rhythm Athletics (RHYT)</t>
   </si>
   <si>
     <t>Rich Peers (RICP)</t>
   </si>
   <si>
+    <t>Rising Runners (RSNG)</t>
+  </si>
+  <si>
     <t>Risingstars Athletics &amp; Education (RSAE)</t>
   </si>
   <si>
     <t>River East Collegiate (MREHS)</t>
   </si>
   <si>
     <t>River West Park School (MRWPK)</t>
   </si>
   <si>
     <t>Rivers Speed Stars (RSSO)</t>
   </si>
   <si>
-    <t>Riversdale Athletics Club (RIVA)</t>
+    <t>Riversdale Athletics Track (RIVA)</t>
   </si>
   <si>
     <t>Riverton Early Middle School (MRVTN)</t>
   </si>
   <si>
     <t>RMC Paladins (RMC)</t>
   </si>
   <si>
     <t>Roadkill Running Club (RKIL)</t>
   </si>
   <si>
     <t>Robert H. Smith School (MRHSM)</t>
   </si>
   <si>
     <t>Romania (ROU)</t>
   </si>
   <si>
     <t>Rosetown Track &amp; Field (ROSE)</t>
   </si>
   <si>
     <t>Rotary Huron Shore Run (RSHR)</t>
   </si>
   <si>
     <t>Rouge Et Or U. Laval (ROUL)</t>
   </si>
@@ -2748,53 +2763,50 @@
     <t>United Arab Emirates (UAE)</t>
   </si>
   <si>
     <t>United Kingdom (GBR)</t>
   </si>
   <si>
     <t>United States (USA)</t>
   </si>
   <si>
     <t>United Tamil Sports Club (UTSC)</t>
   </si>
   <si>
     <t>Univ Of Regina Track Club (URTC)</t>
   </si>
   <si>
     <t>Universal Athletics Club (UATH)</t>
   </si>
   <si>
     <t>Université de Hearst (UDHT)</t>
   </si>
   <si>
     <t>Université du Québec à Chicoutimi (UQAC)</t>
   </si>
   <si>
     <t>University of Alberta - Augustana (UOAA)</t>
-  </si>
-[...1 lines deleted...]
-    <t>University of Calgary (UOFC)</t>
   </si>
   <si>
     <t>University Of Regina (UOFR)</t>
   </si>
   <si>
     <t>University of Toronto - Mississauga (EAGLES)</t>
   </si>
   <si>
     <t>University Of Toronto Tc (UTTC)</t>
   </si>
   <si>
     <t>University Of Windsor Athletics Club (UWAC)</t>
   </si>
   <si>
     <t>UPEI Panthers (UPEI)</t>
   </si>
   <si>
     <t>Upriver Running Group (UPRR)</t>
   </si>
   <si>
     <t>Upriver Running (URRC)</t>
   </si>
   <si>
     <t>UQAM Citadins (UQAM)</t>
   </si>
@@ -6977,79 +6989,79 @@
     <row r="229" spans="1:108">
       <c r="D229" s="2"/>
       <c r="J229" s="2"/>
       <c r="L229" s="2"/>
       <c r="N229" s="2"/>
       <c r="P229" s="2"/>
       <c r="R229" s="2"/>
       <c r="T229" s="2"/>
       <c r="V229" s="2"/>
       <c r="X229" s="2"/>
       <c r="DB229" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="230" spans="1:108">
       <c r="D230" s="2"/>
       <c r="J230" s="2"/>
       <c r="L230" s="2"/>
       <c r="N230" s="2"/>
       <c r="P230" s="2"/>
       <c r="R230" s="2"/>
       <c r="T230" s="2"/>
       <c r="V230" s="2"/>
       <c r="X230" s="2"/>
       <c r="DB230" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="231" spans="1:108">
       <c r="D231" s="2"/>
       <c r="J231" s="2"/>
       <c r="L231" s="2"/>
       <c r="N231" s="2"/>
       <c r="P231" s="2"/>
       <c r="R231" s="2"/>
       <c r="T231" s="2"/>
       <c r="V231" s="2"/>
       <c r="X231" s="2"/>
       <c r="DB231" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="232" spans="1:108">
       <c r="D232" s="2"/>
       <c r="J232" s="2"/>
       <c r="L232" s="2"/>
       <c r="N232" s="2"/>
       <c r="P232" s="2"/>
       <c r="R232" s="2"/>
       <c r="T232" s="2"/>
       <c r="V232" s="2"/>
       <c r="X232" s="2"/>
       <c r="DB232" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="233" spans="1:108">
       <c r="D233" s="2"/>
       <c r="J233" s="2"/>
       <c r="L233" s="2"/>
       <c r="N233" s="2"/>
       <c r="P233" s="2"/>
       <c r="R233" s="2"/>
       <c r="T233" s="2"/>
       <c r="V233" s="2"/>
       <c r="X233" s="2"/>
       <c r="DB233" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="234" spans="1:108">
       <c r="D234" s="2"/>
       <c r="J234" s="2"/>
       <c r="L234" s="2"/>
       <c r="N234" s="2"/>
       <c r="P234" s="2"/>
       <c r="R234" s="2"/>
       <c r="T234" s="2"/>
       <c r="V234" s="2"/>
@@ -10701,93 +10713,93 @@
     <row r="495" spans="1:108">
       <c r="D495" s="2"/>
       <c r="J495" s="2"/>
       <c r="L495" s="2"/>
       <c r="N495" s="2"/>
       <c r="P495" s="2"/>
       <c r="R495" s="2"/>
       <c r="T495" s="2"/>
       <c r="V495" s="2"/>
       <c r="X495" s="2"/>
       <c r="DB495" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="496" spans="1:108">
       <c r="D496" s="2"/>
       <c r="J496" s="2"/>
       <c r="L496" s="2"/>
       <c r="N496" s="2"/>
       <c r="P496" s="2"/>
       <c r="R496" s="2"/>
       <c r="T496" s="2"/>
       <c r="V496" s="2"/>
       <c r="X496" s="2"/>
       <c r="DB496" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="497" spans="1:108">
       <c r="D497" s="2"/>
       <c r="J497" s="2"/>
       <c r="L497" s="2"/>
       <c r="N497" s="2"/>
       <c r="P497" s="2"/>
       <c r="R497" s="2"/>
       <c r="T497" s="2"/>
       <c r="V497" s="2"/>
       <c r="X497" s="2"/>
       <c r="DB497" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
     </row>
     <row r="498" spans="1:108">
       <c r="D498" s="2"/>
       <c r="J498" s="2"/>
       <c r="L498" s="2"/>
       <c r="N498" s="2"/>
       <c r="P498" s="2"/>
       <c r="R498" s="2"/>
       <c r="T498" s="2"/>
       <c r="V498" s="2"/>
       <c r="X498" s="2"/>
       <c r="DB498" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
     </row>
     <row r="499" spans="1:108">
       <c r="D499" s="2"/>
       <c r="J499" s="2"/>
       <c r="L499" s="2"/>
       <c r="N499" s="2"/>
       <c r="P499" s="2"/>
       <c r="R499" s="2"/>
       <c r="T499" s="2"/>
       <c r="V499" s="2"/>
       <c r="X499" s="2"/>
       <c r="DB499" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
     </row>
     <row r="500" spans="1:108">
       <c r="D500" s="2"/>
       <c r="J500" s="2"/>
       <c r="L500" s="2"/>
       <c r="N500" s="2"/>
       <c r="P500" s="2"/>
       <c r="R500" s="2"/>
       <c r="T500" s="2"/>
       <c r="V500" s="2"/>
       <c r="X500" s="2"/>
       <c r="DB500" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="501" spans="1:108">
       <c r="D501" s="2"/>
       <c r="J501" s="2"/>
       <c r="L501" s="2"/>
       <c r="N501" s="2"/>
       <c r="P501" s="2"/>
       <c r="R501" s="2"/>
       <c r="T501" s="2"/>
       <c r="V501" s="2"/>
@@ -12801,191 +12813,191 @@
     <row r="645" spans="1:108">
       <c r="D645" s="2"/>
       <c r="J645" s="2"/>
       <c r="L645" s="2"/>
       <c r="N645" s="2"/>
       <c r="P645" s="2"/>
       <c r="R645" s="2"/>
       <c r="T645" s="2"/>
       <c r="V645" s="2"/>
       <c r="X645" s="2"/>
       <c r="DB645" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="646" spans="1:108">
       <c r="D646" s="2"/>
       <c r="J646" s="2"/>
       <c r="L646" s="2"/>
       <c r="N646" s="2"/>
       <c r="P646" s="2"/>
       <c r="R646" s="2"/>
       <c r="T646" s="2"/>
       <c r="V646" s="2"/>
       <c r="X646" s="2"/>
       <c r="DB646" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="647" spans="1:108">
       <c r="D647" s="2"/>
       <c r="J647" s="2"/>
       <c r="L647" s="2"/>
       <c r="N647" s="2"/>
       <c r="P647" s="2"/>
       <c r="R647" s="2"/>
       <c r="T647" s="2"/>
       <c r="V647" s="2"/>
       <c r="X647" s="2"/>
       <c r="DB647" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
     </row>
     <row r="648" spans="1:108">
       <c r="D648" s="2"/>
       <c r="J648" s="2"/>
       <c r="L648" s="2"/>
       <c r="N648" s="2"/>
       <c r="P648" s="2"/>
       <c r="R648" s="2"/>
       <c r="T648" s="2"/>
       <c r="V648" s="2"/>
       <c r="X648" s="2"/>
       <c r="DB648" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
     </row>
     <row r="649" spans="1:108">
       <c r="D649" s="2"/>
       <c r="J649" s="2"/>
       <c r="L649" s="2"/>
       <c r="N649" s="2"/>
       <c r="P649" s="2"/>
       <c r="R649" s="2"/>
       <c r="T649" s="2"/>
       <c r="V649" s="2"/>
       <c r="X649" s="2"/>
       <c r="DB649" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
     </row>
     <row r="650" spans="1:108">
       <c r="D650" s="2"/>
       <c r="J650" s="2"/>
       <c r="L650" s="2"/>
       <c r="N650" s="2"/>
       <c r="P650" s="2"/>
       <c r="R650" s="2"/>
       <c r="T650" s="2"/>
       <c r="V650" s="2"/>
       <c r="X650" s="2"/>
       <c r="DB650" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
     </row>
     <row r="651" spans="1:108">
       <c r="D651" s="2"/>
       <c r="J651" s="2"/>
       <c r="L651" s="2"/>
       <c r="N651" s="2"/>
       <c r="P651" s="2"/>
       <c r="R651" s="2"/>
       <c r="T651" s="2"/>
       <c r="V651" s="2"/>
       <c r="X651" s="2"/>
       <c r="DB651" t="s">
         <v>714</v>
       </c>
     </row>
     <row r="652" spans="1:108">
       <c r="D652" s="2"/>
       <c r="J652" s="2"/>
       <c r="L652" s="2"/>
       <c r="N652" s="2"/>
       <c r="P652" s="2"/>
       <c r="R652" s="2"/>
       <c r="T652" s="2"/>
       <c r="V652" s="2"/>
       <c r="X652" s="2"/>
       <c r="DB652" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
     </row>
     <row r="653" spans="1:108">
       <c r="D653" s="2"/>
       <c r="J653" s="2"/>
       <c r="L653" s="2"/>
       <c r="N653" s="2"/>
       <c r="P653" s="2"/>
       <c r="R653" s="2"/>
       <c r="T653" s="2"/>
       <c r="V653" s="2"/>
       <c r="X653" s="2"/>
       <c r="DB653" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
     </row>
     <row r="654" spans="1:108">
       <c r="D654" s="2"/>
       <c r="J654" s="2"/>
       <c r="L654" s="2"/>
       <c r="N654" s="2"/>
       <c r="P654" s="2"/>
       <c r="R654" s="2"/>
       <c r="T654" s="2"/>
       <c r="V654" s="2"/>
       <c r="X654" s="2"/>
       <c r="DB654" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
     </row>
     <row r="655" spans="1:108">
       <c r="D655" s="2"/>
       <c r="J655" s="2"/>
       <c r="L655" s="2"/>
       <c r="N655" s="2"/>
       <c r="P655" s="2"/>
       <c r="R655" s="2"/>
       <c r="T655" s="2"/>
       <c r="V655" s="2"/>
       <c r="X655" s="2"/>
       <c r="DB655" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
     </row>
     <row r="656" spans="1:108">
       <c r="D656" s="2"/>
       <c r="J656" s="2"/>
       <c r="L656" s="2"/>
       <c r="N656" s="2"/>
       <c r="P656" s="2"/>
       <c r="R656" s="2"/>
       <c r="T656" s="2"/>
       <c r="V656" s="2"/>
       <c r="X656" s="2"/>
       <c r="DB656" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
     </row>
     <row r="657" spans="1:108">
       <c r="D657" s="2"/>
       <c r="J657" s="2"/>
       <c r="L657" s="2"/>
       <c r="N657" s="2"/>
       <c r="P657" s="2"/>
       <c r="R657" s="2"/>
       <c r="T657" s="2"/>
       <c r="V657" s="2"/>
       <c r="X657" s="2"/>
       <c r="DB657" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="658" spans="1:108">
       <c r="D658" s="2"/>
       <c r="J658" s="2"/>
       <c r="L658" s="2"/>
       <c r="N658" s="2"/>
       <c r="P658" s="2"/>
       <c r="R658" s="2"/>
       <c r="T658" s="2"/>
       <c r="V658" s="2"/>
@@ -13641,107 +13653,107 @@
     <row r="705" spans="1:108">
       <c r="D705" s="2"/>
       <c r="J705" s="2"/>
       <c r="L705" s="2"/>
       <c r="N705" s="2"/>
       <c r="P705" s="2"/>
       <c r="R705" s="2"/>
       <c r="T705" s="2"/>
       <c r="V705" s="2"/>
       <c r="X705" s="2"/>
       <c r="DB705" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="706" spans="1:108">
       <c r="D706" s="2"/>
       <c r="J706" s="2"/>
       <c r="L706" s="2"/>
       <c r="N706" s="2"/>
       <c r="P706" s="2"/>
       <c r="R706" s="2"/>
       <c r="T706" s="2"/>
       <c r="V706" s="2"/>
       <c r="X706" s="2"/>
       <c r="DB706" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
     </row>
     <row r="707" spans="1:108">
       <c r="D707" s="2"/>
       <c r="J707" s="2"/>
       <c r="L707" s="2"/>
       <c r="N707" s="2"/>
       <c r="P707" s="2"/>
       <c r="R707" s="2"/>
       <c r="T707" s="2"/>
       <c r="V707" s="2"/>
       <c r="X707" s="2"/>
       <c r="DB707" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
     </row>
     <row r="708" spans="1:108">
       <c r="D708" s="2"/>
       <c r="J708" s="2"/>
       <c r="L708" s="2"/>
       <c r="N708" s="2"/>
       <c r="P708" s="2"/>
       <c r="R708" s="2"/>
       <c r="T708" s="2"/>
       <c r="V708" s="2"/>
       <c r="X708" s="2"/>
       <c r="DB708" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
     </row>
     <row r="709" spans="1:108">
       <c r="D709" s="2"/>
       <c r="J709" s="2"/>
       <c r="L709" s="2"/>
       <c r="N709" s="2"/>
       <c r="P709" s="2"/>
       <c r="R709" s="2"/>
       <c r="T709" s="2"/>
       <c r="V709" s="2"/>
       <c r="X709" s="2"/>
       <c r="DB709" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
     </row>
     <row r="710" spans="1:108">
       <c r="D710" s="2"/>
       <c r="J710" s="2"/>
       <c r="L710" s="2"/>
       <c r="N710" s="2"/>
       <c r="P710" s="2"/>
       <c r="R710" s="2"/>
       <c r="T710" s="2"/>
       <c r="V710" s="2"/>
       <c r="X710" s="2"/>
       <c r="DB710" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
     </row>
     <row r="711" spans="1:108">
       <c r="D711" s="2"/>
       <c r="J711" s="2"/>
       <c r="L711" s="2"/>
       <c r="N711" s="2"/>
       <c r="P711" s="2"/>
       <c r="R711" s="2"/>
       <c r="T711" s="2"/>
       <c r="V711" s="2"/>
       <c r="X711" s="2"/>
       <c r="DB711" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="712" spans="1:108">
       <c r="D712" s="2"/>
       <c r="J712" s="2"/>
       <c r="L712" s="2"/>
       <c r="N712" s="2"/>
       <c r="P712" s="2"/>
       <c r="R712" s="2"/>
       <c r="T712" s="2"/>
       <c r="V712" s="2"/>
@@ -16748,83 +16760,95 @@
     </row>
     <row r="927" spans="1:108">
       <c r="D927" s="2"/>
       <c r="J927" s="2"/>
       <c r="L927" s="2"/>
       <c r="N927" s="2"/>
       <c r="P927" s="2"/>
       <c r="R927" s="2"/>
       <c r="T927" s="2"/>
       <c r="V927" s="2"/>
       <c r="X927" s="2"/>
       <c r="DB927" t="s">
         <v>988</v>
       </c>
     </row>
     <row r="928" spans="1:108">
       <c r="D928" s="2"/>
       <c r="J928" s="2"/>
       <c r="L928" s="2"/>
       <c r="N928" s="2"/>
       <c r="P928" s="2"/>
       <c r="R928" s="2"/>
       <c r="T928" s="2"/>
       <c r="V928" s="2"/>
       <c r="X928" s="2"/>
+      <c r="DB928" t="s">
+        <v>989</v>
+      </c>
     </row>
     <row r="929" spans="1:108">
       <c r="D929" s="2"/>
       <c r="J929" s="2"/>
       <c r="L929" s="2"/>
       <c r="N929" s="2"/>
       <c r="P929" s="2"/>
       <c r="R929" s="2"/>
       <c r="T929" s="2"/>
       <c r="V929" s="2"/>
       <c r="X929" s="2"/>
+      <c r="DB929" t="s">
+        <v>990</v>
+      </c>
     </row>
     <row r="930" spans="1:108">
       <c r="D930" s="2"/>
       <c r="J930" s="2"/>
       <c r="L930" s="2"/>
       <c r="N930" s="2"/>
       <c r="P930" s="2"/>
       <c r="R930" s="2"/>
       <c r="T930" s="2"/>
       <c r="V930" s="2"/>
       <c r="X930" s="2"/>
+      <c r="DB930" t="s">
+        <v>991</v>
+      </c>
     </row>
     <row r="931" spans="1:108">
       <c r="D931" s="2"/>
       <c r="J931" s="2"/>
       <c r="L931" s="2"/>
       <c r="N931" s="2"/>
       <c r="P931" s="2"/>
       <c r="R931" s="2"/>
       <c r="T931" s="2"/>
       <c r="V931" s="2"/>
       <c r="X931" s="2"/>
+      <c r="DB931" t="s">
+        <v>992</v>
+      </c>
     </row>
     <row r="932" spans="1:108">
       <c r="D932" s="2"/>
       <c r="J932" s="2"/>
       <c r="L932" s="2"/>
       <c r="N932" s="2"/>
       <c r="P932" s="2"/>
       <c r="R932" s="2"/>
       <c r="T932" s="2"/>
       <c r="V932" s="2"/>
       <c r="X932" s="2"/>
     </row>
     <row r="933" spans="1:108">
       <c r="D933" s="2"/>
       <c r="J933" s="2"/>
       <c r="L933" s="2"/>
       <c r="N933" s="2"/>
       <c r="P933" s="2"/>
       <c r="R933" s="2"/>
       <c r="T933" s="2"/>
       <c r="V933" s="2"/>
       <c r="X933" s="2"/>
     </row>
     <row r="934" spans="1:108">
       <c r="D934" s="2"/>
@@ -17552,51 +17576,51 @@
       <c r="V999" s="2"/>
       <c r="X999" s="2"/>
     </row>
     <row r="1000" spans="1:108">
       <c r="D1000" s="2"/>
       <c r="J1000" s="2"/>
       <c r="L1000" s="2"/>
       <c r="N1000" s="2"/>
       <c r="P1000" s="2"/>
       <c r="R1000" s="2"/>
       <c r="T1000" s="2"/>
       <c r="V1000" s="2"/>
       <c r="X1000" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="11">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="C5:C1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
-      <formula1>'Worksheet'!$DB$1:$DB$927</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$931</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="H5:H1000">
       <formula1>'Worksheet'!$DC$1:$DC$4</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="I5:I1000">
       <formula1>'Worksheet'!$DD$1:$DD$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="K5:K1000">
       <formula1>'Worksheet'!$DD$1:$DD$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="M5:M1000">
       <formula1>'Worksheet'!$DD$1:$DD$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="O5:O1000">
       <formula1>'Worksheet'!$DD$1:$DD$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Q5:Q1000">
       <formula1>'Worksheet'!$DD$1:$DD$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="S5:S1000">
       <formula1>'Worksheet'!$DD$1:$DD$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="U5:U1000">
       <formula1>'Worksheet'!$DD$1:$DD$12</formula1>
     </dataValidation>