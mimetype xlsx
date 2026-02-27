--- v1 (2025-12-29)
+++ v2 (2026-02-27)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="993">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1005">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>11900919 Canada Ltd. (RVRN)</t>
   </si>
   <si>
     <t>U18</t>
   </si>
   <si>
     <t>60m</t>
   </si>
   <si>
     <t>1017278:typeValue:102</t>
   </si>
   <si>
     <t>1017278:typeValue:103</t>
   </si>
   <si>
     <t>1017278:typeValue:104</t>
   </si>
   <si>
@@ -113,188 +113,191 @@
   <si>
     <t>1017278:event_seed:7</t>
   </si>
   <si>
     <t>1017278:reg_event:8</t>
   </si>
   <si>
     <t>1017278:event_seed:8</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>310 Running (CCCX)</t>
   </si>
   <si>
     <t>U20</t>
   </si>
   <si>
     <t>300m</t>
   </si>
   <si>
     <t>Event Registration - 22nd Annual York University Holiday Open</t>
   </si>
   <si>
+    <t>705 Jumps And Throws (705T)</t>
+  </si>
+  <si>
+    <t>Open</t>
+  </si>
+  <si>
+    <t>600m</t>
+  </si>
+  <si>
+    <t>First Name</t>
+  </si>
+  <si>
+    <t>Last Name</t>
+  </si>
+  <si>
+    <t>Gender</t>
+  </si>
+  <si>
+    <t>Date of Birth (YYYY-MM-DD)</t>
+  </si>
+  <si>
+    <t>Hometown</t>
+  </si>
+  <si>
+    <t>Team</t>
+  </si>
+  <si>
+    <t>Member #</t>
+  </si>
+  <si>
+    <t>Category</t>
+  </si>
+  <si>
+    <t>Event #1</t>
+  </si>
+  <si>
+    <t>Seed-Mark #1</t>
+  </si>
+  <si>
+    <t>Event #2</t>
+  </si>
+  <si>
+    <t>Seed-Mark #2</t>
+  </si>
+  <si>
+    <t>Event #3</t>
+  </si>
+  <si>
+    <t>Seed-Mark #3</t>
+  </si>
+  <si>
+    <t>Event #4</t>
+  </si>
+  <si>
+    <t>Seed-Mark #4</t>
+  </si>
+  <si>
+    <t>Event #5</t>
+  </si>
+  <si>
+    <t>Seed-Mark #5</t>
+  </si>
+  <si>
+    <t>Event #6</t>
+  </si>
+  <si>
+    <t>Seed-Mark #6</t>
+  </si>
+  <si>
+    <t>Event #7</t>
+  </si>
+  <si>
+    <t>Seed-Mark #7</t>
+  </si>
+  <si>
+    <t>Event #8</t>
+  </si>
+  <si>
+    <t>Seed-Mark #8</t>
+  </si>
+  <si>
     <t>A.S.E.A. (ASEA)</t>
   </si>
   <si>
-    <t>Open</t>
-[...74 lines deleted...]
-    <t>Seed-Mark #8</t>
+    <t>University</t>
+  </si>
+  <si>
+    <t>1000m</t>
   </si>
   <si>
     <t>A.t.p Athlétisme (ATPA)</t>
   </si>
   <si>
-    <t>University</t>
-[...2 lines deleted...]
-    <t>1000m</t>
+    <t>1500m</t>
   </si>
   <si>
     <t>Abell-Lisgar Athletic Club &amp; Roi (ABAC)</t>
   </si>
   <si>
-    <t>1500m</t>
+    <t>3000m</t>
   </si>
   <si>
     <t>Acadia Axemen/Axewomen (ACD)</t>
   </si>
   <si>
-    <t>3000m</t>
+    <t>60m Hurdles</t>
   </si>
   <si>
     <t>Acadia Junior High (MACAD)</t>
   </si>
   <si>
-    <t>60m Hurdles</t>
+    <t>Long Jump</t>
   </si>
   <si>
     <t>Accelerate North Athletics (ATHN)</t>
   </si>
   <si>
-    <t>Long Jump</t>
+    <t>High Jump</t>
   </si>
   <si>
     <t>Achilles International Track &amp; Field Society (AITS)</t>
   </si>
   <si>
-    <t>High Jump</t>
+    <t>Pole Vault</t>
   </si>
   <si>
     <t>Adrenaline Athletics Track &amp; Field Club (Calgary) (ADRN2)</t>
   </si>
   <si>
-    <t>Pole Vault</t>
+    <t>Shot Put</t>
   </si>
   <si>
     <t>Adrenaline Athletics Track &amp; Field Club (ADRN)</t>
   </si>
   <si>
-    <t>Shot Put</t>
+    <t>Weight Throw</t>
   </si>
   <si>
     <t>Adrénaline (CAGB)</t>
   </si>
   <si>
-    <t>Weight Throw</t>
-[...1 lines deleted...]
-  <si>
     <t>Aetos Athletica (AETO)</t>
   </si>
   <si>
     <t>Afghanistan (AFG)</t>
   </si>
   <si>
     <t>Airblastoff Athletics Bc (AIRL)</t>
   </si>
   <si>
     <t>Airblastoff Lion (ABOL)</t>
   </si>
   <si>
     <t>Albania (ALB)</t>
   </si>
   <si>
     <t>Alberni District Secondary School (ALDSS)</t>
   </si>
   <si>
     <t>Alberni Valley Track Club (AVTC)</t>
   </si>
   <si>
     <t>Alberta Golden Bears (ALB)</t>
   </si>
   <si>
     <t>Alberta Pandas (ABP)</t>
@@ -344,50 +347,53 @@
   <si>
     <t>Areus (ESDA)</t>
   </si>
   <si>
     <t>Argentina (ARG)</t>
   </si>
   <si>
     <t>Armenia (ARM)</t>
   </si>
   <si>
     <t>Around The Bay Road Race (ATBR)</t>
   </si>
   <si>
     <t>Aruba (ARU)</t>
   </si>
   <si>
     <t>Assert Track Club (ASTC)</t>
   </si>
   <si>
     <t>Association Of Family Of Flight Ps752 Victims' (WLF5)</t>
   </si>
   <si>
     <t>Atanukan (ATAN)</t>
   </si>
   <si>
+    <t>Athletic Victory (Speed) Club (AVSC)</t>
+  </si>
+  <si>
     <t>Athletics East Nova Scotia (AENS)</t>
   </si>
   <si>
     <t>Athletics Niagara (ANIA)</t>
   </si>
   <si>
     <t>Athletics Northeast (ANER)</t>
   </si>
   <si>
     <t>Athletics Nwt (ANWT)</t>
   </si>
   <si>
     <t>Athletics Victoria Track And Field Society (AVIC)</t>
   </si>
   <si>
     <t>Athletics Yukon (AYYK)</t>
   </si>
   <si>
     <t>Athlétisme Chaleur Athletisme (ACAN)</t>
   </si>
   <si>
     <t>Athlétisme Laval (ALAV)</t>
   </si>
   <si>
     <t>Athlétisme Péninsule Acadienne (APAC)</t>
@@ -1064,51 +1070,51 @@
   <si>
     <t>French Southern Territories (STF)</t>
   </si>
   <si>
     <t>Gabon (GAB)</t>
   </si>
   <si>
     <t>Gambia (GAM)</t>
   </si>
   <si>
     <t>Garden City Collegiate (MGCHS)</t>
   </si>
   <si>
     <t>Gatineau (GATI)</t>
   </si>
   <si>
     <t>George Brown College (GBC)</t>
   </si>
   <si>
     <t>George Waters Middle School (MGEOW)</t>
   </si>
   <si>
     <t>Georgia (GEO)</t>
   </si>
   <si>
-    <t>Georgian Bay Coyotes Tc (GBCT)</t>
+    <t>Georgian Bay Coyotes (GBCT)</t>
   </si>
   <si>
     <t>Georgian College (GB)</t>
   </si>
   <si>
     <t>Germany (GER)</t>
   </si>
   <si>
     <t>Ghana (GHA)</t>
   </si>
   <si>
     <t>Gibraltar (GIB)</t>
   </si>
   <si>
     <t>Gimli High School (MGIHS)</t>
   </si>
   <si>
     <t>Gladstone Track And Field Club (GLAD)</t>
   </si>
   <si>
     <t>Glen Manor Track Club (GMTC)</t>
   </si>
   <si>
     <t>Glenlawn Collegiate (MGLHS)</t>
   </si>
@@ -1559,50 +1565,56 @@
   <si>
     <t>Lockport School (MLOCK)</t>
   </si>
   <si>
     <t>London Legion T.f. Alliance (LLTA)</t>
   </si>
   <si>
     <t>London Western T.f.c (LWTF)</t>
   </si>
   <si>
     <t>Longboat Roadrunners (LONG)</t>
   </si>
   <si>
     <t>Lord Selkirk Regional School (MLORD)</t>
   </si>
   <si>
     <t>Lount &amp; Miller Inc. (LMNC)</t>
   </si>
   <si>
     <t>Luxembourg (LUX)</t>
   </si>
   <si>
     <t>Lyfestyle Athletics (LATC)</t>
   </si>
   <si>
+    <t>M.b. Track Club (MBTR)</t>
+  </si>
+  <si>
+    <t>M.b. Track Club (MBTC)</t>
+  </si>
+  <si>
     <t>Macau (MAC)</t>
   </si>
   <si>
     <t>Macedonia (MKD)</t>
   </si>
   <si>
     <t>MacEwan Griffins (MU)</t>
   </si>
   <si>
     <t>Madagascar (MAD)</t>
   </si>
   <si>
     <t>Magog (MAGO)</t>
   </si>
   <si>
     <t>Maisonneuve (MSN)</t>
   </si>
   <si>
     <t>Malawi (MAW)</t>
   </si>
   <si>
     <t>Malaysia (MAS)</t>
   </si>
   <si>
     <t>Maldives (MDV)</t>
@@ -1613,122 +1625,137 @@
   <si>
     <t>Malta (MLT)</t>
   </si>
   <si>
     <t>Manitoba Bisons (MAN)</t>
   </si>
   <si>
     <t>Manitoba Naig Team (MBNG)</t>
   </si>
   <si>
     <t>Manitoba Officials (MBOF)</t>
   </si>
   <si>
     <t>Maples Collegiate (MMAHS)</t>
   </si>
   <si>
     <t>Mariners Athletics Club (MARC)</t>
   </si>
   <si>
     <t>Marshall Islands (MHL)</t>
   </si>
   <si>
     <t>Martinique (MQE)</t>
   </si>
   <si>
+    <t>Masters Of Speed Athletics (MOSA)</t>
+  </si>
+  <si>
     <t>Maulseed Athletic Sports Management (MASM)</t>
   </si>
   <si>
     <t>Mauritania (MTN)</t>
   </si>
   <si>
     <t>Mauritius (MRI)</t>
   </si>
   <si>
     <t>Maximus Performance (MXPF)</t>
   </si>
   <si>
     <t>Mayotte (MYT)</t>
   </si>
   <si>
     <t>McGill (MCG)</t>
   </si>
   <si>
     <t>McGill Olympic Club (MGOC)</t>
   </si>
   <si>
     <t>McMaster Marauders (MCM)</t>
   </si>
   <si>
     <t>Meadows West School (MMDWS)</t>
   </si>
   <si>
     <t>Mecca Athletic Club (MACO)</t>
   </si>
   <si>
     <t>Mecca Athletic Club (MECC)</t>
   </si>
   <si>
     <t>Medicine Hat College (MHAT)</t>
   </si>
   <si>
     <t>Medicine Hat Panthers Track And Field Club (MEDI)</t>
   </si>
   <si>
     <t>Memorial Sea-Hawks (MUN)</t>
   </si>
   <si>
+    <t>Memorial Track And Field Club (MTFC)</t>
+  </si>
+  <si>
+    <t>Memorial University Cross Country (MUCC)</t>
+  </si>
+  <si>
     <t>Meta Athletics (META)</t>
   </si>
   <si>
     <t>Mexico (MEX)</t>
   </si>
   <si>
     <t>Micronesia (FSM)</t>
   </si>
   <si>
     <t>Middle Path (MIPA)</t>
   </si>
   <si>
+    <t>Midwest Stars (MWST)</t>
+  </si>
+  <si>
     <t>Mile Macdonell Collegiate (MMMHS)</t>
   </si>
   <si>
     <t>Mile2Marathon (MI2M)</t>
   </si>
   <si>
     <t>Mile2Marathon (M2M2)</t>
   </si>
   <si>
     <t>Mille Pays-Des-Bleuets (MPDB)</t>
   </si>
   <si>
     <t>Mississauga Olympians T&amp;F A.a. (MOAA)</t>
   </si>
   <si>
     <t>Mississauga T.f.c. (MISS)</t>
   </si>
   <si>
+    <t>Mistissini Athletic Club (MIST)</t>
+  </si>
+  <si>
     <t>Mohawk College (MHAWK)</t>
   </si>
   <si>
     <t>Monaco (MON)</t>
   </si>
   <si>
     <t>Monarch Athletics Club (MOAC)</t>
   </si>
   <si>
     <t>Monarch Ultra Relay Run (MURR)</t>
   </si>
   <si>
     <t>Moncton Aigles Bleu (MNC)</t>
   </si>
   <si>
     <t>Mongolia (MGL)</t>
   </si>
   <si>
     <t>Montagnards (MPTM)</t>
   </si>
   <si>
     <t>Monte Cristo Track Club (MCTC)</t>
   </si>
   <si>
     <t>Montenegro (MNE)</t>
@@ -2495,50 +2522,53 @@
   <si>
     <t>Stoney Creek Athletics (SCTC)</t>
   </si>
   <si>
     <t>Stoney Creek Athletics (SCAA)</t>
   </si>
   <si>
     <t>Stratford 5K Run/Walk (S5RW)</t>
   </si>
   <si>
     <t>Stratford Sabrecats Track Club (SSTC)</t>
   </si>
   <si>
     <t>Stride Running Nl (SRNL)</t>
   </si>
   <si>
     <t>Stridewise Running (SWRC)</t>
   </si>
   <si>
     <t>Sudan (SUD)</t>
   </si>
   <si>
     <t>Sudbury Endurance (SUDB)</t>
   </si>
   <si>
+    <t>Sunshine Coast Athletics (SCAC)</t>
+  </si>
+  <si>
     <t>Surinam (SUR)</t>
   </si>
   <si>
     <t>Svalbard and Jan Mayen (SJM)</t>
   </si>
   <si>
     <t>Svitanok - Brlvc (SVTK)</t>
   </si>
   <si>
     <t>Swaziland (SWZ)</t>
   </si>
   <si>
     <t>Sweden (SWE)</t>
   </si>
   <si>
     <t>Swift Current Selects (SCSS)</t>
   </si>
   <si>
     <t>Switzerland (SUI)</t>
   </si>
   <si>
     <t>Syria (SYR)</t>
   </si>
   <si>
     <t>Taiwan (TWN)</t>
@@ -2876,93 +2906,99 @@
   <si>
     <t>Victoria Marathon Society (VMSO)</t>
   </si>
   <si>
     <t>Victoria Speed Project (VICS)</t>
   </si>
   <si>
     <t>Victoria Vikes (UVIC)</t>
   </si>
   <si>
     <t>Victory Athletics (VATH)</t>
   </si>
   <si>
     <t>Vietnam (VIE)</t>
   </si>
   <si>
     <t>Vincent Massey Collegiate-Winnipeg (MVMCW)</t>
   </si>
   <si>
     <t>Virgin Islands (USA) (ISV)</t>
   </si>
   <si>
     <t>Viscount Alexander (MVCAL)</t>
   </si>
   <si>
+    <t>Voltigeurs Du Collège Bourget (VOLTS)</t>
+  </si>
+  <si>
     <t>Vr Pro Inc. (VRPR)</t>
   </si>
   <si>
     <t>Walkerton &amp; District Hospital Foundation (WDHF)</t>
   </si>
   <si>
     <t>Wallis and Futuna Islands (WFI)</t>
   </si>
   <si>
     <t>Waterloo Track Club (UWTC)</t>
   </si>
   <si>
     <t>Waterloo Warriors (WAT)</t>
   </si>
   <si>
     <t>Wc Race Series Society (WCRS)</t>
   </si>
   <si>
     <t>Wellington School (MWELL)</t>
   </si>
   <si>
     <t>West Island T. C. (WITC)</t>
   </si>
   <si>
     <t>West Point Grey Academy (WPTGA)</t>
   </si>
   <si>
     <t>West Vancouver Track &amp; Field Club (WVAN)</t>
   </si>
   <si>
     <t>Westdale School (MWDAL)</t>
   </si>
   <si>
     <t>Western Mustangs (UWO)</t>
   </si>
   <si>
     <t>Western Sahara (WSA)</t>
   </si>
   <si>
     <t>Westwood Collegiate (MWWHS)</t>
   </si>
   <si>
     <t>Wind Track And Field Club (WIND)</t>
+  </si>
+  <si>
+    <t>Windsor Essex Athletics Club (WEAC)</t>
   </si>
   <si>
     <t>Windsor Lancers (WND)</t>
   </si>
   <si>
     <t>Windsor Legion T.f.c (WLEG)</t>
   </si>
   <si>
     <t>Winnipeg Optimist Athletics (WOAC)</t>
   </si>
   <si>
     <t>Wolves Athletics Club (WOLV)</t>
   </si>
   <si>
     <t>Woodstock Legion Athletic Club (WOOD)</t>
   </si>
   <si>
     <t>Wooly Bully Races (NSMC)</t>
   </si>
   <si>
     <t>Xsnrg Running Club (XSNR)</t>
   </si>
   <si>
     <t>Yemen (YEM)</t>
   </si>
@@ -7031,65 +7067,65 @@
     <row r="232" spans="1:108">
       <c r="D232" s="2"/>
       <c r="J232" s="2"/>
       <c r="L232" s="2"/>
       <c r="N232" s="2"/>
       <c r="P232" s="2"/>
       <c r="R232" s="2"/>
       <c r="T232" s="2"/>
       <c r="V232" s="2"/>
       <c r="X232" s="2"/>
       <c r="DB232" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="233" spans="1:108">
       <c r="D233" s="2"/>
       <c r="J233" s="2"/>
       <c r="L233" s="2"/>
       <c r="N233" s="2"/>
       <c r="P233" s="2"/>
       <c r="R233" s="2"/>
       <c r="T233" s="2"/>
       <c r="V233" s="2"/>
       <c r="X233" s="2"/>
       <c r="DB233" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="234" spans="1:108">
       <c r="D234" s="2"/>
       <c r="J234" s="2"/>
       <c r="L234" s="2"/>
       <c r="N234" s="2"/>
       <c r="P234" s="2"/>
       <c r="R234" s="2"/>
       <c r="T234" s="2"/>
       <c r="V234" s="2"/>
       <c r="X234" s="2"/>
       <c r="DB234" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="235" spans="1:108">
       <c r="D235" s="2"/>
       <c r="J235" s="2"/>
       <c r="L235" s="2"/>
       <c r="N235" s="2"/>
       <c r="P235" s="2"/>
       <c r="R235" s="2"/>
       <c r="T235" s="2"/>
       <c r="V235" s="2"/>
       <c r="X235" s="2"/>
       <c r="DB235" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="236" spans="1:108">
       <c r="D236" s="2"/>
       <c r="J236" s="2"/>
       <c r="L236" s="2"/>
       <c r="N236" s="2"/>
       <c r="P236" s="2"/>
       <c r="R236" s="2"/>
       <c r="T236" s="2"/>
       <c r="V236" s="2"/>
@@ -10755,177 +10791,177 @@
     <row r="498" spans="1:108">
       <c r="D498" s="2"/>
       <c r="J498" s="2"/>
       <c r="L498" s="2"/>
       <c r="N498" s="2"/>
       <c r="P498" s="2"/>
       <c r="R498" s="2"/>
       <c r="T498" s="2"/>
       <c r="V498" s="2"/>
       <c r="X498" s="2"/>
       <c r="DB498" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="499" spans="1:108">
       <c r="D499" s="2"/>
       <c r="J499" s="2"/>
       <c r="L499" s="2"/>
       <c r="N499" s="2"/>
       <c r="P499" s="2"/>
       <c r="R499" s="2"/>
       <c r="T499" s="2"/>
       <c r="V499" s="2"/>
       <c r="X499" s="2"/>
       <c r="DB499" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="500" spans="1:108">
       <c r="D500" s="2"/>
       <c r="J500" s="2"/>
       <c r="L500" s="2"/>
       <c r="N500" s="2"/>
       <c r="P500" s="2"/>
       <c r="R500" s="2"/>
       <c r="T500" s="2"/>
       <c r="V500" s="2"/>
       <c r="X500" s="2"/>
       <c r="DB500" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
     </row>
     <row r="501" spans="1:108">
       <c r="D501" s="2"/>
       <c r="J501" s="2"/>
       <c r="L501" s="2"/>
       <c r="N501" s="2"/>
       <c r="P501" s="2"/>
       <c r="R501" s="2"/>
       <c r="T501" s="2"/>
       <c r="V501" s="2"/>
       <c r="X501" s="2"/>
       <c r="DB501" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
     </row>
     <row r="502" spans="1:108">
       <c r="D502" s="2"/>
       <c r="J502" s="2"/>
       <c r="L502" s="2"/>
       <c r="N502" s="2"/>
       <c r="P502" s="2"/>
       <c r="R502" s="2"/>
       <c r="T502" s="2"/>
       <c r="V502" s="2"/>
       <c r="X502" s="2"/>
       <c r="DB502" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
     </row>
     <row r="503" spans="1:108">
       <c r="D503" s="2"/>
       <c r="J503" s="2"/>
       <c r="L503" s="2"/>
       <c r="N503" s="2"/>
       <c r="P503" s="2"/>
       <c r="R503" s="2"/>
       <c r="T503" s="2"/>
       <c r="V503" s="2"/>
       <c r="X503" s="2"/>
       <c r="DB503" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
     </row>
     <row r="504" spans="1:108">
       <c r="D504" s="2"/>
       <c r="J504" s="2"/>
       <c r="L504" s="2"/>
       <c r="N504" s="2"/>
       <c r="P504" s="2"/>
       <c r="R504" s="2"/>
       <c r="T504" s="2"/>
       <c r="V504" s="2"/>
       <c r="X504" s="2"/>
       <c r="DB504" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
     </row>
     <row r="505" spans="1:108">
       <c r="D505" s="2"/>
       <c r="J505" s="2"/>
       <c r="L505" s="2"/>
       <c r="N505" s="2"/>
       <c r="P505" s="2"/>
       <c r="R505" s="2"/>
       <c r="T505" s="2"/>
       <c r="V505" s="2"/>
       <c r="X505" s="2"/>
       <c r="DB505" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
     </row>
     <row r="506" spans="1:108">
       <c r="D506" s="2"/>
       <c r="J506" s="2"/>
       <c r="L506" s="2"/>
       <c r="N506" s="2"/>
       <c r="P506" s="2"/>
       <c r="R506" s="2"/>
       <c r="T506" s="2"/>
       <c r="V506" s="2"/>
       <c r="X506" s="2"/>
       <c r="DB506" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
     </row>
     <row r="507" spans="1:108">
       <c r="D507" s="2"/>
       <c r="J507" s="2"/>
       <c r="L507" s="2"/>
       <c r="N507" s="2"/>
       <c r="P507" s="2"/>
       <c r="R507" s="2"/>
       <c r="T507" s="2"/>
       <c r="V507" s="2"/>
       <c r="X507" s="2"/>
       <c r="DB507" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
     </row>
     <row r="508" spans="1:108">
       <c r="D508" s="2"/>
       <c r="J508" s="2"/>
       <c r="L508" s="2"/>
       <c r="N508" s="2"/>
       <c r="P508" s="2"/>
       <c r="R508" s="2"/>
       <c r="T508" s="2"/>
       <c r="V508" s="2"/>
       <c r="X508" s="2"/>
       <c r="DB508" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="509" spans="1:108">
       <c r="D509" s="2"/>
       <c r="J509" s="2"/>
       <c r="L509" s="2"/>
       <c r="N509" s="2"/>
       <c r="P509" s="2"/>
       <c r="R509" s="2"/>
       <c r="T509" s="2"/>
       <c r="V509" s="2"/>
       <c r="X509" s="2"/>
       <c r="DB509" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="510" spans="1:108">
       <c r="D510" s="2"/>
       <c r="J510" s="2"/>
       <c r="L510" s="2"/>
       <c r="N510" s="2"/>
       <c r="P510" s="2"/>
       <c r="R510" s="2"/>
       <c r="T510" s="2"/>
       <c r="V510" s="2"/>
@@ -12883,247 +12919,247 @@
     <row r="650" spans="1:108">
       <c r="D650" s="2"/>
       <c r="J650" s="2"/>
       <c r="L650" s="2"/>
       <c r="N650" s="2"/>
       <c r="P650" s="2"/>
       <c r="R650" s="2"/>
       <c r="T650" s="2"/>
       <c r="V650" s="2"/>
       <c r="X650" s="2"/>
       <c r="DB650" t="s">
         <v>714</v>
       </c>
     </row>
     <row r="651" spans="1:108">
       <c r="D651" s="2"/>
       <c r="J651" s="2"/>
       <c r="L651" s="2"/>
       <c r="N651" s="2"/>
       <c r="P651" s="2"/>
       <c r="R651" s="2"/>
       <c r="T651" s="2"/>
       <c r="V651" s="2"/>
       <c r="X651" s="2"/>
       <c r="DB651" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
     </row>
     <row r="652" spans="1:108">
       <c r="D652" s="2"/>
       <c r="J652" s="2"/>
       <c r="L652" s="2"/>
       <c r="N652" s="2"/>
       <c r="P652" s="2"/>
       <c r="R652" s="2"/>
       <c r="T652" s="2"/>
       <c r="V652" s="2"/>
       <c r="X652" s="2"/>
       <c r="DB652" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
     </row>
     <row r="653" spans="1:108">
       <c r="D653" s="2"/>
       <c r="J653" s="2"/>
       <c r="L653" s="2"/>
       <c r="N653" s="2"/>
       <c r="P653" s="2"/>
       <c r="R653" s="2"/>
       <c r="T653" s="2"/>
       <c r="V653" s="2"/>
       <c r="X653" s="2"/>
       <c r="DB653" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
     </row>
     <row r="654" spans="1:108">
       <c r="D654" s="2"/>
       <c r="J654" s="2"/>
       <c r="L654" s="2"/>
       <c r="N654" s="2"/>
       <c r="P654" s="2"/>
       <c r="R654" s="2"/>
       <c r="T654" s="2"/>
       <c r="V654" s="2"/>
       <c r="X654" s="2"/>
       <c r="DB654" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
     </row>
     <row r="655" spans="1:108">
       <c r="D655" s="2"/>
       <c r="J655" s="2"/>
       <c r="L655" s="2"/>
       <c r="N655" s="2"/>
       <c r="P655" s="2"/>
       <c r="R655" s="2"/>
       <c r="T655" s="2"/>
       <c r="V655" s="2"/>
       <c r="X655" s="2"/>
       <c r="DB655" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
     </row>
     <row r="656" spans="1:108">
       <c r="D656" s="2"/>
       <c r="J656" s="2"/>
       <c r="L656" s="2"/>
       <c r="N656" s="2"/>
       <c r="P656" s="2"/>
       <c r="R656" s="2"/>
       <c r="T656" s="2"/>
       <c r="V656" s="2"/>
       <c r="X656" s="2"/>
       <c r="DB656" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
     </row>
     <row r="657" spans="1:108">
       <c r="D657" s="2"/>
       <c r="J657" s="2"/>
       <c r="L657" s="2"/>
       <c r="N657" s="2"/>
       <c r="P657" s="2"/>
       <c r="R657" s="2"/>
       <c r="T657" s="2"/>
       <c r="V657" s="2"/>
       <c r="X657" s="2"/>
       <c r="DB657" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
     </row>
     <row r="658" spans="1:108">
       <c r="D658" s="2"/>
       <c r="J658" s="2"/>
       <c r="L658" s="2"/>
       <c r="N658" s="2"/>
       <c r="P658" s="2"/>
       <c r="R658" s="2"/>
       <c r="T658" s="2"/>
       <c r="V658" s="2"/>
       <c r="X658" s="2"/>
       <c r="DB658" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
     </row>
     <row r="659" spans="1:108">
       <c r="D659" s="2"/>
       <c r="J659" s="2"/>
       <c r="L659" s="2"/>
       <c r="N659" s="2"/>
       <c r="P659" s="2"/>
       <c r="R659" s="2"/>
       <c r="T659" s="2"/>
       <c r="V659" s="2"/>
       <c r="X659" s="2"/>
       <c r="DB659" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
     </row>
     <row r="660" spans="1:108">
       <c r="D660" s="2"/>
       <c r="J660" s="2"/>
       <c r="L660" s="2"/>
       <c r="N660" s="2"/>
       <c r="P660" s="2"/>
       <c r="R660" s="2"/>
       <c r="T660" s="2"/>
       <c r="V660" s="2"/>
       <c r="X660" s="2"/>
       <c r="DB660" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
     </row>
     <row r="661" spans="1:108">
       <c r="D661" s="2"/>
       <c r="J661" s="2"/>
       <c r="L661" s="2"/>
       <c r="N661" s="2"/>
       <c r="P661" s="2"/>
       <c r="R661" s="2"/>
       <c r="T661" s="2"/>
       <c r="V661" s="2"/>
       <c r="X661" s="2"/>
       <c r="DB661" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
     </row>
     <row r="662" spans="1:108">
       <c r="D662" s="2"/>
       <c r="J662" s="2"/>
       <c r="L662" s="2"/>
       <c r="N662" s="2"/>
       <c r="P662" s="2"/>
       <c r="R662" s="2"/>
       <c r="T662" s="2"/>
       <c r="V662" s="2"/>
       <c r="X662" s="2"/>
       <c r="DB662" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
     </row>
     <row r="663" spans="1:108">
       <c r="D663" s="2"/>
       <c r="J663" s="2"/>
       <c r="L663" s="2"/>
       <c r="N663" s="2"/>
       <c r="P663" s="2"/>
       <c r="R663" s="2"/>
       <c r="T663" s="2"/>
       <c r="V663" s="2"/>
       <c r="X663" s="2"/>
       <c r="DB663" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
     </row>
     <row r="664" spans="1:108">
       <c r="D664" s="2"/>
       <c r="J664" s="2"/>
       <c r="L664" s="2"/>
       <c r="N664" s="2"/>
       <c r="P664" s="2"/>
       <c r="R664" s="2"/>
       <c r="T664" s="2"/>
       <c r="V664" s="2"/>
       <c r="X664" s="2"/>
       <c r="DB664" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="665" spans="1:108">
       <c r="D665" s="2"/>
       <c r="J665" s="2"/>
       <c r="L665" s="2"/>
       <c r="N665" s="2"/>
       <c r="P665" s="2"/>
       <c r="R665" s="2"/>
       <c r="T665" s="2"/>
       <c r="V665" s="2"/>
       <c r="X665" s="2"/>
       <c r="DB665" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
     </row>
     <row r="666" spans="1:108">
       <c r="D666" s="2"/>
       <c r="J666" s="2"/>
       <c r="L666" s="2"/>
       <c r="N666" s="2"/>
       <c r="P666" s="2"/>
       <c r="R666" s="2"/>
       <c r="T666" s="2"/>
       <c r="V666" s="2"/>
       <c r="X666" s="2"/>
       <c r="DB666" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="667" spans="1:108">
       <c r="D667" s="2"/>
       <c r="J667" s="2"/>
       <c r="L667" s="2"/>
       <c r="N667" s="2"/>
       <c r="P667" s="2"/>
       <c r="R667" s="2"/>
       <c r="T667" s="2"/>
       <c r="V667" s="2"/>
@@ -13723,163 +13759,163 @@
     <row r="710" spans="1:108">
       <c r="D710" s="2"/>
       <c r="J710" s="2"/>
       <c r="L710" s="2"/>
       <c r="N710" s="2"/>
       <c r="P710" s="2"/>
       <c r="R710" s="2"/>
       <c r="T710" s="2"/>
       <c r="V710" s="2"/>
       <c r="X710" s="2"/>
       <c r="DB710" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="711" spans="1:108">
       <c r="D711" s="2"/>
       <c r="J711" s="2"/>
       <c r="L711" s="2"/>
       <c r="N711" s="2"/>
       <c r="P711" s="2"/>
       <c r="R711" s="2"/>
       <c r="T711" s="2"/>
       <c r="V711" s="2"/>
       <c r="X711" s="2"/>
       <c r="DB711" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
     </row>
     <row r="712" spans="1:108">
       <c r="D712" s="2"/>
       <c r="J712" s="2"/>
       <c r="L712" s="2"/>
       <c r="N712" s="2"/>
       <c r="P712" s="2"/>
       <c r="R712" s="2"/>
       <c r="T712" s="2"/>
       <c r="V712" s="2"/>
       <c r="X712" s="2"/>
       <c r="DB712" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
     </row>
     <row r="713" spans="1:108">
       <c r="D713" s="2"/>
       <c r="J713" s="2"/>
       <c r="L713" s="2"/>
       <c r="N713" s="2"/>
       <c r="P713" s="2"/>
       <c r="R713" s="2"/>
       <c r="T713" s="2"/>
       <c r="V713" s="2"/>
       <c r="X713" s="2"/>
       <c r="DB713" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
     </row>
     <row r="714" spans="1:108">
       <c r="D714" s="2"/>
       <c r="J714" s="2"/>
       <c r="L714" s="2"/>
       <c r="N714" s="2"/>
       <c r="P714" s="2"/>
       <c r="R714" s="2"/>
       <c r="T714" s="2"/>
       <c r="V714" s="2"/>
       <c r="X714" s="2"/>
       <c r="DB714" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
     </row>
     <row r="715" spans="1:108">
       <c r="D715" s="2"/>
       <c r="J715" s="2"/>
       <c r="L715" s="2"/>
       <c r="N715" s="2"/>
       <c r="P715" s="2"/>
       <c r="R715" s="2"/>
       <c r="T715" s="2"/>
       <c r="V715" s="2"/>
       <c r="X715" s="2"/>
       <c r="DB715" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
     </row>
     <row r="716" spans="1:108">
       <c r="D716" s="2"/>
       <c r="J716" s="2"/>
       <c r="L716" s="2"/>
       <c r="N716" s="2"/>
       <c r="P716" s="2"/>
       <c r="R716" s="2"/>
       <c r="T716" s="2"/>
       <c r="V716" s="2"/>
       <c r="X716" s="2"/>
       <c r="DB716" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
     </row>
     <row r="717" spans="1:108">
       <c r="D717" s="2"/>
       <c r="J717" s="2"/>
       <c r="L717" s="2"/>
       <c r="N717" s="2"/>
       <c r="P717" s="2"/>
       <c r="R717" s="2"/>
       <c r="T717" s="2"/>
       <c r="V717" s="2"/>
       <c r="X717" s="2"/>
       <c r="DB717" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
     </row>
     <row r="718" spans="1:108">
       <c r="D718" s="2"/>
       <c r="J718" s="2"/>
       <c r="L718" s="2"/>
       <c r="N718" s="2"/>
       <c r="P718" s="2"/>
       <c r="R718" s="2"/>
       <c r="T718" s="2"/>
       <c r="V718" s="2"/>
       <c r="X718" s="2"/>
       <c r="DB718" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
     </row>
     <row r="719" spans="1:108">
       <c r="D719" s="2"/>
       <c r="J719" s="2"/>
       <c r="L719" s="2"/>
       <c r="N719" s="2"/>
       <c r="P719" s="2"/>
       <c r="R719" s="2"/>
       <c r="T719" s="2"/>
       <c r="V719" s="2"/>
       <c r="X719" s="2"/>
       <c r="DB719" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
     </row>
     <row r="720" spans="1:108">
       <c r="D720" s="2"/>
       <c r="J720" s="2"/>
       <c r="L720" s="2"/>
       <c r="N720" s="2"/>
       <c r="P720" s="2"/>
       <c r="R720" s="2"/>
       <c r="T720" s="2"/>
       <c r="V720" s="2"/>
       <c r="X720" s="2"/>
       <c r="DB720" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="721" spans="1:108">
       <c r="D721" s="2"/>
       <c r="J721" s="2"/>
       <c r="L721" s="2"/>
       <c r="N721" s="2"/>
       <c r="P721" s="2"/>
       <c r="R721" s="2"/>
       <c r="T721" s="2"/>
       <c r="V721" s="2"/>
@@ -16816,171 +16852,207 @@
     </row>
     <row r="931" spans="1:108">
       <c r="D931" s="2"/>
       <c r="J931" s="2"/>
       <c r="L931" s="2"/>
       <c r="N931" s="2"/>
       <c r="P931" s="2"/>
       <c r="R931" s="2"/>
       <c r="T931" s="2"/>
       <c r="V931" s="2"/>
       <c r="X931" s="2"/>
       <c r="DB931" t="s">
         <v>992</v>
       </c>
     </row>
     <row r="932" spans="1:108">
       <c r="D932" s="2"/>
       <c r="J932" s="2"/>
       <c r="L932" s="2"/>
       <c r="N932" s="2"/>
       <c r="P932" s="2"/>
       <c r="R932" s="2"/>
       <c r="T932" s="2"/>
       <c r="V932" s="2"/>
       <c r="X932" s="2"/>
+      <c r="DB932" t="s">
+        <v>993</v>
+      </c>
     </row>
     <row r="933" spans="1:108">
       <c r="D933" s="2"/>
       <c r="J933" s="2"/>
       <c r="L933" s="2"/>
       <c r="N933" s="2"/>
       <c r="P933" s="2"/>
       <c r="R933" s="2"/>
       <c r="T933" s="2"/>
       <c r="V933" s="2"/>
       <c r="X933" s="2"/>
+      <c r="DB933" t="s">
+        <v>994</v>
+      </c>
     </row>
     <row r="934" spans="1:108">
       <c r="D934" s="2"/>
       <c r="J934" s="2"/>
       <c r="L934" s="2"/>
       <c r="N934" s="2"/>
       <c r="P934" s="2"/>
       <c r="R934" s="2"/>
       <c r="T934" s="2"/>
       <c r="V934" s="2"/>
       <c r="X934" s="2"/>
+      <c r="DB934" t="s">
+        <v>995</v>
+      </c>
     </row>
     <row r="935" spans="1:108">
       <c r="D935" s="2"/>
       <c r="J935" s="2"/>
       <c r="L935" s="2"/>
       <c r="N935" s="2"/>
       <c r="P935" s="2"/>
       <c r="R935" s="2"/>
       <c r="T935" s="2"/>
       <c r="V935" s="2"/>
       <c r="X935" s="2"/>
+      <c r="DB935" t="s">
+        <v>996</v>
+      </c>
     </row>
     <row r="936" spans="1:108">
       <c r="D936" s="2"/>
       <c r="J936" s="2"/>
       <c r="L936" s="2"/>
       <c r="N936" s="2"/>
       <c r="P936" s="2"/>
       <c r="R936" s="2"/>
       <c r="T936" s="2"/>
       <c r="V936" s="2"/>
       <c r="X936" s="2"/>
+      <c r="DB936" t="s">
+        <v>997</v>
+      </c>
     </row>
     <row r="937" spans="1:108">
       <c r="D937" s="2"/>
       <c r="J937" s="2"/>
       <c r="L937" s="2"/>
       <c r="N937" s="2"/>
       <c r="P937" s="2"/>
       <c r="R937" s="2"/>
       <c r="T937" s="2"/>
       <c r="V937" s="2"/>
       <c r="X937" s="2"/>
+      <c r="DB937" t="s">
+        <v>998</v>
+      </c>
     </row>
     <row r="938" spans="1:108">
       <c r="D938" s="2"/>
       <c r="J938" s="2"/>
       <c r="L938" s="2"/>
       <c r="N938" s="2"/>
       <c r="P938" s="2"/>
       <c r="R938" s="2"/>
       <c r="T938" s="2"/>
       <c r="V938" s="2"/>
       <c r="X938" s="2"/>
+      <c r="DB938" t="s">
+        <v>999</v>
+      </c>
     </row>
     <row r="939" spans="1:108">
       <c r="D939" s="2"/>
       <c r="J939" s="2"/>
       <c r="L939" s="2"/>
       <c r="N939" s="2"/>
       <c r="P939" s="2"/>
       <c r="R939" s="2"/>
       <c r="T939" s="2"/>
       <c r="V939" s="2"/>
       <c r="X939" s="2"/>
+      <c r="DB939" t="s">
+        <v>1000</v>
+      </c>
     </row>
     <row r="940" spans="1:108">
       <c r="D940" s="2"/>
       <c r="J940" s="2"/>
       <c r="L940" s="2"/>
       <c r="N940" s="2"/>
       <c r="P940" s="2"/>
       <c r="R940" s="2"/>
       <c r="T940" s="2"/>
       <c r="V940" s="2"/>
       <c r="X940" s="2"/>
+      <c r="DB940" t="s">
+        <v>1001</v>
+      </c>
     </row>
     <row r="941" spans="1:108">
       <c r="D941" s="2"/>
       <c r="J941" s="2"/>
       <c r="L941" s="2"/>
       <c r="N941" s="2"/>
       <c r="P941" s="2"/>
       <c r="R941" s="2"/>
       <c r="T941" s="2"/>
       <c r="V941" s="2"/>
       <c r="X941" s="2"/>
+      <c r="DB941" t="s">
+        <v>1002</v>
+      </c>
     </row>
     <row r="942" spans="1:108">
       <c r="D942" s="2"/>
       <c r="J942" s="2"/>
       <c r="L942" s="2"/>
       <c r="N942" s="2"/>
       <c r="P942" s="2"/>
       <c r="R942" s="2"/>
       <c r="T942" s="2"/>
       <c r="V942" s="2"/>
       <c r="X942" s="2"/>
+      <c r="DB942" t="s">
+        <v>1003</v>
+      </c>
     </row>
     <row r="943" spans="1:108">
       <c r="D943" s="2"/>
       <c r="J943" s="2"/>
       <c r="L943" s="2"/>
       <c r="N943" s="2"/>
       <c r="P943" s="2"/>
       <c r="R943" s="2"/>
       <c r="T943" s="2"/>
       <c r="V943" s="2"/>
       <c r="X943" s="2"/>
+      <c r="DB943" t="s">
+        <v>1004</v>
+      </c>
     </row>
     <row r="944" spans="1:108">
       <c r="D944" s="2"/>
       <c r="J944" s="2"/>
       <c r="L944" s="2"/>
       <c r="N944" s="2"/>
       <c r="P944" s="2"/>
       <c r="R944" s="2"/>
       <c r="T944" s="2"/>
       <c r="V944" s="2"/>
       <c r="X944" s="2"/>
     </row>
     <row r="945" spans="1:108">
       <c r="D945" s="2"/>
       <c r="J945" s="2"/>
       <c r="L945" s="2"/>
       <c r="N945" s="2"/>
       <c r="P945" s="2"/>
       <c r="R945" s="2"/>
       <c r="T945" s="2"/>
       <c r="V945" s="2"/>
       <c r="X945" s="2"/>
     </row>
     <row r="946" spans="1:108">
       <c r="D946" s="2"/>
@@ -17576,51 +17648,51 @@
       <c r="V999" s="2"/>
       <c r="X999" s="2"/>
     </row>
     <row r="1000" spans="1:108">
       <c r="D1000" s="2"/>
       <c r="J1000" s="2"/>
       <c r="L1000" s="2"/>
       <c r="N1000" s="2"/>
       <c r="P1000" s="2"/>
       <c r="R1000" s="2"/>
       <c r="T1000" s="2"/>
       <c r="V1000" s="2"/>
       <c r="X1000" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="11">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="C5:C1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
-      <formula1>'Worksheet'!$DB$1:$DB$931</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$943</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="H5:H1000">
       <formula1>'Worksheet'!$DC$1:$DC$4</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="I5:I1000">
       <formula1>'Worksheet'!$DD$1:$DD$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="K5:K1000">
       <formula1>'Worksheet'!$DD$1:$DD$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="M5:M1000">
       <formula1>'Worksheet'!$DD$1:$DD$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="O5:O1000">
       <formula1>'Worksheet'!$DD$1:$DD$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Q5:Q1000">
       <formula1>'Worksheet'!$DD$1:$DD$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="S5:S1000">
       <formula1>'Worksheet'!$DD$1:$DD$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="U5:U1000">
       <formula1>'Worksheet'!$DD$1:$DD$12</formula1>
     </dataValidation>