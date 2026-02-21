--- v0 (2025-11-03)
+++ v1 (2026-02-21)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>New membership</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Elementary (2019-2011)</t>
   </si>
   <si>
     <t>Sprints (60m, 100m, 200m, 400m)</t>
   </si>
   <si>
     <t>Yes, I will volunteer at the meets</t>
   </si>
   <si>
     <t>Flyer from school</t>
   </si>
   <si>
@@ -147,50 +147,53 @@
     <t>1017331:typeValue:3:287953</t>
   </si>
   <si>
     <t>1017331:typeValue:1:287954</t>
   </si>
   <si>
     <t>1017331:typeValue:0:287955</t>
   </si>
   <si>
     <t>1017331:age_category</t>
   </si>
   <si>
     <t>1017331:reg_event:1</t>
   </si>
   <si>
     <t>1017331:reg_event:2</t>
   </si>
   <si>
     <t>1017331:reg_event:3</t>
   </si>
   <si>
     <t>1017331:reg_event:4</t>
   </si>
   <si>
     <t>1017331:reg_event:5</t>
+  </si>
+  <si>
+    <t>1017331:reg_event:6</t>
   </si>
   <si>
     <t>Renewal</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>High School (2007-2010)</t>
   </si>
   <si>
     <t>Distance (800m, 1500m, 3k, 5k)</t>
   </si>
   <si>
     <t>No, I will purchase the Opt-out option instead</t>
   </si>
   <si>
     <t>Flyer Handout at track meet</t>
   </si>
   <si>
     <t>Training Only - No competitions</t>
   </si>
@@ -305,75 +308,81 @@
   <si>
     <t>Notes or Comments</t>
   </si>
   <si>
     <t>Name of person completing this form</t>
   </si>
   <si>
     <t>Program Name</t>
   </si>
   <si>
     <t>Membership Duration #1</t>
   </si>
   <si>
     <t>Membership Duration #2</t>
   </si>
   <si>
     <t>Membership Duration #3</t>
   </si>
   <si>
     <t>Membership Duration #4</t>
   </si>
   <si>
     <t>Membership Duration #5</t>
   </si>
   <si>
+    <t>Membership Duration #6</t>
+  </si>
+  <si>
     <t>Masters (1994 &amp; older)</t>
   </si>
   <si>
     <t>Horizontal Jumps (Long Jump/Triple Jump)</t>
   </si>
   <si>
     <t>Sidewalk sign</t>
   </si>
   <si>
     <t>6-month membership ($650)</t>
   </si>
   <si>
     <t>Vertical Jumps (High Jump)</t>
   </si>
   <si>
     <t>Social Media</t>
   </si>
   <si>
-    <t>12-month membership ($1200)</t>
+    <t>9-month membership</t>
   </si>
   <si>
     <t>Throws (Shot Put, Discus, Javelin)</t>
   </si>
   <si>
     <t>Newspaper</t>
+  </si>
+  <si>
+    <t>12-month membership ($1200)</t>
   </si>
   <si>
     <t>Sport-specific Speed Training</t>
   </si>
   <si>
     <t>Radio</t>
   </si>
   <si>
     <t>Unsure</t>
   </si>
   <si>
     <t>Google search</t>
   </si>
   <si>
     <t>Seen someone in Flying Angels gear</t>
   </si>
   <si>
     <t>Someone recommended club</t>
   </si>
   <si>
     <t>Returning Member</t>
   </si>
   <si>
     <t>Television</t>
   </si>
@@ -800,50 +809,51 @@
     <col min="22" max="22" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="32" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="112" max="112" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="178" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="55" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="91" bestFit="true" customWidth="true" style="0"/>
     <col min="114" max="114" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="185" bestFit="true" customWidth="true" style="0"/>
     <col min="115" max="115" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="44" bestFit="true" customWidth="true" style="0"/>
     <col min="116" max="116" width="41" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="42" bestFit="true" customWidth="true" style="0"/>
     <col min="117" max="117" width="38" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="118" max="118" width="32" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="26" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="26" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:118" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
       <c r="DB1" t="s">
         <v>2</v>
       </c>
       <c r="DD1" t="s">
         <v>3</v>
       </c>
       <c r="DE1" t="s">
         <v>4</v>
       </c>
       <c r="DF1" t="s">
         <v>5</v>
       </c>
       <c r="DG1" t="s">
         <v>3</v>
       </c>
       <c r="DH1" t="s">
@@ -961,93 +971,96 @@
       </c>
       <c r="AE2" t="s">
         <v>38</v>
       </c>
       <c r="AF2" t="s">
         <v>39</v>
       </c>
       <c r="AG2" t="s">
         <v>40</v>
       </c>
       <c r="AH2" t="s">
         <v>41</v>
       </c>
       <c r="AI2" t="s">
         <v>42</v>
       </c>
       <c r="AJ2" t="s">
         <v>43</v>
       </c>
       <c r="AK2" t="s">
         <v>44</v>
       </c>
       <c r="AL2" t="s">
         <v>45</v>
       </c>
+      <c r="AM2" t="s">
+        <v>46</v>
+      </c>
       <c r="DA2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="DB2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="DD2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="DE2" t="s">
+        <v>50</v>
+      </c>
+      <c r="DF2" t="s">
+        <v>51</v>
+      </c>
+      <c r="DG2" t="s">
         <v>49</v>
       </c>
-      <c r="DF2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="DH2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="DI2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="DJ2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="DK2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="DL2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="DM2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="DN2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="3" spans="1:118">
       <c r="A3" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -1109,184 +1122,186 @@
       <c r="CC3" s="3"/>
       <c r="CD3" s="3"/>
       <c r="CE3" s="3"/>
       <c r="CF3" s="3"/>
       <c r="CG3" s="3"/>
       <c r="CH3" s="3"/>
       <c r="CI3" s="3"/>
       <c r="CJ3" s="3"/>
       <c r="CK3" s="3"/>
       <c r="CL3" s="3"/>
       <c r="CM3" s="3"/>
       <c r="CN3" s="3"/>
       <c r="CO3" s="3"/>
       <c r="CP3" s="3"/>
       <c r="CQ3" s="3"/>
       <c r="CR3" s="3"/>
       <c r="CS3" s="3"/>
       <c r="CT3" s="3"/>
       <c r="CU3" s="3"/>
       <c r="CV3" s="3"/>
       <c r="CW3" s="3"/>
       <c r="CX3" s="3"/>
       <c r="CY3" s="3"/>
       <c r="CZ3" s="3"/>
       <c r="DE3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="DF3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="DI3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="DL3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="DM3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="DN3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="4" spans="1:118">
       <c r="A4" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F4" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G4" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H4" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I4" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J4" s="4" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K4" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L4" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M4" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N4" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O4" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="P4" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q4" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="R4" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="S4" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="T4" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="U4" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="V4" s="4" t="s">
         <v>76</v>
       </c>
-      <c r="P4" s="4" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="W4" s="4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="X4" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="Y4" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="Z4" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AA4" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AB4" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AC4" s="4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AD4" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AE4" s="4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AF4" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AG4" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AH4" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AI4" s="4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AJ4" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AK4" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AL4" s="4" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="AM4" s="4"/>
+        <v>98</v>
+      </c>
+      <c r="AM4" s="4" t="s">
+        <v>99</v>
+      </c>
       <c r="AN4" s="4"/>
       <c r="AO4" s="4"/>
       <c r="AP4" s="4"/>
       <c r="AQ4" s="4"/>
       <c r="AR4" s="4"/>
       <c r="AS4" s="4"/>
       <c r="AT4" s="4"/>
       <c r="AU4" s="4"/>
       <c r="AV4" s="4"/>
       <c r="AW4" s="4"/>
       <c r="AX4" s="4"/>
       <c r="AY4" s="4"/>
       <c r="AZ4" s="4"/>
       <c r="BA4" s="4"/>
       <c r="BB4" s="4"/>
       <c r="BC4" s="4"/>
       <c r="BD4" s="4"/>
       <c r="BE4" s="4"/>
       <c r="BF4" s="4"/>
       <c r="BG4" s="4"/>
       <c r="BH4" s="4"/>
       <c r="BI4" s="4"/>
       <c r="BJ4" s="4"/>
       <c r="BK4" s="4"/>
       <c r="BL4" s="4"/>
@@ -1309,234 +1324,238 @@
       <c r="CC4" s="4"/>
       <c r="CD4" s="4"/>
       <c r="CE4" s="4"/>
       <c r="CF4" s="4"/>
       <c r="CG4" s="4"/>
       <c r="CH4" s="4"/>
       <c r="CI4" s="4"/>
       <c r="CJ4" s="4"/>
       <c r="CK4" s="4"/>
       <c r="CL4" s="4"/>
       <c r="CM4" s="4"/>
       <c r="CN4" s="4"/>
       <c r="CO4" s="4"/>
       <c r="CP4" s="4"/>
       <c r="CQ4" s="4"/>
       <c r="CR4" s="4"/>
       <c r="CS4" s="4"/>
       <c r="CT4" s="4"/>
       <c r="CU4" s="4"/>
       <c r="CV4" s="4"/>
       <c r="CW4" s="4"/>
       <c r="CX4" s="4"/>
       <c r="CY4" s="4"/>
       <c r="CZ4" s="4"/>
       <c r="DE4" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="DF4" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="DL4" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="DN4" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="5" spans="1:118">
       <c r="A5"/>
       <c r="D5"/>
       <c r="E5" s="2"/>
       <c r="F5"/>
       <c r="G5" s="2"/>
       <c r="N5" t="s">
         <v>3</v>
       </c>
       <c r="Q5"/>
       <c r="R5"/>
       <c r="V5" t="s">
         <v>3</v>
       </c>
       <c r="Z5" t="s">
         <v>3</v>
       </c>
       <c r="AA5"/>
       <c r="AB5"/>
       <c r="AC5"/>
       <c r="AD5"/>
       <c r="AG5"/>
       <c r="AH5"/>
       <c r="AI5"/>
       <c r="AJ5"/>
       <c r="AK5"/>
       <c r="AL5"/>
+      <c r="AM5"/>
       <c r="DF5" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="DL5" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="DN5" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="6" spans="1:118">
       <c r="E6" s="2"/>
       <c r="G6" s="2"/>
       <c r="N6" t="s">
         <v>3</v>
       </c>
       <c r="V6" t="s">
         <v>3</v>
       </c>
       <c r="Z6" t="s">
         <v>3</v>
       </c>
       <c r="DF6" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="DL6" t="s">
-        <v>106</v>
+        <v>108</v>
+      </c>
+      <c r="DN6" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="7" spans="1:118">
       <c r="E7" s="2"/>
       <c r="G7" s="2"/>
       <c r="N7" t="s">
         <v>3</v>
       </c>
       <c r="V7" t="s">
         <v>3</v>
       </c>
       <c r="Z7" t="s">
         <v>3</v>
       </c>
       <c r="DF7" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="DL7" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="8" spans="1:118">
       <c r="E8" s="2"/>
       <c r="G8" s="2"/>
       <c r="N8" t="s">
         <v>3</v>
       </c>
       <c r="V8" t="s">
         <v>3</v>
       </c>
       <c r="Z8" t="s">
         <v>3</v>
       </c>
       <c r="DF8" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="DL8" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="9" spans="1:118">
       <c r="E9" s="2"/>
       <c r="G9" s="2"/>
       <c r="N9" t="s">
         <v>3</v>
       </c>
       <c r="V9" t="s">
         <v>3</v>
       </c>
       <c r="Z9" t="s">
         <v>3</v>
       </c>
       <c r="DL9" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="10" spans="1:118">
       <c r="E10" s="2"/>
       <c r="G10" s="2"/>
       <c r="N10" t="s">
         <v>3</v>
       </c>
       <c r="V10" t="s">
         <v>3</v>
       </c>
       <c r="Z10" t="s">
         <v>3</v>
       </c>
       <c r="DL10" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
     </row>
     <row r="11" spans="1:118">
       <c r="E11" s="2"/>
       <c r="G11" s="2"/>
       <c r="N11" t="s">
         <v>3</v>
       </c>
       <c r="V11" t="s">
         <v>3</v>
       </c>
       <c r="Z11" t="s">
         <v>3</v>
       </c>
       <c r="DL11" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
     </row>
     <row r="12" spans="1:118">
       <c r="E12" s="2"/>
       <c r="G12" s="2"/>
       <c r="N12" t="s">
         <v>3</v>
       </c>
       <c r="V12" t="s">
         <v>3</v>
       </c>
       <c r="Z12" t="s">
         <v>3</v>
       </c>
       <c r="DL12" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
     </row>
     <row r="13" spans="1:118">
       <c r="E13" s="2"/>
       <c r="G13" s="2"/>
       <c r="N13" t="s">
         <v>3</v>
       </c>
       <c r="V13" t="s">
         <v>3</v>
       </c>
       <c r="Z13" t="s">
         <v>3</v>
       </c>
       <c r="DL13" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
     </row>
     <row r="14" spans="1:118">
       <c r="E14" s="2"/>
       <c r="G14" s="2"/>
       <c r="N14" t="s">
         <v>3</v>
       </c>
       <c r="V14" t="s">
         <v>3</v>
       </c>
       <c r="Z14" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:118">
       <c r="E15" s="2"/>
       <c r="G15" s="2"/>
       <c r="N15" t="s">
         <v>3</v>
       </c>
       <c r="V15" t="s">
         <v>3</v>
       </c>
       <c r="Z15" t="s">
@@ -14332,83 +14351,86 @@
         <v>3</v>
       </c>
       <c r="Z999" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1000" spans="1:118">
       <c r="E1000" s="2"/>
       <c r="G1000" s="2"/>
       <c r="N1000" t="s">
         <v>3</v>
       </c>
       <c r="V1000" t="s">
         <v>3</v>
       </c>
       <c r="Z1000" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
-  <dataValidations count="18">
+  <dataValidations count="19">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="A5:A1000">
       <formula1>'Worksheet'!$DA$1:$DA$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AA5:AA1000">
       <formula1>'Worksheet'!$DI$1:$DI$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AB5:AB1000">
       <formula1>'Worksheet'!$DJ$1:$DJ$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AC5:AC1000">
       <formula1>'Worksheet'!$DK$1:$DK$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AD5:AD1000">
       <formula1>'Worksheet'!$DL$1:$DL$13</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AG5:AG1000">
       <formula1>'Worksheet'!$DM$1:$DM$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AH5:AH1000">
-      <formula1>'Worksheet'!$DN$1:$DN$5</formula1>
+      <formula1>'Worksheet'!$DN$1:$DN$6</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AI5:AI1000">
-      <formula1>'Worksheet'!$DN$1:$DN$5</formula1>
+      <formula1>'Worksheet'!$DN$1:$DN$6</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AJ5:AJ1000">
-      <formula1>'Worksheet'!$DN$1:$DN$5</formula1>
+      <formula1>'Worksheet'!$DN$1:$DN$6</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AK5:AK1000">
-      <formula1>'Worksheet'!$DN$1:$DN$5</formula1>
+      <formula1>'Worksheet'!$DN$1:$DN$6</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AL5:AL1000">
-      <formula1>'Worksheet'!$DN$1:$DN$5</formula1>
+      <formula1>'Worksheet'!$DN$1:$DN$6</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AM5:AM1000">
+      <formula1>'Worksheet'!$DN$1:$DN$6</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="D5:D1000">
       <formula1>'Worksheet'!$DB$1:$DB$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
       <formula1>'Worksheet'!$DC$1:$DC$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
       <formula1>'Worksheet'!$DD$1:$DD$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Q5:Q1000">
       <formula1>'Worksheet'!$DE$1:$DE$4</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="R5:R1000">
       <formula1>'Worksheet'!$DF$1:$DF$8</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="V5:V1000">
       <formula1>'Worksheet'!$DG$1:$DG$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Z5:Z1000">
       <formula1>'Worksheet'!$DH$1:$DH$2</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>