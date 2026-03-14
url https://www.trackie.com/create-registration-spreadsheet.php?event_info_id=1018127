--- v0 (2025-12-17)
+++ v1 (2026-03-14)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>A.S.E.A. (ASEA)</t>
   </si>
   <si>
     <t>U12</t>
   </si>
   <si>
     <t>60m</t>
   </si>
   <si>
     <t>1018127:typeValue:101</t>
   </si>
   <si>
     <t>1018127:typeValue:102</t>
   </si>
   <si>
     <t>1018127:typeValue:103</t>
   </si>
   <si>
@@ -333,50 +333,56 @@
     <t>Pentathlon</t>
   </si>
   <si>
     <t>Halifax Road Hammers (HRHM)</t>
   </si>
   <si>
     <t>3000m RW</t>
   </si>
   <si>
     <t>Inverness County Athletics (INVA)</t>
   </si>
   <si>
     <t>Islanders Track And Field (ISLA)</t>
   </si>
   <si>
     <t>Jump Squad (JSNS)</t>
   </si>
   <si>
     <t>Liverpool Athletics (LANS)</t>
   </si>
   <si>
     <t>Mariners Athletics Club (MARC)</t>
   </si>
   <si>
     <t>Memorial Sea-Hawks (MUN)</t>
+  </si>
+  <si>
+    <t>Memorial Track And Field Club (MTFC)</t>
+  </si>
+  <si>
+    <t>Memorial University Cross Country (MUCC)</t>
   </si>
   <si>
     <t>Moncton Aigles Bleu (MNC)</t>
   </si>
   <si>
     <t>Nautilus Running Club (NAUT)</t>
   </si>
   <si>
     <t>New Maryland Speeding Cheetahs (SCRC)</t>
   </si>
   <si>
     <t>Pace Athletics (PANS)</t>
   </si>
   <si>
     <t>Paradise Running Club (PRCA)</t>
   </si>
   <si>
     <t>Pearlgate Track And Field Club (PGNL)</t>
   </si>
   <si>
     <t>Pictou County Athletics Club (PCAC)</t>
   </si>
   <si>
     <t>Run Nova Scotia (RNS1)</t>
   </si>
@@ -2048,61 +2054,67 @@
     </row>
     <row r="57" spans="1:108">
       <c r="E57" s="2"/>
       <c r="J57" s="2"/>
       <c r="L57" s="2"/>
       <c r="N57" s="2"/>
       <c r="P57" s="2"/>
       <c r="R57" s="2"/>
       <c r="T57" s="2"/>
       <c r="V57" s="2"/>
       <c r="X57" s="2"/>
       <c r="DB57" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="58" spans="1:108">
       <c r="E58" s="2"/>
       <c r="J58" s="2"/>
       <c r="L58" s="2"/>
       <c r="N58" s="2"/>
       <c r="P58" s="2"/>
       <c r="R58" s="2"/>
       <c r="T58" s="2"/>
       <c r="V58" s="2"/>
       <c r="X58" s="2"/>
+      <c r="DB58" t="s">
+        <v>137</v>
+      </c>
     </row>
     <row r="59" spans="1:108">
       <c r="E59" s="2"/>
       <c r="J59" s="2"/>
       <c r="L59" s="2"/>
       <c r="N59" s="2"/>
       <c r="P59" s="2"/>
       <c r="R59" s="2"/>
       <c r="T59" s="2"/>
       <c r="V59" s="2"/>
       <c r="X59" s="2"/>
+      <c r="DB59" t="s">
+        <v>138</v>
+      </c>
     </row>
     <row r="60" spans="1:108">
       <c r="E60" s="2"/>
       <c r="J60" s="2"/>
       <c r="L60" s="2"/>
       <c r="N60" s="2"/>
       <c r="P60" s="2"/>
       <c r="R60" s="2"/>
       <c r="T60" s="2"/>
       <c r="V60" s="2"/>
       <c r="X60" s="2"/>
     </row>
     <row r="61" spans="1:108">
       <c r="E61" s="2"/>
       <c r="J61" s="2"/>
       <c r="L61" s="2"/>
       <c r="N61" s="2"/>
       <c r="P61" s="2"/>
       <c r="R61" s="2"/>
       <c r="T61" s="2"/>
       <c r="V61" s="2"/>
       <c r="X61" s="2"/>
     </row>
     <row r="62" spans="1:108">
       <c r="E62" s="2"/>
@@ -12422,51 +12434,51 @@
       <c r="V999" s="2"/>
       <c r="X999" s="2"/>
     </row>
     <row r="1000" spans="1:108">
       <c r="E1000" s="2"/>
       <c r="J1000" s="2"/>
       <c r="L1000" s="2"/>
       <c r="N1000" s="2"/>
       <c r="P1000" s="2"/>
       <c r="R1000" s="2"/>
       <c r="T1000" s="2"/>
       <c r="V1000" s="2"/>
       <c r="X1000" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="11">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="D5:D1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="G5:G1000">
-      <formula1>'Worksheet'!$DB$1:$DB$57</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$59</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="H5:H1000">
       <formula1>'Worksheet'!$DC$1:$DC$8</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="I5:I1000">
       <formula1>'Worksheet'!$DD$1:$DD$20</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="K5:K1000">
       <formula1>'Worksheet'!$DD$1:$DD$20</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="M5:M1000">
       <formula1>'Worksheet'!$DD$1:$DD$20</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="O5:O1000">
       <formula1>'Worksheet'!$DD$1:$DD$20</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Q5:Q1000">
       <formula1>'Worksheet'!$DD$1:$DD$20</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="S5:S1000">
       <formula1>'Worksheet'!$DD$1:$DD$20</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="U5:U1000">
       <formula1>'Worksheet'!$DD$1:$DD$20</formula1>
     </dataValidation>