--- v0 (2025-11-08)
+++ v1 (2026-01-10)
@@ -11,84 +11,84 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
-    <t>REMARQUE : NE MODIFIEZ PAS LES DONNÉES CACHÉES DANS LA LIGNE #2 OU ELLES NE SE CHARGERONT PAS.</t>
+    <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>1018705:typeValue:102</t>
   </si>
   <si>
     <t>1018705:typeValue:103</t>
   </si>
   <si>
     <t>1018705:typeValue:0:297589</t>
   </si>
   <si>
     <t>1018705:typeValue:0:297590</t>
   </si>
   <si>
     <t>1018705:typeValue:3:297598</t>
   </si>
   <si>
     <t>1018705:typeValue:3:297599</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
-    <t>Inscription à l'événement - Pearlgate Track &amp; Field Club - Shop</t>
-[...5 lines deleted...]
-    <t>Nom</t>
+    <t>Event Registration - Pearlgate Track &amp; Field Club - Shop</t>
+  </si>
+  <si>
+    <t>Athlete First Name</t>
+  </si>
+  <si>
+    <t>Athlete Last Name</t>
   </si>
   <si>
     <t>Email Address</t>
   </si>
   <si>
     <t>Phone Number</t>
   </si>
   <si>
     <t>Do you have an active Pearlgate Membership?</t>
   </si>
   <si>
     <t>I understand and agree that there are no returns or refunds.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>