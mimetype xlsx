--- v0 (2025-10-29)
+++ v1 (2025-12-14)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="413">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="415">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>TR/Mini-TR</t>
   </si>
   <si>
     <t>New Brunswick</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Mother</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Mini-Track Rascal (Sept 2025)</t>
   </si>
   <si>
@@ -272,50 +272,53 @@
   <si>
     <t>Indoor Throws Only (2x/week)</t>
   </si>
   <si>
     <t>Prince Edward Island</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
     <t>Mini-Track Rascal (Jan 2026)</t>
   </si>
   <si>
     <t>Indoor Track&amp;Field</t>
   </si>
   <si>
     <t>Quebec</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
     <t>Track Rascal (Jan 2026)</t>
   </si>
   <si>
+    <t>TR (Jan 2026)</t>
+  </si>
+  <si>
     <t>Manitoba</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>Mini-Track Rascal (May 2026)</t>
   </si>
   <si>
     <t>Saskatchewan</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
     <t>Track Rascal (May 2026)</t>
   </si>
   <si>
     <t>Yukon</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>Annual Program</t>
@@ -474,50 +477,53 @@
     <t>Idaho</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>High School T&amp;F Training (Twice/Week)</t>
   </si>
   <si>
     <t>Illinois</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
     <t>High Per Throws (Special)(2x/week)</t>
   </si>
   <si>
     <t>Indiana</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
     <t>HS Football Sprint Training</t>
+  </si>
+  <si>
+    <t>PV Special</t>
   </si>
   <si>
     <t>Iowa</t>
   </si>
   <si>
     <t>Saint BarthÈlemy</t>
   </si>
   <si>
     <t>Kansas</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
     <t>Kentucky</t>
   </si>
   <si>
     <t>Brunei</t>
   </si>
   <si>
     <t>Louisiana</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
@@ -2154,2515 +2160,2524 @@
       <c r="K5"/>
       <c r="N5" t="s">
         <v>4</v>
       </c>
       <c r="R5"/>
       <c r="T5"/>
       <c r="V5"/>
       <c r="W5"/>
       <c r="X5"/>
       <c r="Y5"/>
       <c r="Z5"/>
       <c r="AA5"/>
       <c r="AB5"/>
       <c r="DA5" t="s">
         <v>79</v>
       </c>
       <c r="DB5" t="s">
         <v>80</v>
       </c>
       <c r="DC5" t="s">
         <v>81</v>
       </c>
       <c r="DI5" t="s">
         <v>82</v>
       </c>
+      <c r="DJ5" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="6" spans="1:114">
       <c r="F6" s="2"/>
       <c r="N6" t="s">
         <v>4</v>
       </c>
       <c r="DA6" t="s">
         <v>83</v>
       </c>
       <c r="DB6" t="s">
         <v>84</v>
       </c>
       <c r="DC6" t="s">
         <v>85</v>
       </c>
       <c r="DI6" t="s">
         <v>86</v>
       </c>
+      <c r="DJ6" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="7" spans="1:114">
       <c r="F7" s="2"/>
       <c r="N7" t="s">
         <v>4</v>
       </c>
       <c r="DB7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="DC7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="DI7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="8" spans="1:114">
       <c r="F8" s="2"/>
       <c r="N8" t="s">
         <v>4</v>
       </c>
       <c r="DB8" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="DC8" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="DI8" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="9" spans="1:114">
       <c r="F9" s="2"/>
       <c r="N9" t="s">
         <v>4</v>
       </c>
       <c r="DB9" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="DC9" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="DI9" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="10" spans="1:114">
       <c r="F10" s="2"/>
       <c r="N10" t="s">
         <v>4</v>
       </c>
       <c r="DB10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="DC10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="DI10" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="DJ10" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:114">
       <c r="F11" s="2"/>
       <c r="N11" t="s">
         <v>4</v>
       </c>
       <c r="DB11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="DC11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="DI11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:114">
       <c r="F12" s="2"/>
       <c r="N12" t="s">
         <v>4</v>
       </c>
       <c r="DB12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="DC12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="DI12" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:114">
       <c r="F13" s="2"/>
       <c r="N13" t="s">
         <v>4</v>
       </c>
       <c r="DB13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="DC13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="DI13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="DJ13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:114">
       <c r="F14" s="2"/>
       <c r="N14" t="s">
         <v>4</v>
       </c>
       <c r="DB14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="DC14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="DI14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="DJ14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="15" spans="1:114">
       <c r="F15" s="2"/>
       <c r="N15" t="s">
         <v>4</v>
       </c>
       <c r="DB15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="DC15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="DI15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="DJ15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="16" spans="1:114">
       <c r="F16" s="2"/>
       <c r="N16" t="s">
         <v>4</v>
       </c>
       <c r="DB16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="DC16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="DI16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="DJ16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="17" spans="1:114">
       <c r="F17" s="2"/>
       <c r="N17" t="s">
         <v>4</v>
       </c>
       <c r="DB17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="DC17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="DI17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="DJ17" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="18" spans="1:114">
       <c r="F18" s="2"/>
       <c r="N18" t="s">
         <v>4</v>
       </c>
       <c r="DB18" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="DC18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="DI18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="19" spans="1:114">
       <c r="F19" s="2"/>
       <c r="N19" t="s">
         <v>4</v>
       </c>
       <c r="DB19" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="DC19" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="DI19" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="20" spans="1:114">
       <c r="F20" s="2"/>
       <c r="N20" t="s">
         <v>4</v>
       </c>
       <c r="DB20" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="DC20" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="DI20" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="21" spans="1:114">
       <c r="F21" s="2"/>
       <c r="N21" t="s">
         <v>4</v>
       </c>
       <c r="DB21" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="DC21" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="DI21" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="22" spans="1:114">
       <c r="F22" s="2"/>
       <c r="N22" t="s">
         <v>4</v>
       </c>
       <c r="DB22" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="DC22" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="DI22" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="23" spans="1:114">
       <c r="F23" s="2"/>
       <c r="N23" t="s">
         <v>4</v>
       </c>
       <c r="DB23" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="DC23" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="DI23" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="24" spans="1:114">
       <c r="F24" s="2"/>
       <c r="N24" t="s">
         <v>4</v>
       </c>
       <c r="DB24" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="DC24" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="DI24" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="25" spans="1:114">
       <c r="F25" s="2"/>
       <c r="N25" t="s">
         <v>4</v>
       </c>
       <c r="DB25" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="DC25" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="DI25" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="26" spans="1:114">
       <c r="F26" s="2"/>
       <c r="N26" t="s">
         <v>4</v>
       </c>
       <c r="DB26" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="DC26" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="DI26" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="27" spans="1:114">
       <c r="F27" s="2"/>
       <c r="N27" t="s">
         <v>4</v>
       </c>
       <c r="DB27" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="DC27" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="DI27" t="s">
-        <v>154</v>
+        <v>155</v>
+      </c>
+      <c r="DJ27" t="s">
+        <v>156</v>
       </c>
     </row>
     <row r="28" spans="1:114">
       <c r="F28" s="2"/>
       <c r="N28" t="s">
         <v>4</v>
       </c>
       <c r="DB28" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="DC28" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="29" spans="1:114">
       <c r="F29" s="2"/>
       <c r="N29" t="s">
         <v>4</v>
       </c>
       <c r="DB29" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="DC29" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:114">
       <c r="F30" s="2"/>
       <c r="N30" t="s">
         <v>4</v>
       </c>
       <c r="DB30" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="DC30" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="31" spans="1:114">
       <c r="F31" s="2"/>
       <c r="N31" t="s">
         <v>4</v>
       </c>
       <c r="DB31" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="DC31" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="32" spans="1:114">
       <c r="F32" s="2"/>
       <c r="N32" t="s">
         <v>4</v>
       </c>
       <c r="DB32" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="DC32" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="33" spans="1:114">
       <c r="F33" s="2"/>
       <c r="N33" t="s">
         <v>4</v>
       </c>
       <c r="DB33" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="DC33" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="34" spans="1:114">
       <c r="F34" s="2"/>
       <c r="N34" t="s">
         <v>4</v>
       </c>
       <c r="DB34" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="DC34" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="35" spans="1:114">
       <c r="F35" s="2"/>
       <c r="N35" t="s">
         <v>4</v>
       </c>
       <c r="DB35" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="DC35" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="36" spans="1:114">
       <c r="F36" s="2"/>
       <c r="N36" t="s">
         <v>4</v>
       </c>
       <c r="DB36" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="DC36" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="37" spans="1:114">
       <c r="F37" s="2"/>
       <c r="N37" t="s">
         <v>4</v>
       </c>
       <c r="DB37" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="DC37" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="38" spans="1:114">
       <c r="F38" s="2"/>
       <c r="N38" t="s">
         <v>4</v>
       </c>
       <c r="DB38" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="DC38" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="39" spans="1:114">
       <c r="F39" s="2"/>
       <c r="N39" t="s">
         <v>4</v>
       </c>
       <c r="DB39" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="DC39" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:114">
       <c r="F40" s="2"/>
       <c r="N40" t="s">
         <v>4</v>
       </c>
       <c r="DB40" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="DC40" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="41" spans="1:114">
       <c r="F41" s="2"/>
       <c r="N41" t="s">
         <v>4</v>
       </c>
       <c r="DB41" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="DC41" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="42" spans="1:114">
       <c r="F42" s="2"/>
       <c r="N42" t="s">
         <v>4</v>
       </c>
       <c r="DB42" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="DC42" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="43" spans="1:114">
       <c r="F43" s="2"/>
       <c r="N43" t="s">
         <v>4</v>
       </c>
       <c r="DB43" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="DC43" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="44" spans="1:114">
       <c r="F44" s="2"/>
       <c r="N44" t="s">
         <v>4</v>
       </c>
       <c r="DB44" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="DC44" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="45" spans="1:114">
       <c r="F45" s="2"/>
       <c r="N45" t="s">
         <v>4</v>
       </c>
       <c r="DB45" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="DC45" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="46" spans="1:114">
       <c r="F46" s="2"/>
       <c r="N46" t="s">
         <v>4</v>
       </c>
       <c r="DB46" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="DC46" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="47" spans="1:114">
       <c r="F47" s="2"/>
       <c r="N47" t="s">
         <v>4</v>
       </c>
       <c r="DB47" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="DC47" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="48" spans="1:114">
       <c r="F48" s="2"/>
       <c r="N48" t="s">
         <v>4</v>
       </c>
       <c r="DB48" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="DC48" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="49" spans="1:114">
       <c r="F49" s="2"/>
       <c r="N49" t="s">
         <v>4</v>
       </c>
       <c r="DB49" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="DC49" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:114">
       <c r="F50" s="2"/>
       <c r="N50" t="s">
         <v>4</v>
       </c>
       <c r="DB50" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="DC50" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="51" spans="1:114">
       <c r="F51" s="2"/>
       <c r="N51" t="s">
         <v>4</v>
       </c>
       <c r="DB51" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="DC51" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
     <row r="52" spans="1:114">
       <c r="F52" s="2"/>
       <c r="N52" t="s">
         <v>4</v>
       </c>
       <c r="DB52" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="DC52" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="53" spans="1:114">
       <c r="F53" s="2"/>
       <c r="N53" t="s">
         <v>4</v>
       </c>
       <c r="DB53" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="DC53" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="54" spans="1:114">
       <c r="F54" s="2"/>
       <c r="N54" t="s">
         <v>4</v>
       </c>
       <c r="DB54" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="DC54" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="55" spans="1:114">
       <c r="F55" s="2"/>
       <c r="N55" t="s">
         <v>4</v>
       </c>
       <c r="DB55" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="DC55" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="56" spans="1:114">
       <c r="F56" s="2"/>
       <c r="N56" t="s">
         <v>4</v>
       </c>
       <c r="DB56" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="DC56" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
     </row>
     <row r="57" spans="1:114">
       <c r="F57" s="2"/>
       <c r="N57" t="s">
         <v>4</v>
       </c>
       <c r="DB57" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="DC57" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="58" spans="1:114">
       <c r="F58" s="2"/>
       <c r="N58" t="s">
         <v>4</v>
       </c>
       <c r="DB58" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="DC58" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="59" spans="1:114">
       <c r="F59" s="2"/>
       <c r="N59" t="s">
         <v>4</v>
       </c>
       <c r="DB59" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="DC59" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:114">
       <c r="F60" s="2"/>
       <c r="N60" t="s">
         <v>4</v>
       </c>
       <c r="DB60" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="DC60" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
     <row r="61" spans="1:114">
       <c r="F61" s="2"/>
       <c r="N61" t="s">
         <v>4</v>
       </c>
       <c r="DB61" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="DC61" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="62" spans="1:114">
       <c r="F62" s="2"/>
       <c r="N62" t="s">
         <v>4</v>
       </c>
       <c r="DB62" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="DC62" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="63" spans="1:114">
       <c r="F63" s="2"/>
       <c r="N63" t="s">
         <v>4</v>
       </c>
       <c r="DB63" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="DC63" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="64" spans="1:114">
       <c r="F64" s="2"/>
       <c r="N64" t="s">
         <v>4</v>
       </c>
       <c r="DC64" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="65" spans="1:114">
       <c r="F65" s="2"/>
       <c r="N65" t="s">
         <v>4</v>
       </c>
       <c r="DC65" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="66" spans="1:114">
       <c r="F66" s="2"/>
       <c r="N66" t="s">
         <v>4</v>
       </c>
       <c r="DC66" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
     <row r="67" spans="1:114">
       <c r="F67" s="2"/>
       <c r="N67" t="s">
         <v>4</v>
       </c>
       <c r="DC67" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="68" spans="1:114">
       <c r="F68" s="2"/>
       <c r="N68" t="s">
         <v>4</v>
       </c>
       <c r="DC68" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="69" spans="1:114">
       <c r="F69" s="2"/>
       <c r="N69" t="s">
         <v>4</v>
       </c>
       <c r="DC69" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="70" spans="1:114">
       <c r="F70" s="2"/>
       <c r="N70" t="s">
         <v>4</v>
       </c>
       <c r="DC70" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="71" spans="1:114">
       <c r="F71" s="2"/>
       <c r="N71" t="s">
         <v>4</v>
       </c>
       <c r="DC71" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="72" spans="1:114">
       <c r="F72" s="2"/>
       <c r="N72" t="s">
         <v>4</v>
       </c>
       <c r="DC72" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="73" spans="1:114">
       <c r="F73" s="2"/>
       <c r="N73" t="s">
         <v>4</v>
       </c>
       <c r="DC73" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="74" spans="1:114">
       <c r="F74" s="2"/>
       <c r="N74" t="s">
         <v>4</v>
       </c>
       <c r="DC74" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="75" spans="1:114">
       <c r="F75" s="2"/>
       <c r="N75" t="s">
         <v>4</v>
       </c>
       <c r="DC75" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="76" spans="1:114">
       <c r="F76" s="2"/>
       <c r="N76" t="s">
         <v>4</v>
       </c>
       <c r="DC76" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="77" spans="1:114">
       <c r="F77" s="2"/>
       <c r="N77" t="s">
         <v>4</v>
       </c>
       <c r="DC77" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="78" spans="1:114">
       <c r="F78" s="2"/>
       <c r="N78" t="s">
         <v>4</v>
       </c>
       <c r="DC78" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="79" spans="1:114">
       <c r="F79" s="2"/>
       <c r="N79" t="s">
         <v>4</v>
       </c>
       <c r="DC79" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
     </row>
     <row r="80" spans="1:114">
       <c r="F80" s="2"/>
       <c r="N80" t="s">
         <v>4</v>
       </c>
       <c r="DC80" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="81" spans="1:114">
       <c r="F81" s="2"/>
       <c r="N81" t="s">
         <v>4</v>
       </c>
       <c r="DC81" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="82" spans="1:114">
       <c r="F82" s="2"/>
       <c r="N82" t="s">
         <v>4</v>
       </c>
       <c r="DC82" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="83" spans="1:114">
       <c r="F83" s="2"/>
       <c r="N83" t="s">
         <v>4</v>
       </c>
       <c r="DC83" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="84" spans="1:114">
       <c r="F84" s="2"/>
       <c r="N84" t="s">
         <v>4</v>
       </c>
       <c r="DC84" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="85" spans="1:114">
       <c r="F85" s="2"/>
       <c r="N85" t="s">
         <v>4</v>
       </c>
       <c r="DC85" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="86" spans="1:114">
       <c r="F86" s="2"/>
       <c r="N86" t="s">
         <v>4</v>
       </c>
       <c r="DC86" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:114">
       <c r="F87" s="2"/>
       <c r="N87" t="s">
         <v>4</v>
       </c>
       <c r="DC87" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
     </row>
     <row r="88" spans="1:114">
       <c r="F88" s="2"/>
       <c r="N88" t="s">
         <v>4</v>
       </c>
       <c r="DC88" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="89" spans="1:114">
       <c r="F89" s="2"/>
       <c r="N89" t="s">
         <v>4</v>
       </c>
       <c r="DC89" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
     </row>
     <row r="90" spans="1:114">
       <c r="F90" s="2"/>
       <c r="N90" t="s">
         <v>4</v>
       </c>
       <c r="DC90" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
     </row>
     <row r="91" spans="1:114">
       <c r="F91" s="2"/>
       <c r="N91" t="s">
         <v>4</v>
       </c>
       <c r="DC91" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="92" spans="1:114">
       <c r="F92" s="2"/>
       <c r="N92" t="s">
         <v>4</v>
       </c>
       <c r="DC92" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
     </row>
     <row r="93" spans="1:114">
       <c r="F93" s="2"/>
       <c r="N93" t="s">
         <v>4</v>
       </c>
       <c r="DC93" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
     </row>
     <row r="94" spans="1:114">
       <c r="F94" s="2"/>
       <c r="N94" t="s">
         <v>4</v>
       </c>
       <c r="DC94" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
     </row>
     <row r="95" spans="1:114">
       <c r="F95" s="2"/>
       <c r="N95" t="s">
         <v>4</v>
       </c>
       <c r="DC95" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row r="96" spans="1:114">
       <c r="F96" s="2"/>
       <c r="N96" t="s">
         <v>4</v>
       </c>
       <c r="DC96" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
     </row>
     <row r="97" spans="1:114">
       <c r="F97" s="2"/>
       <c r="N97" t="s">
         <v>4</v>
       </c>
       <c r="DC97" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
     </row>
     <row r="98" spans="1:114">
       <c r="F98" s="2"/>
       <c r="N98" t="s">
         <v>4</v>
       </c>
       <c r="DC98" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
     <row r="99" spans="1:114">
       <c r="F99" s="2"/>
       <c r="N99" t="s">
         <v>4</v>
       </c>
       <c r="DC99" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
     </row>
     <row r="100" spans="1:114">
       <c r="F100" s="2"/>
       <c r="N100" t="s">
         <v>4</v>
       </c>
       <c r="DC100" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
     </row>
     <row r="101" spans="1:114">
       <c r="F101" s="2"/>
       <c r="N101" t="s">
         <v>4</v>
       </c>
       <c r="DC101" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
     </row>
     <row r="102" spans="1:114">
       <c r="F102" s="2"/>
       <c r="N102" t="s">
         <v>4</v>
       </c>
       <c r="DC102" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
     </row>
     <row r="103" spans="1:114">
       <c r="F103" s="2"/>
       <c r="N103" t="s">
         <v>4</v>
       </c>
       <c r="DC103" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
     </row>
     <row r="104" spans="1:114">
       <c r="F104" s="2"/>
       <c r="N104" t="s">
         <v>4</v>
       </c>
       <c r="DC104" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="105" spans="1:114">
       <c r="F105" s="2"/>
       <c r="N105" t="s">
         <v>4</v>
       </c>
       <c r="DC105" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
     </row>
     <row r="106" spans="1:114">
       <c r="F106" s="2"/>
       <c r="N106" t="s">
         <v>4</v>
       </c>
       <c r="DC106" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
     </row>
     <row r="107" spans="1:114">
       <c r="F107" s="2"/>
       <c r="N107" t="s">
         <v>4</v>
       </c>
       <c r="DC107" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="108" spans="1:114">
       <c r="F108" s="2"/>
       <c r="N108" t="s">
         <v>4</v>
       </c>
       <c r="DC108" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
     </row>
     <row r="109" spans="1:114">
       <c r="F109" s="2"/>
       <c r="N109" t="s">
         <v>4</v>
       </c>
       <c r="DC109" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
     </row>
     <row r="110" spans="1:114">
       <c r="F110" s="2"/>
       <c r="N110" t="s">
         <v>4</v>
       </c>
       <c r="DC110" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
     </row>
     <row r="111" spans="1:114">
       <c r="F111" s="2"/>
       <c r="N111" t="s">
         <v>4</v>
       </c>
       <c r="DC111" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="112" spans="1:114">
       <c r="F112" s="2"/>
       <c r="N112" t="s">
         <v>4</v>
       </c>
       <c r="DC112" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="113" spans="1:114">
       <c r="F113" s="2"/>
       <c r="N113" t="s">
         <v>4</v>
       </c>
       <c r="DC113" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="114" spans="1:114">
       <c r="F114" s="2"/>
       <c r="N114" t="s">
         <v>4</v>
       </c>
       <c r="DC114" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="115" spans="1:114">
       <c r="F115" s="2"/>
       <c r="N115" t="s">
         <v>4</v>
       </c>
       <c r="DC115" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="116" spans="1:114">
       <c r="F116" s="2"/>
       <c r="N116" t="s">
         <v>4</v>
       </c>
       <c r="DC116" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="117" spans="1:114">
       <c r="F117" s="2"/>
       <c r="N117" t="s">
         <v>4</v>
       </c>
       <c r="DC117" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="118" spans="1:114">
       <c r="F118" s="2"/>
       <c r="N118" t="s">
         <v>4</v>
       </c>
       <c r="DC118" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
     </row>
     <row r="119" spans="1:114">
       <c r="F119" s="2"/>
       <c r="N119" t="s">
         <v>4</v>
       </c>
       <c r="DC119" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
     </row>
     <row r="120" spans="1:114">
       <c r="F120" s="2"/>
       <c r="N120" t="s">
         <v>4</v>
       </c>
       <c r="DC120" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="121" spans="1:114">
       <c r="F121" s="2"/>
       <c r="N121" t="s">
         <v>4</v>
       </c>
       <c r="DC121" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="122" spans="1:114">
       <c r="F122" s="2"/>
       <c r="N122" t="s">
         <v>4</v>
       </c>
       <c r="DC122" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
     </row>
     <row r="123" spans="1:114">
       <c r="F123" s="2"/>
       <c r="N123" t="s">
         <v>4</v>
       </c>
       <c r="DC123" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="124" spans="1:114">
       <c r="F124" s="2"/>
       <c r="N124" t="s">
         <v>4</v>
       </c>
       <c r="DC124" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
     </row>
     <row r="125" spans="1:114">
       <c r="F125" s="2"/>
       <c r="N125" t="s">
         <v>4</v>
       </c>
       <c r="DC125" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
     <row r="126" spans="1:114">
       <c r="F126" s="2"/>
       <c r="N126" t="s">
         <v>4</v>
       </c>
       <c r="DC126" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="127" spans="1:114">
       <c r="F127" s="2"/>
       <c r="N127" t="s">
         <v>4</v>
       </c>
       <c r="DC127" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
     </row>
     <row r="128" spans="1:114">
       <c r="F128" s="2"/>
       <c r="N128" t="s">
         <v>4</v>
       </c>
       <c r="DC128" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="129" spans="1:114">
       <c r="F129" s="2"/>
       <c r="N129" t="s">
         <v>4</v>
       </c>
       <c r="DC129" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
     </row>
     <row r="130" spans="1:114">
       <c r="F130" s="2"/>
       <c r="N130" t="s">
         <v>4</v>
       </c>
       <c r="DC130" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
     </row>
     <row r="131" spans="1:114">
       <c r="F131" s="2"/>
       <c r="N131" t="s">
         <v>4</v>
       </c>
       <c r="DC131" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="132" spans="1:114">
       <c r="F132" s="2"/>
       <c r="N132" t="s">
         <v>4</v>
       </c>
       <c r="DC132" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="133" spans="1:114">
       <c r="F133" s="2"/>
       <c r="N133" t="s">
         <v>4</v>
       </c>
       <c r="DC133" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="134" spans="1:114">
       <c r="F134" s="2"/>
       <c r="N134" t="s">
         <v>4</v>
       </c>
       <c r="DC134" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="135" spans="1:114">
       <c r="F135" s="2"/>
       <c r="N135" t="s">
         <v>4</v>
       </c>
       <c r="DC135" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
     </row>
     <row r="136" spans="1:114">
       <c r="F136" s="2"/>
       <c r="N136" t="s">
         <v>4</v>
       </c>
       <c r="DC136" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:114">
       <c r="F137" s="2"/>
       <c r="N137" t="s">
         <v>4</v>
       </c>
       <c r="DC137" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="138" spans="1:114">
       <c r="F138" s="2"/>
       <c r="N138" t="s">
         <v>4</v>
       </c>
       <c r="DC138" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
     </row>
     <row r="139" spans="1:114">
       <c r="F139" s="2"/>
       <c r="N139" t="s">
         <v>4</v>
       </c>
       <c r="DC139" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
     </row>
     <row r="140" spans="1:114">
       <c r="F140" s="2"/>
       <c r="N140" t="s">
         <v>4</v>
       </c>
       <c r="DC140" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="141" spans="1:114">
       <c r="F141" s="2"/>
       <c r="N141" t="s">
         <v>4</v>
       </c>
       <c r="DC141" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="142" spans="1:114">
       <c r="F142" s="2"/>
       <c r="N142" t="s">
         <v>4</v>
       </c>
       <c r="DC142" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
     </row>
     <row r="143" spans="1:114">
       <c r="F143" s="2"/>
       <c r="N143" t="s">
         <v>4</v>
       </c>
       <c r="DC143" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
     </row>
     <row r="144" spans="1:114">
       <c r="F144" s="2"/>
       <c r="N144" t="s">
         <v>4</v>
       </c>
       <c r="DC144" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="145" spans="1:114">
       <c r="F145" s="2"/>
       <c r="N145" t="s">
         <v>4</v>
       </c>
       <c r="DC145" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
     </row>
     <row r="146" spans="1:114">
       <c r="F146" s="2"/>
       <c r="N146" t="s">
         <v>4</v>
       </c>
       <c r="DC146" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
     </row>
     <row r="147" spans="1:114">
       <c r="F147" s="2"/>
       <c r="N147" t="s">
         <v>4</v>
       </c>
       <c r="DC147" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="148" spans="1:114">
       <c r="F148" s="2"/>
       <c r="N148" t="s">
         <v>4</v>
       </c>
       <c r="DC148" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="149" spans="1:114">
       <c r="F149" s="2"/>
       <c r="N149" t="s">
         <v>4</v>
       </c>
       <c r="DC149" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="150" spans="1:114">
       <c r="F150" s="2"/>
       <c r="N150" t="s">
         <v>4</v>
       </c>
       <c r="DC150" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
     </row>
     <row r="151" spans="1:114">
       <c r="F151" s="2"/>
       <c r="N151" t="s">
         <v>4</v>
       </c>
       <c r="DC151" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="152" spans="1:114">
       <c r="F152" s="2"/>
       <c r="N152" t="s">
         <v>4</v>
       </c>
       <c r="DC152" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="153" spans="1:114">
       <c r="F153" s="2"/>
       <c r="N153" t="s">
         <v>4</v>
       </c>
       <c r="DC153" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
     </row>
     <row r="154" spans="1:114">
       <c r="F154" s="2"/>
       <c r="N154" t="s">
         <v>4</v>
       </c>
       <c r="DC154" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="155" spans="1:114">
       <c r="F155" s="2"/>
       <c r="N155" t="s">
         <v>4</v>
       </c>
       <c r="DC155" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
     </row>
     <row r="156" spans="1:114">
       <c r="F156" s="2"/>
       <c r="N156" t="s">
         <v>4</v>
       </c>
       <c r="DC156" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="157" spans="1:114">
       <c r="F157" s="2"/>
       <c r="N157" t="s">
         <v>4</v>
       </c>
       <c r="DC157" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
     </row>
     <row r="158" spans="1:114">
       <c r="F158" s="2"/>
       <c r="N158" t="s">
         <v>4</v>
       </c>
       <c r="DC158" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="159" spans="1:114">
       <c r="F159" s="2"/>
       <c r="N159" t="s">
         <v>4</v>
       </c>
       <c r="DC159" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="160" spans="1:114">
       <c r="F160" s="2"/>
       <c r="N160" t="s">
         <v>4</v>
       </c>
       <c r="DC160" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="161" spans="1:114">
       <c r="F161" s="2"/>
       <c r="N161" t="s">
         <v>4</v>
       </c>
       <c r="DC161" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
     <row r="162" spans="1:114">
       <c r="F162" s="2"/>
       <c r="N162" t="s">
         <v>4</v>
       </c>
       <c r="DC162" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
     </row>
     <row r="163" spans="1:114">
       <c r="F163" s="2"/>
       <c r="N163" t="s">
         <v>4</v>
       </c>
       <c r="DC163" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="164" spans="1:114">
       <c r="F164" s="2"/>
       <c r="N164" t="s">
         <v>4</v>
       </c>
       <c r="DC164" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
     </row>
     <row r="165" spans="1:114">
       <c r="F165" s="2"/>
       <c r="N165" t="s">
         <v>4</v>
       </c>
       <c r="DC165" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
     </row>
     <row r="166" spans="1:114">
       <c r="F166" s="2"/>
       <c r="N166" t="s">
         <v>4</v>
       </c>
       <c r="DC166" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
     <row r="167" spans="1:114">
       <c r="F167" s="2"/>
       <c r="N167" t="s">
         <v>4</v>
       </c>
       <c r="DC167" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="168" spans="1:114">
       <c r="F168" s="2"/>
       <c r="N168" t="s">
         <v>4</v>
       </c>
       <c r="DC168" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="169" spans="1:114">
       <c r="F169" s="2"/>
       <c r="N169" t="s">
         <v>4</v>
       </c>
       <c r="DC169" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="170" spans="1:114">
       <c r="F170" s="2"/>
       <c r="N170" t="s">
         <v>4</v>
       </c>
       <c r="DC170" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="171" spans="1:114">
       <c r="F171" s="2"/>
       <c r="N171" t="s">
         <v>4</v>
       </c>
       <c r="DC171" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
     </row>
     <row r="172" spans="1:114">
       <c r="F172" s="2"/>
       <c r="N172" t="s">
         <v>4</v>
       </c>
       <c r="DC172" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
     </row>
     <row r="173" spans="1:114">
       <c r="F173" s="2"/>
       <c r="N173" t="s">
         <v>4</v>
       </c>
       <c r="DC173" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
     </row>
     <row r="174" spans="1:114">
       <c r="F174" s="2"/>
       <c r="N174" t="s">
         <v>4</v>
       </c>
       <c r="DC174" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
     </row>
     <row r="175" spans="1:114">
       <c r="F175" s="2"/>
       <c r="N175" t="s">
         <v>4</v>
       </c>
       <c r="DC175" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
     </row>
     <row r="176" spans="1:114">
       <c r="F176" s="2"/>
       <c r="N176" t="s">
         <v>4</v>
       </c>
       <c r="DC176" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="177" spans="1:114">
       <c r="F177" s="2"/>
       <c r="N177" t="s">
         <v>4</v>
       </c>
       <c r="DC177" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="178" spans="1:114">
       <c r="F178" s="2"/>
       <c r="N178" t="s">
         <v>4</v>
       </c>
       <c r="DC178" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
     </row>
     <row r="179" spans="1:114">
       <c r="F179" s="2"/>
       <c r="N179" t="s">
         <v>4</v>
       </c>
       <c r="DC179" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
     </row>
     <row r="180" spans="1:114">
       <c r="F180" s="2"/>
       <c r="N180" t="s">
         <v>4</v>
       </c>
       <c r="DC180" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
     </row>
     <row r="181" spans="1:114">
       <c r="F181" s="2"/>
       <c r="N181" t="s">
         <v>4</v>
       </c>
       <c r="DC181" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="182" spans="1:114">
       <c r="F182" s="2"/>
       <c r="N182" t="s">
         <v>4</v>
       </c>
       <c r="DC182" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="183" spans="1:114">
       <c r="F183" s="2"/>
       <c r="N183" t="s">
         <v>4</v>
       </c>
       <c r="DC183" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="184" spans="1:114">
       <c r="F184" s="2"/>
       <c r="N184" t="s">
         <v>4</v>
       </c>
       <c r="DC184" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
     </row>
     <row r="185" spans="1:114">
       <c r="F185" s="2"/>
       <c r="N185" t="s">
         <v>4</v>
       </c>
       <c r="DC185" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
     </row>
     <row r="186" spans="1:114">
       <c r="F186" s="2"/>
       <c r="N186" t="s">
         <v>4</v>
       </c>
       <c r="DC186" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
     </row>
     <row r="187" spans="1:114">
       <c r="F187" s="2"/>
       <c r="N187" t="s">
         <v>4</v>
       </c>
       <c r="DC187" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="188" spans="1:114">
       <c r="F188" s="2"/>
       <c r="N188" t="s">
         <v>4</v>
       </c>
       <c r="DC188" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
     </row>
     <row r="189" spans="1:114">
       <c r="F189" s="2"/>
       <c r="N189" t="s">
         <v>4</v>
       </c>
       <c r="DC189" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
     </row>
     <row r="190" spans="1:114">
       <c r="F190" s="2"/>
       <c r="N190" t="s">
         <v>4</v>
       </c>
       <c r="DC190" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="191" spans="1:114">
       <c r="F191" s="2"/>
       <c r="N191" t="s">
         <v>4</v>
       </c>
       <c r="DC191" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="192" spans="1:114">
       <c r="F192" s="2"/>
       <c r="N192" t="s">
         <v>4</v>
       </c>
       <c r="DC192" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
     </row>
     <row r="193" spans="1:114">
       <c r="F193" s="2"/>
       <c r="N193" t="s">
         <v>4</v>
       </c>
       <c r="DC193" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
     </row>
     <row r="194" spans="1:114">
       <c r="F194" s="2"/>
       <c r="N194" t="s">
         <v>4</v>
       </c>
       <c r="DC194" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
     </row>
     <row r="195" spans="1:114">
       <c r="F195" s="2"/>
       <c r="N195" t="s">
         <v>4</v>
       </c>
       <c r="DC195" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
     </row>
     <row r="196" spans="1:114">
       <c r="F196" s="2"/>
       <c r="N196" t="s">
         <v>4</v>
       </c>
       <c r="DC196" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="197" spans="1:114">
       <c r="F197" s="2"/>
       <c r="N197" t="s">
         <v>4</v>
       </c>
       <c r="DC197" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
     </row>
     <row r="198" spans="1:114">
       <c r="F198" s="2"/>
       <c r="N198" t="s">
         <v>4</v>
       </c>
       <c r="DC198" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
     </row>
     <row r="199" spans="1:114">
       <c r="F199" s="2"/>
       <c r="N199" t="s">
         <v>4</v>
       </c>
       <c r="DC199" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
     </row>
     <row r="200" spans="1:114">
       <c r="F200" s="2"/>
       <c r="N200" t="s">
         <v>4</v>
       </c>
       <c r="DC200" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
     </row>
     <row r="201" spans="1:114">
       <c r="F201" s="2"/>
       <c r="N201" t="s">
         <v>4</v>
       </c>
       <c r="DC201" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
     </row>
     <row r="202" spans="1:114">
       <c r="F202" s="2"/>
       <c r="N202" t="s">
         <v>4</v>
       </c>
       <c r="DC202" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
     </row>
     <row r="203" spans="1:114">
       <c r="F203" s="2"/>
       <c r="N203" t="s">
         <v>4</v>
       </c>
       <c r="DC203" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
     </row>
     <row r="204" spans="1:114">
       <c r="F204" s="2"/>
       <c r="N204" t="s">
         <v>4</v>
       </c>
       <c r="DC204" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="205" spans="1:114">
       <c r="F205" s="2"/>
       <c r="N205" t="s">
         <v>4</v>
       </c>
       <c r="DC205" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
     </row>
     <row r="206" spans="1:114">
       <c r="F206" s="2"/>
       <c r="N206" t="s">
         <v>4</v>
       </c>
       <c r="DC206" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
     <row r="207" spans="1:114">
       <c r="F207" s="2"/>
       <c r="N207" t="s">
         <v>4</v>
       </c>
       <c r="DC207" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="208" spans="1:114">
       <c r="F208" s="2"/>
       <c r="N208" t="s">
         <v>4</v>
       </c>
       <c r="DC208" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="209" spans="1:114">
       <c r="F209" s="2"/>
       <c r="N209" t="s">
         <v>4</v>
       </c>
       <c r="DC209" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
     </row>
     <row r="210" spans="1:114">
       <c r="F210" s="2"/>
       <c r="N210" t="s">
         <v>4</v>
       </c>
       <c r="DC210" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
     </row>
     <row r="211" spans="1:114">
       <c r="F211" s="2"/>
       <c r="N211" t="s">
         <v>4</v>
       </c>
       <c r="DC211" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
     </row>
     <row r="212" spans="1:114">
       <c r="F212" s="2"/>
       <c r="N212" t="s">
         <v>4</v>
       </c>
       <c r="DC212" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
     </row>
     <row r="213" spans="1:114">
       <c r="F213" s="2"/>
       <c r="N213" t="s">
         <v>4</v>
       </c>
       <c r="DC213" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="214" spans="1:114">
       <c r="F214" s="2"/>
       <c r="N214" t="s">
         <v>4</v>
       </c>
       <c r="DC214" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
     </row>
     <row r="215" spans="1:114">
       <c r="F215" s="2"/>
       <c r="N215" t="s">
         <v>4</v>
       </c>
       <c r="DC215" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
     </row>
     <row r="216" spans="1:114">
       <c r="F216" s="2"/>
       <c r="N216" t="s">
         <v>4</v>
       </c>
       <c r="DC216" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="217" spans="1:114">
       <c r="F217" s="2"/>
       <c r="N217" t="s">
         <v>4</v>
       </c>
       <c r="DC217" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="218" spans="1:114">
       <c r="F218" s="2"/>
       <c r="N218" t="s">
         <v>4</v>
       </c>
       <c r="DC218" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
     </row>
     <row r="219" spans="1:114">
       <c r="F219" s="2"/>
       <c r="N219" t="s">
         <v>4</v>
       </c>
       <c r="DC219" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
     </row>
     <row r="220" spans="1:114">
       <c r="F220" s="2"/>
       <c r="N220" t="s">
         <v>4</v>
       </c>
       <c r="DC220" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
     </row>
     <row r="221" spans="1:114">
       <c r="F221" s="2"/>
       <c r="N221" t="s">
         <v>4</v>
       </c>
       <c r="DC221" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
     </row>
     <row r="222" spans="1:114">
       <c r="F222" s="2"/>
       <c r="N222" t="s">
         <v>4</v>
       </c>
       <c r="DC222" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
     </row>
     <row r="223" spans="1:114">
       <c r="F223" s="2"/>
       <c r="N223" t="s">
         <v>4</v>
       </c>
       <c r="DC223" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
     </row>
     <row r="224" spans="1:114">
       <c r="F224" s="2"/>
       <c r="N224" t="s">
         <v>4</v>
       </c>
       <c r="DC224" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
     </row>
     <row r="225" spans="1:114">
       <c r="F225" s="2"/>
       <c r="N225" t="s">
         <v>4</v>
       </c>
       <c r="DC225" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
     </row>
     <row r="226" spans="1:114">
       <c r="F226" s="2"/>
       <c r="N226" t="s">
         <v>4</v>
       </c>
       <c r="DC226" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
     </row>
     <row r="227" spans="1:114">
       <c r="F227" s="2"/>
       <c r="N227" t="s">
         <v>4</v>
       </c>
       <c r="DC227" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="228" spans="1:114">
       <c r="F228" s="2"/>
       <c r="N228" t="s">
         <v>4</v>
       </c>
       <c r="DC228" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
     </row>
     <row r="229" spans="1:114">
       <c r="F229" s="2"/>
       <c r="N229" t="s">
         <v>4</v>
       </c>
       <c r="DC229" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
     </row>
     <row r="230" spans="1:114">
       <c r="F230" s="2"/>
       <c r="N230" t="s">
         <v>4</v>
       </c>
       <c r="DC230" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
     </row>
     <row r="231" spans="1:114">
       <c r="F231" s="2"/>
       <c r="N231" t="s">
         <v>4</v>
       </c>
       <c r="DC231" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
     </row>
     <row r="232" spans="1:114">
       <c r="F232" s="2"/>
       <c r="N232" t="s">
         <v>4</v>
       </c>
       <c r="DC232" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
     </row>
     <row r="233" spans="1:114">
       <c r="F233" s="2"/>
       <c r="N233" t="s">
         <v>4</v>
       </c>
       <c r="DC233" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
     </row>
     <row r="234" spans="1:114">
       <c r="F234" s="2"/>
       <c r="N234" t="s">
         <v>4</v>
       </c>
       <c r="DC234" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
     </row>
     <row r="235" spans="1:114">
       <c r="F235" s="2"/>
       <c r="N235" t="s">
         <v>4</v>
       </c>
       <c r="DC235" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
     </row>
     <row r="236" spans="1:114">
       <c r="F236" s="2"/>
       <c r="N236" t="s">
         <v>4</v>
       </c>
       <c r="DC236" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
     </row>
     <row r="237" spans="1:114">
       <c r="F237" s="2"/>
       <c r="N237" t="s">
         <v>4</v>
       </c>
       <c r="DC237" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
     </row>
     <row r="238" spans="1:114">
       <c r="F238" s="2"/>
       <c r="N238" t="s">
         <v>4</v>
       </c>
       <c r="DC238" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
     </row>
     <row r="239" spans="1:114">
       <c r="F239" s="2"/>
       <c r="N239" t="s">
         <v>4</v>
       </c>
       <c r="DC239" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
     </row>
     <row r="240" spans="1:114">
       <c r="F240" s="2"/>
       <c r="N240" t="s">
         <v>4</v>
       </c>
       <c r="DC240" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
     </row>
     <row r="241" spans="1:114">
       <c r="F241" s="2"/>
       <c r="N241" t="s">
         <v>4</v>
       </c>
       <c r="DC241" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
     </row>
     <row r="242" spans="1:114">
       <c r="F242" s="2"/>
       <c r="N242" t="s">
         <v>4</v>
       </c>
       <c r="DC242" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
     </row>
     <row r="243" spans="1:114">
       <c r="F243" s="2"/>
       <c r="N243" t="s">
         <v>4</v>
       </c>
       <c r="DC243" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
     </row>
     <row r="244" spans="1:114">
       <c r="F244" s="2"/>
       <c r="N244" t="s">
         <v>4</v>
       </c>
       <c r="DC244" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
     </row>
     <row r="245" spans="1:114">
       <c r="F245" s="2"/>
       <c r="N245" t="s">
         <v>4</v>
       </c>
       <c r="DC245" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
     </row>
     <row r="246" spans="1:114">
       <c r="F246" s="2"/>
       <c r="N246" t="s">
         <v>4</v>
       </c>
       <c r="DC246" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
     </row>
     <row r="247" spans="1:114">
       <c r="F247" s="2"/>
       <c r="N247" t="s">
         <v>4</v>
       </c>
       <c r="DC247" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
     </row>
     <row r="248" spans="1:114">
       <c r="F248" s="2"/>
       <c r="N248" t="s">
         <v>4</v>
       </c>
       <c r="DC248" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
     </row>
     <row r="249" spans="1:114">
       <c r="F249" s="2"/>
       <c r="N249" t="s">
         <v>4</v>
       </c>
       <c r="DC249" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
     </row>
     <row r="250" spans="1:114">
       <c r="F250" s="2"/>
       <c r="N250" t="s">
         <v>4</v>
       </c>
       <c r="DC250" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
     </row>
     <row r="251" spans="1:114">
       <c r="F251" s="2"/>
       <c r="N251" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="252" spans="1:114">
       <c r="F252" s="2"/>
       <c r="N252" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="253" spans="1:114">
       <c r="F253" s="2"/>
       <c r="N253" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="254" spans="1:114">
       <c r="F254" s="2"/>
       <c r="N254" t="s">
         <v>4</v>
       </c>
@@ -9129,87 +9144,87 @@
       <c r="F998" s="2"/>
       <c r="N998" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="999" spans="1:114">
       <c r="F999" s="2"/>
       <c r="N999" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="1000" spans="1:114">
       <c r="F1000" s="2"/>
       <c r="N1000" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="13">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AA5:AA1000">
-      <formula1>'Worksheet'!$DJ$1:$DJ$8</formula1>
+      <formula1>'Worksheet'!$DJ$1:$DJ$11</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AB5:AB1000">
-      <formula1>'Worksheet'!$DJ$1:$DJ$8</formula1>
+      <formula1>'Worksheet'!$DJ$1:$DJ$11</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="B5:B1000">
       <formula1>'Worksheet'!$DA$1:$DA$6</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="J5:J1000">
       <formula1>'Worksheet'!$DB$1:$DB$63</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="K5:K1000">
       <formula1>'Worksheet'!$DC$1:$DC$250</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
       <formula1>'Worksheet'!$DD$1:$DD$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="R5:R1000">
       <formula1>'Worksheet'!$DE$1:$DE$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="T5:T1000">
       <formula1>'Worksheet'!$DF$1:$DF$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="V5:V1000">
       <formula1>'Worksheet'!$DG$1:$DG$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="W5:W1000">
       <formula1>'Worksheet'!$DH$1:$DH$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="X5:X1000">
       <formula1>'Worksheet'!$DI$1:$DI$27</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Y5:Y1000">
-      <formula1>'Worksheet'!$DJ$1:$DJ$8</formula1>
+      <formula1>'Worksheet'!$DJ$1:$DJ$11</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Z5:Z1000">
-      <formula1>'Worksheet'!$DJ$1:$DJ$8</formula1>
+      <formula1>'Worksheet'!$DJ$1:$DJ$11</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>