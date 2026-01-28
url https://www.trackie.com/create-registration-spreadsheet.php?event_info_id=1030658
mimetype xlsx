--- v1 (2025-12-14)
+++ v2 (2026-01-28)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="415">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="416">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>TR/Mini-TR</t>
   </si>
   <si>
     <t>New Brunswick</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Mother</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Mini-Track Rascal (Sept 2025)</t>
   </si>
   <si>
@@ -275,128 +275,128 @@
   <si>
     <t>Prince Edward Island</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
     <t>Mini-Track Rascal (Jan 2026)</t>
   </si>
   <si>
     <t>Indoor Track&amp;Field</t>
   </si>
   <si>
     <t>Quebec</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
     <t>Track Rascal (Jan 2026)</t>
   </si>
   <si>
     <t>TR (Jan 2026)</t>
   </si>
   <si>
+    <t>Elite Throws</t>
+  </si>
+  <si>
     <t>Manitoba</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>Mini-Track Rascal (May 2026)</t>
   </si>
   <si>
+    <t>XC/Middle Distance</t>
+  </si>
+  <si>
     <t>Saskatchewan</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
     <t>Track Rascal (May 2026)</t>
   </si>
   <si>
     <t>Yukon</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>Annual Program</t>
   </si>
   <si>
     <t>Northwest Territories</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>JD XC (2/week)</t>
   </si>
   <si>
-    <t>Annual Program (Middle Distance) - 13+</t>
-[...1 lines deleted...]
-  <si>
     <t>Alberta</t>
   </si>
   <si>
     <t>Antarctica</t>
   </si>
   <si>
     <t>XC13+</t>
   </si>
   <si>
     <t>British Columbia</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Nunavut</t>
   </si>
   <si>
     <t>American Samoa</t>
   </si>
   <si>
     <t>High Performance Throws (2X/Day)</t>
   </si>
   <si>
     <t>Throws  Only - Sept-Oct</t>
   </si>
   <si>
     <t>Alabama</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>U10 (9)</t>
   </si>
   <si>
-    <t>Indoor Season - JD (9-13)</t>
-[...1 lines deleted...]
-  <si>
     <t>Alaska</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>U12 (10-11)</t>
   </si>
   <si>
     <t>Indoor Season - 13 and older</t>
   </si>
   <si>
     <t>Arizona</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>U14 (12-13)</t>
   </si>
   <si>
     <t>Indoor Season - Middle Distance</t>
   </si>
   <si>
     <t>Arkansas</t>
@@ -441,50 +441,53 @@
     <t>Delaware</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Senior (20-34):(1992-2006)</t>
   </si>
   <si>
     <t>Florida</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Masters (35+): 1991 or earlier</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>Middle Distance Only (Age 13-Senior)</t>
+  </si>
+  <si>
+    <t>High Performance Throws (2x/day)</t>
   </si>
   <si>
     <t>Hawaii</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>Throws Only (2X/Week)</t>
   </si>
   <si>
     <t>Idaho</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>High School T&amp;F Training (Twice/Week)</t>
   </si>
   <si>
     <t>Illinois</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
@@ -1679,51 +1682,51 @@
     <col min="8" max="8" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="106" max="106" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="52" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="37" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="108" max="108" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="110" max="110" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="51" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="152" bestFit="true" customWidth="true" style="0"/>
     <col min="112" max="112" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="44" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="24" bestFit="true" customWidth="true" style="0"/>
-    <col min="114" max="114" width="45" bestFit="true" customWidth="true" style="0"/>
+    <col min="114" max="114" width="38" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="23" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:114" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
       <c r="DB1" t="s">
         <v>2</v>
       </c>
       <c r="DC1" t="s">
         <v>3</v>
       </c>
       <c r="DD1" t="s">
         <v>4</v>
       </c>
       <c r="DE1" t="s">
         <v>5</v>
       </c>
@@ -2190,171 +2193,171 @@
       <c r="F6" s="2"/>
       <c r="N6" t="s">
         <v>4</v>
       </c>
       <c r="DA6" t="s">
         <v>83</v>
       </c>
       <c r="DB6" t="s">
         <v>84</v>
       </c>
       <c r="DC6" t="s">
         <v>85</v>
       </c>
       <c r="DI6" t="s">
         <v>86</v>
       </c>
       <c r="DJ6" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="7" spans="1:114">
       <c r="F7" s="2"/>
       <c r="N7" t="s">
         <v>4</v>
       </c>
+      <c r="DA7" t="s">
+        <v>88</v>
+      </c>
       <c r="DB7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="DC7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="DI7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="8" spans="1:114">
       <c r="F8" s="2"/>
       <c r="N8" t="s">
         <v>4</v>
       </c>
+      <c r="DA8" t="s">
+        <v>92</v>
+      </c>
       <c r="DB8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="DC8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="DI8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="9" spans="1:114">
       <c r="F9" s="2"/>
       <c r="N9" t="s">
         <v>4</v>
       </c>
       <c r="DB9" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="DC9" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="DI9" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="10" spans="1:114">
       <c r="F10" s="2"/>
       <c r="N10" t="s">
         <v>4</v>
       </c>
       <c r="DB10" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="DC10" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="DI10" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="11" spans="1:114">
       <c r="F11" s="2"/>
       <c r="N11" t="s">
         <v>4</v>
       </c>
       <c r="DB11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="DC11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="DI11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="12" spans="1:114">
       <c r="F12" s="2"/>
       <c r="N12" t="s">
         <v>4</v>
       </c>
       <c r="DB12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="DC12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="DI12" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:114">
       <c r="F13" s="2"/>
       <c r="N13" t="s">
         <v>4</v>
       </c>
       <c r="DB13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="DC13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="DI13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DJ13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="14" spans="1:114">
       <c r="F14" s="2"/>
       <c r="N14" t="s">
         <v>4</v>
       </c>
       <c r="DB14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="DC14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="DI14" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="DJ14" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="15" spans="1:114">
       <c r="F15" s="2"/>
       <c r="N15" t="s">
         <v>4</v>
       </c>
       <c r="DB15" t="s">
         <v>114</v>
       </c>
       <c r="DC15" t="s">
         <v>115</v>
       </c>
       <c r="DI15" t="s">
         <v>116</v>
       </c>
       <c r="DJ15" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="16" spans="1:114">
       <c r="F16" s="2"/>
       <c r="N16" t="s">
         <v>4</v>
@@ -2457,2227 +2460,2230 @@
       </c>
       <c r="DB22" t="s">
         <v>138</v>
       </c>
       <c r="DC22" t="s">
         <v>139</v>
       </c>
       <c r="DI22" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="23" spans="1:114">
       <c r="F23" s="2"/>
       <c r="N23" t="s">
         <v>4</v>
       </c>
       <c r="DB23" t="s">
         <v>141</v>
       </c>
       <c r="DC23" t="s">
         <v>142</v>
       </c>
       <c r="DI23" t="s">
         <v>143</v>
       </c>
+      <c r="DJ23" t="s">
+        <v>144</v>
+      </c>
     </row>
     <row r="24" spans="1:114">
       <c r="F24" s="2"/>
       <c r="N24" t="s">
         <v>4</v>
       </c>
       <c r="DB24" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="DC24" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="DI24" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="25" spans="1:114">
       <c r="F25" s="2"/>
       <c r="N25" t="s">
         <v>4</v>
       </c>
       <c r="DB25" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="DC25" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="DI25" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:114">
       <c r="F26" s="2"/>
       <c r="N26" t="s">
         <v>4</v>
       </c>
       <c r="DB26" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="DC26" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="DI26" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="27" spans="1:114">
       <c r="F27" s="2"/>
       <c r="N27" t="s">
         <v>4</v>
       </c>
       <c r="DB27" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="DC27" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="DI27" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="DJ27" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="28" spans="1:114">
       <c r="F28" s="2"/>
       <c r="N28" t="s">
         <v>4</v>
       </c>
       <c r="DB28" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="DC28" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="29" spans="1:114">
       <c r="F29" s="2"/>
       <c r="N29" t="s">
         <v>4</v>
       </c>
       <c r="DB29" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="DC29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:114">
       <c r="F30" s="2"/>
       <c r="N30" t="s">
         <v>4</v>
       </c>
       <c r="DB30" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="DC30" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="31" spans="1:114">
       <c r="F31" s="2"/>
       <c r="N31" t="s">
         <v>4</v>
       </c>
       <c r="DB31" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="DC31" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:114">
       <c r="F32" s="2"/>
       <c r="N32" t="s">
         <v>4</v>
       </c>
       <c r="DB32" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="DC32" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="33" spans="1:114">
       <c r="F33" s="2"/>
       <c r="N33" t="s">
         <v>4</v>
       </c>
       <c r="DB33" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="DC33" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="34" spans="1:114">
       <c r="F34" s="2"/>
       <c r="N34" t="s">
         <v>4</v>
       </c>
       <c r="DB34" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="DC34" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="35" spans="1:114">
       <c r="F35" s="2"/>
       <c r="N35" t="s">
         <v>4</v>
       </c>
       <c r="DB35" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="DC35" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="36" spans="1:114">
       <c r="F36" s="2"/>
       <c r="N36" t="s">
         <v>4</v>
       </c>
       <c r="DB36" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="DC36" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="37" spans="1:114">
       <c r="F37" s="2"/>
       <c r="N37" t="s">
         <v>4</v>
       </c>
       <c r="DB37" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="DC37" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="38" spans="1:114">
       <c r="F38" s="2"/>
       <c r="N38" t="s">
         <v>4</v>
       </c>
       <c r="DB38" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="DC38" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="39" spans="1:114">
       <c r="F39" s="2"/>
       <c r="N39" t="s">
         <v>4</v>
       </c>
       <c r="DB39" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="DC39" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="40" spans="1:114">
       <c r="F40" s="2"/>
       <c r="N40" t="s">
         <v>4</v>
       </c>
       <c r="DB40" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="DC40" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="41" spans="1:114">
       <c r="F41" s="2"/>
       <c r="N41" t="s">
         <v>4</v>
       </c>
       <c r="DB41" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="DC41" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="42" spans="1:114">
       <c r="F42" s="2"/>
       <c r="N42" t="s">
         <v>4</v>
       </c>
       <c r="DB42" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="DC42" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="43" spans="1:114">
       <c r="F43" s="2"/>
       <c r="N43" t="s">
         <v>4</v>
       </c>
       <c r="DB43" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="DC43" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="44" spans="1:114">
       <c r="F44" s="2"/>
       <c r="N44" t="s">
         <v>4</v>
       </c>
       <c r="DB44" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="DC44" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="45" spans="1:114">
       <c r="F45" s="2"/>
       <c r="N45" t="s">
         <v>4</v>
       </c>
       <c r="DB45" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="DC45" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="46" spans="1:114">
       <c r="F46" s="2"/>
       <c r="N46" t="s">
         <v>4</v>
       </c>
       <c r="DB46" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="DC46" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="47" spans="1:114">
       <c r="F47" s="2"/>
       <c r="N47" t="s">
         <v>4</v>
       </c>
       <c r="DB47" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="DC47" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="48" spans="1:114">
       <c r="F48" s="2"/>
       <c r="N48" t="s">
         <v>4</v>
       </c>
       <c r="DB48" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="DC48" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="49" spans="1:114">
       <c r="F49" s="2"/>
       <c r="N49" t="s">
         <v>4</v>
       </c>
       <c r="DB49" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="DC49" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="50" spans="1:114">
       <c r="F50" s="2"/>
       <c r="N50" t="s">
         <v>4</v>
       </c>
       <c r="DB50" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="DC50" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="51" spans="1:114">
       <c r="F51" s="2"/>
       <c r="N51" t="s">
         <v>4</v>
       </c>
       <c r="DB51" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="DC51" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="52" spans="1:114">
       <c r="F52" s="2"/>
       <c r="N52" t="s">
         <v>4</v>
       </c>
       <c r="DB52" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="DC52" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="53" spans="1:114">
       <c r="F53" s="2"/>
       <c r="N53" t="s">
         <v>4</v>
       </c>
       <c r="DB53" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="DC53" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="54" spans="1:114">
       <c r="F54" s="2"/>
       <c r="N54" t="s">
         <v>4</v>
       </c>
       <c r="DB54" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="DC54" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="55" spans="1:114">
       <c r="F55" s="2"/>
       <c r="N55" t="s">
         <v>4</v>
       </c>
       <c r="DB55" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="DC55" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="56" spans="1:114">
       <c r="F56" s="2"/>
       <c r="N56" t="s">
         <v>4</v>
       </c>
       <c r="DB56" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="DC56" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="57" spans="1:114">
       <c r="F57" s="2"/>
       <c r="N57" t="s">
         <v>4</v>
       </c>
       <c r="DB57" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="DC57" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="58" spans="1:114">
       <c r="F58" s="2"/>
       <c r="N58" t="s">
         <v>4</v>
       </c>
       <c r="DB58" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="DC58" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="59" spans="1:114">
       <c r="F59" s="2"/>
       <c r="N59" t="s">
         <v>4</v>
       </c>
       <c r="DB59" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="DC59" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="60" spans="1:114">
       <c r="F60" s="2"/>
       <c r="N60" t="s">
         <v>4</v>
       </c>
       <c r="DB60" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="DC60" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="61" spans="1:114">
       <c r="F61" s="2"/>
       <c r="N61" t="s">
         <v>4</v>
       </c>
       <c r="DB61" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="DC61" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="62" spans="1:114">
       <c r="F62" s="2"/>
       <c r="N62" t="s">
         <v>4</v>
       </c>
       <c r="DB62" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="DC62" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="63" spans="1:114">
       <c r="F63" s="2"/>
       <c r="N63" t="s">
         <v>4</v>
       </c>
       <c r="DB63" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="DC63" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="64" spans="1:114">
       <c r="F64" s="2"/>
       <c r="N64" t="s">
         <v>4</v>
       </c>
       <c r="DC64" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="65" spans="1:114">
       <c r="F65" s="2"/>
       <c r="N65" t="s">
         <v>4</v>
       </c>
       <c r="DC65" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="66" spans="1:114">
       <c r="F66" s="2"/>
       <c r="N66" t="s">
         <v>4</v>
       </c>
       <c r="DC66" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="67" spans="1:114">
       <c r="F67" s="2"/>
       <c r="N67" t="s">
         <v>4</v>
       </c>
       <c r="DC67" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="68" spans="1:114">
       <c r="F68" s="2"/>
       <c r="N68" t="s">
         <v>4</v>
       </c>
       <c r="DC68" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="69" spans="1:114">
       <c r="F69" s="2"/>
       <c r="N69" t="s">
         <v>4</v>
       </c>
       <c r="DC69" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="70" spans="1:114">
       <c r="F70" s="2"/>
       <c r="N70" t="s">
         <v>4</v>
       </c>
       <c r="DC70" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="71" spans="1:114">
       <c r="F71" s="2"/>
       <c r="N71" t="s">
         <v>4</v>
       </c>
       <c r="DC71" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="72" spans="1:114">
       <c r="F72" s="2"/>
       <c r="N72" t="s">
         <v>4</v>
       </c>
       <c r="DC72" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="73" spans="1:114">
       <c r="F73" s="2"/>
       <c r="N73" t="s">
         <v>4</v>
       </c>
       <c r="DC73" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="74" spans="1:114">
       <c r="F74" s="2"/>
       <c r="N74" t="s">
         <v>4</v>
       </c>
       <c r="DC74" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:114">
       <c r="F75" s="2"/>
       <c r="N75" t="s">
         <v>4</v>
       </c>
       <c r="DC75" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="76" spans="1:114">
       <c r="F76" s="2"/>
       <c r="N76" t="s">
         <v>4</v>
       </c>
       <c r="DC76" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="77" spans="1:114">
       <c r="F77" s="2"/>
       <c r="N77" t="s">
         <v>4</v>
       </c>
       <c r="DC77" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="78" spans="1:114">
       <c r="F78" s="2"/>
       <c r="N78" t="s">
         <v>4</v>
       </c>
       <c r="DC78" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="79" spans="1:114">
       <c r="F79" s="2"/>
       <c r="N79" t="s">
         <v>4</v>
       </c>
       <c r="DC79" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="80" spans="1:114">
       <c r="F80" s="2"/>
       <c r="N80" t="s">
         <v>4</v>
       </c>
       <c r="DC80" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="81" spans="1:114">
       <c r="F81" s="2"/>
       <c r="N81" t="s">
         <v>4</v>
       </c>
       <c r="DC81" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="82" spans="1:114">
       <c r="F82" s="2"/>
       <c r="N82" t="s">
         <v>4</v>
       </c>
       <c r="DC82" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="83" spans="1:114">
       <c r="F83" s="2"/>
       <c r="N83" t="s">
         <v>4</v>
       </c>
       <c r="DC83" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="84" spans="1:114">
       <c r="F84" s="2"/>
       <c r="N84" t="s">
         <v>4</v>
       </c>
       <c r="DC84" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="85" spans="1:114">
       <c r="F85" s="2"/>
       <c r="N85" t="s">
         <v>4</v>
       </c>
       <c r="DC85" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:114">
       <c r="F86" s="2"/>
       <c r="N86" t="s">
         <v>4</v>
       </c>
       <c r="DC86" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="87" spans="1:114">
       <c r="F87" s="2"/>
       <c r="N87" t="s">
         <v>4</v>
       </c>
       <c r="DC87" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="88" spans="1:114">
       <c r="F88" s="2"/>
       <c r="N88" t="s">
         <v>4</v>
       </c>
       <c r="DC88" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="89" spans="1:114">
       <c r="F89" s="2"/>
       <c r="N89" t="s">
         <v>4</v>
       </c>
       <c r="DC89" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="90" spans="1:114">
       <c r="F90" s="2"/>
       <c r="N90" t="s">
         <v>4</v>
       </c>
       <c r="DC90" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="91" spans="1:114">
       <c r="F91" s="2"/>
       <c r="N91" t="s">
         <v>4</v>
       </c>
       <c r="DC91" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="92" spans="1:114">
       <c r="F92" s="2"/>
       <c r="N92" t="s">
         <v>4</v>
       </c>
       <c r="DC92" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="93" spans="1:114">
       <c r="F93" s="2"/>
       <c r="N93" t="s">
         <v>4</v>
       </c>
       <c r="DC93" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="94" spans="1:114">
       <c r="F94" s="2"/>
       <c r="N94" t="s">
         <v>4</v>
       </c>
       <c r="DC94" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="95" spans="1:114">
       <c r="F95" s="2"/>
       <c r="N95" t="s">
         <v>4</v>
       </c>
       <c r="DC95" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="96" spans="1:114">
       <c r="F96" s="2"/>
       <c r="N96" t="s">
         <v>4</v>
       </c>
       <c r="DC96" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="97" spans="1:114">
       <c r="F97" s="2"/>
       <c r="N97" t="s">
         <v>4</v>
       </c>
       <c r="DC97" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="98" spans="1:114">
       <c r="F98" s="2"/>
       <c r="N98" t="s">
         <v>4</v>
       </c>
       <c r="DC98" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="99" spans="1:114">
       <c r="F99" s="2"/>
       <c r="N99" t="s">
         <v>4</v>
       </c>
       <c r="DC99" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="100" spans="1:114">
       <c r="F100" s="2"/>
       <c r="N100" t="s">
         <v>4</v>
       </c>
       <c r="DC100" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="101" spans="1:114">
       <c r="F101" s="2"/>
       <c r="N101" t="s">
         <v>4</v>
       </c>
       <c r="DC101" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="102" spans="1:114">
       <c r="F102" s="2"/>
       <c r="N102" t="s">
         <v>4</v>
       </c>
       <c r="DC102" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="103" spans="1:114">
       <c r="F103" s="2"/>
       <c r="N103" t="s">
         <v>4</v>
       </c>
       <c r="DC103" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="104" spans="1:114">
       <c r="F104" s="2"/>
       <c r="N104" t="s">
         <v>4</v>
       </c>
       <c r="DC104" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="105" spans="1:114">
       <c r="F105" s="2"/>
       <c r="N105" t="s">
         <v>4</v>
       </c>
       <c r="DC105" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="106" spans="1:114">
       <c r="F106" s="2"/>
       <c r="N106" t="s">
         <v>4</v>
       </c>
       <c r="DC106" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="107" spans="1:114">
       <c r="F107" s="2"/>
       <c r="N107" t="s">
         <v>4</v>
       </c>
       <c r="DC107" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="108" spans="1:114">
       <c r="F108" s="2"/>
       <c r="N108" t="s">
         <v>4</v>
       </c>
       <c r="DC108" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="109" spans="1:114">
       <c r="F109" s="2"/>
       <c r="N109" t="s">
         <v>4</v>
       </c>
       <c r="DC109" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="110" spans="1:114">
       <c r="F110" s="2"/>
       <c r="N110" t="s">
         <v>4</v>
       </c>
       <c r="DC110" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="111" spans="1:114">
       <c r="F111" s="2"/>
       <c r="N111" t="s">
         <v>4</v>
       </c>
       <c r="DC111" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="112" spans="1:114">
       <c r="F112" s="2"/>
       <c r="N112" t="s">
         <v>4</v>
       </c>
       <c r="DC112" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="113" spans="1:114">
       <c r="F113" s="2"/>
       <c r="N113" t="s">
         <v>4</v>
       </c>
       <c r="DC113" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="114" spans="1:114">
       <c r="F114" s="2"/>
       <c r="N114" t="s">
         <v>4</v>
       </c>
       <c r="DC114" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="115" spans="1:114">
       <c r="F115" s="2"/>
       <c r="N115" t="s">
         <v>4</v>
       </c>
       <c r="DC115" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="116" spans="1:114">
       <c r="F116" s="2"/>
       <c r="N116" t="s">
         <v>4</v>
       </c>
       <c r="DC116" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="117" spans="1:114">
       <c r="F117" s="2"/>
       <c r="N117" t="s">
         <v>4</v>
       </c>
       <c r="DC117" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="118" spans="1:114">
       <c r="F118" s="2"/>
       <c r="N118" t="s">
         <v>4</v>
       </c>
       <c r="DC118" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="119" spans="1:114">
       <c r="F119" s="2"/>
       <c r="N119" t="s">
         <v>4</v>
       </c>
       <c r="DC119" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="120" spans="1:114">
       <c r="F120" s="2"/>
       <c r="N120" t="s">
         <v>4</v>
       </c>
       <c r="DC120" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="121" spans="1:114">
       <c r="F121" s="2"/>
       <c r="N121" t="s">
         <v>4</v>
       </c>
       <c r="DC121" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="122" spans="1:114">
       <c r="F122" s="2"/>
       <c r="N122" t="s">
         <v>4</v>
       </c>
       <c r="DC122" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="123" spans="1:114">
       <c r="F123" s="2"/>
       <c r="N123" t="s">
         <v>4</v>
       </c>
       <c r="DC123" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="124" spans="1:114">
       <c r="F124" s="2"/>
       <c r="N124" t="s">
         <v>4</v>
       </c>
       <c r="DC124" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="125" spans="1:114">
       <c r="F125" s="2"/>
       <c r="N125" t="s">
         <v>4</v>
       </c>
       <c r="DC125" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="126" spans="1:114">
       <c r="F126" s="2"/>
       <c r="N126" t="s">
         <v>4</v>
       </c>
       <c r="DC126" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="127" spans="1:114">
       <c r="F127" s="2"/>
       <c r="N127" t="s">
         <v>4</v>
       </c>
       <c r="DC127" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="128" spans="1:114">
       <c r="F128" s="2"/>
       <c r="N128" t="s">
         <v>4</v>
       </c>
       <c r="DC128" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="129" spans="1:114">
       <c r="F129" s="2"/>
       <c r="N129" t="s">
         <v>4</v>
       </c>
       <c r="DC129" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="130" spans="1:114">
       <c r="F130" s="2"/>
       <c r="N130" t="s">
         <v>4</v>
       </c>
       <c r="DC130" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="131" spans="1:114">
       <c r="F131" s="2"/>
       <c r="N131" t="s">
         <v>4</v>
       </c>
       <c r="DC131" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="132" spans="1:114">
       <c r="F132" s="2"/>
       <c r="N132" t="s">
         <v>4</v>
       </c>
       <c r="DC132" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="133" spans="1:114">
       <c r="F133" s="2"/>
       <c r="N133" t="s">
         <v>4</v>
       </c>
       <c r="DC133" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="134" spans="1:114">
       <c r="F134" s="2"/>
       <c r="N134" t="s">
         <v>4</v>
       </c>
       <c r="DC134" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="135" spans="1:114">
       <c r="F135" s="2"/>
       <c r="N135" t="s">
         <v>4</v>
       </c>
       <c r="DC135" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:114">
       <c r="F136" s="2"/>
       <c r="N136" t="s">
         <v>4</v>
       </c>
       <c r="DC136" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="137" spans="1:114">
       <c r="F137" s="2"/>
       <c r="N137" t="s">
         <v>4</v>
       </c>
       <c r="DC137" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="138" spans="1:114">
       <c r="F138" s="2"/>
       <c r="N138" t="s">
         <v>4</v>
       </c>
       <c r="DC138" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="139" spans="1:114">
       <c r="F139" s="2"/>
       <c r="N139" t="s">
         <v>4</v>
       </c>
       <c r="DC139" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="140" spans="1:114">
       <c r="F140" s="2"/>
       <c r="N140" t="s">
         <v>4</v>
       </c>
       <c r="DC140" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="141" spans="1:114">
       <c r="F141" s="2"/>
       <c r="N141" t="s">
         <v>4</v>
       </c>
       <c r="DC141" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="142" spans="1:114">
       <c r="F142" s="2"/>
       <c r="N142" t="s">
         <v>4</v>
       </c>
       <c r="DC142" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="143" spans="1:114">
       <c r="F143" s="2"/>
       <c r="N143" t="s">
         <v>4</v>
       </c>
       <c r="DC143" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="144" spans="1:114">
       <c r="F144" s="2"/>
       <c r="N144" t="s">
         <v>4</v>
       </c>
       <c r="DC144" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="145" spans="1:114">
       <c r="F145" s="2"/>
       <c r="N145" t="s">
         <v>4</v>
       </c>
       <c r="DC145" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="146" spans="1:114">
       <c r="F146" s="2"/>
       <c r="N146" t="s">
         <v>4</v>
       </c>
       <c r="DC146" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="147" spans="1:114">
       <c r="F147" s="2"/>
       <c r="N147" t="s">
         <v>4</v>
       </c>
       <c r="DC147" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="148" spans="1:114">
       <c r="F148" s="2"/>
       <c r="N148" t="s">
         <v>4</v>
       </c>
       <c r="DC148" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="149" spans="1:114">
       <c r="F149" s="2"/>
       <c r="N149" t="s">
         <v>4</v>
       </c>
       <c r="DC149" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="150" spans="1:114">
       <c r="F150" s="2"/>
       <c r="N150" t="s">
         <v>4</v>
       </c>
       <c r="DC150" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="151" spans="1:114">
       <c r="F151" s="2"/>
       <c r="N151" t="s">
         <v>4</v>
       </c>
       <c r="DC151" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="152" spans="1:114">
       <c r="F152" s="2"/>
       <c r="N152" t="s">
         <v>4</v>
       </c>
       <c r="DC152" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="153" spans="1:114">
       <c r="F153" s="2"/>
       <c r="N153" t="s">
         <v>4</v>
       </c>
       <c r="DC153" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="154" spans="1:114">
       <c r="F154" s="2"/>
       <c r="N154" t="s">
         <v>4</v>
       </c>
       <c r="DC154" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="155" spans="1:114">
       <c r="F155" s="2"/>
       <c r="N155" t="s">
         <v>4</v>
       </c>
       <c r="DC155" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="156" spans="1:114">
       <c r="F156" s="2"/>
       <c r="N156" t="s">
         <v>4</v>
       </c>
       <c r="DC156" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="157" spans="1:114">
       <c r="F157" s="2"/>
       <c r="N157" t="s">
         <v>4</v>
       </c>
       <c r="DC157" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="158" spans="1:114">
       <c r="F158" s="2"/>
       <c r="N158" t="s">
         <v>4</v>
       </c>
       <c r="DC158" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="159" spans="1:114">
       <c r="F159" s="2"/>
       <c r="N159" t="s">
         <v>4</v>
       </c>
       <c r="DC159" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="160" spans="1:114">
       <c r="F160" s="2"/>
       <c r="N160" t="s">
         <v>4</v>
       </c>
       <c r="DC160" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="161" spans="1:114">
       <c r="F161" s="2"/>
       <c r="N161" t="s">
         <v>4</v>
       </c>
       <c r="DC161" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="162" spans="1:114">
       <c r="F162" s="2"/>
       <c r="N162" t="s">
         <v>4</v>
       </c>
       <c r="DC162" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="163" spans="1:114">
       <c r="F163" s="2"/>
       <c r="N163" t="s">
         <v>4</v>
       </c>
       <c r="DC163" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="164" spans="1:114">
       <c r="F164" s="2"/>
       <c r="N164" t="s">
         <v>4</v>
       </c>
       <c r="DC164" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="165" spans="1:114">
       <c r="F165" s="2"/>
       <c r="N165" t="s">
         <v>4</v>
       </c>
       <c r="DC165" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="166" spans="1:114">
       <c r="F166" s="2"/>
       <c r="N166" t="s">
         <v>4</v>
       </c>
       <c r="DC166" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="167" spans="1:114">
       <c r="F167" s="2"/>
       <c r="N167" t="s">
         <v>4</v>
       </c>
       <c r="DC167" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="168" spans="1:114">
       <c r="F168" s="2"/>
       <c r="N168" t="s">
         <v>4</v>
       </c>
       <c r="DC168" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="169" spans="1:114">
       <c r="F169" s="2"/>
       <c r="N169" t="s">
         <v>4</v>
       </c>
       <c r="DC169" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="170" spans="1:114">
       <c r="F170" s="2"/>
       <c r="N170" t="s">
         <v>4</v>
       </c>
       <c r="DC170" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="171" spans="1:114">
       <c r="F171" s="2"/>
       <c r="N171" t="s">
         <v>4</v>
       </c>
       <c r="DC171" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="172" spans="1:114">
       <c r="F172" s="2"/>
       <c r="N172" t="s">
         <v>4</v>
       </c>
       <c r="DC172" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="173" spans="1:114">
       <c r="F173" s="2"/>
       <c r="N173" t="s">
         <v>4</v>
       </c>
       <c r="DC173" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="174" spans="1:114">
       <c r="F174" s="2"/>
       <c r="N174" t="s">
         <v>4</v>
       </c>
       <c r="DC174" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="175" spans="1:114">
       <c r="F175" s="2"/>
       <c r="N175" t="s">
         <v>4</v>
       </c>
       <c r="DC175" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="176" spans="1:114">
       <c r="F176" s="2"/>
       <c r="N176" t="s">
         <v>4</v>
       </c>
       <c r="DC176" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="177" spans="1:114">
       <c r="F177" s="2"/>
       <c r="N177" t="s">
         <v>4</v>
       </c>
       <c r="DC177" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="178" spans="1:114">
       <c r="F178" s="2"/>
       <c r="N178" t="s">
         <v>4</v>
       </c>
       <c r="DC178" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="179" spans="1:114">
       <c r="F179" s="2"/>
       <c r="N179" t="s">
         <v>4</v>
       </c>
       <c r="DC179" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="180" spans="1:114">
       <c r="F180" s="2"/>
       <c r="N180" t="s">
         <v>4</v>
       </c>
       <c r="DC180" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="181" spans="1:114">
       <c r="F181" s="2"/>
       <c r="N181" t="s">
         <v>4</v>
       </c>
       <c r="DC181" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="182" spans="1:114">
       <c r="F182" s="2"/>
       <c r="N182" t="s">
         <v>4</v>
       </c>
       <c r="DC182" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="183" spans="1:114">
       <c r="F183" s="2"/>
       <c r="N183" t="s">
         <v>4</v>
       </c>
       <c r="DC183" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="184" spans="1:114">
       <c r="F184" s="2"/>
       <c r="N184" t="s">
         <v>4</v>
       </c>
       <c r="DC184" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="185" spans="1:114">
       <c r="F185" s="2"/>
       <c r="N185" t="s">
         <v>4</v>
       </c>
       <c r="DC185" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="186" spans="1:114">
       <c r="F186" s="2"/>
       <c r="N186" t="s">
         <v>4</v>
       </c>
       <c r="DC186" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="187" spans="1:114">
       <c r="F187" s="2"/>
       <c r="N187" t="s">
         <v>4</v>
       </c>
       <c r="DC187" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="188" spans="1:114">
       <c r="F188" s="2"/>
       <c r="N188" t="s">
         <v>4</v>
       </c>
       <c r="DC188" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="189" spans="1:114">
       <c r="F189" s="2"/>
       <c r="N189" t="s">
         <v>4</v>
       </c>
       <c r="DC189" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="190" spans="1:114">
       <c r="F190" s="2"/>
       <c r="N190" t="s">
         <v>4</v>
       </c>
       <c r="DC190" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="191" spans="1:114">
       <c r="F191" s="2"/>
       <c r="N191" t="s">
         <v>4</v>
       </c>
       <c r="DC191" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="192" spans="1:114">
       <c r="F192" s="2"/>
       <c r="N192" t="s">
         <v>4</v>
       </c>
       <c r="DC192" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="193" spans="1:114">
       <c r="F193" s="2"/>
       <c r="N193" t="s">
         <v>4</v>
       </c>
       <c r="DC193" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="194" spans="1:114">
       <c r="F194" s="2"/>
       <c r="N194" t="s">
         <v>4</v>
       </c>
       <c r="DC194" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="195" spans="1:114">
       <c r="F195" s="2"/>
       <c r="N195" t="s">
         <v>4</v>
       </c>
       <c r="DC195" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="196" spans="1:114">
       <c r="F196" s="2"/>
       <c r="N196" t="s">
         <v>4</v>
       </c>
       <c r="DC196" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="197" spans="1:114">
       <c r="F197" s="2"/>
       <c r="N197" t="s">
         <v>4</v>
       </c>
       <c r="DC197" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="198" spans="1:114">
       <c r="F198" s="2"/>
       <c r="N198" t="s">
         <v>4</v>
       </c>
       <c r="DC198" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="199" spans="1:114">
       <c r="F199" s="2"/>
       <c r="N199" t="s">
         <v>4</v>
       </c>
       <c r="DC199" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="200" spans="1:114">
       <c r="F200" s="2"/>
       <c r="N200" t="s">
         <v>4</v>
       </c>
       <c r="DC200" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="201" spans="1:114">
       <c r="F201" s="2"/>
       <c r="N201" t="s">
         <v>4</v>
       </c>
       <c r="DC201" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="202" spans="1:114">
       <c r="F202" s="2"/>
       <c r="N202" t="s">
         <v>4</v>
       </c>
       <c r="DC202" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="203" spans="1:114">
       <c r="F203" s="2"/>
       <c r="N203" t="s">
         <v>4</v>
       </c>
       <c r="DC203" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="204" spans="1:114">
       <c r="F204" s="2"/>
       <c r="N204" t="s">
         <v>4</v>
       </c>
       <c r="DC204" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="205" spans="1:114">
       <c r="F205" s="2"/>
       <c r="N205" t="s">
         <v>4</v>
       </c>
       <c r="DC205" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="206" spans="1:114">
       <c r="F206" s="2"/>
       <c r="N206" t="s">
         <v>4</v>
       </c>
       <c r="DC206" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="207" spans="1:114">
       <c r="F207" s="2"/>
       <c r="N207" t="s">
         <v>4</v>
       </c>
       <c r="DC207" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="208" spans="1:114">
       <c r="F208" s="2"/>
       <c r="N208" t="s">
         <v>4</v>
       </c>
       <c r="DC208" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="209" spans="1:114">
       <c r="F209" s="2"/>
       <c r="N209" t="s">
         <v>4</v>
       </c>
       <c r="DC209" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="210" spans="1:114">
       <c r="F210" s="2"/>
       <c r="N210" t="s">
         <v>4</v>
       </c>
       <c r="DC210" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="211" spans="1:114">
       <c r="F211" s="2"/>
       <c r="N211" t="s">
         <v>4</v>
       </c>
       <c r="DC211" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="212" spans="1:114">
       <c r="F212" s="2"/>
       <c r="N212" t="s">
         <v>4</v>
       </c>
       <c r="DC212" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="213" spans="1:114">
       <c r="F213" s="2"/>
       <c r="N213" t="s">
         <v>4</v>
       </c>
       <c r="DC213" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="214" spans="1:114">
       <c r="F214" s="2"/>
       <c r="N214" t="s">
         <v>4</v>
       </c>
       <c r="DC214" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="215" spans="1:114">
       <c r="F215" s="2"/>
       <c r="N215" t="s">
         <v>4</v>
       </c>
       <c r="DC215" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="216" spans="1:114">
       <c r="F216" s="2"/>
       <c r="N216" t="s">
         <v>4</v>
       </c>
       <c r="DC216" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="217" spans="1:114">
       <c r="F217" s="2"/>
       <c r="N217" t="s">
         <v>4</v>
       </c>
       <c r="DC217" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="218" spans="1:114">
       <c r="F218" s="2"/>
       <c r="N218" t="s">
         <v>4</v>
       </c>
       <c r="DC218" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="219" spans="1:114">
       <c r="F219" s="2"/>
       <c r="N219" t="s">
         <v>4</v>
       </c>
       <c r="DC219" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="220" spans="1:114">
       <c r="F220" s="2"/>
       <c r="N220" t="s">
         <v>4</v>
       </c>
       <c r="DC220" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="221" spans="1:114">
       <c r="F221" s="2"/>
       <c r="N221" t="s">
         <v>4</v>
       </c>
       <c r="DC221" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="222" spans="1:114">
       <c r="F222" s="2"/>
       <c r="N222" t="s">
         <v>4</v>
       </c>
       <c r="DC222" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="223" spans="1:114">
       <c r="F223" s="2"/>
       <c r="N223" t="s">
         <v>4</v>
       </c>
       <c r="DC223" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="224" spans="1:114">
       <c r="F224" s="2"/>
       <c r="N224" t="s">
         <v>4</v>
       </c>
       <c r="DC224" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="225" spans="1:114">
       <c r="F225" s="2"/>
       <c r="N225" t="s">
         <v>4</v>
       </c>
       <c r="DC225" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="226" spans="1:114">
       <c r="F226" s="2"/>
       <c r="N226" t="s">
         <v>4</v>
       </c>
       <c r="DC226" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="227" spans="1:114">
       <c r="F227" s="2"/>
       <c r="N227" t="s">
         <v>4</v>
       </c>
       <c r="DC227" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="228" spans="1:114">
       <c r="F228" s="2"/>
       <c r="N228" t="s">
         <v>4</v>
       </c>
       <c r="DC228" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="229" spans="1:114">
       <c r="F229" s="2"/>
       <c r="N229" t="s">
         <v>4</v>
       </c>
       <c r="DC229" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="230" spans="1:114">
       <c r="F230" s="2"/>
       <c r="N230" t="s">
         <v>4</v>
       </c>
       <c r="DC230" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="231" spans="1:114">
       <c r="F231" s="2"/>
       <c r="N231" t="s">
         <v>4</v>
       </c>
       <c r="DC231" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="232" spans="1:114">
       <c r="F232" s="2"/>
       <c r="N232" t="s">
         <v>4</v>
       </c>
       <c r="DC232" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="233" spans="1:114">
       <c r="F233" s="2"/>
       <c r="N233" t="s">
         <v>4</v>
       </c>
       <c r="DC233" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="234" spans="1:114">
       <c r="F234" s="2"/>
       <c r="N234" t="s">
         <v>4</v>
       </c>
       <c r="DC234" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="235" spans="1:114">
       <c r="F235" s="2"/>
       <c r="N235" t="s">
         <v>4</v>
       </c>
       <c r="DC235" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="236" spans="1:114">
       <c r="F236" s="2"/>
       <c r="N236" t="s">
         <v>4</v>
       </c>
       <c r="DC236" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="237" spans="1:114">
       <c r="F237" s="2"/>
       <c r="N237" t="s">
         <v>4</v>
       </c>
       <c r="DC237" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="238" spans="1:114">
       <c r="F238" s="2"/>
       <c r="N238" t="s">
         <v>4</v>
       </c>
       <c r="DC238" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="239" spans="1:114">
       <c r="F239" s="2"/>
       <c r="N239" t="s">
         <v>4</v>
       </c>
       <c r="DC239" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="240" spans="1:114">
       <c r="F240" s="2"/>
       <c r="N240" t="s">
         <v>4</v>
       </c>
       <c r="DC240" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="241" spans="1:114">
       <c r="F241" s="2"/>
       <c r="N241" t="s">
         <v>4</v>
       </c>
       <c r="DC241" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="242" spans="1:114">
       <c r="F242" s="2"/>
       <c r="N242" t="s">
         <v>4</v>
       </c>
       <c r="DC242" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="243" spans="1:114">
       <c r="F243" s="2"/>
       <c r="N243" t="s">
         <v>4</v>
       </c>
       <c r="DC243" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="244" spans="1:114">
       <c r="F244" s="2"/>
       <c r="N244" t="s">
         <v>4</v>
       </c>
       <c r="DC244" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="245" spans="1:114">
       <c r="F245" s="2"/>
       <c r="N245" t="s">
         <v>4</v>
       </c>
       <c r="DC245" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="246" spans="1:114">
       <c r="F246" s="2"/>
       <c r="N246" t="s">
         <v>4</v>
       </c>
       <c r="DC246" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="247" spans="1:114">
       <c r="F247" s="2"/>
       <c r="N247" t="s">
         <v>4</v>
       </c>
       <c r="DC247" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="248" spans="1:114">
       <c r="F248" s="2"/>
       <c r="N248" t="s">
         <v>4</v>
       </c>
       <c r="DC248" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="249" spans="1:114">
       <c r="F249" s="2"/>
       <c r="N249" t="s">
         <v>4</v>
       </c>
       <c r="DC249" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="250" spans="1:114">
       <c r="F250" s="2"/>
       <c r="N250" t="s">
         <v>4</v>
       </c>
       <c r="DC250" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="251" spans="1:114">
       <c r="F251" s="2"/>
       <c r="N251" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="252" spans="1:114">
       <c r="F252" s="2"/>
       <c r="N252" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="253" spans="1:114">
       <c r="F253" s="2"/>
       <c r="N253" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="254" spans="1:114">
       <c r="F254" s="2"/>
       <c r="N254" t="s">
         <v>4</v>
       </c>
@@ -9144,87 +9150,87 @@
       <c r="F998" s="2"/>
       <c r="N998" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="999" spans="1:114">
       <c r="F999" s="2"/>
       <c r="N999" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="1000" spans="1:114">
       <c r="F1000" s="2"/>
       <c r="N1000" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="13">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AA5:AA1000">
-      <formula1>'Worksheet'!$DJ$1:$DJ$11</formula1>
+      <formula1>'Worksheet'!$DJ$1:$DJ$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AB5:AB1000">
-      <formula1>'Worksheet'!$DJ$1:$DJ$11</formula1>
+      <formula1>'Worksheet'!$DJ$1:$DJ$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="B5:B1000">
-      <formula1>'Worksheet'!$DA$1:$DA$6</formula1>
+      <formula1>'Worksheet'!$DA$1:$DA$8</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="J5:J1000">
       <formula1>'Worksheet'!$DB$1:$DB$63</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="K5:K1000">
       <formula1>'Worksheet'!$DC$1:$DC$250</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
       <formula1>'Worksheet'!$DD$1:$DD$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="R5:R1000">
       <formula1>'Worksheet'!$DE$1:$DE$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="T5:T1000">
       <formula1>'Worksheet'!$DF$1:$DF$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="V5:V1000">
       <formula1>'Worksheet'!$DG$1:$DG$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="W5:W1000">
       <formula1>'Worksheet'!$DH$1:$DH$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="X5:X1000">
       <formula1>'Worksheet'!$DI$1:$DI$27</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Y5:Y1000">
-      <formula1>'Worksheet'!$DJ$1:$DJ$11</formula1>
+      <formula1>'Worksheet'!$DJ$1:$DJ$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Z5:Z1000">
-      <formula1>'Worksheet'!$DJ$1:$DJ$11</formula1>
+      <formula1>'Worksheet'!$DJ$1:$DJ$10</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>