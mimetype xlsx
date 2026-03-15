--- v2 (2026-01-28)
+++ v3 (2026-03-15)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="416">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="409">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>TR/Mini-TR</t>
   </si>
   <si>
     <t>New Brunswick</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Mother</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Mini-Track Rascal (Sept 2025)</t>
   </si>
   <si>
@@ -119,393 +119,372 @@
   <si>
     <t>1030658:typeValue:0:370937</t>
   </si>
   <si>
     <t>1030658:typeValue:2:370938</t>
   </si>
   <si>
     <t>1030658:typeValue:3:370939</t>
   </si>
   <si>
     <t>1030658:age_category</t>
   </si>
   <si>
     <t>1030658:reg_event:1</t>
   </si>
   <si>
     <t>1030658:reg_event:2</t>
   </si>
   <si>
     <t>1030658:reg_event:3</t>
   </si>
   <si>
     <t>1030658:reg_event:4</t>
   </si>
   <si>
-    <t>Cross Country</t>
-[...1 lines deleted...]
-  <si>
     <t>Ontario</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>Father</t>
   </si>
   <si>
     <t>Track Rascal (Sept 2025)</t>
   </si>
   <si>
     <t>Event Registration - 2025/2026 Kamloops Track and Field Club Membership Registraton</t>
   </si>
   <si>
+    <t>Nova Scotia</t>
+  </si>
+  <si>
+    <t>Andorra</t>
+  </si>
+  <si>
+    <t>Mini-Track Rascal (Nov 2025)</t>
+  </si>
+  <si>
+    <t>BCA #</t>
+  </si>
+  <si>
+    <t>Registration Season</t>
+  </si>
+  <si>
+    <t>First Name</t>
+  </si>
+  <si>
+    <t>Last Name</t>
+  </si>
+  <si>
+    <t>Competition Gender</t>
+  </si>
+  <si>
+    <t>Date of Birth (YYYY-MM-DD)</t>
+  </si>
+  <si>
+    <t>Address</t>
+  </si>
+  <si>
+    <t>Address 2</t>
+  </si>
+  <si>
+    <t>City</t>
+  </si>
+  <si>
+    <t>Province/State</t>
+  </si>
+  <si>
+    <t>Country</t>
+  </si>
+  <si>
+    <t>Postal Code</t>
+  </si>
+  <si>
+    <t>Athlete/Parent Email if a minor</t>
+  </si>
+  <si>
+    <t>Email Opt In</t>
+  </si>
+  <si>
+    <t>Athlete/Parent Phone #</t>
+  </si>
+  <si>
+    <t>Emergency First Name</t>
+  </si>
+  <si>
+    <t>Emergency Last Name</t>
+  </si>
+  <si>
+    <t>Emergency Relationship</t>
+  </si>
+  <si>
+    <t>Emergency Phone</t>
+  </si>
+  <si>
+    <t>Medical Alerts</t>
+  </si>
+  <si>
+    <t>If yes, what type of alert?</t>
+  </si>
+  <si>
+    <t>Have/ will  you discussed issue with coach?</t>
+  </si>
+  <si>
+    <t>Have you already paid the volunteer fee for 2025/2026 in any of the Cross County, Indoor (2025-2026), or Outdoor (2026) seasons? (Not required for High School Special Program Athletes)</t>
+  </si>
+  <si>
+    <t>Category</t>
+  </si>
+  <si>
+    <t>Membership type #1</t>
+  </si>
+  <si>
+    <t>Membership type #2</t>
+  </si>
+  <si>
+    <t>Membership type #3</t>
+  </si>
+  <si>
+    <t>Membership type #4</t>
+  </si>
+  <si>
+    <t>Newfoundland &amp; Labrador</t>
+  </si>
+  <si>
+    <t>United Arab Emirates</t>
+  </si>
+  <si>
+    <t>Track Rascal (Nov 2025)</t>
+  </si>
+  <si>
+    <t>Prince Edward Island</t>
+  </si>
+  <si>
+    <t>Afghanistan</t>
+  </si>
+  <si>
+    <t>Mini-Track Rascal (Jan 2026)</t>
+  </si>
+  <si>
+    <t>Quebec</t>
+  </si>
+  <si>
+    <t>Antigua and Barbuda</t>
+  </si>
+  <si>
+    <t>Track Rascal (Jan 2026)</t>
+  </si>
+  <si>
+    <t>Manitoba</t>
+  </si>
+  <si>
+    <t>Anguilla</t>
+  </si>
+  <si>
+    <t>Mini-Track Rascal (May 2026)</t>
+  </si>
+  <si>
+    <t>Saskatchewan</t>
+  </si>
+  <si>
+    <t>Albania</t>
+  </si>
+  <si>
+    <t>Track Rascal (May 2026)</t>
+  </si>
+  <si>
+    <t>TR (May 2025)</t>
+  </si>
+  <si>
+    <t>Yukon</t>
+  </si>
+  <si>
+    <t>Armenia</t>
+  </si>
+  <si>
+    <t>Annual Program</t>
+  </si>
+  <si>
+    <t>Northwest Territories</t>
+  </si>
+  <si>
+    <t>Angola</t>
+  </si>
+  <si>
+    <t>JD XC (2/week)</t>
+  </si>
+  <si>
+    <t>Alberta</t>
+  </si>
+  <si>
+    <t>Antarctica</t>
+  </si>
+  <si>
+    <t>XC13+</t>
+  </si>
+  <si>
+    <t>British Columbia</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
     <t>Base Training</t>
   </si>
   <si>
-    <t>Nova Scotia</t>
-[...190 lines deleted...]
-  <si>
     <t>Nunavut</t>
   </si>
   <si>
     <t>American Samoa</t>
   </si>
   <si>
     <t>High Performance Throws (2X/Day)</t>
   </si>
   <si>
-    <t>Throws  Only - Sept-Oct</t>
-[...1 lines deleted...]
-  <si>
     <t>Alabama</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>U10 (9)</t>
   </si>
   <si>
     <t>Alaska</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>U12 (10-11)</t>
   </si>
   <si>
-    <t>Indoor Season - 13 and older</t>
-[...1 lines deleted...]
-  <si>
     <t>Arizona</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>U14 (12-13)</t>
   </si>
   <si>
-    <t>Indoor Season - Middle Distance</t>
-[...1 lines deleted...]
-  <si>
     <t>Arkansas</t>
   </si>
   <si>
     <t>&amp;Aring;land</t>
   </si>
   <si>
     <t>U14 (13 years only, 4x/week)</t>
   </si>
   <si>
-    <t>Throws Only (indoor)</t>
-[...1 lines deleted...]
-  <si>
     <t>California</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
     <t>U16 (2011-2012)</t>
   </si>
   <si>
+    <t>Outdoor Season (JD 9-13)</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>U18 (2009-2010)</t>
   </si>
   <si>
+    <t>Outdoor Season (13 and older)</t>
+  </si>
+  <si>
     <t>Connecticut</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>U20 (2007-2008)</t>
   </si>
   <si>
+    <t>Outdoor Season - Middle Distance</t>
+  </si>
+  <si>
     <t>Delaware</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Senior (20-34):(1992-2006)</t>
   </si>
   <si>
+    <t>Oudoor Throws (2X/Week)</t>
+  </si>
+  <si>
     <t>Florida</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Masters (35+): 1991 or earlier</t>
   </si>
   <si>
+    <t>High School T&amp;F Training (Twice/Week)</t>
+  </si>
+  <si>
     <t>Georgia</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>Middle Distance Only (Age 13-Senior)</t>
   </si>
   <si>
     <t>High Performance Throws (2x/day)</t>
   </si>
   <si>
     <t>Hawaii</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>Throws Only (2X/Week)</t>
   </si>
   <si>
     <t>Idaho</t>
   </si>
   <si>
     <t>Bahrain</t>
-  </si>
-[...1 lines deleted...]
-    <t>High School T&amp;F Training (Twice/Week)</t>
   </si>
   <si>
     <t>Illinois</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
     <t>High Per Throws (Special)(2x/week)</t>
   </si>
   <si>
     <t>Indiana</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
     <t>HS Football Sprint Training</t>
   </si>
   <si>
     <t>PV Special</t>
   </si>
   <si>
     <t>Iowa</t>
   </si>
@@ -1651,82 +1630,82 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:DJ1000"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="32" bestFit="true" customWidth="true" style="0"/>
-    <col min="105" max="105" width="34" bestFit="true" customWidth="true" style="0"/>
+    <col min="105" max="105" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="106" max="106" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="52" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="37" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="108" max="108" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="110" max="110" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="51" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="4" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="152" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="218" bestFit="true" customWidth="true" style="0"/>
     <col min="112" max="112" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="44" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="24" bestFit="true" customWidth="true" style="0"/>
-    <col min="114" max="114" width="38" bestFit="true" customWidth="true" style="0"/>
+    <col min="114" max="114" width="44" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="23" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:114" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
       <c r="DB1" t="s">
         <v>2</v>
       </c>
       <c r="DC1" t="s">
         <v>3</v>
       </c>
       <c r="DD1" t="s">
         <v>4</v>
       </c>
       <c r="DE1" t="s">
         <v>5</v>
       </c>
@@ -1806,81 +1785,79 @@
       </c>
       <c r="U2" t="s">
         <v>28</v>
       </c>
       <c r="V2" t="s">
         <v>29</v>
       </c>
       <c r="W2" t="s">
         <v>30</v>
       </c>
       <c r="X2" t="s">
         <v>31</v>
       </c>
       <c r="Y2" t="s">
         <v>32</v>
       </c>
       <c r="Z2" t="s">
         <v>33</v>
       </c>
       <c r="AA2" t="s">
         <v>34</v>
       </c>
       <c r="AB2" t="s">
         <v>35</v>
       </c>
-      <c r="DA2" t="s">
+      <c r="DA2"/>
+      <c r="DB2" t="s">
         <v>36</v>
       </c>
-      <c r="DB2" t="s">
+      <c r="DC2" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="DD2" t="s">
         <v>6</v>
       </c>
       <c r="DE2" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="DF2" t="s">
         <v>6</v>
       </c>
       <c r="DG2" t="s">
         <v>6</v>
       </c>
       <c r="DH2" t="s">
         <v>4</v>
       </c>
       <c r="DI2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="3" spans="1:114">
       <c r="A3" s="3" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -1941,150 +1918,145 @@
       <c r="CB3" s="3"/>
       <c r="CC3" s="3"/>
       <c r="CD3" s="3"/>
       <c r="CE3" s="3"/>
       <c r="CF3" s="3"/>
       <c r="CG3" s="3"/>
       <c r="CH3" s="3"/>
       <c r="CI3" s="3"/>
       <c r="CJ3" s="3"/>
       <c r="CK3" s="3"/>
       <c r="CL3" s="3"/>
       <c r="CM3" s="3"/>
       <c r="CN3" s="3"/>
       <c r="CO3" s="3"/>
       <c r="CP3" s="3"/>
       <c r="CQ3" s="3"/>
       <c r="CR3" s="3"/>
       <c r="CS3" s="3"/>
       <c r="CT3" s="3"/>
       <c r="CU3" s="3"/>
       <c r="CV3" s="3"/>
       <c r="CW3" s="3"/>
       <c r="CX3" s="3"/>
       <c r="CY3" s="3"/>
       <c r="CZ3" s="3"/>
-      <c r="DA3" t="s">
+      <c r="DA3"/>
+      <c r="DB3" t="s">
+        <v>41</v>
+      </c>
+      <c r="DC3" t="s">
         <v>42</v>
       </c>
-      <c r="DB3" t="s">
+      <c r="DI3" t="s">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="4" spans="1:114">
       <c r="A4" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C4" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="D4" s="4" t="s">
         <v>47</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="E4" s="4" t="s">
         <v>48</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="F4" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="E4" s="4" t="s">
+      <c r="G4" s="4" t="s">
         <v>50</v>
       </c>
-      <c r="F4" s="4" t="s">
+      <c r="H4" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="G4" s="4" t="s">
+      <c r="I4" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="H4" s="4" t="s">
+      <c r="J4" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="I4" s="4" t="s">
+      <c r="K4" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="J4" s="4" t="s">
+      <c r="L4" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="K4" s="4" t="s">
+      <c r="M4" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="L4" s="4" t="s">
+      <c r="N4" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="M4" s="4" t="s">
+      <c r="O4" s="4" t="s">
         <v>58</v>
       </c>
-      <c r="N4" s="4" t="s">
+      <c r="P4" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="O4" s="4" t="s">
+      <c r="Q4" s="4" t="s">
         <v>60</v>
       </c>
-      <c r="P4" s="4" t="s">
+      <c r="R4" s="4" t="s">
         <v>61</v>
       </c>
-      <c r="Q4" s="4" t="s">
+      <c r="S4" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="R4" s="4" t="s">
+      <c r="T4" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="S4" s="4" t="s">
+      <c r="U4" s="4" t="s">
         <v>64</v>
       </c>
-      <c r="T4" s="4" t="s">
+      <c r="V4" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="U4" s="4" t="s">
+      <c r="W4" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="V4" s="4" t="s">
+      <c r="X4" s="4" t="s">
         <v>67</v>
       </c>
-      <c r="W4" s="4" t="s">
+      <c r="Y4" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="X4" s="4" t="s">
+      <c r="Z4" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="Y4" s="4" t="s">
+      <c r="AA4" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="Z4" s="4" t="s">
+      <c r="AB4" s="4" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
       <c r="AC4" s="4"/>
       <c r="AD4" s="4"/>
       <c r="AE4" s="4"/>
       <c r="AF4" s="4"/>
       <c r="AG4" s="4"/>
       <c r="AH4" s="4"/>
       <c r="AI4" s="4"/>
       <c r="AJ4" s="4"/>
       <c r="AK4" s="4"/>
       <c r="AL4" s="4"/>
       <c r="AM4" s="4"/>
       <c r="AN4" s="4"/>
       <c r="AO4" s="4"/>
       <c r="AP4" s="4"/>
       <c r="AQ4" s="4"/>
       <c r="AR4" s="4"/>
       <c r="AS4" s="4"/>
       <c r="AT4" s="4"/>
       <c r="AU4" s="4"/>
       <c r="AV4" s="4"/>
       <c r="AW4" s="4"/>
       <c r="AX4" s="4"/>
       <c r="AY4" s="4"/>
       <c r="AZ4" s="4"/>
@@ -2118,2572 +2090,2558 @@
       <c r="CB4" s="4"/>
       <c r="CC4" s="4"/>
       <c r="CD4" s="4"/>
       <c r="CE4" s="4"/>
       <c r="CF4" s="4"/>
       <c r="CG4" s="4"/>
       <c r="CH4" s="4"/>
       <c r="CI4" s="4"/>
       <c r="CJ4" s="4"/>
       <c r="CK4" s="4"/>
       <c r="CL4" s="4"/>
       <c r="CM4" s="4"/>
       <c r="CN4" s="4"/>
       <c r="CO4" s="4"/>
       <c r="CP4" s="4"/>
       <c r="CQ4" s="4"/>
       <c r="CR4" s="4"/>
       <c r="CS4" s="4"/>
       <c r="CT4" s="4"/>
       <c r="CU4" s="4"/>
       <c r="CV4" s="4"/>
       <c r="CW4" s="4"/>
       <c r="CX4" s="4"/>
       <c r="CY4" s="4"/>
       <c r="CZ4" s="4"/>
-      <c r="DA4" t="s">
+      <c r="DA4"/>
+      <c r="DB4" t="s">
+        <v>72</v>
+      </c>
+      <c r="DC4" t="s">
+        <v>73</v>
+      </c>
+      <c r="DI4" t="s">
         <v>74</v>
-      </c>
-[...10 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:114">
       <c r="B5"/>
       <c r="F5" s="2"/>
       <c r="J5"/>
       <c r="K5"/>
       <c r="N5" t="s">
         <v>4</v>
       </c>
       <c r="R5"/>
       <c r="T5"/>
       <c r="V5"/>
       <c r="W5"/>
       <c r="X5"/>
       <c r="Y5"/>
       <c r="Z5"/>
       <c r="AA5"/>
       <c r="AB5"/>
-      <c r="DA5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="DB5" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="DC5" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="DI5" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>77</v>
       </c>
     </row>
     <row r="6" spans="1:114">
       <c r="F6" s="2"/>
       <c r="N6" t="s">
         <v>4</v>
       </c>
-      <c r="DA6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="DB6" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="DC6" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="DI6" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="7" spans="1:114">
       <c r="F7" s="2"/>
       <c r="N7" t="s">
         <v>4</v>
       </c>
-      <c r="DA7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="DB7" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="DC7" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="DI7" t="s">
-        <v>91</v>
+        <v>83</v>
+      </c>
+      <c r="DJ7" t="s">
+        <v>83</v>
       </c>
     </row>
     <row r="8" spans="1:114">
       <c r="F8" s="2"/>
       <c r="N8" t="s">
         <v>4</v>
       </c>
-      <c r="DA8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="DB8" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
       <c r="DC8" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="DI8" t="s">
-        <v>95</v>
+        <v>86</v>
+      </c>
+      <c r="DJ8" t="s">
+        <v>87</v>
       </c>
     </row>
     <row r="9" spans="1:114">
       <c r="F9" s="2"/>
       <c r="N9" t="s">
         <v>4</v>
       </c>
       <c r="DB9" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="DC9" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="DI9" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:114">
       <c r="F10" s="2"/>
       <c r="N10" t="s">
         <v>4</v>
       </c>
       <c r="DB10" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="DC10" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="DI10" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:114">
       <c r="F11" s="2"/>
       <c r="N11" t="s">
         <v>4</v>
       </c>
       <c r="DB11" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="DC11" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="DI11" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
     </row>
     <row r="12" spans="1:114">
       <c r="F12" s="2"/>
       <c r="N12" t="s">
         <v>4</v>
       </c>
       <c r="DB12" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="DC12" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="DI12" t="s">
-        <v>42</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:114">
       <c r="F13" s="2"/>
       <c r="N13" t="s">
         <v>4</v>
       </c>
       <c r="DB13" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="DC13" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="DI13" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>102</v>
       </c>
     </row>
     <row r="14" spans="1:114">
       <c r="F14" s="2"/>
       <c r="N14" t="s">
         <v>4</v>
       </c>
       <c r="DB14" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="DC14" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="DI14" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
     </row>
     <row r="15" spans="1:114">
       <c r="F15" s="2"/>
       <c r="N15" t="s">
         <v>4</v>
       </c>
       <c r="DB15" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="DC15" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="DI15" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>108</v>
       </c>
     </row>
     <row r="16" spans="1:114">
       <c r="F16" s="2"/>
       <c r="N16" t="s">
         <v>4</v>
       </c>
       <c r="DB16" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="DC16" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="DI16" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>111</v>
       </c>
     </row>
     <row r="17" spans="1:114">
       <c r="F17" s="2"/>
       <c r="N17" t="s">
         <v>4</v>
       </c>
       <c r="DB17" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="DC17" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="DI17" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>114</v>
       </c>
     </row>
     <row r="18" spans="1:114">
       <c r="F18" s="2"/>
       <c r="N18" t="s">
         <v>4</v>
       </c>
       <c r="DB18" t="s">
-        <v>126</v>
+        <v>115</v>
       </c>
       <c r="DC18" t="s">
-        <v>127</v>
+        <v>116</v>
       </c>
       <c r="DI18" t="s">
-        <v>128</v>
+        <v>117</v>
+      </c>
+      <c r="DJ18" t="s">
+        <v>118</v>
       </c>
     </row>
     <row r="19" spans="1:114">
       <c r="F19" s="2"/>
       <c r="N19" t="s">
         <v>4</v>
       </c>
       <c r="DB19" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="DC19" t="s">
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="DI19" t="s">
-        <v>131</v>
+        <v>121</v>
+      </c>
+      <c r="DJ19" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="20" spans="1:114">
       <c r="F20" s="2"/>
       <c r="N20" t="s">
         <v>4</v>
       </c>
       <c r="DB20" t="s">
-        <v>132</v>
+        <v>123</v>
       </c>
       <c r="DC20" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
       <c r="DI20" t="s">
-        <v>134</v>
+        <v>125</v>
+      </c>
+      <c r="DJ20" t="s">
+        <v>126</v>
       </c>
     </row>
     <row r="21" spans="1:114">
       <c r="F21" s="2"/>
       <c r="N21" t="s">
         <v>4</v>
       </c>
       <c r="DB21" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="DC21" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="DI21" t="s">
-        <v>137</v>
+        <v>129</v>
+      </c>
+      <c r="DJ21" t="s">
+        <v>130</v>
       </c>
     </row>
     <row r="22" spans="1:114">
       <c r="F22" s="2"/>
       <c r="N22" t="s">
         <v>4</v>
       </c>
       <c r="DB22" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="DC22" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="DI22" t="s">
-        <v>140</v>
+        <v>133</v>
+      </c>
+      <c r="DJ22" t="s">
+        <v>134</v>
       </c>
     </row>
     <row r="23" spans="1:114">
       <c r="F23" s="2"/>
       <c r="N23" t="s">
         <v>4</v>
       </c>
       <c r="DB23" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="DC23" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="DI23" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="DJ23" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
     </row>
     <row r="24" spans="1:114">
       <c r="F24" s="2"/>
       <c r="N24" t="s">
         <v>4</v>
       </c>
       <c r="DB24" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="DC24" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="DI24" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:114">
       <c r="F25" s="2"/>
       <c r="N25" t="s">
         <v>4</v>
       </c>
       <c r="DB25" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="DC25" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="DI25" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:114">
       <c r="F26" s="2"/>
       <c r="N26" t="s">
         <v>4</v>
       </c>
       <c r="DB26" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="DC26" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="DI26" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
     </row>
     <row r="27" spans="1:114">
       <c r="F27" s="2"/>
       <c r="N27" t="s">
         <v>4</v>
       </c>
       <c r="DB27" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="DC27" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="DI27" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="DJ27" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:114">
       <c r="F28" s="2"/>
       <c r="N28" t="s">
         <v>4</v>
       </c>
       <c r="DB28" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="DC28" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
     </row>
     <row r="29" spans="1:114">
       <c r="F29" s="2"/>
       <c r="N29" t="s">
         <v>4</v>
       </c>
       <c r="DB29" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="DC29" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
     </row>
     <row r="30" spans="1:114">
       <c r="F30" s="2"/>
       <c r="N30" t="s">
         <v>4</v>
       </c>
       <c r="DB30" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="DC30" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
     </row>
     <row r="31" spans="1:114">
       <c r="F31" s="2"/>
       <c r="N31" t="s">
         <v>4</v>
       </c>
       <c r="DB31" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="DC31" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
     </row>
     <row r="32" spans="1:114">
       <c r="F32" s="2"/>
       <c r="N32" t="s">
         <v>4</v>
       </c>
       <c r="DB32" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="DC32" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:114">
       <c r="F33" s="2"/>
       <c r="N33" t="s">
         <v>4</v>
       </c>
       <c r="DB33" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="DC33" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
     </row>
     <row r="34" spans="1:114">
       <c r="F34" s="2"/>
       <c r="N34" t="s">
         <v>4</v>
       </c>
       <c r="DB34" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="DC34" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
     </row>
     <row r="35" spans="1:114">
       <c r="F35" s="2"/>
       <c r="N35" t="s">
         <v>4</v>
       </c>
       <c r="DB35" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="DC35" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
     </row>
     <row r="36" spans="1:114">
       <c r="F36" s="2"/>
       <c r="N36" t="s">
         <v>4</v>
       </c>
       <c r="DB36" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="DC36" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
     </row>
     <row r="37" spans="1:114">
       <c r="F37" s="2"/>
       <c r="N37" t="s">
         <v>4</v>
       </c>
       <c r="DB37" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="DC37" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
     </row>
     <row r="38" spans="1:114">
       <c r="F38" s="2"/>
       <c r="N38" t="s">
         <v>4</v>
       </c>
       <c r="DB38" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="DC38" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
     </row>
     <row r="39" spans="1:114">
       <c r="F39" s="2"/>
       <c r="N39" t="s">
         <v>4</v>
       </c>
       <c r="DB39" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="DC39" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
     </row>
     <row r="40" spans="1:114">
       <c r="F40" s="2"/>
       <c r="N40" t="s">
         <v>4</v>
       </c>
       <c r="DB40" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="DC40" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
     </row>
     <row r="41" spans="1:114">
       <c r="F41" s="2"/>
       <c r="N41" t="s">
         <v>4</v>
       </c>
       <c r="DB41" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="DC41" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
     </row>
     <row r="42" spans="1:114">
       <c r="F42" s="2"/>
       <c r="N42" t="s">
         <v>4</v>
       </c>
       <c r="DB42" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="DC42" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:114">
       <c r="F43" s="2"/>
       <c r="N43" t="s">
         <v>4</v>
       </c>
       <c r="DB43" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="DC43" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
     </row>
     <row r="44" spans="1:114">
       <c r="F44" s="2"/>
       <c r="N44" t="s">
         <v>4</v>
       </c>
       <c r="DB44" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="DC44" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
     </row>
     <row r="45" spans="1:114">
       <c r="F45" s="2"/>
       <c r="N45" t="s">
         <v>4</v>
       </c>
       <c r="DB45" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="DC45" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
     </row>
     <row r="46" spans="1:114">
       <c r="F46" s="2"/>
       <c r="N46" t="s">
         <v>4</v>
       </c>
       <c r="DB46" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="DC46" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
     </row>
     <row r="47" spans="1:114">
       <c r="F47" s="2"/>
       <c r="N47" t="s">
         <v>4</v>
       </c>
       <c r="DB47" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="DC47" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
     </row>
     <row r="48" spans="1:114">
       <c r="F48" s="2"/>
       <c r="N48" t="s">
         <v>4</v>
       </c>
       <c r="DB48" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="DC48" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
     </row>
     <row r="49" spans="1:114">
       <c r="F49" s="2"/>
       <c r="N49" t="s">
         <v>4</v>
       </c>
       <c r="DB49" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="DC49" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
     </row>
     <row r="50" spans="1:114">
       <c r="F50" s="2"/>
       <c r="N50" t="s">
         <v>4</v>
       </c>
       <c r="DB50" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="DC50" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
     </row>
     <row r="51" spans="1:114">
       <c r="F51" s="2"/>
       <c r="N51" t="s">
         <v>4</v>
       </c>
       <c r="DB51" t="s">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="DC51" t="s">
-        <v>205</v>
+        <v>198</v>
       </c>
     </row>
     <row r="52" spans="1:114">
       <c r="F52" s="2"/>
       <c r="N52" t="s">
         <v>4</v>
       </c>
       <c r="DB52" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="DC52" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:114">
       <c r="F53" s="2"/>
       <c r="N53" t="s">
         <v>4</v>
       </c>
       <c r="DB53" t="s">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="DC53" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
     </row>
     <row r="54" spans="1:114">
       <c r="F54" s="2"/>
       <c r="N54" t="s">
         <v>4</v>
       </c>
       <c r="DB54" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="DC54" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
     </row>
     <row r="55" spans="1:114">
       <c r="F55" s="2"/>
       <c r="N55" t="s">
         <v>4</v>
       </c>
       <c r="DB55" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="DC55" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
     </row>
     <row r="56" spans="1:114">
       <c r="F56" s="2"/>
       <c r="N56" t="s">
         <v>4</v>
       </c>
       <c r="DB56" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="DC56" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
     </row>
     <row r="57" spans="1:114">
       <c r="F57" s="2"/>
       <c r="N57" t="s">
         <v>4</v>
       </c>
       <c r="DB57" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="DC57" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
     </row>
     <row r="58" spans="1:114">
       <c r="F58" s="2"/>
       <c r="N58" t="s">
         <v>4</v>
       </c>
       <c r="DB58" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="DC58" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
     </row>
     <row r="59" spans="1:114">
       <c r="F59" s="2"/>
       <c r="N59" t="s">
         <v>4</v>
       </c>
       <c r="DB59" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="DC59" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
     </row>
     <row r="60" spans="1:114">
       <c r="F60" s="2"/>
       <c r="N60" t="s">
         <v>4</v>
       </c>
       <c r="DB60" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="DC60" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
     </row>
     <row r="61" spans="1:114">
       <c r="F61" s="2"/>
       <c r="N61" t="s">
         <v>4</v>
       </c>
       <c r="DB61" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="DC61" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
     </row>
     <row r="62" spans="1:114">
       <c r="F62" s="2"/>
       <c r="N62" t="s">
         <v>4</v>
       </c>
       <c r="DB62" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="DC62" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
     </row>
     <row r="63" spans="1:114">
       <c r="F63" s="2"/>
       <c r="N63" t="s">
         <v>4</v>
       </c>
       <c r="DB63" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="DC63" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
     </row>
     <row r="64" spans="1:114">
       <c r="F64" s="2"/>
       <c r="N64" t="s">
         <v>4</v>
       </c>
       <c r="DC64" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
     </row>
     <row r="65" spans="1:114">
       <c r="F65" s="2"/>
       <c r="N65" t="s">
         <v>4</v>
       </c>
       <c r="DC65" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
     </row>
     <row r="66" spans="1:114">
       <c r="F66" s="2"/>
       <c r="N66" t="s">
         <v>4</v>
       </c>
       <c r="DC66" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
     </row>
     <row r="67" spans="1:114">
       <c r="F67" s="2"/>
       <c r="N67" t="s">
         <v>4</v>
       </c>
       <c r="DC67" t="s">
-        <v>233</v>
+        <v>226</v>
       </c>
     </row>
     <row r="68" spans="1:114">
       <c r="F68" s="2"/>
       <c r="N68" t="s">
         <v>4</v>
       </c>
       <c r="DC68" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
     </row>
     <row r="69" spans="1:114">
       <c r="F69" s="2"/>
       <c r="N69" t="s">
         <v>4</v>
       </c>
       <c r="DC69" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
     </row>
     <row r="70" spans="1:114">
       <c r="F70" s="2"/>
       <c r="N70" t="s">
         <v>4</v>
       </c>
       <c r="DC70" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
     </row>
     <row r="71" spans="1:114">
       <c r="F71" s="2"/>
       <c r="N71" t="s">
         <v>4</v>
       </c>
       <c r="DC71" t="s">
-        <v>237</v>
+        <v>230</v>
       </c>
     </row>
     <row r="72" spans="1:114">
       <c r="F72" s="2"/>
       <c r="N72" t="s">
         <v>4</v>
       </c>
       <c r="DC72" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
     </row>
     <row r="73" spans="1:114">
       <c r="F73" s="2"/>
       <c r="N73" t="s">
         <v>4</v>
       </c>
       <c r="DC73" t="s">
-        <v>239</v>
+        <v>232</v>
       </c>
     </row>
     <row r="74" spans="1:114">
       <c r="F74" s="2"/>
       <c r="N74" t="s">
         <v>4</v>
       </c>
       <c r="DC74" t="s">
-        <v>240</v>
+        <v>233</v>
       </c>
     </row>
     <row r="75" spans="1:114">
       <c r="F75" s="2"/>
       <c r="N75" t="s">
         <v>4</v>
       </c>
       <c r="DC75" t="s">
-        <v>241</v>
+        <v>234</v>
       </c>
     </row>
     <row r="76" spans="1:114">
       <c r="F76" s="2"/>
       <c r="N76" t="s">
         <v>4</v>
       </c>
       <c r="DC76" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
     </row>
     <row r="77" spans="1:114">
       <c r="F77" s="2"/>
       <c r="N77" t="s">
         <v>4</v>
       </c>
       <c r="DC77" t="s">
-        <v>243</v>
+        <v>236</v>
       </c>
     </row>
     <row r="78" spans="1:114">
       <c r="F78" s="2"/>
       <c r="N78" t="s">
         <v>4</v>
       </c>
       <c r="DC78" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
     </row>
     <row r="79" spans="1:114">
       <c r="F79" s="2"/>
       <c r="N79" t="s">
         <v>4</v>
       </c>
       <c r="DC79" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
     </row>
     <row r="80" spans="1:114">
       <c r="F80" s="2"/>
       <c r="N80" t="s">
         <v>4</v>
       </c>
       <c r="DC80" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
     </row>
     <row r="81" spans="1:114">
       <c r="F81" s="2"/>
       <c r="N81" t="s">
         <v>4</v>
       </c>
       <c r="DC81" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
     </row>
     <row r="82" spans="1:114">
       <c r="F82" s="2"/>
       <c r="N82" t="s">
         <v>4</v>
       </c>
       <c r="DC82" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
     </row>
     <row r="83" spans="1:114">
       <c r="F83" s="2"/>
       <c r="N83" t="s">
         <v>4</v>
       </c>
       <c r="DC83" t="s">
-        <v>248</v>
+        <v>241</v>
       </c>
     </row>
     <row r="84" spans="1:114">
       <c r="F84" s="2"/>
       <c r="N84" t="s">
         <v>4</v>
       </c>
       <c r="DC84" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
     </row>
     <row r="85" spans="1:114">
       <c r="F85" s="2"/>
       <c r="N85" t="s">
         <v>4</v>
       </c>
       <c r="DC85" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
     </row>
     <row r="86" spans="1:114">
       <c r="F86" s="2"/>
       <c r="N86" t="s">
         <v>4</v>
       </c>
       <c r="DC86" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
     </row>
     <row r="87" spans="1:114">
       <c r="F87" s="2"/>
       <c r="N87" t="s">
         <v>4</v>
       </c>
       <c r="DC87" t="s">
-        <v>252</v>
+        <v>245</v>
       </c>
     </row>
     <row r="88" spans="1:114">
       <c r="F88" s="2"/>
       <c r="N88" t="s">
         <v>4</v>
       </c>
       <c r="DC88" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
     </row>
     <row r="89" spans="1:114">
       <c r="F89" s="2"/>
       <c r="N89" t="s">
         <v>4</v>
       </c>
       <c r="DC89" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
     </row>
     <row r="90" spans="1:114">
       <c r="F90" s="2"/>
       <c r="N90" t="s">
         <v>4</v>
       </c>
       <c r="DC90" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
     </row>
     <row r="91" spans="1:114">
       <c r="F91" s="2"/>
       <c r="N91" t="s">
         <v>4</v>
       </c>
       <c r="DC91" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
     </row>
     <row r="92" spans="1:114">
       <c r="F92" s="2"/>
       <c r="N92" t="s">
         <v>4</v>
       </c>
       <c r="DC92" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:114">
       <c r="F93" s="2"/>
       <c r="N93" t="s">
         <v>4</v>
       </c>
       <c r="DC93" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
     </row>
     <row r="94" spans="1:114">
       <c r="F94" s="2"/>
       <c r="N94" t="s">
         <v>4</v>
       </c>
       <c r="DC94" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
     </row>
     <row r="95" spans="1:114">
       <c r="F95" s="2"/>
       <c r="N95" t="s">
         <v>4</v>
       </c>
       <c r="DC95" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
     </row>
     <row r="96" spans="1:114">
       <c r="F96" s="2"/>
       <c r="N96" t="s">
         <v>4</v>
       </c>
       <c r="DC96" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
     </row>
     <row r="97" spans="1:114">
       <c r="F97" s="2"/>
       <c r="N97" t="s">
         <v>4</v>
       </c>
       <c r="DC97" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
     </row>
     <row r="98" spans="1:114">
       <c r="F98" s="2"/>
       <c r="N98" t="s">
         <v>4</v>
       </c>
       <c r="DC98" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
     </row>
     <row r="99" spans="1:114">
       <c r="F99" s="2"/>
       <c r="N99" t="s">
         <v>4</v>
       </c>
       <c r="DC99" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
     </row>
     <row r="100" spans="1:114">
       <c r="F100" s="2"/>
       <c r="N100" t="s">
         <v>4</v>
       </c>
       <c r="DC100" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
     </row>
     <row r="101" spans="1:114">
       <c r="F101" s="2"/>
       <c r="N101" t="s">
         <v>4</v>
       </c>
       <c r="DC101" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
     </row>
     <row r="102" spans="1:114">
       <c r="F102" s="2"/>
       <c r="N102" t="s">
         <v>4</v>
       </c>
       <c r="DC102" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
     </row>
     <row r="103" spans="1:114">
       <c r="F103" s="2"/>
       <c r="N103" t="s">
         <v>4</v>
       </c>
       <c r="DC103" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
     </row>
     <row r="104" spans="1:114">
       <c r="F104" s="2"/>
       <c r="N104" t="s">
         <v>4</v>
       </c>
       <c r="DC104" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
     </row>
     <row r="105" spans="1:114">
       <c r="F105" s="2"/>
       <c r="N105" t="s">
         <v>4</v>
       </c>
       <c r="DC105" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
     </row>
     <row r="106" spans="1:114">
       <c r="F106" s="2"/>
       <c r="N106" t="s">
         <v>4</v>
       </c>
       <c r="DC106" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
     </row>
     <row r="107" spans="1:114">
       <c r="F107" s="2"/>
       <c r="N107" t="s">
         <v>4</v>
       </c>
       <c r="DC107" t="s">
-        <v>272</v>
+        <v>265</v>
       </c>
     </row>
     <row r="108" spans="1:114">
       <c r="F108" s="2"/>
       <c r="N108" t="s">
         <v>4</v>
       </c>
       <c r="DC108" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
     </row>
     <row r="109" spans="1:114">
       <c r="F109" s="2"/>
       <c r="N109" t="s">
         <v>4</v>
       </c>
       <c r="DC109" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
     </row>
     <row r="110" spans="1:114">
       <c r="F110" s="2"/>
       <c r="N110" t="s">
         <v>4</v>
       </c>
       <c r="DC110" t="s">
-        <v>275</v>
+        <v>268</v>
       </c>
     </row>
     <row r="111" spans="1:114">
       <c r="F111" s="2"/>
       <c r="N111" t="s">
         <v>4</v>
       </c>
       <c r="DC111" t="s">
-        <v>276</v>
+        <v>269</v>
       </c>
     </row>
     <row r="112" spans="1:114">
       <c r="F112" s="2"/>
       <c r="N112" t="s">
         <v>4</v>
       </c>
       <c r="DC112" t="s">
-        <v>277</v>
+        <v>270</v>
       </c>
     </row>
     <row r="113" spans="1:114">
       <c r="F113" s="2"/>
       <c r="N113" t="s">
         <v>4</v>
       </c>
       <c r="DC113" t="s">
-        <v>278</v>
+        <v>271</v>
       </c>
     </row>
     <row r="114" spans="1:114">
       <c r="F114" s="2"/>
       <c r="N114" t="s">
         <v>4</v>
       </c>
       <c r="DC114" t="s">
-        <v>279</v>
+        <v>272</v>
       </c>
     </row>
     <row r="115" spans="1:114">
       <c r="F115" s="2"/>
       <c r="N115" t="s">
         <v>4</v>
       </c>
       <c r="DC115" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
     </row>
     <row r="116" spans="1:114">
       <c r="F116" s="2"/>
       <c r="N116" t="s">
         <v>4</v>
       </c>
       <c r="DC116" t="s">
-        <v>281</v>
+        <v>274</v>
       </c>
     </row>
     <row r="117" spans="1:114">
       <c r="F117" s="2"/>
       <c r="N117" t="s">
         <v>4</v>
       </c>
       <c r="DC117" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
     </row>
     <row r="118" spans="1:114">
       <c r="F118" s="2"/>
       <c r="N118" t="s">
         <v>4</v>
       </c>
       <c r="DC118" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
     </row>
     <row r="119" spans="1:114">
       <c r="F119" s="2"/>
       <c r="N119" t="s">
         <v>4</v>
       </c>
       <c r="DC119" t="s">
-        <v>284</v>
+        <v>277</v>
       </c>
     </row>
     <row r="120" spans="1:114">
       <c r="F120" s="2"/>
       <c r="N120" t="s">
         <v>4</v>
       </c>
       <c r="DC120" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
     </row>
     <row r="121" spans="1:114">
       <c r="F121" s="2"/>
       <c r="N121" t="s">
         <v>4</v>
       </c>
       <c r="DC121" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
     </row>
     <row r="122" spans="1:114">
       <c r="F122" s="2"/>
       <c r="N122" t="s">
         <v>4</v>
       </c>
       <c r="DC122" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
     </row>
     <row r="123" spans="1:114">
       <c r="F123" s="2"/>
       <c r="N123" t="s">
         <v>4</v>
       </c>
       <c r="DC123" t="s">
-        <v>288</v>
+        <v>281</v>
       </c>
     </row>
     <row r="124" spans="1:114">
       <c r="F124" s="2"/>
       <c r="N124" t="s">
         <v>4</v>
       </c>
       <c r="DC124" t="s">
-        <v>289</v>
+        <v>282</v>
       </c>
     </row>
     <row r="125" spans="1:114">
       <c r="F125" s="2"/>
       <c r="N125" t="s">
         <v>4</v>
       </c>
       <c r="DC125" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
     </row>
     <row r="126" spans="1:114">
       <c r="F126" s="2"/>
       <c r="N126" t="s">
         <v>4</v>
       </c>
       <c r="DC126" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
     </row>
     <row r="127" spans="1:114">
       <c r="F127" s="2"/>
       <c r="N127" t="s">
         <v>4</v>
       </c>
       <c r="DC127" t="s">
-        <v>292</v>
+        <v>285</v>
       </c>
     </row>
     <row r="128" spans="1:114">
       <c r="F128" s="2"/>
       <c r="N128" t="s">
         <v>4</v>
       </c>
       <c r="DC128" t="s">
-        <v>293</v>
+        <v>286</v>
       </c>
     </row>
     <row r="129" spans="1:114">
       <c r="F129" s="2"/>
       <c r="N129" t="s">
         <v>4</v>
       </c>
       <c r="DC129" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
     </row>
     <row r="130" spans="1:114">
       <c r="F130" s="2"/>
       <c r="N130" t="s">
         <v>4</v>
       </c>
       <c r="DC130" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
     </row>
     <row r="131" spans="1:114">
       <c r="F131" s="2"/>
       <c r="N131" t="s">
         <v>4</v>
       </c>
       <c r="DC131" t="s">
-        <v>296</v>
+        <v>289</v>
       </c>
     </row>
     <row r="132" spans="1:114">
       <c r="F132" s="2"/>
       <c r="N132" t="s">
         <v>4</v>
       </c>
       <c r="DC132" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
     </row>
     <row r="133" spans="1:114">
       <c r="F133" s="2"/>
       <c r="N133" t="s">
         <v>4</v>
       </c>
       <c r="DC133" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
     </row>
     <row r="134" spans="1:114">
       <c r="F134" s="2"/>
       <c r="N134" t="s">
         <v>4</v>
       </c>
       <c r="DC134" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
     </row>
     <row r="135" spans="1:114">
       <c r="F135" s="2"/>
       <c r="N135" t="s">
         <v>4</v>
       </c>
       <c r="DC135" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
     </row>
     <row r="136" spans="1:114">
       <c r="F136" s="2"/>
       <c r="N136" t="s">
         <v>4</v>
       </c>
       <c r="DC136" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
     </row>
     <row r="137" spans="1:114">
       <c r="F137" s="2"/>
       <c r="N137" t="s">
         <v>4</v>
       </c>
       <c r="DC137" t="s">
-        <v>302</v>
+        <v>295</v>
       </c>
     </row>
     <row r="138" spans="1:114">
       <c r="F138" s="2"/>
       <c r="N138" t="s">
         <v>4</v>
       </c>
       <c r="DC138" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
     </row>
     <row r="139" spans="1:114">
       <c r="F139" s="2"/>
       <c r="N139" t="s">
         <v>4</v>
       </c>
       <c r="DC139" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
     </row>
     <row r="140" spans="1:114">
       <c r="F140" s="2"/>
       <c r="N140" t="s">
         <v>4</v>
       </c>
       <c r="DC140" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
     </row>
     <row r="141" spans="1:114">
       <c r="F141" s="2"/>
       <c r="N141" t="s">
         <v>4</v>
       </c>
       <c r="DC141" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
     </row>
     <row r="142" spans="1:114">
       <c r="F142" s="2"/>
       <c r="N142" t="s">
         <v>4</v>
       </c>
       <c r="DC142" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
     </row>
     <row r="143" spans="1:114">
       <c r="F143" s="2"/>
       <c r="N143" t="s">
         <v>4</v>
       </c>
       <c r="DC143" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
     </row>
     <row r="144" spans="1:114">
       <c r="F144" s="2"/>
       <c r="N144" t="s">
         <v>4</v>
       </c>
       <c r="DC144" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
     </row>
     <row r="145" spans="1:114">
       <c r="F145" s="2"/>
       <c r="N145" t="s">
         <v>4</v>
       </c>
       <c r="DC145" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
     </row>
     <row r="146" spans="1:114">
       <c r="F146" s="2"/>
       <c r="N146" t="s">
         <v>4</v>
       </c>
       <c r="DC146" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
     </row>
     <row r="147" spans="1:114">
       <c r="F147" s="2"/>
       <c r="N147" t="s">
         <v>4</v>
       </c>
       <c r="DC147" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
     </row>
     <row r="148" spans="1:114">
       <c r="F148" s="2"/>
       <c r="N148" t="s">
         <v>4</v>
       </c>
       <c r="DC148" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
     </row>
     <row r="149" spans="1:114">
       <c r="F149" s="2"/>
       <c r="N149" t="s">
         <v>4</v>
       </c>
       <c r="DC149" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
     </row>
     <row r="150" spans="1:114">
       <c r="F150" s="2"/>
       <c r="N150" t="s">
         <v>4</v>
       </c>
       <c r="DC150" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
     </row>
     <row r="151" spans="1:114">
       <c r="F151" s="2"/>
       <c r="N151" t="s">
         <v>4</v>
       </c>
       <c r="DC151" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
     </row>
     <row r="152" spans="1:114">
       <c r="F152" s="2"/>
       <c r="N152" t="s">
         <v>4</v>
       </c>
       <c r="DC152" t="s">
-        <v>317</v>
+        <v>310</v>
       </c>
     </row>
     <row r="153" spans="1:114">
       <c r="F153" s="2"/>
       <c r="N153" t="s">
         <v>4</v>
       </c>
       <c r="DC153" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
     </row>
     <row r="154" spans="1:114">
       <c r="F154" s="2"/>
       <c r="N154" t="s">
         <v>4</v>
       </c>
       <c r="DC154" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
     </row>
     <row r="155" spans="1:114">
       <c r="F155" s="2"/>
       <c r="N155" t="s">
         <v>4</v>
       </c>
       <c r="DC155" t="s">
-        <v>320</v>
+        <v>313</v>
       </c>
     </row>
     <row r="156" spans="1:114">
       <c r="F156" s="2"/>
       <c r="N156" t="s">
         <v>4</v>
       </c>
       <c r="DC156" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
     </row>
     <row r="157" spans="1:114">
       <c r="F157" s="2"/>
       <c r="N157" t="s">
         <v>4</v>
       </c>
       <c r="DC157" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
     </row>
     <row r="158" spans="1:114">
       <c r="F158" s="2"/>
       <c r="N158" t="s">
         <v>4</v>
       </c>
       <c r="DC158" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
     </row>
     <row r="159" spans="1:114">
       <c r="F159" s="2"/>
       <c r="N159" t="s">
         <v>4</v>
       </c>
       <c r="DC159" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
     </row>
     <row r="160" spans="1:114">
       <c r="F160" s="2"/>
       <c r="N160" t="s">
         <v>4</v>
       </c>
       <c r="DC160" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
     </row>
     <row r="161" spans="1:114">
       <c r="F161" s="2"/>
       <c r="N161" t="s">
         <v>4</v>
       </c>
       <c r="DC161" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
     </row>
     <row r="162" spans="1:114">
       <c r="F162" s="2"/>
       <c r="N162" t="s">
         <v>4</v>
       </c>
       <c r="DC162" t="s">
-        <v>327</v>
+        <v>320</v>
       </c>
     </row>
     <row r="163" spans="1:114">
       <c r="F163" s="2"/>
       <c r="N163" t="s">
         <v>4</v>
       </c>
       <c r="DC163" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
     </row>
     <row r="164" spans="1:114">
       <c r="F164" s="2"/>
       <c r="N164" t="s">
         <v>4</v>
       </c>
       <c r="DC164" t="s">
-        <v>329</v>
+        <v>322</v>
       </c>
     </row>
     <row r="165" spans="1:114">
       <c r="F165" s="2"/>
       <c r="N165" t="s">
         <v>4</v>
       </c>
       <c r="DC165" t="s">
-        <v>330</v>
+        <v>323</v>
       </c>
     </row>
     <row r="166" spans="1:114">
       <c r="F166" s="2"/>
       <c r="N166" t="s">
         <v>4</v>
       </c>
       <c r="DC166" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
     </row>
     <row r="167" spans="1:114">
       <c r="F167" s="2"/>
       <c r="N167" t="s">
         <v>4</v>
       </c>
       <c r="DC167" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
     </row>
     <row r="168" spans="1:114">
       <c r="F168" s="2"/>
       <c r="N168" t="s">
         <v>4</v>
       </c>
       <c r="DC168" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
     </row>
     <row r="169" spans="1:114">
       <c r="F169" s="2"/>
       <c r="N169" t="s">
         <v>4</v>
       </c>
       <c r="DC169" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
     </row>
     <row r="170" spans="1:114">
       <c r="F170" s="2"/>
       <c r="N170" t="s">
         <v>4</v>
       </c>
       <c r="DC170" t="s">
-        <v>335</v>
+        <v>328</v>
       </c>
     </row>
     <row r="171" spans="1:114">
       <c r="F171" s="2"/>
       <c r="N171" t="s">
         <v>4</v>
       </c>
       <c r="DC171" t="s">
-        <v>336</v>
+        <v>329</v>
       </c>
     </row>
     <row r="172" spans="1:114">
       <c r="F172" s="2"/>
       <c r="N172" t="s">
         <v>4</v>
       </c>
       <c r="DC172" t="s">
-        <v>337</v>
+        <v>330</v>
       </c>
     </row>
     <row r="173" spans="1:114">
       <c r="F173" s="2"/>
       <c r="N173" t="s">
         <v>4</v>
       </c>
       <c r="DC173" t="s">
-        <v>338</v>
+        <v>331</v>
       </c>
     </row>
     <row r="174" spans="1:114">
       <c r="F174" s="2"/>
       <c r="N174" t="s">
         <v>4</v>
       </c>
       <c r="DC174" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
     </row>
     <row r="175" spans="1:114">
       <c r="F175" s="2"/>
       <c r="N175" t="s">
         <v>4</v>
       </c>
       <c r="DC175" t="s">
-        <v>340</v>
+        <v>333</v>
       </c>
     </row>
     <row r="176" spans="1:114">
       <c r="F176" s="2"/>
       <c r="N176" t="s">
         <v>4</v>
       </c>
       <c r="DC176" t="s">
-        <v>341</v>
+        <v>334</v>
       </c>
     </row>
     <row r="177" spans="1:114">
       <c r="F177" s="2"/>
       <c r="N177" t="s">
         <v>4</v>
       </c>
       <c r="DC177" t="s">
-        <v>342</v>
+        <v>335</v>
       </c>
     </row>
     <row r="178" spans="1:114">
       <c r="F178" s="2"/>
       <c r="N178" t="s">
         <v>4</v>
       </c>
       <c r="DC178" t="s">
-        <v>343</v>
+        <v>336</v>
       </c>
     </row>
     <row r="179" spans="1:114">
       <c r="F179" s="2"/>
       <c r="N179" t="s">
         <v>4</v>
       </c>
       <c r="DC179" t="s">
-        <v>344</v>
+        <v>337</v>
       </c>
     </row>
     <row r="180" spans="1:114">
       <c r="F180" s="2"/>
       <c r="N180" t="s">
         <v>4</v>
       </c>
       <c r="DC180" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
     </row>
     <row r="181" spans="1:114">
       <c r="F181" s="2"/>
       <c r="N181" t="s">
         <v>4</v>
       </c>
       <c r="DC181" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
     </row>
     <row r="182" spans="1:114">
       <c r="F182" s="2"/>
       <c r="N182" t="s">
         <v>4</v>
       </c>
       <c r="DC182" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
     </row>
     <row r="183" spans="1:114">
       <c r="F183" s="2"/>
       <c r="N183" t="s">
         <v>4</v>
       </c>
       <c r="DC183" t="s">
-        <v>348</v>
+        <v>341</v>
       </c>
     </row>
     <row r="184" spans="1:114">
       <c r="F184" s="2"/>
       <c r="N184" t="s">
         <v>4</v>
       </c>
       <c r="DC184" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
     </row>
     <row r="185" spans="1:114">
       <c r="F185" s="2"/>
       <c r="N185" t="s">
         <v>4</v>
       </c>
       <c r="DC185" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
     </row>
     <row r="186" spans="1:114">
       <c r="F186" s="2"/>
       <c r="N186" t="s">
         <v>4</v>
       </c>
       <c r="DC186" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
     </row>
     <row r="187" spans="1:114">
       <c r="F187" s="2"/>
       <c r="N187" t="s">
         <v>4</v>
       </c>
       <c r="DC187" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
     </row>
     <row r="188" spans="1:114">
       <c r="F188" s="2"/>
       <c r="N188" t="s">
         <v>4</v>
       </c>
       <c r="DC188" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
     </row>
     <row r="189" spans="1:114">
       <c r="F189" s="2"/>
       <c r="N189" t="s">
         <v>4</v>
       </c>
       <c r="DC189" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
     </row>
     <row r="190" spans="1:114">
       <c r="F190" s="2"/>
       <c r="N190" t="s">
         <v>4</v>
       </c>
       <c r="DC190" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
     </row>
     <row r="191" spans="1:114">
       <c r="F191" s="2"/>
       <c r="N191" t="s">
         <v>4</v>
       </c>
       <c r="DC191" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
     </row>
     <row r="192" spans="1:114">
       <c r="F192" s="2"/>
       <c r="N192" t="s">
         <v>4</v>
       </c>
       <c r="DC192" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
     </row>
     <row r="193" spans="1:114">
       <c r="F193" s="2"/>
       <c r="N193" t="s">
         <v>4</v>
       </c>
       <c r="DC193" t="s">
-        <v>358</v>
+        <v>351</v>
       </c>
     </row>
     <row r="194" spans="1:114">
       <c r="F194" s="2"/>
       <c r="N194" t="s">
         <v>4</v>
       </c>
       <c r="DC194" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
     </row>
     <row r="195" spans="1:114">
       <c r="F195" s="2"/>
       <c r="N195" t="s">
         <v>4</v>
       </c>
       <c r="DC195" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
     </row>
     <row r="196" spans="1:114">
       <c r="F196" s="2"/>
       <c r="N196" t="s">
         <v>4</v>
       </c>
       <c r="DC196" t="s">
-        <v>361</v>
+        <v>354</v>
       </c>
     </row>
     <row r="197" spans="1:114">
       <c r="F197" s="2"/>
       <c r="N197" t="s">
         <v>4</v>
       </c>
       <c r="DC197" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
     </row>
     <row r="198" spans="1:114">
       <c r="F198" s="2"/>
       <c r="N198" t="s">
         <v>4</v>
       </c>
       <c r="DC198" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
     </row>
     <row r="199" spans="1:114">
       <c r="F199" s="2"/>
       <c r="N199" t="s">
         <v>4</v>
       </c>
       <c r="DC199" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
     </row>
     <row r="200" spans="1:114">
       <c r="F200" s="2"/>
       <c r="N200" t="s">
         <v>4</v>
       </c>
       <c r="DC200" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
     </row>
     <row r="201" spans="1:114">
       <c r="F201" s="2"/>
       <c r="N201" t="s">
         <v>4</v>
       </c>
       <c r="DC201" t="s">
-        <v>366</v>
+        <v>359</v>
       </c>
     </row>
     <row r="202" spans="1:114">
       <c r="F202" s="2"/>
       <c r="N202" t="s">
         <v>4</v>
       </c>
       <c r="DC202" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
     </row>
     <row r="203" spans="1:114">
       <c r="F203" s="2"/>
       <c r="N203" t="s">
         <v>4</v>
       </c>
       <c r="DC203" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
     </row>
     <row r="204" spans="1:114">
       <c r="F204" s="2"/>
       <c r="N204" t="s">
         <v>4</v>
       </c>
       <c r="DC204" t="s">
-        <v>369</v>
+        <v>362</v>
       </c>
     </row>
     <row r="205" spans="1:114">
       <c r="F205" s="2"/>
       <c r="N205" t="s">
         <v>4</v>
       </c>
       <c r="DC205" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
     </row>
     <row r="206" spans="1:114">
       <c r="F206" s="2"/>
       <c r="N206" t="s">
         <v>4</v>
       </c>
       <c r="DC206" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
     </row>
     <row r="207" spans="1:114">
       <c r="F207" s="2"/>
       <c r="N207" t="s">
         <v>4</v>
       </c>
       <c r="DC207" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
     </row>
     <row r="208" spans="1:114">
       <c r="F208" s="2"/>
       <c r="N208" t="s">
         <v>4</v>
       </c>
       <c r="DC208" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
     </row>
     <row r="209" spans="1:114">
       <c r="F209" s="2"/>
       <c r="N209" t="s">
         <v>4</v>
       </c>
       <c r="DC209" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
     </row>
     <row r="210" spans="1:114">
       <c r="F210" s="2"/>
       <c r="N210" t="s">
         <v>4</v>
       </c>
       <c r="DC210" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
     </row>
     <row r="211" spans="1:114">
       <c r="F211" s="2"/>
       <c r="N211" t="s">
         <v>4</v>
       </c>
       <c r="DC211" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
     </row>
     <row r="212" spans="1:114">
       <c r="F212" s="2"/>
       <c r="N212" t="s">
         <v>4</v>
       </c>
       <c r="DC212" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
     </row>
     <row r="213" spans="1:114">
       <c r="F213" s="2"/>
       <c r="N213" t="s">
         <v>4</v>
       </c>
       <c r="DC213" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
     </row>
     <row r="214" spans="1:114">
       <c r="F214" s="2"/>
       <c r="N214" t="s">
         <v>4</v>
       </c>
       <c r="DC214" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
     </row>
     <row r="215" spans="1:114">
       <c r="F215" s="2"/>
       <c r="N215" t="s">
         <v>4</v>
       </c>
       <c r="DC215" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
     </row>
     <row r="216" spans="1:114">
       <c r="F216" s="2"/>
       <c r="N216" t="s">
         <v>4</v>
       </c>
       <c r="DC216" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
     </row>
     <row r="217" spans="1:114">
       <c r="F217" s="2"/>
       <c r="N217" t="s">
         <v>4</v>
       </c>
       <c r="DC217" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
     </row>
     <row r="218" spans="1:114">
       <c r="F218" s="2"/>
       <c r="N218" t="s">
         <v>4</v>
       </c>
       <c r="DC218" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
     </row>
     <row r="219" spans="1:114">
       <c r="F219" s="2"/>
       <c r="N219" t="s">
         <v>4</v>
       </c>
       <c r="DC219" t="s">
-        <v>384</v>
+        <v>377</v>
       </c>
     </row>
     <row r="220" spans="1:114">
       <c r="F220" s="2"/>
       <c r="N220" t="s">
         <v>4</v>
       </c>
       <c r="DC220" t="s">
-        <v>385</v>
+        <v>378</v>
       </c>
     </row>
     <row r="221" spans="1:114">
       <c r="F221" s="2"/>
       <c r="N221" t="s">
         <v>4</v>
       </c>
       <c r="DC221" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
     </row>
     <row r="222" spans="1:114">
       <c r="F222" s="2"/>
       <c r="N222" t="s">
         <v>4</v>
       </c>
       <c r="DC222" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
     </row>
     <row r="223" spans="1:114">
       <c r="F223" s="2"/>
       <c r="N223" t="s">
         <v>4</v>
       </c>
       <c r="DC223" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
     </row>
     <row r="224" spans="1:114">
       <c r="F224" s="2"/>
       <c r="N224" t="s">
         <v>4</v>
       </c>
       <c r="DC224" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
     </row>
     <row r="225" spans="1:114">
       <c r="F225" s="2"/>
       <c r="N225" t="s">
         <v>4</v>
       </c>
       <c r="DC225" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
     </row>
     <row r="226" spans="1:114">
       <c r="F226" s="2"/>
       <c r="N226" t="s">
         <v>4</v>
       </c>
       <c r="DC226" t="s">
-        <v>391</v>
+        <v>384</v>
       </c>
     </row>
     <row r="227" spans="1:114">
       <c r="F227" s="2"/>
       <c r="N227" t="s">
         <v>4</v>
       </c>
       <c r="DC227" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
     </row>
     <row r="228" spans="1:114">
       <c r="F228" s="2"/>
       <c r="N228" t="s">
         <v>4</v>
       </c>
       <c r="DC228" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
     </row>
     <row r="229" spans="1:114">
       <c r="F229" s="2"/>
       <c r="N229" t="s">
         <v>4</v>
       </c>
       <c r="DC229" t="s">
-        <v>394</v>
+        <v>387</v>
       </c>
     </row>
     <row r="230" spans="1:114">
       <c r="F230" s="2"/>
       <c r="N230" t="s">
         <v>4</v>
       </c>
       <c r="DC230" t="s">
-        <v>395</v>
+        <v>388</v>
       </c>
     </row>
     <row r="231" spans="1:114">
       <c r="F231" s="2"/>
       <c r="N231" t="s">
         <v>4</v>
       </c>
       <c r="DC231" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
     </row>
     <row r="232" spans="1:114">
       <c r="F232" s="2"/>
       <c r="N232" t="s">
         <v>4</v>
       </c>
       <c r="DC232" t="s">
-        <v>397</v>
+        <v>390</v>
       </c>
     </row>
     <row r="233" spans="1:114">
       <c r="F233" s="2"/>
       <c r="N233" t="s">
         <v>4</v>
       </c>
       <c r="DC233" t="s">
-        <v>398</v>
+        <v>391</v>
       </c>
     </row>
     <row r="234" spans="1:114">
       <c r="F234" s="2"/>
       <c r="N234" t="s">
         <v>4</v>
       </c>
       <c r="DC234" t="s">
-        <v>399</v>
+        <v>392</v>
       </c>
     </row>
     <row r="235" spans="1:114">
       <c r="F235" s="2"/>
       <c r="N235" t="s">
         <v>4</v>
       </c>
       <c r="DC235" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
     </row>
     <row r="236" spans="1:114">
       <c r="F236" s="2"/>
       <c r="N236" t="s">
         <v>4</v>
       </c>
       <c r="DC236" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
     </row>
     <row r="237" spans="1:114">
       <c r="F237" s="2"/>
       <c r="N237" t="s">
         <v>4</v>
       </c>
       <c r="DC237" t="s">
-        <v>402</v>
+        <v>395</v>
       </c>
     </row>
     <row r="238" spans="1:114">
       <c r="F238" s="2"/>
       <c r="N238" t="s">
         <v>4</v>
       </c>
       <c r="DC238" t="s">
-        <v>403</v>
+        <v>396</v>
       </c>
     </row>
     <row r="239" spans="1:114">
       <c r="F239" s="2"/>
       <c r="N239" t="s">
         <v>4</v>
       </c>
       <c r="DC239" t="s">
-        <v>404</v>
+        <v>397</v>
       </c>
     </row>
     <row r="240" spans="1:114">
       <c r="F240" s="2"/>
       <c r="N240" t="s">
         <v>4</v>
       </c>
       <c r="DC240" t="s">
-        <v>405</v>
+        <v>398</v>
       </c>
     </row>
     <row r="241" spans="1:114">
       <c r="F241" s="2"/>
       <c r="N241" t="s">
         <v>4</v>
       </c>
       <c r="DC241" t="s">
-        <v>406</v>
+        <v>399</v>
       </c>
     </row>
     <row r="242" spans="1:114">
       <c r="F242" s="2"/>
       <c r="N242" t="s">
         <v>4</v>
       </c>
       <c r="DC242" t="s">
-        <v>407</v>
+        <v>400</v>
       </c>
     </row>
     <row r="243" spans="1:114">
       <c r="F243" s="2"/>
       <c r="N243" t="s">
         <v>4</v>
       </c>
       <c r="DC243" t="s">
-        <v>408</v>
+        <v>401</v>
       </c>
     </row>
     <row r="244" spans="1:114">
       <c r="F244" s="2"/>
       <c r="N244" t="s">
         <v>4</v>
       </c>
       <c r="DC244" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
     </row>
     <row r="245" spans="1:114">
       <c r="F245" s="2"/>
       <c r="N245" t="s">
         <v>4</v>
       </c>
       <c r="DC245" t="s">
-        <v>410</v>
+        <v>403</v>
       </c>
     </row>
     <row r="246" spans="1:114">
       <c r="F246" s="2"/>
       <c r="N246" t="s">
         <v>4</v>
       </c>
       <c r="DC246" t="s">
-        <v>411</v>
+        <v>404</v>
       </c>
     </row>
     <row r="247" spans="1:114">
       <c r="F247" s="2"/>
       <c r="N247" t="s">
         <v>4</v>
       </c>
       <c r="DC247" t="s">
-        <v>412</v>
+        <v>405</v>
       </c>
     </row>
     <row r="248" spans="1:114">
       <c r="F248" s="2"/>
       <c r="N248" t="s">
         <v>4</v>
       </c>
       <c r="DC248" t="s">
-        <v>413</v>
+        <v>406</v>
       </c>
     </row>
     <row r="249" spans="1:114">
       <c r="F249" s="2"/>
       <c r="N249" t="s">
         <v>4</v>
       </c>
       <c r="DC249" t="s">
-        <v>414</v>
+        <v>407</v>
       </c>
     </row>
     <row r="250" spans="1:114">
       <c r="F250" s="2"/>
       <c r="N250" t="s">
         <v>4</v>
       </c>
       <c r="DC250" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
     </row>
     <row r="251" spans="1:114">
       <c r="F251" s="2"/>
       <c r="N251" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="252" spans="1:114">
       <c r="F252" s="2"/>
       <c r="N252" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="253" spans="1:114">
       <c r="F253" s="2"/>
       <c r="N253" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="254" spans="1:114">
       <c r="F254" s="2"/>
       <c r="N254" t="s">
         <v>4</v>
       </c>
@@ -9150,87 +9108,87 @@
       <c r="F998" s="2"/>
       <c r="N998" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="999" spans="1:114">
       <c r="F999" s="2"/>
       <c r="N999" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="1000" spans="1:114">
       <c r="F1000" s="2"/>
       <c r="N1000" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="13">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AA5:AA1000">
-      <formula1>'Worksheet'!$DJ$1:$DJ$10</formula1>
+      <formula1>'Worksheet'!$DJ$1:$DJ$9</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AB5:AB1000">
-      <formula1>'Worksheet'!$DJ$1:$DJ$10</formula1>
+      <formula1>'Worksheet'!$DJ$1:$DJ$9</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="B5:B1000">
-      <formula1>'Worksheet'!$DA$1:$DA$8</formula1>
+      <formula1>'Worksheet'!$DA$1:$DA$4</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="J5:J1000">
       <formula1>'Worksheet'!$DB$1:$DB$63</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="K5:K1000">
       <formula1>'Worksheet'!$DC$1:$DC$250</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
       <formula1>'Worksheet'!$DD$1:$DD$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="R5:R1000">
       <formula1>'Worksheet'!$DE$1:$DE$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="T5:T1000">
       <formula1>'Worksheet'!$DF$1:$DF$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="V5:V1000">
       <formula1>'Worksheet'!$DG$1:$DG$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="W5:W1000">
       <formula1>'Worksheet'!$DH$1:$DH$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="X5:X1000">
       <formula1>'Worksheet'!$DI$1:$DI$27</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Y5:Y1000">
-      <formula1>'Worksheet'!$DJ$1:$DJ$10</formula1>
+      <formula1>'Worksheet'!$DJ$1:$DJ$9</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Z5:Z1000">
-      <formula1>'Worksheet'!$DJ$1:$DJ$10</formula1>
+      <formula1>'Worksheet'!$DJ$1:$DJ$9</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>