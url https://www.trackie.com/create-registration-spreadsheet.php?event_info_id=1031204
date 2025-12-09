--- v0 (2025-10-18)
+++ v1 (2025-12-09)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>Intermediate</t>
   </si>
   <si>
     <t>Fall / Winter Season</t>
   </si>
   <si>
     <t>1031204:typeValue:102</t>
   </si>
   <si>
     <t>1031204:typeValue:103</t>
   </si>
   <si>
     <t>1031204:typeValue:104</t>
   </si>
   <si>
     <t>1031204:typeValue:105</t>
   </si>
   <si>
@@ -183,53 +183,50 @@
     <t>Medicare -- Expiry</t>
   </si>
   <si>
     <t>Parent 1 -- Name</t>
   </si>
   <si>
     <t>Parent 1 -- Phone</t>
   </si>
   <si>
     <t>Parent 2 -- Name</t>
   </si>
   <si>
     <t>Parent 2 -- Phone</t>
   </si>
   <si>
     <t>Programs</t>
   </si>
   <si>
     <t>Duration #1</t>
   </si>
   <si>
     <t>Duration #2</t>
   </si>
   <si>
     <t>Duration #3</t>
-  </si>
-[...1 lines deleted...]
-    <t>Youth</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
@@ -971,53 +968,50 @@
       <c r="CB4" s="4"/>
       <c r="CC4" s="4"/>
       <c r="CD4" s="4"/>
       <c r="CE4" s="4"/>
       <c r="CF4" s="4"/>
       <c r="CG4" s="4"/>
       <c r="CH4" s="4"/>
       <c r="CI4" s="4"/>
       <c r="CJ4" s="4"/>
       <c r="CK4" s="4"/>
       <c r="CL4" s="4"/>
       <c r="CM4" s="4"/>
       <c r="CN4" s="4"/>
       <c r="CO4" s="4"/>
       <c r="CP4" s="4"/>
       <c r="CQ4" s="4"/>
       <c r="CR4" s="4"/>
       <c r="CS4" s="4"/>
       <c r="CT4" s="4"/>
       <c r="CU4" s="4"/>
       <c r="CV4" s="4"/>
       <c r="CW4" s="4"/>
       <c r="CX4" s="4"/>
       <c r="CY4" s="4"/>
       <c r="CZ4" s="4"/>
-      <c r="DB4" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="5" spans="1:107">
       <c r="C5"/>
       <c r="D5" s="2"/>
       <c r="U5"/>
       <c r="V5"/>
       <c r="W5"/>
       <c r="X5"/>
     </row>
     <row r="6" spans="1:107">
       <c r="D6" s="2"/>
     </row>
     <row r="7" spans="1:107">
       <c r="D7" s="2"/>
     </row>
     <row r="8" spans="1:107">
       <c r="D8" s="2"/>
     </row>
     <row r="9" spans="1:107">
       <c r="D9" s="2"/>
     </row>
     <row r="10" spans="1:107">
       <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:107">
@@ -3979,51 +3973,51 @@
       <c r="D996" s="2"/>
     </row>
     <row r="997" spans="1:107">
       <c r="D997" s="2"/>
     </row>
     <row r="998" spans="1:107">
       <c r="D998" s="2"/>
     </row>
     <row r="999" spans="1:107">
       <c r="D999" s="2"/>
     </row>
     <row r="1000" spans="1:107">
       <c r="D1000" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="C5:C1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="U5:U1000">
-      <formula1>'Worksheet'!$DB$1:$DB$4</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="V5:V1000">
       <formula1>'Worksheet'!$DC$1:$DC$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="W5:W1000">
       <formula1>'Worksheet'!$DC$1:$DC$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="X5:X1000">
       <formula1>'Worksheet'!$DC$1:$DC$3</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 