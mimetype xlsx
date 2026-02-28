--- v0 (2026-01-11)
+++ v1 (2026-02-28)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1477">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1515">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>2024 BC Team (BC)</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Womens  XS</t>
   </si>
   <si>
     <t>35-39</t>
   </si>
   <si>
     <t>60m</t>
   </si>
   <si>
     <t>1031435:typeValue:101</t>
   </si>
   <si>
@@ -425,65 +425,71 @@
   <si>
     <t>Alberta Speed School (ASSC)</t>
   </si>
   <si>
     <t>Alberta Wheelchair Sports (AWS)</t>
   </si>
   <si>
     <t>Alberta-Northwest Territories (ABNW)</t>
   </si>
   <si>
     <t>Aldebaran Track and Field (AT&amp;F)</t>
   </si>
   <si>
     <t>Algeria (ALG)</t>
   </si>
   <si>
     <t>All runners - Puerto Rico (ALL)</t>
   </si>
   <si>
     <t>Allison Lake Athletics (ALA)</t>
   </si>
   <si>
     <t>AllStarz Mgmt (ALSZ)</t>
   </si>
   <si>
+    <t>Alpha Athletics Club (ALPH)</t>
+  </si>
+  <si>
     <t>Altitude Track Academy (ATA)</t>
   </si>
   <si>
     <t>Alwyn Allison Richardson Primary School (AARPS) (AARPS)</t>
   </si>
   <si>
     <t>American Academy - Gurabo (AA-G)</t>
   </si>
   <si>
     <t>Anasco Athletic Team - Puerto Rico (ANAS)</t>
   </si>
   <si>
     <t>Andorra (AND)</t>
   </si>
   <si>
+    <t>Andrew (AB)</t>
+  </si>
+  <si>
     <t>Andrew Mynarski School (MAMYN)</t>
   </si>
   <si>
     <t>Angola (ANG)</t>
   </si>
   <si>
     <t>Anguilla (AIA)</t>
   </si>
   <si>
     <t>Antarctica (ATQ)</t>
   </si>
   <si>
     <t>Antigua and Barbuda (ANT)</t>
   </si>
   <si>
     <t>Antigua and Barbuda ()</t>
   </si>
   <si>
     <t>APEX Athletics (APEX)</t>
   </si>
   <si>
     <t>Arashi Judo Club ()</t>
   </si>
   <si>
     <t>Arborg Collegiate (MARBC)</t>
@@ -650,50 +656,53 @@
   <si>
     <t>Bermuda Centre for Creative Learning Senior - BNAA (BCCS)</t>
   </si>
   <si>
     <t>Bermuda Flyers Track Club (FLYER)</t>
   </si>
   <si>
     <t>Bermuda Institute Middle - BNAA (BIM)</t>
   </si>
   <si>
     <t>Bermuda Institute Primary - BNAA (BIP)</t>
   </si>
   <si>
     <t>Bermuda Institute Senior - BNAA (BIS)</t>
   </si>
   <si>
     <t>Bermuda National Athletics Association (BNAA)</t>
   </si>
   <si>
     <t>Bermuda Pacers Track Club (BPTC)</t>
   </si>
   <si>
     <t>Bermuda Pacers Track Club - BNAA (BPTC)</t>
   </si>
   <si>
+    <t>Best helmets (BTHS)</t>
+  </si>
+  <si>
     <t>BH ()</t>
   </si>
   <si>
     <t>BHS Middle School - BNAA (BHSM)</t>
   </si>
   <si>
     <t>BHS Primary School - BNAA (BHSP)</t>
   </si>
   <si>
     <t>BHS Senior School - BNAA (BHSS)</t>
   </si>
   <si>
     <t>Bhutan (BHU)</t>
   </si>
   <si>
     <t>Biomechanics (OBC)</t>
   </si>
   <si>
     <t>Bison Athletics Club (BTFC)</t>
   </si>
   <si>
     <t>Bistro del Mar (BISTR)</t>
   </si>
   <si>
     <t>Black and Gold track and Field Club (BNG)</t>
@@ -812,74 +821,65 @@
   <si>
     <t>CAC (473)</t>
   </si>
   <si>
     <t>Caged</t>
   </si>
   <si>
     <t>Caged Athletics (CAGED)</t>
   </si>
   <si>
     <t>CAIMANES (CAIMA)</t>
   </si>
   <si>
     <t>Cajica-Cabo Rojo - Puerto Rico (CR)</t>
   </si>
   <si>
     <t>Calgary International Track Club (CITC)</t>
   </si>
   <si>
     <t>Calgary International (CITC)</t>
   </si>
   <si>
     <t>Calgary Spartans (CALS)</t>
   </si>
   <si>
-    <t>Calgary track and field (CALTAF) (CALT)</t>
-[...1 lines deleted...]
-  <si>
     <t>Calgary Warriors (CWTC)</t>
   </si>
   <si>
     <t>Calgary Warriors Track Club (CALW)</t>
   </si>
   <si>
     <t>California State University (CSULA)</t>
   </si>
   <si>
     <t>Callaghan Valley Sport &amp; Cultural Society (CVSC)</t>
   </si>
   <si>
-    <t>Caltaf (CALT)</t>
-[...1 lines deleted...]
-  <si>
     <t>Caltaf Athletic  Association (CALT)</t>
   </si>
   <si>
-    <t>Caltaf Athletic Association (CALT)</t>
-[...1 lines deleted...]
-  <si>
     <t>Cambodia (CAM)</t>
   </si>
   <si>
     <t>Cameroon (CMR)</t>
   </si>
   <si>
     <t>Campbell River Comets (CRVC)</t>
   </si>
   <si>
     <t>Can/Am Track (CANA)</t>
   </si>
   <si>
     <t>Canada (CAN)</t>
   </si>
   <si>
     <t>Canovanas - Puerto Rico (CANO)</t>
   </si>
   <si>
     <t>Cape Verde (CPV)</t>
   </si>
   <si>
     <t>Capilano Eagles Running Club (CAPE)</t>
   </si>
   <si>
     <t>Capital City Track Club (CAPI)</t>
@@ -974,53 +974,62 @@
   <si>
     <t>Claremont-Mudd-Scripps (CMS)</t>
   </si>
   <si>
     <t>Clarksburg  Coyotes Track Club (CCTC)</t>
   </si>
   <si>
     <t>Classic Lighting Finishline sports club (FLSC)</t>
   </si>
   <si>
     <t>Classique Lighting 473 MVP (MVP)</t>
   </si>
   <si>
     <t>Classique Lighting Finishline Sports Club (CLFLS)</t>
   </si>
   <si>
     <t>Classique Lighting South City Rising Stars (SCRS)</t>
   </si>
   <si>
     <t>Classique lighting St. John's Anglican (STJOH)</t>
   </si>
   <si>
     <t>Classique Lighting Westerhall Secondary (WHSS)</t>
   </si>
   <si>
+    <t>ClassiqueLighting Finishline Sports Club (CLFSC)</t>
+  </si>
+  <si>
+    <t>clc (MVP)</t>
+  </si>
+  <si>
     <t>CLC 473 MVP (MVP)</t>
   </si>
   <si>
+    <t>CLC South City Rising Stars (SCRS)</t>
+  </si>
+  <si>
     <t>CLC South City Rising Stars (SCRS) (SCRS)</t>
   </si>
   <si>
     <t>Clearwater Middle School - BNAA (CMSM)</t>
   </si>
   <si>
     <t>Clement Howell High School (CHHS)</t>
   </si>
   <si>
     <t>Club Albergue - Puerto Rico (ALBO)</t>
   </si>
   <si>
     <t>Club Albergue Olimpico (ALBO)</t>
   </si>
   <si>
     <t>Club atlético de Fajardo - Puerto Rico (CAFJ)</t>
   </si>
   <si>
     <t>Club Atletismo Master Elite (CAME)</t>
   </si>
   <si>
     <t>Club de atletismo de sabana grande (1918)</t>
   </si>
   <si>
     <t>Club de Atletismo Samaritano (CAS)</t>
@@ -1082,50 +1091,53 @@
   <si>
     <t>Cocos Islands (CCI)</t>
   </si>
   <si>
     <t>Col-Para-Caldas (CAL)</t>
   </si>
   <si>
     <t>Col-Para-Caqueta (CAQ)</t>
   </si>
   <si>
     <t>Col-Para-Cundinamarca (CUND)</t>
   </si>
   <si>
     <t>Col-Para-Huila (HUI)</t>
   </si>
   <si>
     <t>Col-Para-Quindio (QUI)</t>
   </si>
   <si>
     <t>COL-PARA-TOLIMA (TOL)</t>
   </si>
   <si>
     <t>Col-Para-Valle (VALL)</t>
   </si>
   <si>
+    <t>Colegio NC (CNC)</t>
+  </si>
+  <si>
     <t>Colombia (COL)</t>
   </si>
   <si>
     <t>Columneetza - LCS (COL)</t>
   </si>
   <si>
     <t>Community Club (CC)</t>
   </si>
   <si>
     <t>Comoros (COM)</t>
   </si>
   <si>
     <t>Comox Valley Cougars (CXVC)</t>
   </si>
   <si>
     <t>Comox Valley Road Runners (CVRR) (CVRR)</t>
   </si>
   <si>
     <t>Concorde Athletics Club (CAC)</t>
   </si>
   <si>
     <t>Concordia University Of Edmonton (CUOE)</t>
   </si>
   <si>
     <t>Congo (CGO)</t>
@@ -1271,50 +1283,53 @@
   <si>
     <t>Detroit Mercy (MERCY)</t>
   </si>
   <si>
     <t>Developing National Athletes - BNAA (DNA)</t>
   </si>
   <si>
     <t>Devonshire Preschool - BNAA (DPRE)</t>
   </si>
   <si>
     <t>Diamond Athletics Club (DAC)</t>
   </si>
   <si>
     <t>Diamond Sprinting (DIAM)</t>
   </si>
   <si>
     <t>Dieppe (Ecole) (MDIEP)</t>
   </si>
   <si>
     <t>Digby Eagles (DIG)</t>
   </si>
   <si>
     <t>Discipline Application of Speed through Hard Work - BNAA (DASH)</t>
   </si>
   <si>
+    <t>District Elite Athletic Club (DEAC)</t>
+  </si>
+  <si>
     <t>Djibouti (DJI)</t>
   </si>
   <si>
     <t>Domincan House (DH)</t>
   </si>
   <si>
     <t>Dominica (DMA)</t>
   </si>
   <si>
     <t>Dominican Republic (DOM)</t>
   </si>
   <si>
     <t>Double Pillar Athletics (DPA)</t>
   </si>
   <si>
     <t>Drd - Puerto Rico (DRD)</t>
   </si>
   <si>
     <t>Dunamis Athletic Training Club (DATC)</t>
   </si>
   <si>
     <t>Dunamis Athletics Training (DATC)</t>
   </si>
   <si>
     <t>Dynamics Sporting Club (DSC)</t>
@@ -1325,68 +1340,74 @@
   <si>
     <t>East Kootenay Track &amp; Field Club (EKTF)</t>
   </si>
   <si>
     <t>East Timor (ETP)</t>
   </si>
   <si>
     <t>Easton Rhinos (EAS)</t>
   </si>
   <si>
     <t>Eastside Dojo (ESD)</t>
   </si>
   <si>
     <t>ECEDAO (ECEDA)</t>
   </si>
   <si>
     <t>Ecedao Rotación (ECEDA)</t>
   </si>
   <si>
     <t>ECEDAO TKD TEAM (E-TKD)</t>
   </si>
   <si>
     <t>Eckville Jr/Sr High School (ECKVI)</t>
   </si>
   <si>
+    <t>École canadienne-Française (ECF31)</t>
+  </si>
+  <si>
     <t>Ecole Edward Schreyer School ()</t>
   </si>
   <si>
     <t>École Ste-Agathe (ÉSA)</t>
   </si>
   <si>
     <t>Ecuador (ECU)</t>
   </si>
   <si>
     <t>Edge School for Athletes (ESFA)</t>
   </si>
   <si>
     <t>Edge Sport Track Club (EDGE)</t>
   </si>
   <si>
     <t>EDGE Track (EDGE)</t>
   </si>
   <si>
+    <t>Edmonton Columbians (ED CO)</t>
+  </si>
+  <si>
     <t>Edmonton Columbians Track Club (ECTC)</t>
   </si>
   <si>
     <t>Edmonton Harriers (EDMH)</t>
   </si>
   <si>
     <t>Edmonton International Track Club (EITC)</t>
   </si>
   <si>
     <t>Edmonton Masters Athletics Association (EDMM)</t>
   </si>
   <si>
     <t>Edmonton Masters Athletics Association (EMAA)</t>
   </si>
   <si>
     <t>Edmonton Olympic Club (EDMO)</t>
   </si>
   <si>
     <t>Edmonton Royals Track And Field Club (ERTC)</t>
   </si>
   <si>
     <t>Edmonton Thunder (EDMT)</t>
   </si>
   <si>
     <t>Edmonton Triathlon Academy (ETA)</t>
@@ -1415,50 +1436,53 @@
   <si>
     <t>Elite Athletics Club (EAC)</t>
   </si>
   <si>
     <t>Elite Distance Programme (EDP)</t>
   </si>
   <si>
     <t>Elite Track &amp; Field Academy (ETFA)</t>
   </si>
   <si>
     <t>Elliot Primary - BNAA (EP)</t>
   </si>
   <si>
     <t>Elmwood Jr/Sr High School (MEWHS)</t>
   </si>
   <si>
     <t>English Bay Triathlon Club (EBTC)</t>
   </si>
   <si>
     <t>Entente de Haute Alsace (EHA)</t>
   </si>
   <si>
     <t>Equatorial Guinea (GEQ)</t>
   </si>
   <si>
+    <t>Equipo Nacional de Cuba (CUBA)</t>
+  </si>
+  <si>
     <t>Eritrea (ERI)</t>
   </si>
   <si>
     <t>ESCAED (ESCAE)</t>
   </si>
   <si>
     <t>Escuela de Atletismo Vilma Par - Puerto Rico (EAVP)</t>
   </si>
   <si>
     <t>ESCUELA DE LA LIGA (EDELI)</t>
   </si>
   <si>
     <t>Escuela del Deporte San Juan (EDSJ)</t>
   </si>
   <si>
     <t>ESGI Tigers (ESGI)</t>
   </si>
   <si>
     <t>Esprit RC (ESPT)</t>
   </si>
   <si>
     <t>Estevan Legion Track Club (ELTC)</t>
   </si>
   <si>
     <t>Estonia (EST)</t>
@@ -1592,50 +1616,56 @@
   <si>
     <t>Fraser Valley School (FRASV)</t>
   </si>
   <si>
     <t>French Guiana (GUF)</t>
   </si>
   <si>
     <t>French Southern Territories (STF)</t>
   </si>
   <si>
     <t>Friends (FRIEN)</t>
   </si>
   <si>
     <t>Frontrunners Athletic Club (FTRS)</t>
   </si>
   <si>
     <t>Full stride (FSTC)</t>
   </si>
   <si>
     <t>FULL STRIDE TRACK CLUB (FSTC)</t>
   </si>
   <si>
     <t>Fusion Athletics (FA)</t>
   </si>
   <si>
+    <t>Fusion Athletics  B (FA B)</t>
+  </si>
+  <si>
+    <t>Fusion Athletics B (FA)</t>
+  </si>
+  <si>
     <t>Gabon (GAB)</t>
   </si>
   <si>
     <t>Gambia (GAM)</t>
   </si>
   <si>
     <t>Garden City Collegiate (MGCHS)</t>
   </si>
   <si>
     <t>GARME</t>
   </si>
   <si>
     <t>General city team (GCT)</t>
   </si>
   <si>
     <t>George Waters Middle School (MGEOW)</t>
   </si>
   <si>
     <t>Georgia (GEO)</t>
   </si>
   <si>
     <t>Germany (GER)</t>
   </si>
   <si>
     <t>Ghana (GHA)</t>
@@ -2000,50 +2030,53 @@
   <si>
     <t>Junior Bison Track &amp; Field Club (JRB)</t>
   </si>
   <si>
     <t>Junior Mavericks Running Club (JMRC)</t>
   </si>
   <si>
     <t>JUST BLAZE Track &amp; Filed Club (JBTFC)</t>
   </si>
   <si>
     <t>Just sports Velocity Track Club (1473)</t>
   </si>
   <si>
     <t>Kajaks Track &amp; Field Club (KJAK)</t>
   </si>
   <si>
     <t>Kal RATS (KALR)</t>
   </si>
   <si>
     <t>Kamloops Ridge Runners (KRRS)</t>
   </si>
   <si>
     <t>Kamloops Track &amp; Field Club (KAML)</t>
   </si>
   <si>
+    <t>Kamloops Track and Field (KAML)</t>
+  </si>
+  <si>
     <t>Kansas State University (KSU)</t>
   </si>
   <si>
     <t>Kanto Sho Karate Club (KSKC)</t>
   </si>
   <si>
     <t>Karate Northwest</t>
   </si>
   <si>
     <t>Kazakhstan (KAZ)</t>
   </si>
   <si>
     <t>Kelowna Running Club (KRCC)</t>
   </si>
   <si>
     <t>Kelvin High School (MKELV)</t>
   </si>
   <si>
     <t>Kenilworth Chiefs (KEN)</t>
   </si>
   <si>
     <t>Kennesaw State University (KSU)</t>
   </si>
   <si>
     <t>Kenya (KEN)</t>
@@ -2123,50 +2156,53 @@
   <si>
     <t>Lao (LAO)</t>
   </si>
   <si>
     <t>Lap Mayaguez / Northwest - Puerto Rico (LAPM)</t>
   </si>
   <si>
     <t>LaPower Running Club (LPRC)</t>
   </si>
   <si>
     <t>Last Mile Athletics Club (LMAC)</t>
   </si>
   <si>
     <t>Last Mountain Athletics Club (LMAC)</t>
   </si>
   <si>
     <t>Last Mountain Athletics Club (LMTC)</t>
   </si>
   <si>
     <t>Latvia (LAT)</t>
   </si>
   <si>
     <t>LC Brühl Leichtahtletik (LCBL)</t>
   </si>
   <si>
+    <t>Le Stage Boxing (LSB)</t>
+  </si>
+  <si>
     <t>Learning Express - BNAA (LEPRE)</t>
   </si>
   <si>
     <t>Lebanon (LIB)</t>
   </si>
   <si>
     <t>Leduc Track And Field Club (LEDU)</t>
   </si>
   <si>
     <t>Leduc Track Club (LEDU)</t>
   </si>
   <si>
     <t>Legacy Kinetics (LGKT)</t>
   </si>
   <si>
     <t>Legacy Kinetics (LEGK)</t>
   </si>
   <si>
     <t>Leila North Community School (MLEIL)</t>
   </si>
   <si>
     <t>Lesotho (LES)</t>
   </si>
   <si>
     <t>Lethbridge College (LCKO)</t>
@@ -2258,50 +2294,53 @@
   <si>
     <t>Macritchie Runners 25 (MR25)</t>
   </si>
   <si>
     <t>Madagascar (MAD)</t>
   </si>
   <si>
     <t>Mako (MAK)</t>
   </si>
   <si>
     <t>Malawi (MAW)</t>
   </si>
   <si>
     <t>Malaysia (MAS)</t>
   </si>
   <si>
     <t>Maldives (MDV)</t>
   </si>
   <si>
     <t>Mali (MLI)</t>
   </si>
   <si>
     <t>Malta (MLT)</t>
   </si>
   <si>
+    <t>ManiScotia (MASC)</t>
+  </si>
+  <si>
     <t>Manitoba &amp; Northwest Ontario (MBNO)</t>
   </si>
   <si>
     <t>Manitoba Naig Team (MBNG)</t>
   </si>
   <si>
     <t>Manitoba Officials (MBOF)</t>
   </si>
   <si>
     <t>Manitoba Runners' Association (MRA)</t>
   </si>
   <si>
     <t>Maples Collegiate (MMAHS)</t>
   </si>
   <si>
     <t>Marathon Matters Running Club (MMRC)</t>
   </si>
   <si>
     <t>Mark Trail Flying Eagles (MTFE)</t>
   </si>
   <si>
     <t>Marshall Islands (MHL)</t>
   </si>
   <si>
     <t>Martinique (MQE)</t>
@@ -2348,50 +2387,53 @@
   <si>
     <t>Medicine Hat Panthers Track And Field Club (MEDI)</t>
   </si>
   <si>
     <t>Merida Racing Team (MRT)</t>
   </si>
   <si>
     <t>Meta Athletics (META)</t>
   </si>
   <si>
     <t>MetaAthletics (META)</t>
   </si>
   <si>
     <t>Mexico (MEX)</t>
   </si>
   <si>
     <t>Micronesia (FSM)</t>
   </si>
   <si>
     <t>Mid-Atlantic Athletic Club - BNAA (MAAC)</t>
   </si>
   <si>
     <t>Midwest Stars (MDWS)</t>
   </si>
   <si>
+    <t>Midwest Stars (MWST)</t>
+  </si>
+  <si>
     <t>Mile Macdonell Collegiate (MMMHS)</t>
   </si>
   <si>
     <t>Mile2Marathon (M2M)</t>
   </si>
   <si>
     <t>Mile2Marathon (MI2M)</t>
   </si>
   <si>
     <t>Mimosa Mamas ()</t>
   </si>
   <si>
     <t>Ministry of Sports (MOS)</t>
   </si>
   <si>
     <t>MissFits ()</t>
   </si>
   <si>
     <t>Mitchell-Carias (MC)</t>
   </si>
   <si>
     <t>Momentum Track and Field (MTF)</t>
   </si>
   <si>
     <t>Monaco (MON)</t>
@@ -2600,98 +2642,104 @@
   <si>
     <t>Northeast Alberta Track &amp; Field Club (NEAT)</t>
   </si>
   <si>
     <t>Northern Mariana Islands (NMI)</t>
   </si>
   <si>
     <t>Northlands Primary - BNAA (NP)</t>
   </si>
   <si>
     <t>Northwestern Polytechnic (NWPT)</t>
   </si>
   <si>
     <t>Norway (NOR)</t>
   </si>
   <si>
     <t>NorWesters Track &amp; Field Club (NORW)</t>
   </si>
   <si>
     <t>Notre Dame High (NODB)</t>
   </si>
   <si>
     <t>Nova Athletics Track Club (NATC)</t>
   </si>
   <si>
+    <t>Nova Athletics Track clun (NATC)</t>
+  </si>
+  <si>
     <t>NRG (NRGTC)</t>
   </si>
   <si>
     <t>Nrg track club (NRG)</t>
   </si>
   <si>
     <t>NUCLEOEIRAS (ADNO)</t>
   </si>
   <si>
     <t>O. V. Jewitt Community School (MOVJT)</t>
   </si>
   <si>
     <t>Oak Park High School (MOPHS)</t>
   </si>
   <si>
     <t>Oakenwald School (MOAKW)</t>
   </si>
   <si>
     <t>Ocean Athletics Track &amp; Field Club (OATF)</t>
   </si>
   <si>
     <t>Ocean Athletics Track and Field (OATF)</t>
   </si>
   <si>
     <t>Ocean Athletics Track and Field Clun (OATF)</t>
   </si>
   <si>
     <t>Oceanside Track &amp; Field Club (OTFC)</t>
   </si>
   <si>
     <t>Okanagan Athletics Club (OACS)</t>
   </si>
   <si>
     <t>Okotoks Edison (EDIS)</t>
   </si>
   <si>
     <t>Okotoks Edison School (EDIS)</t>
   </si>
   <si>
     <t>Olympians Sports Club (OSC)</t>
   </si>
   <si>
     <t>Oman (OMA)</t>
   </si>
   <si>
     <t>Omololu International School (ORCAS)</t>
   </si>
   <si>
+    <t>Open</t>
+  </si>
+  <si>
     <t>Oregon State University (OSU)</t>
   </si>
   <si>
     <t>Oregon Track Club Elite (OTC)</t>
   </si>
   <si>
     <t>OTHER (OTH)</t>
   </si>
   <si>
     <t>Our Lady Of Perpetual Help (OLPHS)</t>
   </si>
   <si>
     <t>Outer Limits Athletic Club (OLAC)</t>
   </si>
   <si>
     <t>Over The Top Track Club (OTTTC)</t>
   </si>
   <si>
     <t>owen fiscus (OWEN)</t>
   </si>
   <si>
     <t>Pa Athletics (PAAC)</t>
   </si>
   <si>
     <t>Pacers Track Club (PACER)</t>
@@ -2792,134 +2840,143 @@
   <si>
     <t>Peter House (PET)</t>
   </si>
   <si>
     <t>PGTF</t>
   </si>
   <si>
     <t>Phase Athletics (PHASE)</t>
   </si>
   <si>
     <t>Phase Track &amp; Field Club (PTC)</t>
   </si>
   <si>
     <t>Philippines (PHI)</t>
   </si>
   <si>
     <t>Phoenix (PHX)</t>
   </si>
   <si>
     <t>Phoenix Athletics Club (PAC)</t>
   </si>
   <si>
     <t>PhoenixSKN Track CLub (PSTC)</t>
   </si>
   <si>
+    <t>PIONEERS SPORTS CLUB (PIOSC)</t>
+  </si>
+  <si>
     <t>Pistons Track Club (PTC)</t>
   </si>
   <si>
     <t>Pitcairn (PIT)</t>
   </si>
   <si>
     <t>PMFC</t>
   </si>
   <si>
     <t>Poland (POL)</t>
   </si>
   <si>
     <t>Police Sports Association (PSA)</t>
   </si>
   <si>
     <t>Ponce Leones Track and Field - Puerto Rico (PONC)</t>
   </si>
   <si>
     <t>Pony Express (PONYE)</t>
   </si>
   <si>
     <t>Port Royal Primary - BNAA (PRP)</t>
   </si>
   <si>
     <t>Portugal (POR)</t>
   </si>
   <si>
     <t>Powell River Track Club (PRTF)</t>
   </si>
   <si>
     <t>PR athletics (TYKE)</t>
   </si>
   <si>
     <t>Pr Athletics Track (PRAT)</t>
   </si>
   <si>
     <t>Prairie College (PRAC)</t>
   </si>
   <si>
     <t>Prairie Inn Harriers Racing Team (PIHR)</t>
   </si>
   <si>
     <t>Prairie Run Crew Outreach Program Inc. (PRCI)</t>
   </si>
   <si>
     <t>Predator Athletics Club (1PAC)</t>
   </si>
   <si>
+    <t>Presentation College Track Blazers Athletic Club (PCTB)</t>
+  </si>
+  <si>
     <t>Primian Athletica (PATF)</t>
   </si>
   <si>
     <t>Primian Athletics (PATF)</t>
   </si>
   <si>
     <t>Prince George (PGTF)</t>
   </si>
   <si>
     <t>Prince George Road Runners (PGRR)</t>
   </si>
   <si>
     <t>Prince George Track &amp; Field (PGTF)</t>
   </si>
   <si>
     <t>Prince George Track &amp; Field Club (PGTF)</t>
   </si>
   <si>
     <t>Prince George track and field club (PGTF)</t>
   </si>
   <si>
     <t>Prison Sports &amp; Recreation Club (PSRC)</t>
   </si>
   <si>
     <t>Pro-Motion ()</t>
   </si>
   <si>
     <t>Proceres Barranquitas - Puerto Rico (BARR)</t>
   </si>
   <si>
     <t>Prospect Preschool - BNAA (PPRE)</t>
   </si>
   <si>
     <t>Prospect Primary - BNAA (PPRI)</t>
   </si>
   <si>
+    <t>Providence Pilots (PROV)</t>
+  </si>
+  <si>
     <t>Provo Middle School (PMS)</t>
   </si>
   <si>
     <t>PSE Sports Club (PSE)</t>
   </si>
   <si>
     <t>Puerto Rico (PUR)</t>
   </si>
   <si>
     <t>PUERTO RICO MASTER ATHLETICS TEAM (PURA)</t>
   </si>
   <si>
     <t>Puerto Rico Masters - Puerto Rico (PRMA)</t>
   </si>
   <si>
     <t>Purvis Primary - BNAA (PURP)</t>
   </si>
   <si>
     <t>Qatar (QAT)</t>
   </si>
   <si>
     <t>Quality Athletics (QA)</t>
   </si>
   <si>
     <t>R. H. G. Bonnycastle School (MBONN)</t>
@@ -3002,50 +3059,53 @@
   <si>
     <t>Riversdale Athletics (RIVA)</t>
   </si>
   <si>
     <t>Riversdale Athletics Club (RIVA)</t>
   </si>
   <si>
     <t>Riversdale Athletics Track (RIVA)</t>
   </si>
   <si>
     <t>Riverton Early Middle School (MRVTN)</t>
   </si>
   <si>
     <t>Roadkill Running Club (RKIL)</t>
   </si>
   <si>
     <t>Robert H. Smith School (MRHSM)</t>
   </si>
   <si>
     <t>RoJets Athletic Academy (ROJET)</t>
   </si>
   <si>
     <t>Romania (ROU)</t>
   </si>
   <si>
+    <t>Ronin Track &amp; Field (RONIN)</t>
+  </si>
+  <si>
     <t>Ronin Track and Field (RONIN)</t>
   </si>
   <si>
     <t>Roots Sports Club (ROOTS)</t>
   </si>
   <si>
     <t>ROSES Academy (ROSES)</t>
   </si>
   <si>
     <t>Rosetown Track &amp; Field (ROSE)</t>
   </si>
   <si>
     <t>Ross Sheppard High School (ROSH)</t>
   </si>
   <si>
     <t>Royal City Track &amp; Field Club (CITY)</t>
   </si>
   <si>
     <t>Royal city track club ()</t>
   </si>
   <si>
     <t>Rumah Biru (RB)</t>
   </si>
   <si>
     <t>Rumah Hijau (RH)</t>
@@ -3245,56 +3305,62 @@
   <si>
     <t>Second Chance Track Club (SCTC)</t>
   </si>
   <si>
     <t>Selkirk Jr High (MSKJR)</t>
   </si>
   <si>
     <t>semiahmoo Sunrunners #1 ()</t>
   </si>
   <si>
     <t>Semiahmoo Sunrunners (SSRW)</t>
   </si>
   <si>
     <t>Senegal (SEN)</t>
   </si>
   <si>
     <t>Senior Boys (AMSSB)</t>
   </si>
   <si>
     <t>Serbia (SRB)</t>
   </si>
   <si>
     <t>Seychelles (SEY)</t>
   </si>
   <si>
+    <t>SFU (SFUT)</t>
+  </si>
+  <si>
     <t>Sierra Leone (SLE)</t>
   </si>
   <si>
     <t>Simon Fraser University Athletics (SFUT)</t>
   </si>
   <si>
+    <t>Simplex Athletic Club (SIMP)</t>
+  </si>
+  <si>
     <t>Singapore (SIN)</t>
   </si>
   <si>
     <t>Singapore Airline Group Sports Club (SIA)</t>
   </si>
   <si>
     <t>Singapore Institute of Management (SIM)</t>
   </si>
   <si>
     <t>Singapore Management Uni (SMU)</t>
   </si>
   <si>
     <t>Singapore Masters Athletics (SMA)</t>
   </si>
   <si>
     <t>Singapore Polytechnic (SP)</t>
   </si>
   <si>
     <t>Sisler High School (MSISL)</t>
   </si>
   <si>
     <t>SJCSS</t>
   </si>
   <si>
     <t>Skechers Performance (SKCH)</t>
@@ -3383,185 +3449,209 @@
   <si>
     <t>SPB 2025 (SENPB)</t>
   </si>
   <si>
     <t>Special Olympics BC (SOBC)</t>
   </si>
   <si>
     <t>Special Olympics BC -  Abbotsford (SOA)</t>
   </si>
   <si>
     <t>Special Olympics BC -  Nanaimo (SON)</t>
   </si>
   <si>
     <t>Special Olympics BC - Surrey (SOS)</t>
   </si>
   <si>
     <t>Special Olympics Manitoba (SOMB)</t>
   </si>
   <si>
     <t>Special Olympics Stoon (SOSK)</t>
   </si>
   <si>
     <t>Speed Mechanic Inc (SPME)</t>
   </si>
   <si>
+    <t>Speed Mechanic Inc. (SPME)</t>
+  </si>
+  <si>
     <t>Speed Mechanics Athletics Club (SMAC)</t>
   </si>
   <si>
     <t>Speed Squad Track and Field Club (SST)</t>
   </si>
   <si>
     <t>Speed Track Club - Jamaica (STCJ)</t>
   </si>
   <si>
     <t>Speedfarm (SFAR)</t>
   </si>
   <si>
     <t>SpeedTeam (SPTM)</t>
   </si>
   <si>
     <t>Speedy plus (..)</t>
   </si>
   <si>
     <t>Speedzone (SPZ)</t>
   </si>
   <si>
     <t>Spirit of Oregon (SOOR)</t>
   </si>
   <si>
     <t>Split City Sonics (SPLI)</t>
   </si>
   <si>
     <t>Sports Travel Australia (AUS)</t>
   </si>
   <si>
     <t>Sporty Disable Club (SDC)</t>
   </si>
   <si>
     <t>Spreenters Athletic Club (SAC)</t>
   </si>
   <si>
     <t>Sprinticity (STC)</t>
   </si>
   <si>
     <t>Sri Lanka (SRI)</t>
   </si>
   <si>
     <t>SSS Wolf Pack (SSS)</t>
   </si>
   <si>
+    <t>St David (DAV)</t>
+  </si>
+  <si>
     <t>St George Branch (SG)</t>
   </si>
   <si>
+    <t>St Joseph's Convent Grenville (SJCSA)</t>
+  </si>
+  <si>
     <t>St Pauls Govenrment (SPGS)</t>
   </si>
   <si>
+    <t>St,Davids track Blazers (SDTB)</t>
+  </si>
+  <si>
     <t>St. Albert Mustangs (STAL)</t>
   </si>
   <si>
     <t>St. Albert Mustangs Track &amp; Field Club (STAL)</t>
   </si>
   <si>
     <t>St. Andrew (SA)</t>
   </si>
   <si>
     <t>St. Andrew Branch (SA)</t>
   </si>
   <si>
     <t>St. Andrew's RC (SA)</t>
   </si>
   <si>
+    <t>St. Andrews Branch (SA)</t>
+  </si>
+  <si>
     <t>St. Claude School (0609)</t>
   </si>
   <si>
     <t>st. Croix Track Club (STCR)</t>
   </si>
   <si>
     <t>St. David (SD)</t>
   </si>
   <si>
     <t>St. David's Preschool - BNAA (STDPRE)</t>
   </si>
   <si>
     <t>St. David's Primary - BNAA (STDPRI)</t>
   </si>
   <si>
     <t>St. David's Track Blazers (SDTB)</t>
   </si>
   <si>
     <t>St. Emile School (MSTEM)</t>
   </si>
   <si>
     <t>St. George (SG)</t>
   </si>
   <si>
+    <t>St. George Parish (ST.GP)</t>
+  </si>
+  <si>
     <t>St. George's Anglican (00473)</t>
   </si>
   <si>
     <t>St. George's Preparatory - BNAA (GEOP)</t>
   </si>
   <si>
     <t>St. George's Preschool - BNAA (GPRE)</t>
   </si>
   <si>
     <t>St. George's School (STGE)</t>
   </si>
   <si>
     <t>St. George's School (STGEO)</t>
   </si>
   <si>
     <t>St. Georges Primary School - BNAA (GPS)</t>
   </si>
   <si>
     <t>St. Giles Anglican (SGA)</t>
   </si>
   <si>
     <t>St. Ignatius School (MSTIG)</t>
   </si>
   <si>
     <t>St. John (SJ)</t>
   </si>
   <si>
     <t>St. John Brebeuf School (MSJBB)</t>
   </si>
   <si>
     <t>St. John's (STJOH)</t>
   </si>
   <si>
     <t>St. John's Preschool - BNAA (STJP)</t>
   </si>
   <si>
     <t>St. John's Ravenscourt (MSJRT)</t>
   </si>
   <si>
     <t>St. Joseph The Worker (STJOS)</t>
   </si>
   <si>
     <t>St. Mark (SM)</t>
   </si>
   <si>
+    <t>St. Mark Branch (SMB)</t>
+  </si>
+  <si>
+    <t>St. Mark GUT Branch 2026 (BLUE)</t>
+  </si>
+  <si>
     <t>St. Mary's Academy (MSTMA)</t>
   </si>
   <si>
     <t>St. Mary's Junior School (SMJS)</t>
   </si>
   <si>
     <t>St. Mary's University (STMU)</t>
   </si>
   <si>
     <t>St. Maurice School (MMAUR)</t>
   </si>
   <si>
     <t>St. Patrick (SP)</t>
   </si>
   <si>
     <t>St. Patrick's Elementary School (STPAT)</t>
   </si>
   <si>
     <t>St. Patricks (STPAT)</t>
   </si>
   <si>
     <t>St. Paul Alternate Education Centre (SPAEC) (SPAEC)</t>
   </si>
   <si>
     <t>St. Paul School (SPLS)</t>
@@ -3611,50 +3701,53 @@
   <si>
     <t>Steve's Running Academy (SBRA)</t>
   </si>
   <si>
     <t>STFC</t>
   </si>
   <si>
     <t>Stormers (STR)</t>
   </si>
   <si>
     <t>Strava (TBIR) (STTB)</t>
   </si>
   <si>
     <t>Striderz Run Club (STRDZ)</t>
   </si>
   <si>
     <t>SUCRE (1)</t>
   </si>
   <si>
     <t>Sudan (SUD)</t>
   </si>
   <si>
     <t>Sugarloaf Mountain Athletic Club (SMAC)</t>
   </si>
   <si>
+    <t>Sunshine Coast Athletics (SCAC)</t>
+  </si>
+  <si>
     <t>SuperNova (SPNA)</t>
   </si>
   <si>
     <t>SuperNova Athletics (SNA)</t>
   </si>
   <si>
     <t>Surinam (SUR)</t>
   </si>
   <si>
     <t>Svalbard and Jan Mayen (SJM)</t>
   </si>
   <si>
     <t>Swans Running Club - BNAA (SWAN)</t>
   </si>
   <si>
     <t>Swaziland (SWZ)</t>
   </si>
   <si>
     <t>Sweden (SWE)</t>
   </si>
   <si>
     <t>Swift Athletics Association (SWIF)</t>
   </si>
   <si>
     <t>Swift Current Selects (SCSS)</t>
@@ -3812,59 +3905,68 @@
   <si>
     <t>The Elite Huit (TEH)</t>
   </si>
   <si>
     <t>The King's University (TKUE)</t>
   </si>
   <si>
     <t>The Lions Track Club (LTC)</t>
   </si>
   <si>
     <t>Thomas Haney Secondary School (THSS)</t>
   </si>
   <si>
     <t>Thunderbirds Track + Field (THUNB)</t>
   </si>
   <si>
     <t>tigers athletic and fitness club ()</t>
   </si>
   <si>
     <t>Tigers Sports Club (TGRS)</t>
   </si>
   <si>
     <t>TIGRE</t>
   </si>
   <si>
+    <t>Timing Track Club (TTC)</t>
+  </si>
+  <si>
     <t>Titans Athletic Club (TAC)</t>
   </si>
   <si>
+    <t>Titans Athletics Club (TAC)</t>
+  </si>
+  <si>
     <t>TNT BATAVIA (TNT)</t>
   </si>
   <si>
     <t>TOCO TAFAC (TOCO)</t>
   </si>
   <si>
+    <t>Toco Track and Field Athletic Club (TAFA)</t>
+  </si>
+  <si>
     <t>Togo (TOG)</t>
   </si>
   <si>
     <t>Tokelau (TOK)</t>
   </si>
   <si>
     <t>TONE UP! Elite Track Club (TONE)</t>
   </si>
   <si>
     <t>Tonga (TGA)</t>
   </si>
   <si>
     <t>Top Flight Athletics (TFA)</t>
   </si>
   <si>
     <t>Top Notch Masters (TNMC)</t>
   </si>
   <si>
     <t>Tough Track (TTAC)</t>
   </si>
   <si>
     <t>Track Blazers (SDTB)</t>
   </si>
   <si>
     <t>Track stars (TS)</t>
@@ -3878,95 +3980,101 @@
   <si>
     <t>Trail Blazers Track Club (TBTC)</t>
   </si>
   <si>
     <t>Trail Track &amp; Field Club (TTFC)</t>
   </si>
   <si>
     <t>Training Performance by Thompson (TPT)</t>
   </si>
   <si>
     <t>Treetops 2 (TRT2)</t>
   </si>
   <si>
     <t>Treherne Collegiate Institute (0610)</t>
   </si>
   <si>
     <t>Triathlete Within (TRIW)</t>
   </si>
   <si>
     <t>TriathlonMB (TRIMB)</t>
   </si>
   <si>
     <t>Trinidad and Tobago (TTO)</t>
   </si>
   <si>
+    <t>Trinidad and Tobago Association of Masters Athletics (TTAMA)</t>
+  </si>
+  <si>
     <t>Trinidad-Tobago (TTO)</t>
   </si>
   <si>
     <t>Trinity Western (TWUS)</t>
   </si>
   <si>
     <t>Trinity Western University (TWUS)</t>
   </si>
   <si>
     <t>Trojans Athletic Club (TACC)</t>
   </si>
   <si>
     <t>Trovadores (TROV)</t>
   </si>
   <si>
     <t>Trovarunners (TROVR)</t>
   </si>
   <si>
     <t>TSG78 Heidelberg (TSG78)</t>
   </si>
   <si>
     <t>TTAMA</t>
   </si>
   <si>
     <t>TTO - NORTH WEST DIVISION (TTO)</t>
   </si>
   <si>
     <t>Tufts Jumbos (TUF)</t>
   </si>
   <si>
     <t>Tunisia (TUN)</t>
   </si>
   <si>
     <t>Turkey (TUR)</t>
   </si>
   <si>
     <t>Turkey High School (THS)</t>
   </si>
   <si>
     <t>Turkmenistan (TKM)</t>
   </si>
   <si>
     <t>Turks and Caicos (TKS)</t>
   </si>
   <si>
+    <t>Turks Next Gen Athltics (TNGA)</t>
+  </si>
+  <si>
     <t>Tuvalu (TUV)</t>
   </si>
   <si>
     <t>TV Flieden (TVF)</t>
   </si>
   <si>
     <t>U Of C Athletics Club (UCAC)</t>
   </si>
   <si>
     <t>U Of S Huskies (UOFS)</t>
   </si>
   <si>
     <t>U.S. Minor Outlying Islands (UMO)</t>
   </si>
   <si>
     <t>Uagm - Puerto Rico (UAGM)</t>
   </si>
   <si>
     <t>Ubc Okanagan (UBCO)</t>
   </si>
   <si>
     <t>Ubc Track &amp; Field Club (UBCT)</t>
   </si>
   <si>
     <t>UGA (UNGA)</t>
@@ -4124,50 +4232,53 @@
   <si>
     <t>UPR Rio Piedras (UPRRP)</t>
   </si>
   <si>
     <t>Uruguay (URU)</t>
   </si>
   <si>
     <t>US Air Force WCAP (WCAP)</t>
   </si>
   <si>
     <t>USA (USA-1)</t>
   </si>
   <si>
     <t>USA 1 (USA-1)</t>
   </si>
   <si>
     <t>Usa-1</t>
   </si>
   <si>
     <t>USATF (USA)</t>
   </si>
   <si>
     <t>UTAH</t>
   </si>
   <si>
+    <t>UTT Patriots (UTT)</t>
+  </si>
+  <si>
     <t>UVic Cycling (UCC)</t>
   </si>
   <si>
     <t>UVIC Shotokan ()</t>
   </si>
   <si>
     <t>Uzbekistan (UZB)</t>
   </si>
   <si>
     <t>VAFA</t>
   </si>
   <si>
     <t>Val de Reuil AC (VDRAC)</t>
   </si>
   <si>
     <t>Vallas Ecedao (VALLA)</t>
   </si>
   <si>
     <t>Valley Royals (VRTFC)</t>
   </si>
   <si>
     <t>Valley Royals Track &amp; Field Club (VRTC)</t>
   </si>
   <si>
     <t>Van Walleghem School (MVWAL)</t>
@@ -4182,50 +4293,53 @@
     <t>Vancouver Island Runners' Assoc. (VIRA)</t>
   </si>
   <si>
     <t>Vancouver Island Scottish Throwing Association (VISTA)</t>
   </si>
   <si>
     <t>Vancouver Olympic Club (VOCA)</t>
   </si>
   <si>
     <t>Vancouver Thunderbirds (TBIR)</t>
   </si>
   <si>
     <t>Vandal Track Club (VTC)</t>
   </si>
   <si>
     <t>Vanuatu (VAN)</t>
   </si>
   <si>
     <t>Varbergs GIF (VARG)</t>
   </si>
   <si>
     <t>Vatican City State (VCS)</t>
   </si>
   <si>
     <t>Vega Baja - Puerto Rico (VEBA)</t>
+  </si>
+  <si>
+    <t>Velocity Tack Club (VELO)</t>
   </si>
   <si>
     <t>Velocity Track Club (VELO)</t>
   </si>
   <si>
     <t>Venezuela (VEN)</t>
   </si>
   <si>
     <t>Vermont Catamounts (VT)</t>
   </si>
   <si>
     <t>Vermont Technical College (VTC)</t>
   </si>
   <si>
     <t>Vernon Amateur Athletics Association (VAAA)</t>
   </si>
   <si>
     <t>Vernon Pacers Running Club (PACERS)</t>
   </si>
   <si>
     <t>Very Nice Track Club (NICE)</t>
   </si>
   <si>
     <t>Vic City Elite (VCE)</t>
   </si>
@@ -4824,51 +4938,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:DG1374"/>
+  <dimension ref="A1:DG1412"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="106" max="106" width="75" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="32" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="108" max="108" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="12" bestFit="true" customWidth="true" style="0"/>
@@ -6139,71 +6253,71 @@
       <c r="X39" s="2"/>
       <c r="Z39" s="2"/>
       <c r="AB39" s="2"/>
       <c r="AD39" s="2"/>
       <c r="DB39" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="40" spans="1:111">
       <c r="E40" s="2"/>
       <c r="I40" t="s">
         <v>3</v>
       </c>
       <c r="L40" t="s">
         <v>3</v>
       </c>
       <c r="P40" s="2"/>
       <c r="R40" s="2"/>
       <c r="T40" s="2"/>
       <c r="V40" s="2"/>
       <c r="X40" s="2"/>
       <c r="Z40" s="2"/>
       <c r="AB40" s="2"/>
       <c r="AD40" s="2"/>
       <c r="DB40" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="41" spans="1:111">
       <c r="E41" s="2"/>
       <c r="I41" t="s">
         <v>3</v>
       </c>
       <c r="L41" t="s">
         <v>3</v>
       </c>
       <c r="P41" s="2"/>
       <c r="R41" s="2"/>
       <c r="T41" s="2"/>
       <c r="V41" s="2"/>
       <c r="X41" s="2"/>
       <c r="Z41" s="2"/>
       <c r="AB41" s="2"/>
       <c r="AD41" s="2"/>
       <c r="DB41" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:111">
       <c r="E42" s="2"/>
       <c r="I42" t="s">
         <v>3</v>
       </c>
       <c r="L42" t="s">
         <v>3</v>
       </c>
       <c r="P42" s="2"/>
       <c r="R42" s="2"/>
       <c r="T42" s="2"/>
       <c r="V42" s="2"/>
       <c r="X42" s="2"/>
       <c r="Z42" s="2"/>
       <c r="AB42" s="2"/>
       <c r="AD42" s="2"/>
       <c r="DB42" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:111">
       <c r="E43" s="2"/>
       <c r="I43" t="s">
@@ -16099,231 +16213,231 @@
       <c r="X537" s="2"/>
       <c r="Z537" s="2"/>
       <c r="AB537" s="2"/>
       <c r="AD537" s="2"/>
       <c r="DB537" t="s">
         <v>644</v>
       </c>
     </row>
     <row r="538" spans="1:111">
       <c r="E538" s="2"/>
       <c r="I538" t="s">
         <v>3</v>
       </c>
       <c r="L538" t="s">
         <v>3</v>
       </c>
       <c r="P538" s="2"/>
       <c r="R538" s="2"/>
       <c r="T538" s="2"/>
       <c r="V538" s="2"/>
       <c r="X538" s="2"/>
       <c r="Z538" s="2"/>
       <c r="AB538" s="2"/>
       <c r="AD538" s="2"/>
       <c r="DB538" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="539" spans="1:111">
       <c r="E539" s="2"/>
       <c r="I539" t="s">
         <v>3</v>
       </c>
       <c r="L539" t="s">
         <v>3</v>
       </c>
       <c r="P539" s="2"/>
       <c r="R539" s="2"/>
       <c r="T539" s="2"/>
       <c r="V539" s="2"/>
       <c r="X539" s="2"/>
       <c r="Z539" s="2"/>
       <c r="AB539" s="2"/>
       <c r="AD539" s="2"/>
       <c r="DB539" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="540" spans="1:111">
       <c r="E540" s="2"/>
       <c r="I540" t="s">
         <v>3</v>
       </c>
       <c r="L540" t="s">
         <v>3</v>
       </c>
       <c r="P540" s="2"/>
       <c r="R540" s="2"/>
       <c r="T540" s="2"/>
       <c r="V540" s="2"/>
       <c r="X540" s="2"/>
       <c r="Z540" s="2"/>
       <c r="AB540" s="2"/>
       <c r="AD540" s="2"/>
       <c r="DB540" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="541" spans="1:111">
       <c r="E541" s="2"/>
       <c r="I541" t="s">
         <v>3</v>
       </c>
       <c r="L541" t="s">
         <v>3</v>
       </c>
       <c r="P541" s="2"/>
       <c r="R541" s="2"/>
       <c r="T541" s="2"/>
       <c r="V541" s="2"/>
       <c r="X541" s="2"/>
       <c r="Z541" s="2"/>
       <c r="AB541" s="2"/>
       <c r="AD541" s="2"/>
       <c r="DB541" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
     </row>
     <row r="542" spans="1:111">
       <c r="E542" s="2"/>
       <c r="I542" t="s">
         <v>3</v>
       </c>
       <c r="L542" t="s">
         <v>3</v>
       </c>
       <c r="P542" s="2"/>
       <c r="R542" s="2"/>
       <c r="T542" s="2"/>
       <c r="V542" s="2"/>
       <c r="X542" s="2"/>
       <c r="Z542" s="2"/>
       <c r="AB542" s="2"/>
       <c r="AD542" s="2"/>
       <c r="DB542" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="543" spans="1:111">
       <c r="E543" s="2"/>
       <c r="I543" t="s">
         <v>3</v>
       </c>
       <c r="L543" t="s">
         <v>3</v>
       </c>
       <c r="P543" s="2"/>
       <c r="R543" s="2"/>
       <c r="T543" s="2"/>
       <c r="V543" s="2"/>
       <c r="X543" s="2"/>
       <c r="Z543" s="2"/>
       <c r="AB543" s="2"/>
       <c r="AD543" s="2"/>
       <c r="DB543" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="544" spans="1:111">
       <c r="E544" s="2"/>
       <c r="I544" t="s">
         <v>3</v>
       </c>
       <c r="L544" t="s">
         <v>3</v>
       </c>
       <c r="P544" s="2"/>
       <c r="R544" s="2"/>
       <c r="T544" s="2"/>
       <c r="V544" s="2"/>
       <c r="X544" s="2"/>
       <c r="Z544" s="2"/>
       <c r="AB544" s="2"/>
       <c r="AD544" s="2"/>
       <c r="DB544" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="545" spans="1:111">
       <c r="E545" s="2"/>
       <c r="I545" t="s">
         <v>3</v>
       </c>
       <c r="L545" t="s">
         <v>3</v>
       </c>
       <c r="P545" s="2"/>
       <c r="R545" s="2"/>
       <c r="T545" s="2"/>
       <c r="V545" s="2"/>
       <c r="X545" s="2"/>
       <c r="Z545" s="2"/>
       <c r="AB545" s="2"/>
       <c r="AD545" s="2"/>
       <c r="DB545" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
     </row>
     <row r="546" spans="1:111">
       <c r="E546" s="2"/>
       <c r="I546" t="s">
         <v>3</v>
       </c>
       <c r="L546" t="s">
         <v>3</v>
       </c>
       <c r="P546" s="2"/>
       <c r="R546" s="2"/>
       <c r="T546" s="2"/>
       <c r="V546" s="2"/>
       <c r="X546" s="2"/>
       <c r="Z546" s="2"/>
       <c r="AB546" s="2"/>
       <c r="AD546" s="2"/>
       <c r="DB546" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="547" spans="1:111">
       <c r="E547" s="2"/>
       <c r="I547" t="s">
         <v>3</v>
       </c>
       <c r="L547" t="s">
         <v>3</v>
       </c>
       <c r="P547" s="2"/>
       <c r="R547" s="2"/>
       <c r="T547" s="2"/>
       <c r="V547" s="2"/>
       <c r="X547" s="2"/>
       <c r="Z547" s="2"/>
       <c r="AB547" s="2"/>
       <c r="AD547" s="2"/>
       <c r="DB547" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="548" spans="1:111">
       <c r="E548" s="2"/>
       <c r="I548" t="s">
         <v>3</v>
       </c>
       <c r="L548" t="s">
         <v>3</v>
       </c>
       <c r="P548" s="2"/>
       <c r="R548" s="2"/>
       <c r="T548" s="2"/>
       <c r="V548" s="2"/>
       <c r="X548" s="2"/>
       <c r="Z548" s="2"/>
       <c r="AB548" s="2"/>
       <c r="AD548" s="2"/>
       <c r="DB548" t="s">
         <v>654</v>
       </c>
     </row>
     <row r="549" spans="1:111">
       <c r="E549" s="2"/>
       <c r="I549" t="s">
@@ -19039,311 +19153,311 @@
       <c r="X684" s="2"/>
       <c r="Z684" s="2"/>
       <c r="AB684" s="2"/>
       <c r="AD684" s="2"/>
       <c r="DB684" t="s">
         <v>790</v>
       </c>
     </row>
     <row r="685" spans="1:111">
       <c r="E685" s="2"/>
       <c r="I685" t="s">
         <v>3</v>
       </c>
       <c r="L685" t="s">
         <v>3</v>
       </c>
       <c r="P685" s="2"/>
       <c r="R685" s="2"/>
       <c r="T685" s="2"/>
       <c r="V685" s="2"/>
       <c r="X685" s="2"/>
       <c r="Z685" s="2"/>
       <c r="AB685" s="2"/>
       <c r="AD685" s="2"/>
       <c r="DB685" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
     </row>
     <row r="686" spans="1:111">
       <c r="E686" s="2"/>
       <c r="I686" t="s">
         <v>3</v>
       </c>
       <c r="L686" t="s">
         <v>3</v>
       </c>
       <c r="P686" s="2"/>
       <c r="R686" s="2"/>
       <c r="T686" s="2"/>
       <c r="V686" s="2"/>
       <c r="X686" s="2"/>
       <c r="Z686" s="2"/>
       <c r="AB686" s="2"/>
       <c r="AD686" s="2"/>
       <c r="DB686" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
     </row>
     <row r="687" spans="1:111">
       <c r="E687" s="2"/>
       <c r="I687" t="s">
         <v>3</v>
       </c>
       <c r="L687" t="s">
         <v>3</v>
       </c>
       <c r="P687" s="2"/>
       <c r="R687" s="2"/>
       <c r="T687" s="2"/>
       <c r="V687" s="2"/>
       <c r="X687" s="2"/>
       <c r="Z687" s="2"/>
       <c r="AB687" s="2"/>
       <c r="AD687" s="2"/>
       <c r="DB687" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
     </row>
     <row r="688" spans="1:111">
       <c r="E688" s="2"/>
       <c r="I688" t="s">
         <v>3</v>
       </c>
       <c r="L688" t="s">
         <v>3</v>
       </c>
       <c r="P688" s="2"/>
       <c r="R688" s="2"/>
       <c r="T688" s="2"/>
       <c r="V688" s="2"/>
       <c r="X688" s="2"/>
       <c r="Z688" s="2"/>
       <c r="AB688" s="2"/>
       <c r="AD688" s="2"/>
       <c r="DB688" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
     </row>
     <row r="689" spans="1:111">
       <c r="E689" s="2"/>
       <c r="I689" t="s">
         <v>3</v>
       </c>
       <c r="L689" t="s">
         <v>3</v>
       </c>
       <c r="P689" s="2"/>
       <c r="R689" s="2"/>
       <c r="T689" s="2"/>
       <c r="V689" s="2"/>
       <c r="X689" s="2"/>
       <c r="Z689" s="2"/>
       <c r="AB689" s="2"/>
       <c r="AD689" s="2"/>
       <c r="DB689" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
     </row>
     <row r="690" spans="1:111">
       <c r="E690" s="2"/>
       <c r="I690" t="s">
         <v>3</v>
       </c>
       <c r="L690" t="s">
         <v>3</v>
       </c>
       <c r="P690" s="2"/>
       <c r="R690" s="2"/>
       <c r="T690" s="2"/>
       <c r="V690" s="2"/>
       <c r="X690" s="2"/>
       <c r="Z690" s="2"/>
       <c r="AB690" s="2"/>
       <c r="AD690" s="2"/>
       <c r="DB690" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
     </row>
     <row r="691" spans="1:111">
       <c r="E691" s="2"/>
       <c r="I691" t="s">
         <v>3</v>
       </c>
       <c r="L691" t="s">
         <v>3</v>
       </c>
       <c r="P691" s="2"/>
       <c r="R691" s="2"/>
       <c r="T691" s="2"/>
       <c r="V691" s="2"/>
       <c r="X691" s="2"/>
       <c r="Z691" s="2"/>
       <c r="AB691" s="2"/>
       <c r="AD691" s="2"/>
       <c r="DB691" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="692" spans="1:111">
       <c r="E692" s="2"/>
       <c r="I692" t="s">
         <v>3</v>
       </c>
       <c r="L692" t="s">
         <v>3</v>
       </c>
       <c r="P692" s="2"/>
       <c r="R692" s="2"/>
       <c r="T692" s="2"/>
       <c r="V692" s="2"/>
       <c r="X692" s="2"/>
       <c r="Z692" s="2"/>
       <c r="AB692" s="2"/>
       <c r="AD692" s="2"/>
       <c r="DB692" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
     </row>
     <row r="693" spans="1:111">
       <c r="E693" s="2"/>
       <c r="I693" t="s">
         <v>3</v>
       </c>
       <c r="L693" t="s">
         <v>3</v>
       </c>
       <c r="P693" s="2"/>
       <c r="R693" s="2"/>
       <c r="T693" s="2"/>
       <c r="V693" s="2"/>
       <c r="X693" s="2"/>
       <c r="Z693" s="2"/>
       <c r="AB693" s="2"/>
       <c r="AD693" s="2"/>
       <c r="DB693" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
     </row>
     <row r="694" spans="1:111">
       <c r="E694" s="2"/>
       <c r="I694" t="s">
         <v>3</v>
       </c>
       <c r="L694" t="s">
         <v>3</v>
       </c>
       <c r="P694" s="2"/>
       <c r="R694" s="2"/>
       <c r="T694" s="2"/>
       <c r="V694" s="2"/>
       <c r="X694" s="2"/>
       <c r="Z694" s="2"/>
       <c r="AB694" s="2"/>
       <c r="AD694" s="2"/>
       <c r="DB694" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
     </row>
     <row r="695" spans="1:111">
       <c r="E695" s="2"/>
       <c r="I695" t="s">
         <v>3</v>
       </c>
       <c r="L695" t="s">
         <v>3</v>
       </c>
       <c r="P695" s="2"/>
       <c r="R695" s="2"/>
       <c r="T695" s="2"/>
       <c r="V695" s="2"/>
       <c r="X695" s="2"/>
       <c r="Z695" s="2"/>
       <c r="AB695" s="2"/>
       <c r="AD695" s="2"/>
       <c r="DB695" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
     </row>
     <row r="696" spans="1:111">
       <c r="E696" s="2"/>
       <c r="I696" t="s">
         <v>3</v>
       </c>
       <c r="L696" t="s">
         <v>3</v>
       </c>
       <c r="P696" s="2"/>
       <c r="R696" s="2"/>
       <c r="T696" s="2"/>
       <c r="V696" s="2"/>
       <c r="X696" s="2"/>
       <c r="Z696" s="2"/>
       <c r="AB696" s="2"/>
       <c r="AD696" s="2"/>
       <c r="DB696" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
     </row>
     <row r="697" spans="1:111">
       <c r="E697" s="2"/>
       <c r="I697" t="s">
         <v>3</v>
       </c>
       <c r="L697" t="s">
         <v>3</v>
       </c>
       <c r="P697" s="2"/>
       <c r="R697" s="2"/>
       <c r="T697" s="2"/>
       <c r="V697" s="2"/>
       <c r="X697" s="2"/>
       <c r="Z697" s="2"/>
       <c r="AB697" s="2"/>
       <c r="AD697" s="2"/>
       <c r="DB697" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
     </row>
     <row r="698" spans="1:111">
       <c r="E698" s="2"/>
       <c r="I698" t="s">
         <v>3</v>
       </c>
       <c r="L698" t="s">
         <v>3</v>
       </c>
       <c r="P698" s="2"/>
       <c r="R698" s="2"/>
       <c r="T698" s="2"/>
       <c r="V698" s="2"/>
       <c r="X698" s="2"/>
       <c r="Z698" s="2"/>
       <c r="AB698" s="2"/>
       <c r="AD698" s="2"/>
       <c r="DB698" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
     </row>
     <row r="699" spans="1:111">
       <c r="E699" s="2"/>
       <c r="I699" t="s">
         <v>3</v>
       </c>
       <c r="L699" t="s">
         <v>3</v>
       </c>
       <c r="P699" s="2"/>
       <c r="R699" s="2"/>
       <c r="T699" s="2"/>
       <c r="V699" s="2"/>
       <c r="X699" s="2"/>
       <c r="Z699" s="2"/>
       <c r="AB699" s="2"/>
       <c r="AD699" s="2"/>
       <c r="DB699" t="s">
         <v>804</v>
       </c>
     </row>
     <row r="700" spans="1:111">
       <c r="E700" s="2"/>
       <c r="I700" t="s">
@@ -22859,411 +22973,411 @@
       <c r="X875" s="2"/>
       <c r="Z875" s="2"/>
       <c r="AB875" s="2"/>
       <c r="AD875" s="2"/>
       <c r="DB875" t="s">
         <v>980</v>
       </c>
     </row>
     <row r="876" spans="1:111">
       <c r="E876" s="2"/>
       <c r="I876" t="s">
         <v>3</v>
       </c>
       <c r="L876" t="s">
         <v>3</v>
       </c>
       <c r="P876" s="2"/>
       <c r="R876" s="2"/>
       <c r="T876" s="2"/>
       <c r="V876" s="2"/>
       <c r="X876" s="2"/>
       <c r="Z876" s="2"/>
       <c r="AB876" s="2"/>
       <c r="AD876" s="2"/>
       <c r="DB876" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
     </row>
     <row r="877" spans="1:111">
       <c r="E877" s="2"/>
       <c r="I877" t="s">
         <v>3</v>
       </c>
       <c r="L877" t="s">
         <v>3</v>
       </c>
       <c r="P877" s="2"/>
       <c r="R877" s="2"/>
       <c r="T877" s="2"/>
       <c r="V877" s="2"/>
       <c r="X877" s="2"/>
       <c r="Z877" s="2"/>
       <c r="AB877" s="2"/>
       <c r="AD877" s="2"/>
       <c r="DB877" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
     </row>
     <row r="878" spans="1:111">
       <c r="E878" s="2"/>
       <c r="I878" t="s">
         <v>3</v>
       </c>
       <c r="L878" t="s">
         <v>3</v>
       </c>
       <c r="P878" s="2"/>
       <c r="R878" s="2"/>
       <c r="T878" s="2"/>
       <c r="V878" s="2"/>
       <c r="X878" s="2"/>
       <c r="Z878" s="2"/>
       <c r="AB878" s="2"/>
       <c r="AD878" s="2"/>
       <c r="DB878" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
     </row>
     <row r="879" spans="1:111">
       <c r="E879" s="2"/>
       <c r="I879" t="s">
         <v>3</v>
       </c>
       <c r="L879" t="s">
         <v>3</v>
       </c>
       <c r="P879" s="2"/>
       <c r="R879" s="2"/>
       <c r="T879" s="2"/>
       <c r="V879" s="2"/>
       <c r="X879" s="2"/>
       <c r="Z879" s="2"/>
       <c r="AB879" s="2"/>
       <c r="AD879" s="2"/>
       <c r="DB879" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
     </row>
     <row r="880" spans="1:111">
       <c r="E880" s="2"/>
       <c r="I880" t="s">
         <v>3</v>
       </c>
       <c r="L880" t="s">
         <v>3</v>
       </c>
       <c r="P880" s="2"/>
       <c r="R880" s="2"/>
       <c r="T880" s="2"/>
       <c r="V880" s="2"/>
       <c r="X880" s="2"/>
       <c r="Z880" s="2"/>
       <c r="AB880" s="2"/>
       <c r="AD880" s="2"/>
       <c r="DB880" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
     </row>
     <row r="881" spans="1:111">
       <c r="E881" s="2"/>
       <c r="I881" t="s">
         <v>3</v>
       </c>
       <c r="L881" t="s">
         <v>3</v>
       </c>
       <c r="P881" s="2"/>
       <c r="R881" s="2"/>
       <c r="T881" s="2"/>
       <c r="V881" s="2"/>
       <c r="X881" s="2"/>
       <c r="Z881" s="2"/>
       <c r="AB881" s="2"/>
       <c r="AD881" s="2"/>
       <c r="DB881" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
     </row>
     <row r="882" spans="1:111">
       <c r="E882" s="2"/>
       <c r="I882" t="s">
         <v>3</v>
       </c>
       <c r="L882" t="s">
         <v>3</v>
       </c>
       <c r="P882" s="2"/>
       <c r="R882" s="2"/>
       <c r="T882" s="2"/>
       <c r="V882" s="2"/>
       <c r="X882" s="2"/>
       <c r="Z882" s="2"/>
       <c r="AB882" s="2"/>
       <c r="AD882" s="2"/>
       <c r="DB882" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
     </row>
     <row r="883" spans="1:111">
       <c r="E883" s="2"/>
       <c r="I883" t="s">
         <v>3</v>
       </c>
       <c r="L883" t="s">
         <v>3</v>
       </c>
       <c r="P883" s="2"/>
       <c r="R883" s="2"/>
       <c r="T883" s="2"/>
       <c r="V883" s="2"/>
       <c r="X883" s="2"/>
       <c r="Z883" s="2"/>
       <c r="AB883" s="2"/>
       <c r="AD883" s="2"/>
       <c r="DB883" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
     </row>
     <row r="884" spans="1:111">
       <c r="E884" s="2"/>
       <c r="I884" t="s">
         <v>3</v>
       </c>
       <c r="L884" t="s">
         <v>3</v>
       </c>
       <c r="P884" s="2"/>
       <c r="R884" s="2"/>
       <c r="T884" s="2"/>
       <c r="V884" s="2"/>
       <c r="X884" s="2"/>
       <c r="Z884" s="2"/>
       <c r="AB884" s="2"/>
       <c r="AD884" s="2"/>
       <c r="DB884" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
     </row>
     <row r="885" spans="1:111">
       <c r="E885" s="2"/>
       <c r="I885" t="s">
         <v>3</v>
       </c>
       <c r="L885" t="s">
         <v>3</v>
       </c>
       <c r="P885" s="2"/>
       <c r="R885" s="2"/>
       <c r="T885" s="2"/>
       <c r="V885" s="2"/>
       <c r="X885" s="2"/>
       <c r="Z885" s="2"/>
       <c r="AB885" s="2"/>
       <c r="AD885" s="2"/>
       <c r="DB885" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
     </row>
     <row r="886" spans="1:111">
       <c r="E886" s="2"/>
       <c r="I886" t="s">
         <v>3</v>
       </c>
       <c r="L886" t="s">
         <v>3</v>
       </c>
       <c r="P886" s="2"/>
       <c r="R886" s="2"/>
       <c r="T886" s="2"/>
       <c r="V886" s="2"/>
       <c r="X886" s="2"/>
       <c r="Z886" s="2"/>
       <c r="AB886" s="2"/>
       <c r="AD886" s="2"/>
       <c r="DB886" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
     </row>
     <row r="887" spans="1:111">
       <c r="E887" s="2"/>
       <c r="I887" t="s">
         <v>3</v>
       </c>
       <c r="L887" t="s">
         <v>3</v>
       </c>
       <c r="P887" s="2"/>
       <c r="R887" s="2"/>
       <c r="T887" s="2"/>
       <c r="V887" s="2"/>
       <c r="X887" s="2"/>
       <c r="Z887" s="2"/>
       <c r="AB887" s="2"/>
       <c r="AD887" s="2"/>
       <c r="DB887" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
     </row>
     <row r="888" spans="1:111">
       <c r="E888" s="2"/>
       <c r="I888" t="s">
         <v>3</v>
       </c>
       <c r="L888" t="s">
         <v>3</v>
       </c>
       <c r="P888" s="2"/>
       <c r="R888" s="2"/>
       <c r="T888" s="2"/>
       <c r="V888" s="2"/>
       <c r="X888" s="2"/>
       <c r="Z888" s="2"/>
       <c r="AB888" s="2"/>
       <c r="AD888" s="2"/>
       <c r="DB888" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
     </row>
     <row r="889" spans="1:111">
       <c r="E889" s="2"/>
       <c r="I889" t="s">
         <v>3</v>
       </c>
       <c r="L889" t="s">
         <v>3</v>
       </c>
       <c r="P889" s="2"/>
       <c r="R889" s="2"/>
       <c r="T889" s="2"/>
       <c r="V889" s="2"/>
       <c r="X889" s="2"/>
       <c r="Z889" s="2"/>
       <c r="AB889" s="2"/>
       <c r="AD889" s="2"/>
       <c r="DB889" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
     </row>
     <row r="890" spans="1:111">
       <c r="E890" s="2"/>
       <c r="I890" t="s">
         <v>3</v>
       </c>
       <c r="L890" t="s">
         <v>3</v>
       </c>
       <c r="P890" s="2"/>
       <c r="R890" s="2"/>
       <c r="T890" s="2"/>
       <c r="V890" s="2"/>
       <c r="X890" s="2"/>
       <c r="Z890" s="2"/>
       <c r="AB890" s="2"/>
       <c r="AD890" s="2"/>
       <c r="DB890" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
     </row>
     <row r="891" spans="1:111">
       <c r="E891" s="2"/>
       <c r="I891" t="s">
         <v>3</v>
       </c>
       <c r="L891" t="s">
         <v>3</v>
       </c>
       <c r="P891" s="2"/>
       <c r="R891" s="2"/>
       <c r="T891" s="2"/>
       <c r="V891" s="2"/>
       <c r="X891" s="2"/>
       <c r="Z891" s="2"/>
       <c r="AB891" s="2"/>
       <c r="AD891" s="2"/>
       <c r="DB891" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
     </row>
     <row r="892" spans="1:111">
       <c r="E892" s="2"/>
       <c r="I892" t="s">
         <v>3</v>
       </c>
       <c r="L892" t="s">
         <v>3</v>
       </c>
       <c r="P892" s="2"/>
       <c r="R892" s="2"/>
       <c r="T892" s="2"/>
       <c r="V892" s="2"/>
       <c r="X892" s="2"/>
       <c r="Z892" s="2"/>
       <c r="AB892" s="2"/>
       <c r="AD892" s="2"/>
       <c r="DB892" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
     </row>
     <row r="893" spans="1:111">
       <c r="E893" s="2"/>
       <c r="I893" t="s">
         <v>3</v>
       </c>
       <c r="L893" t="s">
         <v>3</v>
       </c>
       <c r="P893" s="2"/>
       <c r="R893" s="2"/>
       <c r="T893" s="2"/>
       <c r="V893" s="2"/>
       <c r="X893" s="2"/>
       <c r="Z893" s="2"/>
       <c r="AB893" s="2"/>
       <c r="AD893" s="2"/>
       <c r="DB893" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
     </row>
     <row r="894" spans="1:111">
       <c r="E894" s="2"/>
       <c r="I894" t="s">
         <v>3</v>
       </c>
       <c r="L894" t="s">
         <v>3</v>
       </c>
       <c r="P894" s="2"/>
       <c r="R894" s="2"/>
       <c r="T894" s="2"/>
       <c r="V894" s="2"/>
       <c r="X894" s="2"/>
       <c r="Z894" s="2"/>
       <c r="AB894" s="2"/>
       <c r="AD894" s="2"/>
       <c r="DB894" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
     </row>
     <row r="895" spans="1:111">
       <c r="E895" s="2"/>
       <c r="I895" t="s">
         <v>3</v>
       </c>
       <c r="L895" t="s">
         <v>3</v>
       </c>
       <c r="P895" s="2"/>
       <c r="R895" s="2"/>
       <c r="T895" s="2"/>
       <c r="V895" s="2"/>
       <c r="X895" s="2"/>
       <c r="Z895" s="2"/>
       <c r="AB895" s="2"/>
       <c r="AD895" s="2"/>
       <c r="DB895" t="s">
         <v>999</v>
       </c>
     </row>
     <row r="896" spans="1:111">
       <c r="E896" s="2"/>
       <c r="I896" t="s">
@@ -25594,186 +25708,186 @@
         <v>1150</v>
       </c>
     </row>
     <row r="1047" spans="1:111">
       <c r="DB1047" t="s">
         <v>1151</v>
       </c>
     </row>
     <row r="1048" spans="1:111">
       <c r="DB1048" t="s">
         <v>1152</v>
       </c>
     </row>
     <row r="1049" spans="1:111">
       <c r="DB1049" t="s">
         <v>1153</v>
       </c>
     </row>
     <row r="1050" spans="1:111">
       <c r="DB1050" t="s">
         <v>1154</v>
       </c>
     </row>
     <row r="1051" spans="1:111">
       <c r="DB1051" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="1052" spans="1:111">
       <c r="DB1052" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="1053" spans="1:111">
       <c r="DB1053" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="1054" spans="1:111">
       <c r="DB1054" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="1055" spans="1:111">
       <c r="DB1055" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="1056" spans="1:111">
       <c r="DB1056" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="1057" spans="1:111">
       <c r="DB1057" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="1058" spans="1:111">
       <c r="DB1058" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="1059" spans="1:111">
       <c r="DB1059" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="1060" spans="1:111">
       <c r="DB1060" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="1061" spans="1:111">
       <c r="DB1061" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="1062" spans="1:111">
       <c r="DB1062" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="1063" spans="1:111">
       <c r="DB1063" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="1064" spans="1:111">
       <c r="DB1064" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="1065" spans="1:111">
       <c r="DB1065" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="1066" spans="1:111">
       <c r="DB1066" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="1067" spans="1:111">
       <c r="DB1067" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="1068" spans="1:111">
       <c r="DB1068" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="1069" spans="1:111">
       <c r="DB1069" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="1070" spans="1:111">
       <c r="DB1070" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="1071" spans="1:111">
       <c r="DB1071" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="1072" spans="1:111">
       <c r="DB1072" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="1073" spans="1:111">
       <c r="DB1073" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="1074" spans="1:111">
       <c r="DB1074" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="1075" spans="1:111">
       <c r="DB1075" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="1076" spans="1:111">
       <c r="DB1076" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="1077" spans="1:111">
       <c r="DB1077" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="1078" spans="1:111">
       <c r="DB1078" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="1079" spans="1:111">
       <c r="DB1079" t="s">
         <v>1182</v>
       </c>
     </row>
     <row r="1080" spans="1:111">
       <c r="DB1080" t="s">
         <v>1183</v>
       </c>
     </row>
     <row r="1081" spans="1:111">
       <c r="DB1081" t="s">
         <v>1184</v>
       </c>
     </row>
     <row r="1082" spans="1:111">
       <c r="DB1082" t="s">
         <v>1185</v>
       </c>
     </row>
     <row r="1083" spans="1:111">
       <c r="DB1083" t="s">
         <v>1186</v>
@@ -26407,227 +26521,227 @@
     <row r="1209" spans="1:111">
       <c r="DB1209" t="s">
         <v>1312</v>
       </c>
     </row>
     <row r="1210" spans="1:111">
       <c r="DB1210" t="s">
         <v>1313</v>
       </c>
     </row>
     <row r="1211" spans="1:111">
       <c r="DB1211" t="s">
         <v>1314</v>
       </c>
     </row>
     <row r="1212" spans="1:111">
       <c r="DB1212" t="s">
         <v>1315</v>
       </c>
     </row>
     <row r="1213" spans="1:111">
       <c r="DB1213" t="s">
         <v>1316</v>
       </c>
     </row>
+    <row r="1214" spans="1:111">
+      <c r="DB1214" t="s">
+        <v>1317</v>
+      </c>
+    </row>
     <row r="1215" spans="1:111">
       <c r="DB1215" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="1216" spans="1:111">
       <c r="DB1216" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="1217" spans="1:111">
       <c r="DB1217" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="1218" spans="1:111">
       <c r="DB1218" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="1219" spans="1:111">
       <c r="DB1219" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="1220" spans="1:111">
       <c r="DB1220" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="1221" spans="1:111">
       <c r="DB1221" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="1222" spans="1:111">
       <c r="DB1222" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="1223" spans="1:111">
       <c r="DB1223" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="1224" spans="1:111">
       <c r="DB1224" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="1225" spans="1:111">
       <c r="DB1225" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="1226" spans="1:111">
       <c r="DB1226" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="1227" spans="1:111">
       <c r="DB1227" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="1228" spans="1:111">
       <c r="DB1228" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="1229" spans="1:111">
       <c r="DB1229" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="1230" spans="1:111">
       <c r="DB1230" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="1231" spans="1:111">
       <c r="DB1231" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="1232" spans="1:111">
       <c r="DB1232" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="1233" spans="1:111">
       <c r="DB1233" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="1234" spans="1:111">
       <c r="DB1234" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="1235" spans="1:111">
       <c r="DB1235" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="1236" spans="1:111">
       <c r="DB1236" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="1237" spans="1:111">
       <c r="DB1237" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="1238" spans="1:111">
       <c r="DB1238" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="1239" spans="1:111">
       <c r="DB1239" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="1240" spans="1:111">
       <c r="DB1240" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="1241" spans="1:111">
       <c r="DB1241" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="1242" spans="1:111">
       <c r="DB1242" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="1243" spans="1:111">
       <c r="DB1243" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="1244" spans="1:111">
       <c r="DB1244" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="1245" spans="1:111">
       <c r="DB1245" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="1246" spans="1:111">
       <c r="DB1246" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="1247" spans="1:111">
       <c r="DB1247" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="1248" spans="1:111">
       <c r="DB1248" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="1249" spans="1:111">
       <c r="DB1249" t="s">
-        <v>1351</v>
-[...3 lines deleted...]
-      <c r="DB1250" t="s">
         <v>1352</v>
       </c>
     </row>
     <row r="1251" spans="1:111">
       <c r="DB1251" t="s">
         <v>1353</v>
       </c>
     </row>
     <row r="1252" spans="1:111">
       <c r="DB1252" t="s">
         <v>1354</v>
       </c>
     </row>
     <row r="1253" spans="1:111">
       <c r="DB1253" t="s">
         <v>1355</v>
       </c>
     </row>
     <row r="1254" spans="1:111">
       <c r="DB1254" t="s">
         <v>1356</v>
       </c>
     </row>
     <row r="1255" spans="1:111">
       <c r="DB1255" t="s">
@@ -27205,70 +27319,260 @@
       </c>
     </row>
     <row r="1370" spans="1:111">
       <c r="DB1370" t="s">
         <v>1472</v>
       </c>
     </row>
     <row r="1371" spans="1:111">
       <c r="DB1371" t="s">
         <v>1473</v>
       </c>
     </row>
     <row r="1372" spans="1:111">
       <c r="DB1372" t="s">
         <v>1474</v>
       </c>
     </row>
     <row r="1373" spans="1:111">
       <c r="DB1373" t="s">
         <v>1475</v>
       </c>
     </row>
     <row r="1374" spans="1:111">
       <c r="DB1374" t="s">
         <v>1476</v>
+      </c>
+    </row>
+    <row r="1375" spans="1:111">
+      <c r="DB1375" t="s">
+        <v>1477</v>
+      </c>
+    </row>
+    <row r="1376" spans="1:111">
+      <c r="DB1376" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="1377" spans="1:111">
+      <c r="DB1377" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="1378" spans="1:111">
+      <c r="DB1378" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="1379" spans="1:111">
+      <c r="DB1379" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="1380" spans="1:111">
+      <c r="DB1380" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="1381" spans="1:111">
+      <c r="DB1381" t="s">
+        <v>1483</v>
+      </c>
+    </row>
+    <row r="1382" spans="1:111">
+      <c r="DB1382" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="1383" spans="1:111">
+      <c r="DB1383" t="s">
+        <v>1485</v>
+      </c>
+    </row>
+    <row r="1384" spans="1:111">
+      <c r="DB1384" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="1385" spans="1:111">
+      <c r="DB1385" t="s">
+        <v>1487</v>
+      </c>
+    </row>
+    <row r="1386" spans="1:111">
+      <c r="DB1386" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="1387" spans="1:111">
+      <c r="DB1387" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="1388" spans="1:111">
+      <c r="DB1388" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="1389" spans="1:111">
+      <c r="DB1389" t="s">
+        <v>1491</v>
+      </c>
+    </row>
+    <row r="1390" spans="1:111">
+      <c r="DB1390" t="s">
+        <v>1492</v>
+      </c>
+    </row>
+    <row r="1391" spans="1:111">
+      <c r="DB1391" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="1392" spans="1:111">
+      <c r="DB1392" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="1393" spans="1:111">
+      <c r="DB1393" t="s">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="1394" spans="1:111">
+      <c r="DB1394" t="s">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="1395" spans="1:111">
+      <c r="DB1395" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="1396" spans="1:111">
+      <c r="DB1396" t="s">
+        <v>1498</v>
+      </c>
+    </row>
+    <row r="1397" spans="1:111">
+      <c r="DB1397" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="1398" spans="1:111">
+      <c r="DB1398" t="s">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="1399" spans="1:111">
+      <c r="DB1399" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="1400" spans="1:111">
+      <c r="DB1400" t="s">
+        <v>1502</v>
+      </c>
+    </row>
+    <row r="1401" spans="1:111">
+      <c r="DB1401" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="1402" spans="1:111">
+      <c r="DB1402" t="s">
+        <v>1504</v>
+      </c>
+    </row>
+    <row r="1403" spans="1:111">
+      <c r="DB1403" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="1404" spans="1:111">
+      <c r="DB1404" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="1405" spans="1:111">
+      <c r="DB1405" t="s">
+        <v>1507</v>
+      </c>
+    </row>
+    <row r="1406" spans="1:111">
+      <c r="DB1406" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="1407" spans="1:111">
+      <c r="DB1407" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="1408" spans="1:111">
+      <c r="DB1408" t="s">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="1409" spans="1:111">
+      <c r="DB1409" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="1410" spans="1:111">
+      <c r="DB1410" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="1411" spans="1:111">
+      <c r="DB1411" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="1412" spans="1:111">
+      <c r="DB1412" t="s">
+        <v>1514</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="14">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AA5:AA1000">
       <formula1>'Worksheet'!$DG$1:$DG$16</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="AC5:AC1000">
       <formula1>'Worksheet'!$DG$1:$DG$16</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="D5:D1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="G5:G1000">
-      <formula1>'Worksheet'!$DB$1:$DB$1374</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$1412</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="I5:I1000">
       <formula1>'Worksheet'!$DC$1:$DC$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="L5:L1000">
       <formula1>'Worksheet'!$DD$1:$DD$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="M5:M1000">
       <formula1>'Worksheet'!$DE$1:$DE$14</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
       <formula1>'Worksheet'!$DF$1:$DF$16</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="O5:O1000">
       <formula1>'Worksheet'!$DG$1:$DG$16</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Q5:Q1000">
       <formula1>'Worksheet'!$DG$1:$DG$16</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="S5:S1000">
       <formula1>'Worksheet'!$DG$1:$DG$16</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="U5:U1000">
       <formula1>'Worksheet'!$DG$1:$DG$16</formula1>
     </dataValidation>