--- v0 (2025-10-22)
+++ v1 (2026-03-07)
@@ -9,212 +9,206 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="358">
-[...4 lines deleted...]
-    <t>Male</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="356">
+  <si>
+    <t>REMARQUE : NE MODIFIEZ PAS LES DONNÉES CACHÉES DANS LA LIGNE #2 OU ELLES NE SE CHARGERONT PAS.</t>
   </si>
   <si>
     <t>New Brunswick</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
+    <t>Oui</t>
+  </si>
+  <si>
+    <t>North Group</t>
+  </si>
+  <si>
+    <t>Session #1 - September to November – Cross Country/Learn to Run (2014-2017)</t>
+  </si>
+  <si>
+    <t>1031711:typeValue:101</t>
+  </si>
+  <si>
+    <t>1031711:typeValue:102</t>
+  </si>
+  <si>
+    <t>1031711:typeValue:103</t>
+  </si>
+  <si>
+    <t>1031711:typeValue:104</t>
+  </si>
+  <si>
+    <t>1031711:typeValue:105</t>
+  </si>
+  <si>
+    <t>1031711:typeValue-1:108</t>
+  </si>
+  <si>
+    <t>1031711:typeValue-2:108</t>
+  </si>
+  <si>
+    <t>1031711:typeValue-3:108</t>
+  </si>
+  <si>
+    <t>1031711:typeValue-4:108</t>
+  </si>
+  <si>
+    <t>1031711:typeValue-5:108</t>
+  </si>
+  <si>
+    <t>1031711:typeValue-6:108</t>
+  </si>
+  <si>
+    <t>1031711:typeValue:111</t>
+  </si>
+  <si>
+    <t>1031711:typeValue-2:111</t>
+  </si>
+  <si>
+    <t>1031711:typeValue:3:378951</t>
+  </si>
+  <si>
+    <t>1031711:reg_event:1</t>
+  </si>
+  <si>
+    <t>1031711:reg_event:2</t>
+  </si>
+  <si>
+    <t>1031711:reg_event:3</t>
+  </si>
+  <si>
+    <t>Ontario</t>
+  </si>
+  <si>
+    <t>United States</t>
+  </si>
+  <si>
+    <t>Non</t>
+  </si>
+  <si>
+    <t>South Group</t>
+  </si>
+  <si>
+    <t>Session #2 - Indoor Track and Field – Ages 8-11 ( 2015-2018)</t>
+  </si>
+  <si>
+    <t>Inscription à l'événement - CALTAF Cheetah</t>
+  </si>
+  <si>
+    <t>Nova Scotia</t>
+  </si>
+  <si>
+    <t>Andorra</t>
+  </si>
+  <si>
+    <t>Session #3 - Outdoor Track and Field – Ages 8-11 (2015-2018)</t>
+  </si>
+  <si>
+    <t>Membre #</t>
+  </si>
+  <si>
+    <t>Prénom</t>
+  </si>
+  <si>
+    <t>Nom</t>
+  </si>
+  <si>
+    <t>Sexe</t>
+  </si>
+  <si>
+    <t>Date de naissance (YYYY-MM-DD)</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Ville</t>
+  </si>
+  <si>
+    <t>Province / État</t>
+  </si>
+  <si>
+    <t>Pays</t>
+  </si>
+  <si>
+    <t>Code postal</t>
+  </si>
+  <si>
+    <t>Adresse e-mail</t>
+  </si>
+  <si>
+    <t>Choisissez l'option de recevoir des courriels</t>
+  </si>
+  <si>
+    <t>Group</t>
+  </si>
+  <si>
+    <t>Type d’adhésion #1</t>
+  </si>
+  <si>
+    <t>Type d’adhésion #2</t>
+  </si>
+  <si>
+    <t>Type d’adhésion #3</t>
+  </si>
+  <si>
+    <t>Newfoundland &amp; Labrador</t>
+  </si>
+  <si>
+    <t>United Arab Emirates</t>
+  </si>
+  <si>
     <t>Yes</t>
-  </si>
-[...145 lines deleted...]
-    <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Prince Edward Island</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
     <t>Quebec</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
     <t>Manitoba</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>Saskatchewan</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
@@ -1144,58 +1138,55 @@
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFcccccc"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="49" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1467,7371 +1458,6361 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:DF1000"/>
+  <dimension ref="A1:DE1000"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" bestFit="true" customWidth="true" style="0"/>
-    <col min="105" max="105" width="12" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="31" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="36" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="28" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="28" bestFit="true" customWidth="true" style="0"/>
+    <col min="105" max="105" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="28" bestFit="true" customWidth="true" style="0"/>
-    <col min="107" max="107" width="52" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="52" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="25" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="28" bestFit="true" customWidth="true" style="0"/>
-    <col min="108" max="108" width="4" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="54" bestFit="true" customWidth="true" style="0"/>
+    <col min="107" max="107" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31" bestFit="true" customWidth="true" style="0"/>
-    <col min="109" max="109" width="13" bestFit="true" customWidth="true" style="0"/>
-    <col min="110" max="110" width="89" bestFit="true" customWidth="true" style="0"/>
+    <col min="108" max="108" width="13" bestFit="true" customWidth="true" style="0"/>
+    <col min="109" max="109" width="89" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="23" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:110" hidden="true" outlineLevel="1">
+    <row r="1" spans="1:109" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
       <c r="DB1" t="s">
         <v>2</v>
       </c>
       <c r="DC1" t="s">
         <v>3</v>
       </c>
       <c r="DD1" t="s">
         <v>4</v>
       </c>
       <c r="DE1" t="s">
         <v>5</v>
       </c>
-      <c r="DF1" t="s">
+    </row>
+    <row r="2" spans="1:109" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2" t="s">
         <v>6</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>7</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>8</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>9</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>10</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>11</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>13</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>14</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>15</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>16</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>17</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>18</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>19</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>20</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>21</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>22</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="DA2" t="s">
         <v>23</v>
       </c>
-      <c r="DA2" t="s">
+      <c r="DB2" t="s">
         <v>24</v>
       </c>
-      <c r="DB2" t="s">
+      <c r="DC2" t="s">
         <v>25</v>
       </c>
-      <c r="DC2" t="s">
+      <c r="DD2" t="s">
         <v>26</v>
       </c>
-      <c r="DD2" t="s">
+      <c r="DE2" t="s">
         <v>27</v>
       </c>
-      <c r="DE2" t="s">
+    </row>
+    <row r="3" spans="1:109">
+      <c r="A3" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="DF2" t="s">
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
+      <c r="I3" s="2"/>
+      <c r="J3" s="2"/>
+      <c r="K3" s="2"/>
+      <c r="L3" s="2"/>
+      <c r="M3" s="2"/>
+      <c r="N3" s="2"/>
+      <c r="O3" s="2"/>
+      <c r="P3" s="2"/>
+      <c r="Q3" s="2"/>
+      <c r="R3" s="2"/>
+      <c r="S3" s="2"/>
+      <c r="T3" s="2"/>
+      <c r="U3" s="2"/>
+      <c r="V3" s="2"/>
+      <c r="W3" s="2"/>
+      <c r="X3" s="2"/>
+      <c r="Y3" s="2"/>
+      <c r="Z3" s="2"/>
+      <c r="AA3" s="2"/>
+      <c r="AB3" s="2"/>
+      <c r="AC3" s="2"/>
+      <c r="AD3" s="2"/>
+      <c r="AE3" s="2"/>
+      <c r="AF3" s="2"/>
+      <c r="AG3" s="2"/>
+      <c r="AH3" s="2"/>
+      <c r="AI3" s="2"/>
+      <c r="AJ3" s="2"/>
+      <c r="AK3" s="2"/>
+      <c r="AL3" s="2"/>
+      <c r="AM3" s="2"/>
+      <c r="AN3" s="2"/>
+      <c r="AO3" s="2"/>
+      <c r="AP3" s="2"/>
+      <c r="AQ3" s="2"/>
+      <c r="AR3" s="2"/>
+      <c r="AS3" s="2"/>
+      <c r="AT3" s="2"/>
+      <c r="AU3" s="2"/>
+      <c r="AV3" s="2"/>
+      <c r="AW3" s="2"/>
+      <c r="AX3" s="2"/>
+      <c r="AY3" s="2"/>
+      <c r="AZ3" s="2"/>
+      <c r="BA3" s="2"/>
+      <c r="BB3" s="2"/>
+      <c r="BC3" s="2"/>
+      <c r="BD3" s="2"/>
+      <c r="BE3" s="2"/>
+      <c r="BF3" s="2"/>
+      <c r="BG3" s="2"/>
+      <c r="BH3" s="2"/>
+      <c r="BI3" s="2"/>
+      <c r="BJ3" s="2"/>
+      <c r="BK3" s="2"/>
+      <c r="BL3" s="2"/>
+      <c r="BM3" s="2"/>
+      <c r="BN3" s="2"/>
+      <c r="BO3" s="2"/>
+      <c r="BP3" s="2"/>
+      <c r="BQ3" s="2"/>
+      <c r="BR3" s="2"/>
+      <c r="BS3" s="2"/>
+      <c r="BT3" s="2"/>
+      <c r="BU3" s="2"/>
+      <c r="BV3" s="2"/>
+      <c r="BW3" s="2"/>
+      <c r="BX3" s="2"/>
+      <c r="BY3" s="2"/>
+      <c r="BZ3" s="2"/>
+      <c r="CA3" s="2"/>
+      <c r="CB3" s="2"/>
+      <c r="CC3" s="2"/>
+      <c r="CD3" s="2"/>
+      <c r="CE3" s="2"/>
+      <c r="CF3" s="2"/>
+      <c r="CG3" s="2"/>
+      <c r="CH3" s="2"/>
+      <c r="CI3" s="2"/>
+      <c r="CJ3" s="2"/>
+      <c r="CK3" s="2"/>
+      <c r="CL3" s="2"/>
+      <c r="CM3" s="2"/>
+      <c r="CN3" s="2"/>
+      <c r="CO3" s="2"/>
+      <c r="CP3" s="2"/>
+      <c r="CQ3" s="2"/>
+      <c r="CR3" s="2"/>
+      <c r="CS3" s="2"/>
+      <c r="CT3" s="2"/>
+      <c r="CU3" s="2"/>
+      <c r="CV3" s="2"/>
+      <c r="CW3" s="2"/>
+      <c r="CX3" s="2"/>
+      <c r="CY3" s="2"/>
+      <c r="CZ3" s="2"/>
+      <c r="DA3" t="s">
         <v>29</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="3" t="s">
+      <c r="DB3" t="s">
         <v>30</v>
       </c>
-      <c r="B3" s="3"/>
-[...102 lines deleted...]
-      <c r="DA3" t="s">
+      <c r="DE3" t="s">
         <v>31</v>
       </c>
-      <c r="DB3" t="s">
+    </row>
+    <row r="4" spans="1:109">
+      <c r="A4" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="DC3" t="s">
+      <c r="B4" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="DF3" t="s">
+      <c r="C4" s="3" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="4" t="s">
+      <c r="D4" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="E4" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="F4" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="G4" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="E4" s="4" t="s">
+      <c r="H4" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="F4" s="4" t="s">
+      <c r="I4" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="G4" s="4" t="s">
+      <c r="J4" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="H4" s="4" t="s">
+      <c r="K4" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="I4" s="4" t="s">
+      <c r="L4" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="J4" s="4" t="s">
+      <c r="M4" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="K4" s="4" t="s">
+      <c r="N4" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="L4" s="4" t="s">
+      <c r="O4" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="M4" s="4" t="s">
+      <c r="P4" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="N4" s="4" t="s">
+      <c r="Q4" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="O4" s="4" t="s">
+      <c r="R4" s="3"/>
+      <c r="S4" s="3"/>
+      <c r="T4" s="3"/>
+      <c r="U4" s="3"/>
+      <c r="V4" s="3"/>
+      <c r="W4" s="3"/>
+      <c r="X4" s="3"/>
+      <c r="Y4" s="3"/>
+      <c r="Z4" s="3"/>
+      <c r="AA4" s="3"/>
+      <c r="AB4" s="3"/>
+      <c r="AC4" s="3"/>
+      <c r="AD4" s="3"/>
+      <c r="AE4" s="3"/>
+      <c r="AF4" s="3"/>
+      <c r="AG4" s="3"/>
+      <c r="AH4" s="3"/>
+      <c r="AI4" s="3"/>
+      <c r="AJ4" s="3"/>
+      <c r="AK4" s="3"/>
+      <c r="AL4" s="3"/>
+      <c r="AM4" s="3"/>
+      <c r="AN4" s="3"/>
+      <c r="AO4" s="3"/>
+      <c r="AP4" s="3"/>
+      <c r="AQ4" s="3"/>
+      <c r="AR4" s="3"/>
+      <c r="AS4" s="3"/>
+      <c r="AT4" s="3"/>
+      <c r="AU4" s="3"/>
+      <c r="AV4" s="3"/>
+      <c r="AW4" s="3"/>
+      <c r="AX4" s="3"/>
+      <c r="AY4" s="3"/>
+      <c r="AZ4" s="3"/>
+      <c r="BA4" s="3"/>
+      <c r="BB4" s="3"/>
+      <c r="BC4" s="3"/>
+      <c r="BD4" s="3"/>
+      <c r="BE4" s="3"/>
+      <c r="BF4" s="3"/>
+      <c r="BG4" s="3"/>
+      <c r="BH4" s="3"/>
+      <c r="BI4" s="3"/>
+      <c r="BJ4" s="3"/>
+      <c r="BK4" s="3"/>
+      <c r="BL4" s="3"/>
+      <c r="BM4" s="3"/>
+      <c r="BN4" s="3"/>
+      <c r="BO4" s="3"/>
+      <c r="BP4" s="3"/>
+      <c r="BQ4" s="3"/>
+      <c r="BR4" s="3"/>
+      <c r="BS4" s="3"/>
+      <c r="BT4" s="3"/>
+      <c r="BU4" s="3"/>
+      <c r="BV4" s="3"/>
+      <c r="BW4" s="3"/>
+      <c r="BX4" s="3"/>
+      <c r="BY4" s="3"/>
+      <c r="BZ4" s="3"/>
+      <c r="CA4" s="3"/>
+      <c r="CB4" s="3"/>
+      <c r="CC4" s="3"/>
+      <c r="CD4" s="3"/>
+      <c r="CE4" s="3"/>
+      <c r="CF4" s="3"/>
+      <c r="CG4" s="3"/>
+      <c r="CH4" s="3"/>
+      <c r="CI4" s="3"/>
+      <c r="CJ4" s="3"/>
+      <c r="CK4" s="3"/>
+      <c r="CL4" s="3"/>
+      <c r="CM4" s="3"/>
+      <c r="CN4" s="3"/>
+      <c r="CO4" s="3"/>
+      <c r="CP4" s="3"/>
+      <c r="CQ4" s="3"/>
+      <c r="CR4" s="3"/>
+      <c r="CS4" s="3"/>
+      <c r="CT4" s="3"/>
+      <c r="CU4" s="3"/>
+      <c r="CV4" s="3"/>
+      <c r="CW4" s="3"/>
+      <c r="CX4" s="3"/>
+      <c r="CY4" s="3"/>
+      <c r="CZ4" s="3"/>
+      <c r="DA4" t="s">
         <v>49</v>
       </c>
-      <c r="P4" s="4" t="s">
+      <c r="DB4" t="s">
         <v>50</v>
       </c>
-      <c r="Q4" s="4" t="s">
-[...98 lines deleted...]
-      <c r="E5" s="2"/>
+    </row>
+    <row r="5" spans="1:109">
       <c r="I5"/>
       <c r="J5"/>
       <c r="M5" t="s">
-        <v>4</v>
+        <v>51</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5"/>
       <c r="Q5"/>
+      <c r="DA5" t="s">
+        <v>52</v>
+      </c>
       <c r="DB5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:109">
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA6" t="s">
         <v>54</v>
       </c>
-      <c r="DC5" t="s">
+      <c r="DB6" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="6" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB6" t="s">
+    <row r="7" spans="1:109">
+      <c r="M7" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA7" t="s">
         <v>56</v>
       </c>
-      <c r="DC6" t="s">
+      <c r="DB7" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="7" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB7" t="s">
+    <row r="8" spans="1:109">
+      <c r="M8" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA8" t="s">
         <v>58</v>
       </c>
-      <c r="DC7" t="s">
+      <c r="DB8" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="8" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB8" t="s">
+    <row r="9" spans="1:109">
+      <c r="M9" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA9" t="s">
         <v>60</v>
       </c>
-      <c r="DC8" t="s">
+      <c r="DB9" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="9" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB9" t="s">
+    <row r="10" spans="1:109">
+      <c r="M10" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA10" t="s">
         <v>62</v>
       </c>
-      <c r="DC9" t="s">
+      <c r="DB10" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="10" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB10" t="s">
+    <row r="11" spans="1:109">
+      <c r="M11" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA11" t="s">
         <v>64</v>
       </c>
-      <c r="DC10" t="s">
+      <c r="DB11" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="11" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB11" t="s">
+    <row r="12" spans="1:109">
+      <c r="M12" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA12" t="s">
         <v>66</v>
       </c>
-      <c r="DC11" t="s">
+      <c r="DB12" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="12" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB12" t="s">
+    <row r="13" spans="1:109">
+      <c r="M13" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA13" t="s">
         <v>68</v>
       </c>
-      <c r="DC12" t="s">
+      <c r="DB13" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="13" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB13" t="s">
+    <row r="14" spans="1:109">
+      <c r="M14" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA14" t="s">
         <v>70</v>
       </c>
-      <c r="DC13" t="s">
+      <c r="DB14" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="14" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB14" t="s">
+    <row r="15" spans="1:109">
+      <c r="M15" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA15" t="s">
         <v>72</v>
       </c>
-      <c r="DC14" t="s">
+      <c r="DB15" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="15" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB15" t="s">
+    <row r="16" spans="1:109">
+      <c r="M16" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA16" t="s">
         <v>74</v>
       </c>
-      <c r="DC15" t="s">
+      <c r="DB16" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="16" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB16" t="s">
+    <row r="17" spans="1:109">
+      <c r="M17" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA17" t="s">
         <v>76</v>
       </c>
-      <c r="DC16" t="s">
+      <c r="DB17" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="17" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB17" t="s">
+    <row r="18" spans="1:109">
+      <c r="M18" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA18" t="s">
         <v>78</v>
       </c>
-      <c r="DC17" t="s">
+      <c r="DB18" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="18" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB18" t="s">
+    <row r="19" spans="1:109">
+      <c r="M19" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA19" t="s">
         <v>80</v>
       </c>
-      <c r="DC18" t="s">
+      <c r="DB19" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="19" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB19" t="s">
+    <row r="20" spans="1:109">
+      <c r="M20" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA20" t="s">
         <v>82</v>
       </c>
-      <c r="DC19" t="s">
+      <c r="DB20" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="20" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB20" t="s">
+    <row r="21" spans="1:109">
+      <c r="M21" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA21" t="s">
         <v>84</v>
       </c>
-      <c r="DC20" t="s">
+      <c r="DB21" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="21" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB21" t="s">
+    <row r="22" spans="1:109">
+      <c r="M22" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA22" t="s">
         <v>86</v>
       </c>
-      <c r="DC21" t="s">
+      <c r="DB22" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="22" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB22" t="s">
+    <row r="23" spans="1:109">
+      <c r="M23" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA23" t="s">
         <v>88</v>
       </c>
-      <c r="DC22" t="s">
+      <c r="DB23" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="23" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB23" t="s">
+    <row r="24" spans="1:109">
+      <c r="M24" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA24" t="s">
         <v>90</v>
       </c>
-      <c r="DC23" t="s">
+      <c r="DB24" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="24" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB24" t="s">
+    <row r="25" spans="1:109">
+      <c r="M25" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA25" t="s">
         <v>92</v>
       </c>
-      <c r="DC24" t="s">
+      <c r="DB25" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="25" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB25" t="s">
+    <row r="26" spans="1:109">
+      <c r="M26" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA26" t="s">
         <v>94</v>
       </c>
-      <c r="DC25" t="s">
+      <c r="DB26" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="26" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB26" t="s">
+    <row r="27" spans="1:109">
+      <c r="M27" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA27" t="s">
         <v>96</v>
       </c>
-      <c r="DC26" t="s">
+      <c r="DB27" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="27" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB27" t="s">
+    <row r="28" spans="1:109">
+      <c r="M28" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA28" t="s">
         <v>98</v>
       </c>
-      <c r="DC27" t="s">
+      <c r="DB28" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="28" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB28" t="s">
+    <row r="29" spans="1:109">
+      <c r="M29" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA29" t="s">
         <v>100</v>
       </c>
-      <c r="DC28" t="s">
+      <c r="DB29" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="29" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB29" t="s">
+    <row r="30" spans="1:109">
+      <c r="M30" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA30" t="s">
         <v>102</v>
       </c>
-      <c r="DC29" t="s">
+      <c r="DB30" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="30" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB30" t="s">
+    <row r="31" spans="1:109">
+      <c r="M31" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA31" t="s">
         <v>104</v>
       </c>
-      <c r="DC30" t="s">
+      <c r="DB31" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="31" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB31" t="s">
+    <row r="32" spans="1:109">
+      <c r="M32" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA32" t="s">
         <v>106</v>
       </c>
-      <c r="DC31" t="s">
+      <c r="DB32" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="32" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB32" t="s">
+    <row r="33" spans="1:109">
+      <c r="M33" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA33" t="s">
         <v>108</v>
       </c>
-      <c r="DC32" t="s">
+      <c r="DB33" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="33" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB33" t="s">
+    <row r="34" spans="1:109">
+      <c r="M34" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA34" t="s">
         <v>110</v>
       </c>
-      <c r="DC33" t="s">
+      <c r="DB34" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="34" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB34" t="s">
+    <row r="35" spans="1:109">
+      <c r="M35" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA35" t="s">
         <v>112</v>
       </c>
-      <c r="DC34" t="s">
+      <c r="DB35" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="35" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB35" t="s">
+    <row r="36" spans="1:109">
+      <c r="M36" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA36" t="s">
         <v>114</v>
       </c>
-      <c r="DC35" t="s">
+      <c r="DB36" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="36" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB36" t="s">
+    <row r="37" spans="1:109">
+      <c r="M37" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA37" t="s">
         <v>116</v>
       </c>
-      <c r="DC36" t="s">
+      <c r="DB37" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="37" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB37" t="s">
+    <row r="38" spans="1:109">
+      <c r="M38" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA38" t="s">
         <v>118</v>
       </c>
-      <c r="DC37" t="s">
+      <c r="DB38" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="38" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB38" t="s">
+    <row r="39" spans="1:109">
+      <c r="M39" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA39" t="s">
         <v>120</v>
       </c>
-      <c r="DC38" t="s">
+      <c r="DB39" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="39" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB39" t="s">
+    <row r="40" spans="1:109">
+      <c r="M40" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA40" t="s">
         <v>122</v>
       </c>
-      <c r="DC39" t="s">
+      <c r="DB40" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="40" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB40" t="s">
+    <row r="41" spans="1:109">
+      <c r="M41" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA41" t="s">
         <v>124</v>
       </c>
-      <c r="DC40" t="s">
+      <c r="DB41" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="41" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB41" t="s">
+    <row r="42" spans="1:109">
+      <c r="M42" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA42" t="s">
         <v>126</v>
       </c>
-      <c r="DC41" t="s">
+      <c r="DB42" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="42" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB42" t="s">
+    <row r="43" spans="1:109">
+      <c r="M43" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA43" t="s">
         <v>128</v>
       </c>
-      <c r="DC42" t="s">
+      <c r="DB43" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="43" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB43" t="s">
+    <row r="44" spans="1:109">
+      <c r="M44" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA44" t="s">
         <v>130</v>
       </c>
-      <c r="DC43" t="s">
+      <c r="DB44" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="44" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB44" t="s">
+    <row r="45" spans="1:109">
+      <c r="M45" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA45" t="s">
         <v>132</v>
       </c>
-      <c r="DC44" t="s">
+      <c r="DB45" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="45" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB45" t="s">
+    <row r="46" spans="1:109">
+      <c r="M46" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA46" t="s">
         <v>134</v>
       </c>
-      <c r="DC45" t="s">
+      <c r="DB46" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="46" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB46" t="s">
+    <row r="47" spans="1:109">
+      <c r="M47" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA47" t="s">
         <v>136</v>
       </c>
-      <c r="DC46" t="s">
+      <c r="DB47" t="s">
         <v>137</v>
       </c>
     </row>
-    <row r="47" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB47" t="s">
+    <row r="48" spans="1:109">
+      <c r="M48" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA48" t="s">
         <v>138</v>
       </c>
-      <c r="DC47" t="s">
+      <c r="DB48" t="s">
         <v>139</v>
       </c>
     </row>
-    <row r="48" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB48" t="s">
+    <row r="49" spans="1:109">
+      <c r="M49" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA49" t="s">
         <v>140</v>
       </c>
-      <c r="DC48" t="s">
+      <c r="DB49" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="49" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB49" t="s">
+    <row r="50" spans="1:109">
+      <c r="M50" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA50" t="s">
         <v>142</v>
       </c>
-      <c r="DC49" t="s">
+      <c r="DB50" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="50" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB50" t="s">
+    <row r="51" spans="1:109">
+      <c r="M51" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA51" t="s">
         <v>144</v>
       </c>
-      <c r="DC50" t="s">
+      <c r="DB51" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="51" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB51" t="s">
+    <row r="52" spans="1:109">
+      <c r="M52" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA52" t="s">
         <v>146</v>
       </c>
-      <c r="DC51" t="s">
+      <c r="DB52" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="52" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB52" t="s">
+    <row r="53" spans="1:109">
+      <c r="M53" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA53" t="s">
         <v>148</v>
       </c>
-      <c r="DC52" t="s">
+      <c r="DB53" t="s">
         <v>149</v>
       </c>
     </row>
-    <row r="53" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB53" t="s">
+    <row r="54" spans="1:109">
+      <c r="M54" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA54" t="s">
         <v>150</v>
       </c>
-      <c r="DC53" t="s">
+      <c r="DB54" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="54" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB54" t="s">
+    <row r="55" spans="1:109">
+      <c r="M55" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA55" t="s">
         <v>152</v>
       </c>
-      <c r="DC54" t="s">
+      <c r="DB55" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="55" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB55" t="s">
+    <row r="56" spans="1:109">
+      <c r="M56" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA56" t="s">
         <v>154</v>
       </c>
-      <c r="DC55" t="s">
+      <c r="DB56" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="56" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB56" t="s">
+    <row r="57" spans="1:109">
+      <c r="M57" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA57" t="s">
         <v>156</v>
       </c>
-      <c r="DC56" t="s">
+      <c r="DB57" t="s">
         <v>157</v>
       </c>
     </row>
-    <row r="57" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB57" t="s">
+    <row r="58" spans="1:109">
+      <c r="M58" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA58" t="s">
         <v>158</v>
       </c>
-      <c r="DC57" t="s">
+      <c r="DB58" t="s">
         <v>159</v>
       </c>
     </row>
-    <row r="58" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB58" t="s">
+    <row r="59" spans="1:109">
+      <c r="M59" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA59" t="s">
         <v>160</v>
       </c>
-      <c r="DC58" t="s">
+      <c r="DB59" t="s">
         <v>161</v>
       </c>
     </row>
-    <row r="59" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB59" t="s">
+    <row r="60" spans="1:109">
+      <c r="M60" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA60" t="s">
         <v>162</v>
       </c>
-      <c r="DC59" t="s">
+      <c r="DB60" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="60" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB60" t="s">
+    <row r="61" spans="1:109">
+      <c r="M61" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA61" t="s">
         <v>164</v>
       </c>
-      <c r="DC60" t="s">
+      <c r="DB61" t="s">
         <v>165</v>
       </c>
     </row>
-    <row r="61" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB61" t="s">
+    <row r="62" spans="1:109">
+      <c r="M62" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA62" t="s">
         <v>166</v>
       </c>
-      <c r="DC61" t="s">
+      <c r="DB62" t="s">
         <v>167</v>
       </c>
     </row>
-    <row r="62" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB62" t="s">
+    <row r="63" spans="1:109">
+      <c r="M63" t="s">
+        <v>51</v>
+      </c>
+      <c r="DA63" t="s">
         <v>168</v>
       </c>
-      <c r="DC62" t="s">
+      <c r="DB63" t="s">
         <v>169</v>
       </c>
     </row>
-    <row r="63" spans="1:110">
-[...4 lines deleted...]
-      <c r="DB63" t="s">
+    <row r="64" spans="1:109">
+      <c r="M64" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB64" t="s">
         <v>170</v>
       </c>
-      <c r="DC63" t="s">
+    </row>
+    <row r="65" spans="1:109">
+      <c r="M65" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB65" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="64" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC64" t="s">
+    <row r="66" spans="1:109">
+      <c r="M66" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB66" t="s">
         <v>172</v>
       </c>
     </row>
-    <row r="65" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC65" t="s">
+    <row r="67" spans="1:109">
+      <c r="M67" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB67" t="s">
         <v>173</v>
       </c>
     </row>
-    <row r="66" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC66" t="s">
+    <row r="68" spans="1:109">
+      <c r="M68" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB68" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="67" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC67" t="s">
+    <row r="69" spans="1:109">
+      <c r="M69" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB69" t="s">
         <v>175</v>
       </c>
     </row>
-    <row r="68" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC68" t="s">
+    <row r="70" spans="1:109">
+      <c r="M70" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB70" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="69" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC69" t="s">
+    <row r="71" spans="1:109">
+      <c r="M71" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB71" t="s">
         <v>177</v>
       </c>
     </row>
-    <row r="70" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC70" t="s">
+    <row r="72" spans="1:109">
+      <c r="M72" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB72" t="s">
         <v>178</v>
       </c>
     </row>
-    <row r="71" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC71" t="s">
+    <row r="73" spans="1:109">
+      <c r="M73" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB73" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="72" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC72" t="s">
+    <row r="74" spans="1:109">
+      <c r="M74" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB74" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="73" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC73" t="s">
+    <row r="75" spans="1:109">
+      <c r="M75" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB75" t="s">
         <v>181</v>
       </c>
     </row>
-    <row r="74" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC74" t="s">
+    <row r="76" spans="1:109">
+      <c r="M76" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB76" t="s">
         <v>182</v>
       </c>
     </row>
-    <row r="75" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC75" t="s">
+    <row r="77" spans="1:109">
+      <c r="M77" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB77" t="s">
         <v>183</v>
       </c>
     </row>
-    <row r="76" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC76" t="s">
+    <row r="78" spans="1:109">
+      <c r="M78" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB78" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="77" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC77" t="s">
+    <row r="79" spans="1:109">
+      <c r="M79" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB79" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="78" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC78" t="s">
+    <row r="80" spans="1:109">
+      <c r="M80" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="81" spans="1:109">
+      <c r="M81" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB81" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="79" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC79" t="s">
+    <row r="82" spans="1:109">
+      <c r="M82" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB82" t="s">
         <v>187</v>
       </c>
     </row>
-    <row r="80" spans="1:110">
-[...13 lines deleted...]
-      <c r="DC81" t="s">
+    <row r="83" spans="1:109">
+      <c r="M83" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB83" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="82" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC82" t="s">
+    <row r="84" spans="1:109">
+      <c r="M84" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB84" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="83" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC83" t="s">
+    <row r="85" spans="1:109">
+      <c r="M85" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB85" t="s">
         <v>190</v>
       </c>
     </row>
-    <row r="84" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC84" t="s">
+    <row r="86" spans="1:109">
+      <c r="M86" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB86" t="s">
         <v>191</v>
       </c>
     </row>
-    <row r="85" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC85" t="s">
+    <row r="87" spans="1:109">
+      <c r="M87" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB87" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="86" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC86" t="s">
+    <row r="88" spans="1:109">
+      <c r="M88" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB88" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="87" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC87" t="s">
+    <row r="89" spans="1:109">
+      <c r="M89" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB89" t="s">
         <v>194</v>
       </c>
     </row>
-    <row r="88" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC88" t="s">
+    <row r="90" spans="1:109">
+      <c r="M90" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB90" t="s">
         <v>195</v>
       </c>
     </row>
-    <row r="89" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC89" t="s">
+    <row r="91" spans="1:109">
+      <c r="M91" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB91" t="s">
         <v>196</v>
       </c>
     </row>
-    <row r="90" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC90" t="s">
+    <row r="92" spans="1:109">
+      <c r="M92" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB92" t="s">
         <v>197</v>
       </c>
     </row>
-    <row r="91" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC91" t="s">
+    <row r="93" spans="1:109">
+      <c r="M93" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB93" t="s">
         <v>198</v>
       </c>
     </row>
-    <row r="92" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC92" t="s">
+    <row r="94" spans="1:109">
+      <c r="M94" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB94" t="s">
         <v>199</v>
       </c>
     </row>
-    <row r="93" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC93" t="s">
+    <row r="95" spans="1:109">
+      <c r="M95" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB95" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="94" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC94" t="s">
+    <row r="96" spans="1:109">
+      <c r="M96" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB96" t="s">
         <v>201</v>
       </c>
     </row>
-    <row r="95" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC95" t="s">
+    <row r="97" spans="1:109">
+      <c r="M97" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB97" t="s">
         <v>202</v>
       </c>
     </row>
-    <row r="96" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC96" t="s">
+    <row r="98" spans="1:109">
+      <c r="M98" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB98" t="s">
         <v>203</v>
       </c>
     </row>
-    <row r="97" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC97" t="s">
+    <row r="99" spans="1:109">
+      <c r="M99" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB99" t="s">
         <v>204</v>
       </c>
     </row>
-    <row r="98" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC98" t="s">
+    <row r="100" spans="1:109">
+      <c r="M100" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB100" t="s">
         <v>205</v>
       </c>
     </row>
-    <row r="99" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC99" t="s">
+    <row r="101" spans="1:109">
+      <c r="M101" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB101" t="s">
         <v>206</v>
       </c>
     </row>
-    <row r="100" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC100" t="s">
+    <row r="102" spans="1:109">
+      <c r="M102" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB102" t="s">
         <v>207</v>
       </c>
     </row>
-    <row r="101" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC101" t="s">
+    <row r="103" spans="1:109">
+      <c r="M103" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB103" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="102" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC102" t="s">
+    <row r="104" spans="1:109">
+      <c r="M104" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB104" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="103" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC103" t="s">
+    <row r="105" spans="1:109">
+      <c r="M105" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB105" t="s">
         <v>210</v>
       </c>
     </row>
-    <row r="104" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC104" t="s">
+    <row r="106" spans="1:109">
+      <c r="M106" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB106" t="s">
         <v>211</v>
       </c>
     </row>
-    <row r="105" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC105" t="s">
+    <row r="107" spans="1:109">
+      <c r="M107" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB107" t="s">
         <v>212</v>
       </c>
     </row>
-    <row r="106" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC106" t="s">
+    <row r="108" spans="1:109">
+      <c r="M108" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB108" t="s">
         <v>213</v>
       </c>
     </row>
-    <row r="107" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC107" t="s">
+    <row r="109" spans="1:109">
+      <c r="M109" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB109" t="s">
         <v>214</v>
       </c>
     </row>
-    <row r="108" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC108" t="s">
+    <row r="110" spans="1:109">
+      <c r="M110" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB110" t="s">
         <v>215</v>
       </c>
     </row>
-    <row r="109" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC109" t="s">
+    <row r="111" spans="1:109">
+      <c r="M111" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB111" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="110" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC110" t="s">
+    <row r="112" spans="1:109">
+      <c r="M112" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB112" t="s">
         <v>217</v>
       </c>
     </row>
-    <row r="111" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC111" t="s">
+    <row r="113" spans="1:109">
+      <c r="M113" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB113" t="s">
         <v>218</v>
       </c>
     </row>
-    <row r="112" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC112" t="s">
+    <row r="114" spans="1:109">
+      <c r="M114" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB114" t="s">
         <v>219</v>
       </c>
     </row>
-    <row r="113" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC113" t="s">
+    <row r="115" spans="1:109">
+      <c r="M115" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB115" t="s">
         <v>220</v>
       </c>
     </row>
-    <row r="114" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC114" t="s">
+    <row r="116" spans="1:109">
+      <c r="M116" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB116" t="s">
         <v>221</v>
       </c>
     </row>
-    <row r="115" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC115" t="s">
+    <row r="117" spans="1:109">
+      <c r="M117" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB117" t="s">
         <v>222</v>
       </c>
     </row>
-    <row r="116" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC116" t="s">
+    <row r="118" spans="1:109">
+      <c r="M118" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB118" t="s">
         <v>223</v>
       </c>
     </row>
-    <row r="117" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC117" t="s">
+    <row r="119" spans="1:109">
+      <c r="M119" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB119" t="s">
         <v>224</v>
       </c>
     </row>
-    <row r="118" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC118" t="s">
+    <row r="120" spans="1:109">
+      <c r="M120" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB120" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="119" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC119" t="s">
+    <row r="121" spans="1:109">
+      <c r="M121" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB121" t="s">
         <v>226</v>
       </c>
     </row>
-    <row r="120" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC120" t="s">
+    <row r="122" spans="1:109">
+      <c r="M122" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB122" t="s">
         <v>227</v>
       </c>
     </row>
-    <row r="121" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC121" t="s">
+    <row r="123" spans="1:109">
+      <c r="M123" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB123" t="s">
         <v>228</v>
       </c>
     </row>
-    <row r="122" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC122" t="s">
+    <row r="124" spans="1:109">
+      <c r="M124" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB124" t="s">
         <v>229</v>
       </c>
     </row>
-    <row r="123" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC123" t="s">
+    <row r="125" spans="1:109">
+      <c r="M125" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB125" t="s">
         <v>230</v>
       </c>
     </row>
-    <row r="124" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC124" t="s">
+    <row r="126" spans="1:109">
+      <c r="M126" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB126" t="s">
         <v>231</v>
       </c>
     </row>
-    <row r="125" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC125" t="s">
+    <row r="127" spans="1:109">
+      <c r="M127" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB127" t="s">
         <v>232</v>
       </c>
     </row>
-    <row r="126" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC126" t="s">
+    <row r="128" spans="1:109">
+      <c r="M128" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB128" t="s">
         <v>233</v>
       </c>
     </row>
-    <row r="127" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC127" t="s">
+    <row r="129" spans="1:109">
+      <c r="M129" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB129" t="s">
         <v>234</v>
       </c>
     </row>
-    <row r="128" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC128" t="s">
+    <row r="130" spans="1:109">
+      <c r="M130" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB130" t="s">
         <v>235</v>
       </c>
     </row>
-    <row r="129" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC129" t="s">
+    <row r="131" spans="1:109">
+      <c r="M131" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB131" t="s">
         <v>236</v>
       </c>
     </row>
-    <row r="130" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC130" t="s">
+    <row r="132" spans="1:109">
+      <c r="M132" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB132" t="s">
         <v>237</v>
       </c>
     </row>
-    <row r="131" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC131" t="s">
+    <row r="133" spans="1:109">
+      <c r="M133" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB133" t="s">
         <v>238</v>
       </c>
     </row>
-    <row r="132" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC132" t="s">
+    <row r="134" spans="1:109">
+      <c r="M134" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB134" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="133" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC133" t="s">
+    <row r="135" spans="1:109">
+      <c r="M135" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB135" t="s">
         <v>240</v>
       </c>
     </row>
-    <row r="134" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC134" t="s">
+    <row r="136" spans="1:109">
+      <c r="M136" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB136" t="s">
         <v>241</v>
       </c>
     </row>
-    <row r="135" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC135" t="s">
+    <row r="137" spans="1:109">
+      <c r="M137" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB137" t="s">
         <v>242</v>
       </c>
     </row>
-    <row r="136" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC136" t="s">
+    <row r="138" spans="1:109">
+      <c r="M138" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB138" t="s">
         <v>243</v>
       </c>
     </row>
-    <row r="137" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC137" t="s">
+    <row r="139" spans="1:109">
+      <c r="M139" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB139" t="s">
         <v>244</v>
       </c>
     </row>
-    <row r="138" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC138" t="s">
+    <row r="140" spans="1:109">
+      <c r="M140" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB140" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="139" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC139" t="s">
+    <row r="141" spans="1:109">
+      <c r="M141" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB141" t="s">
         <v>246</v>
       </c>
     </row>
-    <row r="140" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC140" t="s">
+    <row r="142" spans="1:109">
+      <c r="M142" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB142" t="s">
         <v>247</v>
       </c>
     </row>
-    <row r="141" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC141" t="s">
+    <row r="143" spans="1:109">
+      <c r="M143" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB143" t="s">
         <v>248</v>
       </c>
     </row>
-    <row r="142" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC142" t="s">
+    <row r="144" spans="1:109">
+      <c r="M144" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB144" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="143" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC143" t="s">
+    <row r="145" spans="1:109">
+      <c r="M145" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB145" t="s">
         <v>250</v>
       </c>
     </row>
-    <row r="144" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC144" t="s">
+    <row r="146" spans="1:109">
+      <c r="M146" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB146" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="145" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC145" t="s">
+    <row r="147" spans="1:109">
+      <c r="M147" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB147" t="s">
         <v>252</v>
       </c>
     </row>
-    <row r="146" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC146" t="s">
+    <row r="148" spans="1:109">
+      <c r="M148" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB148" t="s">
         <v>253</v>
       </c>
     </row>
-    <row r="147" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC147" t="s">
+    <row r="149" spans="1:109">
+      <c r="M149" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB149" t="s">
         <v>254</v>
       </c>
     </row>
-    <row r="148" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC148" t="s">
+    <row r="150" spans="1:109">
+      <c r="M150" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB150" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="149" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC149" t="s">
+    <row r="151" spans="1:109">
+      <c r="M151" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB151" t="s">
         <v>256</v>
       </c>
     </row>
-    <row r="150" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC150" t="s">
+    <row r="152" spans="1:109">
+      <c r="M152" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB152" t="s">
         <v>257</v>
       </c>
     </row>
-    <row r="151" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC151" t="s">
+    <row r="153" spans="1:109">
+      <c r="M153" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB153" t="s">
         <v>258</v>
       </c>
     </row>
-    <row r="152" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC152" t="s">
+    <row r="154" spans="1:109">
+      <c r="M154" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB154" t="s">
         <v>259</v>
       </c>
     </row>
-    <row r="153" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC153" t="s">
+    <row r="155" spans="1:109">
+      <c r="M155" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB155" t="s">
         <v>260</v>
       </c>
     </row>
-    <row r="154" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC154" t="s">
+    <row r="156" spans="1:109">
+      <c r="M156" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB156" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="155" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC155" t="s">
+    <row r="157" spans="1:109">
+      <c r="M157" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB157" t="s">
         <v>262</v>
       </c>
     </row>
-    <row r="156" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC156" t="s">
+    <row r="158" spans="1:109">
+      <c r="M158" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB158" t="s">
         <v>263</v>
       </c>
     </row>
-    <row r="157" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC157" t="s">
+    <row r="159" spans="1:109">
+      <c r="M159" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB159" t="s">
         <v>264</v>
       </c>
     </row>
-    <row r="158" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC158" t="s">
+    <row r="160" spans="1:109">
+      <c r="M160" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB160" t="s">
         <v>265</v>
       </c>
     </row>
-    <row r="159" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC159" t="s">
+    <row r="161" spans="1:109">
+      <c r="M161" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB161" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="160" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC160" t="s">
+    <row r="162" spans="1:109">
+      <c r="M162" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB162" t="s">
         <v>267</v>
       </c>
     </row>
-    <row r="161" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC161" t="s">
+    <row r="163" spans="1:109">
+      <c r="M163" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB163" t="s">
         <v>268</v>
       </c>
     </row>
-    <row r="162" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC162" t="s">
+    <row r="164" spans="1:109">
+      <c r="M164" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB164" t="s">
         <v>269</v>
       </c>
     </row>
-    <row r="163" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC163" t="s">
+    <row r="165" spans="1:109">
+      <c r="M165" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB165" t="s">
         <v>270</v>
       </c>
     </row>
-    <row r="164" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC164" t="s">
+    <row r="166" spans="1:109">
+      <c r="M166" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB166" t="s">
         <v>271</v>
       </c>
     </row>
-    <row r="165" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC165" t="s">
+    <row r="167" spans="1:109">
+      <c r="M167" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB167" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="166" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC166" t="s">
+    <row r="168" spans="1:109">
+      <c r="M168" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB168" t="s">
         <v>273</v>
       </c>
     </row>
-    <row r="167" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC167" t="s">
+    <row r="169" spans="1:109">
+      <c r="M169" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB169" t="s">
         <v>274</v>
       </c>
     </row>
-    <row r="168" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC168" t="s">
+    <row r="170" spans="1:109">
+      <c r="M170" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB170" t="s">
         <v>275</v>
       </c>
     </row>
-    <row r="169" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC169" t="s">
+    <row r="171" spans="1:109">
+      <c r="M171" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB171" t="s">
         <v>276</v>
       </c>
     </row>
-    <row r="170" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC170" t="s">
+    <row r="172" spans="1:109">
+      <c r="M172" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB172" t="s">
         <v>277</v>
       </c>
     </row>
-    <row r="171" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC171" t="s">
+    <row r="173" spans="1:109">
+      <c r="M173" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB173" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="172" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC172" t="s">
+    <row r="174" spans="1:109">
+      <c r="M174" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB174" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="173" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC173" t="s">
+    <row r="175" spans="1:109">
+      <c r="M175" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB175" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="174" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC174" t="s">
+    <row r="176" spans="1:109">
+      <c r="M176" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB176" t="s">
         <v>281</v>
       </c>
     </row>
-    <row r="175" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC175" t="s">
+    <row r="177" spans="1:109">
+      <c r="M177" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB177" t="s">
         <v>282</v>
       </c>
     </row>
-    <row r="176" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC176" t="s">
+    <row r="178" spans="1:109">
+      <c r="M178" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB178" t="s">
         <v>283</v>
       </c>
     </row>
-    <row r="177" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC177" t="s">
+    <row r="179" spans="1:109">
+      <c r="M179" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB179" t="s">
         <v>284</v>
       </c>
     </row>
-    <row r="178" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC178" t="s">
+    <row r="180" spans="1:109">
+      <c r="M180" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB180" t="s">
         <v>285</v>
       </c>
     </row>
-    <row r="179" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC179" t="s">
+    <row r="181" spans="1:109">
+      <c r="M181" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB181" t="s">
         <v>286</v>
       </c>
     </row>
-    <row r="180" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC180" t="s">
+    <row r="182" spans="1:109">
+      <c r="M182" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB182" t="s">
         <v>287</v>
       </c>
     </row>
-    <row r="181" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC181" t="s">
+    <row r="183" spans="1:109">
+      <c r="M183" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB183" t="s">
         <v>288</v>
       </c>
     </row>
-    <row r="182" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC182" t="s">
+    <row r="184" spans="1:109">
+      <c r="M184" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB184" t="s">
         <v>289</v>
       </c>
     </row>
-    <row r="183" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC183" t="s">
+    <row r="185" spans="1:109">
+      <c r="M185" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB185" t="s">
         <v>290</v>
       </c>
     </row>
-    <row r="184" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC184" t="s">
+    <row r="186" spans="1:109">
+      <c r="M186" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB186" t="s">
         <v>291</v>
       </c>
     </row>
-    <row r="185" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC185" t="s">
+    <row r="187" spans="1:109">
+      <c r="M187" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB187" t="s">
         <v>292</v>
       </c>
     </row>
-    <row r="186" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC186" t="s">
+    <row r="188" spans="1:109">
+      <c r="M188" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB188" t="s">
         <v>293</v>
       </c>
     </row>
-    <row r="187" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC187" t="s">
+    <row r="189" spans="1:109">
+      <c r="M189" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB189" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="188" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC188" t="s">
+    <row r="190" spans="1:109">
+      <c r="M190" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB190" t="s">
         <v>295</v>
       </c>
     </row>
-    <row r="189" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC189" t="s">
+    <row r="191" spans="1:109">
+      <c r="M191" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB191" t="s">
         <v>296</v>
       </c>
     </row>
-    <row r="190" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC190" t="s">
+    <row r="192" spans="1:109">
+      <c r="M192" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB192" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="191" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC191" t="s">
+    <row r="193" spans="1:109">
+      <c r="M193" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB193" t="s">
         <v>298</v>
       </c>
     </row>
-    <row r="192" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC192" t="s">
+    <row r="194" spans="1:109">
+      <c r="M194" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB194" t="s">
         <v>299</v>
       </c>
     </row>
-    <row r="193" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC193" t="s">
+    <row r="195" spans="1:109">
+      <c r="M195" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB195" t="s">
         <v>300</v>
       </c>
     </row>
-    <row r="194" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC194" t="s">
+    <row r="196" spans="1:109">
+      <c r="M196" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB196" t="s">
         <v>301</v>
       </c>
     </row>
-    <row r="195" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC195" t="s">
+    <row r="197" spans="1:109">
+      <c r="M197" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB197" t="s">
         <v>302</v>
       </c>
     </row>
-    <row r="196" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC196" t="s">
+    <row r="198" spans="1:109">
+      <c r="M198" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB198" t="s">
         <v>303</v>
       </c>
     </row>
-    <row r="197" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC197" t="s">
+    <row r="199" spans="1:109">
+      <c r="M199" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB199" t="s">
         <v>304</v>
       </c>
     </row>
-    <row r="198" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC198" t="s">
+    <row r="200" spans="1:109">
+      <c r="M200" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB200" t="s">
         <v>305</v>
       </c>
     </row>
-    <row r="199" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC199" t="s">
+    <row r="201" spans="1:109">
+      <c r="M201" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB201" t="s">
         <v>306</v>
       </c>
     </row>
-    <row r="200" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC200" t="s">
+    <row r="202" spans="1:109">
+      <c r="M202" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB202" t="s">
         <v>307</v>
       </c>
     </row>
-    <row r="201" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC201" t="s">
+    <row r="203" spans="1:109">
+      <c r="M203" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB203" t="s">
         <v>308</v>
       </c>
     </row>
-    <row r="202" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC202" t="s">
+    <row r="204" spans="1:109">
+      <c r="M204" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB204" t="s">
         <v>309</v>
       </c>
     </row>
-    <row r="203" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC203" t="s">
+    <row r="205" spans="1:109">
+      <c r="M205" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB205" t="s">
         <v>310</v>
       </c>
     </row>
-    <row r="204" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC204" t="s">
+    <row r="206" spans="1:109">
+      <c r="M206" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB206" t="s">
         <v>311</v>
       </c>
     </row>
-    <row r="205" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC205" t="s">
+    <row r="207" spans="1:109">
+      <c r="M207" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB207" t="s">
         <v>312</v>
       </c>
     </row>
-    <row r="206" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC206" t="s">
+    <row r="208" spans="1:109">
+      <c r="M208" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB208" t="s">
         <v>313</v>
       </c>
     </row>
-    <row r="207" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC207" t="s">
+    <row r="209" spans="1:109">
+      <c r="M209" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB209" t="s">
         <v>314</v>
       </c>
     </row>
-    <row r="208" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC208" t="s">
+    <row r="210" spans="1:109">
+      <c r="M210" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB210" t="s">
         <v>315</v>
       </c>
     </row>
-    <row r="209" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC209" t="s">
+    <row r="211" spans="1:109">
+      <c r="M211" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB211" t="s">
         <v>316</v>
       </c>
     </row>
-    <row r="210" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC210" t="s">
+    <row r="212" spans="1:109">
+      <c r="M212" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB212" t="s">
         <v>317</v>
       </c>
     </row>
-    <row r="211" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC211" t="s">
+    <row r="213" spans="1:109">
+      <c r="M213" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB213" t="s">
         <v>318</v>
       </c>
     </row>
-    <row r="212" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC212" t="s">
+    <row r="214" spans="1:109">
+      <c r="M214" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB214" t="s">
         <v>319</v>
       </c>
     </row>
-    <row r="213" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC213" t="s">
+    <row r="215" spans="1:109">
+      <c r="M215" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB215" t="s">
         <v>320</v>
       </c>
     </row>
-    <row r="214" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC214" t="s">
+    <row r="216" spans="1:109">
+      <c r="M216" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB216" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="215" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC215" t="s">
+    <row r="217" spans="1:109">
+      <c r="M217" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB217" t="s">
         <v>322</v>
       </c>
     </row>
-    <row r="216" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC216" t="s">
+    <row r="218" spans="1:109">
+      <c r="M218" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB218" t="s">
         <v>323</v>
       </c>
     </row>
-    <row r="217" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC217" t="s">
+    <row r="219" spans="1:109">
+      <c r="M219" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB219" t="s">
         <v>324</v>
       </c>
     </row>
-    <row r="218" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC218" t="s">
+    <row r="220" spans="1:109">
+      <c r="M220" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB220" t="s">
         <v>325</v>
       </c>
     </row>
-    <row r="219" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC219" t="s">
+    <row r="221" spans="1:109">
+      <c r="M221" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB221" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="220" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC220" t="s">
+    <row r="222" spans="1:109">
+      <c r="M222" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB222" t="s">
         <v>327</v>
       </c>
     </row>
-    <row r="221" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC221" t="s">
+    <row r="223" spans="1:109">
+      <c r="M223" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB223" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="222" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC222" t="s">
+    <row r="224" spans="1:109">
+      <c r="M224" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB224" t="s">
         <v>329</v>
       </c>
     </row>
-    <row r="223" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC223" t="s">
+    <row r="225" spans="1:109">
+      <c r="M225" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB225" t="s">
         <v>330</v>
       </c>
     </row>
-    <row r="224" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC224" t="s">
+    <row r="226" spans="1:109">
+      <c r="M226" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB226" t="s">
         <v>331</v>
       </c>
     </row>
-    <row r="225" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC225" t="s">
+    <row r="227" spans="1:109">
+      <c r="M227" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB227" t="s">
         <v>332</v>
       </c>
     </row>
-    <row r="226" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC226" t="s">
+    <row r="228" spans="1:109">
+      <c r="M228" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB228" t="s">
         <v>333</v>
       </c>
     </row>
-    <row r="227" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC227" t="s">
+    <row r="229" spans="1:109">
+      <c r="M229" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB229" t="s">
         <v>334</v>
       </c>
     </row>
-    <row r="228" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC228" t="s">
+    <row r="230" spans="1:109">
+      <c r="M230" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB230" t="s">
         <v>335</v>
       </c>
     </row>
-    <row r="229" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC229" t="s">
+    <row r="231" spans="1:109">
+      <c r="M231" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB231" t="s">
         <v>336</v>
       </c>
     </row>
-    <row r="230" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC230" t="s">
+    <row r="232" spans="1:109">
+      <c r="M232" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB232" t="s">
         <v>337</v>
       </c>
     </row>
-    <row r="231" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC231" t="s">
+    <row r="233" spans="1:109">
+      <c r="M233" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB233" t="s">
         <v>338</v>
       </c>
     </row>
-    <row r="232" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC232" t="s">
+    <row r="234" spans="1:109">
+      <c r="M234" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB234" t="s">
         <v>339</v>
       </c>
     </row>
-    <row r="233" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC233" t="s">
+    <row r="235" spans="1:109">
+      <c r="M235" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB235" t="s">
         <v>340</v>
       </c>
     </row>
-    <row r="234" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC234" t="s">
+    <row r="236" spans="1:109">
+      <c r="M236" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB236" t="s">
         <v>341</v>
       </c>
     </row>
-    <row r="235" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC235" t="s">
+    <row r="237" spans="1:109">
+      <c r="M237" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB237" t="s">
         <v>342</v>
       </c>
     </row>
-    <row r="236" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC236" t="s">
+    <row r="238" spans="1:109">
+      <c r="M238" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB238" t="s">
         <v>343</v>
       </c>
     </row>
-    <row r="237" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC237" t="s">
+    <row r="239" spans="1:109">
+      <c r="M239" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB239" t="s">
         <v>344</v>
       </c>
     </row>
-    <row r="238" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC238" t="s">
+    <row r="240" spans="1:109">
+      <c r="M240" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB240" t="s">
         <v>345</v>
       </c>
     </row>
-    <row r="239" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC239" t="s">
+    <row r="241" spans="1:109">
+      <c r="M241" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB241" t="s">
         <v>346</v>
       </c>
     </row>
-    <row r="240" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC240" t="s">
+    <row r="242" spans="1:109">
+      <c r="M242" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB242" t="s">
         <v>347</v>
       </c>
     </row>
-    <row r="241" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC241" t="s">
+    <row r="243" spans="1:109">
+      <c r="M243" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB243" t="s">
         <v>348</v>
       </c>
     </row>
-    <row r="242" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC242" t="s">
+    <row r="244" spans="1:109">
+      <c r="M244" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB244" t="s">
         <v>349</v>
       </c>
     </row>
-    <row r="243" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC243" t="s">
+    <row r="245" spans="1:109">
+      <c r="M245" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB245" t="s">
         <v>350</v>
       </c>
     </row>
-    <row r="244" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC244" t="s">
+    <row r="246" spans="1:109">
+      <c r="M246" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB246" t="s">
         <v>351</v>
       </c>
     </row>
-    <row r="245" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC245" t="s">
+    <row r="247" spans="1:109">
+      <c r="M247" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB247" t="s">
         <v>352</v>
       </c>
     </row>
-    <row r="246" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC246" t="s">
+    <row r="248" spans="1:109">
+      <c r="M248" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB248" t="s">
         <v>353</v>
       </c>
     </row>
-    <row r="247" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC247" t="s">
+    <row r="249" spans="1:109">
+      <c r="M249" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB249" t="s">
         <v>354</v>
       </c>
     </row>
-    <row r="248" spans="1:110">
-[...4 lines deleted...]
-      <c r="DC248" t="s">
+    <row r="250" spans="1:109">
+      <c r="M250" t="s">
+        <v>51</v>
+      </c>
+      <c r="DB250" t="s">
         <v>355</v>
       </c>
     </row>
-    <row r="249" spans="1:110">
-[...18 lines deleted...]
-      <c r="E251" s="2"/>
+    <row r="251" spans="1:109">
       <c r="M251" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E252" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="252" spans="1:109">
       <c r="M252" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E253" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="253" spans="1:109">
       <c r="M253" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E254" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="254" spans="1:109">
       <c r="M254" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E255" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="255" spans="1:109">
       <c r="M255" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E256" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="256" spans="1:109">
       <c r="M256" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E257" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="257" spans="1:109">
       <c r="M257" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E258" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="258" spans="1:109">
       <c r="M258" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E259" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="259" spans="1:109">
       <c r="M259" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E260" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="260" spans="1:109">
       <c r="M260" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E261" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="261" spans="1:109">
       <c r="M261" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E262" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="262" spans="1:109">
       <c r="M262" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E263" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="263" spans="1:109">
       <c r="M263" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E264" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="264" spans="1:109">
       <c r="M264" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E265" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="265" spans="1:109">
       <c r="M265" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E266" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="266" spans="1:109">
       <c r="M266" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E267" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="267" spans="1:109">
       <c r="M267" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E268" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="268" spans="1:109">
       <c r="M268" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E269" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="269" spans="1:109">
       <c r="M269" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E270" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="270" spans="1:109">
       <c r="M270" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E271" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="271" spans="1:109">
       <c r="M271" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E272" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="272" spans="1:109">
       <c r="M272" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E273" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="273" spans="1:109">
       <c r="M273" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E274" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="274" spans="1:109">
       <c r="M274" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E275" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="275" spans="1:109">
       <c r="M275" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E276" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="276" spans="1:109">
       <c r="M276" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E277" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="277" spans="1:109">
       <c r="M277" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E278" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="278" spans="1:109">
       <c r="M278" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E279" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="279" spans="1:109">
       <c r="M279" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E280" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="280" spans="1:109">
       <c r="M280" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E281" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="281" spans="1:109">
       <c r="M281" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E282" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="282" spans="1:109">
       <c r="M282" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E283" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="283" spans="1:109">
       <c r="M283" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E284" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="284" spans="1:109">
       <c r="M284" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E285" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="285" spans="1:109">
       <c r="M285" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E286" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="286" spans="1:109">
       <c r="M286" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E287" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="287" spans="1:109">
       <c r="M287" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E288" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="288" spans="1:109">
       <c r="M288" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E289" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="289" spans="1:109">
       <c r="M289" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E290" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="290" spans="1:109">
       <c r="M290" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E291" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="291" spans="1:109">
       <c r="M291" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E292" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="292" spans="1:109">
       <c r="M292" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E293" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="293" spans="1:109">
       <c r="M293" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E294" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="294" spans="1:109">
       <c r="M294" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E295" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="295" spans="1:109">
       <c r="M295" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E296" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="296" spans="1:109">
       <c r="M296" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E297" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="297" spans="1:109">
       <c r="M297" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E298" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="298" spans="1:109">
       <c r="M298" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E299" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="299" spans="1:109">
       <c r="M299" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E300" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="300" spans="1:109">
       <c r="M300" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E301" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="301" spans="1:109">
       <c r="M301" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E302" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="302" spans="1:109">
       <c r="M302" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E303" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="303" spans="1:109">
       <c r="M303" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E304" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="304" spans="1:109">
       <c r="M304" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E305" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="305" spans="1:109">
       <c r="M305" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E306" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="306" spans="1:109">
       <c r="M306" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E307" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="307" spans="1:109">
       <c r="M307" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E308" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="308" spans="1:109">
       <c r="M308" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E309" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="309" spans="1:109">
       <c r="M309" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E310" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="310" spans="1:109">
       <c r="M310" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E311" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="311" spans="1:109">
       <c r="M311" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E312" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="312" spans="1:109">
       <c r="M312" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E313" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="313" spans="1:109">
       <c r="M313" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E314" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="314" spans="1:109">
       <c r="M314" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E315" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="315" spans="1:109">
       <c r="M315" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E316" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="316" spans="1:109">
       <c r="M316" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E317" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="317" spans="1:109">
       <c r="M317" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E318" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="318" spans="1:109">
       <c r="M318" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E319" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="319" spans="1:109">
       <c r="M319" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E320" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="320" spans="1:109">
       <c r="M320" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E321" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="321" spans="1:109">
       <c r="M321" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E322" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="322" spans="1:109">
       <c r="M322" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E323" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="323" spans="1:109">
       <c r="M323" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E324" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="324" spans="1:109">
       <c r="M324" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E325" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="325" spans="1:109">
       <c r="M325" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E326" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="326" spans="1:109">
       <c r="M326" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E327" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="327" spans="1:109">
       <c r="M327" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E328" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="328" spans="1:109">
       <c r="M328" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E329" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="329" spans="1:109">
       <c r="M329" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E330" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="330" spans="1:109">
       <c r="M330" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E331" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="331" spans="1:109">
       <c r="M331" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E332" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="332" spans="1:109">
       <c r="M332" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E333" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="333" spans="1:109">
       <c r="M333" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E334" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="334" spans="1:109">
       <c r="M334" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E335" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="335" spans="1:109">
       <c r="M335" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E336" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="336" spans="1:109">
       <c r="M336" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E337" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="337" spans="1:109">
       <c r="M337" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E338" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="338" spans="1:109">
       <c r="M338" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E339" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="339" spans="1:109">
       <c r="M339" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E340" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="340" spans="1:109">
       <c r="M340" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E341" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="341" spans="1:109">
       <c r="M341" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E342" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="342" spans="1:109">
       <c r="M342" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E343" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="343" spans="1:109">
       <c r="M343" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E344" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="344" spans="1:109">
       <c r="M344" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E345" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="345" spans="1:109">
       <c r="M345" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E346" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="346" spans="1:109">
       <c r="M346" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E347" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="347" spans="1:109">
       <c r="M347" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E348" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="348" spans="1:109">
       <c r="M348" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E349" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="349" spans="1:109">
       <c r="M349" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E350" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="350" spans="1:109">
       <c r="M350" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E351" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="351" spans="1:109">
       <c r="M351" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E352" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="352" spans="1:109">
       <c r="M352" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E353" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="353" spans="1:109">
       <c r="M353" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E354" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="354" spans="1:109">
       <c r="M354" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E355" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="355" spans="1:109">
       <c r="M355" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E356" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="356" spans="1:109">
       <c r="M356" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E357" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="357" spans="1:109">
       <c r="M357" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E358" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="358" spans="1:109">
       <c r="M358" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E359" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="359" spans="1:109">
       <c r="M359" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E360" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="360" spans="1:109">
       <c r="M360" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E361" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="361" spans="1:109">
       <c r="M361" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E362" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="362" spans="1:109">
       <c r="M362" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E363" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="363" spans="1:109">
       <c r="M363" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E364" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="364" spans="1:109">
       <c r="M364" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E365" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="365" spans="1:109">
       <c r="M365" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E366" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="366" spans="1:109">
       <c r="M366" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E367" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="367" spans="1:109">
       <c r="M367" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E368" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="368" spans="1:109">
       <c r="M368" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E369" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="369" spans="1:109">
       <c r="M369" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E370" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="370" spans="1:109">
       <c r="M370" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E371" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="371" spans="1:109">
       <c r="M371" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E372" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="372" spans="1:109">
       <c r="M372" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E373" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="373" spans="1:109">
       <c r="M373" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E374" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="374" spans="1:109">
       <c r="M374" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E375" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="375" spans="1:109">
       <c r="M375" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E376" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="376" spans="1:109">
       <c r="M376" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E377" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="377" spans="1:109">
       <c r="M377" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E378" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="378" spans="1:109">
       <c r="M378" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E379" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="379" spans="1:109">
       <c r="M379" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E380" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="380" spans="1:109">
       <c r="M380" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E381" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="381" spans="1:109">
       <c r="M381" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E382" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="382" spans="1:109">
       <c r="M382" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E383" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="383" spans="1:109">
       <c r="M383" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E384" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="384" spans="1:109">
       <c r="M384" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E385" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="385" spans="1:109">
       <c r="M385" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E386" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="386" spans="1:109">
       <c r="M386" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E387" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="387" spans="1:109">
       <c r="M387" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E388" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="388" spans="1:109">
       <c r="M388" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E389" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="389" spans="1:109">
       <c r="M389" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E390" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="390" spans="1:109">
       <c r="M390" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E391" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="391" spans="1:109">
       <c r="M391" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E392" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="392" spans="1:109">
       <c r="M392" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E393" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="393" spans="1:109">
       <c r="M393" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E394" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="394" spans="1:109">
       <c r="M394" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E395" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="395" spans="1:109">
       <c r="M395" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E396" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="396" spans="1:109">
       <c r="M396" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E397" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="397" spans="1:109">
       <c r="M397" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E398" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="398" spans="1:109">
       <c r="M398" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E399" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="399" spans="1:109">
       <c r="M399" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E400" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="400" spans="1:109">
       <c r="M400" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E401" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="401" spans="1:109">
       <c r="M401" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E402" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="402" spans="1:109">
       <c r="M402" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E403" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="403" spans="1:109">
       <c r="M403" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E404" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="404" spans="1:109">
       <c r="M404" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E405" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="405" spans="1:109">
       <c r="M405" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E406" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="406" spans="1:109">
       <c r="M406" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E407" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="407" spans="1:109">
       <c r="M407" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E408" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="408" spans="1:109">
       <c r="M408" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E409" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="409" spans="1:109">
       <c r="M409" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E410" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="410" spans="1:109">
       <c r="M410" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E411" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="411" spans="1:109">
       <c r="M411" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E412" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="412" spans="1:109">
       <c r="M412" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E413" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="413" spans="1:109">
       <c r="M413" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E414" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="414" spans="1:109">
       <c r="M414" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E415" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="415" spans="1:109">
       <c r="M415" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E416" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="416" spans="1:109">
       <c r="M416" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E417" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="417" spans="1:109">
       <c r="M417" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E418" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="418" spans="1:109">
       <c r="M418" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E419" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="419" spans="1:109">
       <c r="M419" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E420" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="420" spans="1:109">
       <c r="M420" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E421" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="421" spans="1:109">
       <c r="M421" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E422" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="422" spans="1:109">
       <c r="M422" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E423" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="423" spans="1:109">
       <c r="M423" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E424" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="424" spans="1:109">
       <c r="M424" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E425" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="425" spans="1:109">
       <c r="M425" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E426" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="426" spans="1:109">
       <c r="M426" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E427" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="427" spans="1:109">
       <c r="M427" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E428" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="428" spans="1:109">
       <c r="M428" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E429" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="429" spans="1:109">
       <c r="M429" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E430" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="430" spans="1:109">
       <c r="M430" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E431" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="431" spans="1:109">
       <c r="M431" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E432" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="432" spans="1:109">
       <c r="M432" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E433" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="433" spans="1:109">
       <c r="M433" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E434" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="434" spans="1:109">
       <c r="M434" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E435" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="435" spans="1:109">
       <c r="M435" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E436" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="436" spans="1:109">
       <c r="M436" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E437" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="437" spans="1:109">
       <c r="M437" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E438" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="438" spans="1:109">
       <c r="M438" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E439" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="439" spans="1:109">
       <c r="M439" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E440" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="440" spans="1:109">
       <c r="M440" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E441" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="441" spans="1:109">
       <c r="M441" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E442" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="442" spans="1:109">
       <c r="M442" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E443" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="443" spans="1:109">
       <c r="M443" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E444" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="444" spans="1:109">
       <c r="M444" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E445" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="445" spans="1:109">
       <c r="M445" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E446" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="446" spans="1:109">
       <c r="M446" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E447" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="447" spans="1:109">
       <c r="M447" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E448" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="448" spans="1:109">
       <c r="M448" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E449" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="449" spans="1:109">
       <c r="M449" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E450" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="450" spans="1:109">
       <c r="M450" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E451" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="451" spans="1:109">
       <c r="M451" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E452" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="452" spans="1:109">
       <c r="M452" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E453" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="453" spans="1:109">
       <c r="M453" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E454" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="454" spans="1:109">
       <c r="M454" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E455" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="455" spans="1:109">
       <c r="M455" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E456" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="456" spans="1:109">
       <c r="M456" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E457" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="457" spans="1:109">
       <c r="M457" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E458" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="458" spans="1:109">
       <c r="M458" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E459" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="459" spans="1:109">
       <c r="M459" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E460" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="460" spans="1:109">
       <c r="M460" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E461" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="461" spans="1:109">
       <c r="M461" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E462" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="462" spans="1:109">
       <c r="M462" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E463" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="463" spans="1:109">
       <c r="M463" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E464" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="464" spans="1:109">
       <c r="M464" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E465" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="465" spans="1:109">
       <c r="M465" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E466" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="466" spans="1:109">
       <c r="M466" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E467" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="467" spans="1:109">
       <c r="M467" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E468" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="468" spans="1:109">
       <c r="M468" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E469" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="469" spans="1:109">
       <c r="M469" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E470" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="470" spans="1:109">
       <c r="M470" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E471" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="471" spans="1:109">
       <c r="M471" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E472" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="472" spans="1:109">
       <c r="M472" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E473" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="473" spans="1:109">
       <c r="M473" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E474" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="474" spans="1:109">
       <c r="M474" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E475" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="475" spans="1:109">
       <c r="M475" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E476" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="476" spans="1:109">
       <c r="M476" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E477" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="477" spans="1:109">
       <c r="M477" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E478" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="478" spans="1:109">
       <c r="M478" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E479" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="479" spans="1:109">
       <c r="M479" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E480" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="480" spans="1:109">
       <c r="M480" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E481" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="481" spans="1:109">
       <c r="M481" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E482" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="482" spans="1:109">
       <c r="M482" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E483" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="483" spans="1:109">
       <c r="M483" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E484" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="484" spans="1:109">
       <c r="M484" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E485" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="485" spans="1:109">
       <c r="M485" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E486" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="486" spans="1:109">
       <c r="M486" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E487" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="487" spans="1:109">
       <c r="M487" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E488" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="488" spans="1:109">
       <c r="M488" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E489" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="489" spans="1:109">
       <c r="M489" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E490" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="490" spans="1:109">
       <c r="M490" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E491" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="491" spans="1:109">
       <c r="M491" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E492" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="492" spans="1:109">
       <c r="M492" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E493" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="493" spans="1:109">
       <c r="M493" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E494" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="494" spans="1:109">
       <c r="M494" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E495" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="495" spans="1:109">
       <c r="M495" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E496" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="496" spans="1:109">
       <c r="M496" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E497" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="497" spans="1:109">
       <c r="M497" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E498" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="498" spans="1:109">
       <c r="M498" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E499" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="499" spans="1:109">
       <c r="M499" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E500" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="500" spans="1:109">
       <c r="M500" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E501" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="501" spans="1:109">
       <c r="M501" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E502" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="502" spans="1:109">
       <c r="M502" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E503" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="503" spans="1:109">
       <c r="M503" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E504" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="504" spans="1:109">
       <c r="M504" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E505" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="505" spans="1:109">
       <c r="M505" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E506" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="506" spans="1:109">
       <c r="M506" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E507" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="507" spans="1:109">
       <c r="M507" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E508" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="508" spans="1:109">
       <c r="M508" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E509" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="509" spans="1:109">
       <c r="M509" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E510" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="510" spans="1:109">
       <c r="M510" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E511" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="511" spans="1:109">
       <c r="M511" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E512" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="512" spans="1:109">
       <c r="M512" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E513" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="513" spans="1:109">
       <c r="M513" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E514" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="514" spans="1:109">
       <c r="M514" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E515" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="515" spans="1:109">
       <c r="M515" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E516" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="516" spans="1:109">
       <c r="M516" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E517" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="517" spans="1:109">
       <c r="M517" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E518" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="518" spans="1:109">
       <c r="M518" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E519" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="519" spans="1:109">
       <c r="M519" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E520" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="520" spans="1:109">
       <c r="M520" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E521" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="521" spans="1:109">
       <c r="M521" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E522" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="522" spans="1:109">
       <c r="M522" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E523" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="523" spans="1:109">
       <c r="M523" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E524" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="524" spans="1:109">
       <c r="M524" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E525" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="525" spans="1:109">
       <c r="M525" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E526" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="526" spans="1:109">
       <c r="M526" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E527" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="527" spans="1:109">
       <c r="M527" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E528" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="528" spans="1:109">
       <c r="M528" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E529" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="529" spans="1:109">
       <c r="M529" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E530" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="530" spans="1:109">
       <c r="M530" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E531" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="531" spans="1:109">
       <c r="M531" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E532" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="532" spans="1:109">
       <c r="M532" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E533" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="533" spans="1:109">
       <c r="M533" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E534" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="534" spans="1:109">
       <c r="M534" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E535" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="535" spans="1:109">
       <c r="M535" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E536" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="536" spans="1:109">
       <c r="M536" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E537" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="537" spans="1:109">
       <c r="M537" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E538" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="538" spans="1:109">
       <c r="M538" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E539" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="539" spans="1:109">
       <c r="M539" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E540" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="540" spans="1:109">
       <c r="M540" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E541" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="541" spans="1:109">
       <c r="M541" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E542" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="542" spans="1:109">
       <c r="M542" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E543" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="543" spans="1:109">
       <c r="M543" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E544" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="544" spans="1:109">
       <c r="M544" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E545" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="545" spans="1:109">
       <c r="M545" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E546" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="546" spans="1:109">
       <c r="M546" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E547" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="547" spans="1:109">
       <c r="M547" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E548" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="548" spans="1:109">
       <c r="M548" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E549" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="549" spans="1:109">
       <c r="M549" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E550" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="550" spans="1:109">
       <c r="M550" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E551" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="551" spans="1:109">
       <c r="M551" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E552" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="552" spans="1:109">
       <c r="M552" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E553" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="553" spans="1:109">
       <c r="M553" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E554" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="554" spans="1:109">
       <c r="M554" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E555" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="555" spans="1:109">
       <c r="M555" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E556" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="556" spans="1:109">
       <c r="M556" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E557" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="557" spans="1:109">
       <c r="M557" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E558" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="558" spans="1:109">
       <c r="M558" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E559" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="559" spans="1:109">
       <c r="M559" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E560" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="560" spans="1:109">
       <c r="M560" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E561" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="561" spans="1:109">
       <c r="M561" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E562" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="562" spans="1:109">
       <c r="M562" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E563" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="563" spans="1:109">
       <c r="M563" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E564" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="564" spans="1:109">
       <c r="M564" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E565" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="565" spans="1:109">
       <c r="M565" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E566" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="566" spans="1:109">
       <c r="M566" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E567" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="567" spans="1:109">
       <c r="M567" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E568" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="568" spans="1:109">
       <c r="M568" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E569" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="569" spans="1:109">
       <c r="M569" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E570" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="570" spans="1:109">
       <c r="M570" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E571" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="571" spans="1:109">
       <c r="M571" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E572" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="572" spans="1:109">
       <c r="M572" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E573" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="573" spans="1:109">
       <c r="M573" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E574" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="574" spans="1:109">
       <c r="M574" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E575" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="575" spans="1:109">
       <c r="M575" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E576" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="576" spans="1:109">
       <c r="M576" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E577" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="577" spans="1:109">
       <c r="M577" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E578" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="578" spans="1:109">
       <c r="M578" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E579" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="579" spans="1:109">
       <c r="M579" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E580" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="580" spans="1:109">
       <c r="M580" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E581" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="581" spans="1:109">
       <c r="M581" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E582" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="582" spans="1:109">
       <c r="M582" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E583" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="583" spans="1:109">
       <c r="M583" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E584" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="584" spans="1:109">
       <c r="M584" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E585" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="585" spans="1:109">
       <c r="M585" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E586" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="586" spans="1:109">
       <c r="M586" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E587" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="587" spans="1:109">
       <c r="M587" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E588" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="588" spans="1:109">
       <c r="M588" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E589" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="589" spans="1:109">
       <c r="M589" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E590" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="590" spans="1:109">
       <c r="M590" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E591" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="591" spans="1:109">
       <c r="M591" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E592" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="592" spans="1:109">
       <c r="M592" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E593" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="593" spans="1:109">
       <c r="M593" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E594" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="594" spans="1:109">
       <c r="M594" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E595" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="595" spans="1:109">
       <c r="M595" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E596" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="596" spans="1:109">
       <c r="M596" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E597" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="597" spans="1:109">
       <c r="M597" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E598" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="598" spans="1:109">
       <c r="M598" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E599" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="599" spans="1:109">
       <c r="M599" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E600" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="600" spans="1:109">
       <c r="M600" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E601" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="601" spans="1:109">
       <c r="M601" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E602" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="602" spans="1:109">
       <c r="M602" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E603" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="603" spans="1:109">
       <c r="M603" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E604" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="604" spans="1:109">
       <c r="M604" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E605" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="605" spans="1:109">
       <c r="M605" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E606" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="606" spans="1:109">
       <c r="M606" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E607" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="607" spans="1:109">
       <c r="M607" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E608" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="608" spans="1:109">
       <c r="M608" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E609" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="609" spans="1:109">
       <c r="M609" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E610" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="610" spans="1:109">
       <c r="M610" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E611" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="611" spans="1:109">
       <c r="M611" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E612" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="612" spans="1:109">
       <c r="M612" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E613" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="613" spans="1:109">
       <c r="M613" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E614" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="614" spans="1:109">
       <c r="M614" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E615" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="615" spans="1:109">
       <c r="M615" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E616" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="616" spans="1:109">
       <c r="M616" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E617" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="617" spans="1:109">
       <c r="M617" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E618" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="618" spans="1:109">
       <c r="M618" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E619" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="619" spans="1:109">
       <c r="M619" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E620" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="620" spans="1:109">
       <c r="M620" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E621" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="621" spans="1:109">
       <c r="M621" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E622" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="622" spans="1:109">
       <c r="M622" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E623" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="623" spans="1:109">
       <c r="M623" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E624" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="624" spans="1:109">
       <c r="M624" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E625" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="625" spans="1:109">
       <c r="M625" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E626" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="626" spans="1:109">
       <c r="M626" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E627" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="627" spans="1:109">
       <c r="M627" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E628" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="628" spans="1:109">
       <c r="M628" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E629" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="629" spans="1:109">
       <c r="M629" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E630" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="630" spans="1:109">
       <c r="M630" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E631" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="631" spans="1:109">
       <c r="M631" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E632" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="632" spans="1:109">
       <c r="M632" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E633" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="633" spans="1:109">
       <c r="M633" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E634" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="634" spans="1:109">
       <c r="M634" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E635" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="635" spans="1:109">
       <c r="M635" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E636" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="636" spans="1:109">
       <c r="M636" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E637" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="637" spans="1:109">
       <c r="M637" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E638" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="638" spans="1:109">
       <c r="M638" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E639" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="639" spans="1:109">
       <c r="M639" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E640" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="640" spans="1:109">
       <c r="M640" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E641" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="641" spans="1:109">
       <c r="M641" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E642" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="642" spans="1:109">
       <c r="M642" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E643" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="643" spans="1:109">
       <c r="M643" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E644" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="644" spans="1:109">
       <c r="M644" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E645" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="645" spans="1:109">
       <c r="M645" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E646" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="646" spans="1:109">
       <c r="M646" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E647" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="647" spans="1:109">
       <c r="M647" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E648" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="648" spans="1:109">
       <c r="M648" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E649" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="649" spans="1:109">
       <c r="M649" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E650" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="650" spans="1:109">
       <c r="M650" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E651" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="651" spans="1:109">
       <c r="M651" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E652" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="652" spans="1:109">
       <c r="M652" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E653" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="653" spans="1:109">
       <c r="M653" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E654" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="654" spans="1:109">
       <c r="M654" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E655" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="655" spans="1:109">
       <c r="M655" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E656" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="656" spans="1:109">
       <c r="M656" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E657" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="657" spans="1:109">
       <c r="M657" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E658" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="658" spans="1:109">
       <c r="M658" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E659" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="659" spans="1:109">
       <c r="M659" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E660" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="660" spans="1:109">
       <c r="M660" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E661" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="661" spans="1:109">
       <c r="M661" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E662" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="662" spans="1:109">
       <c r="M662" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E663" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="663" spans="1:109">
       <c r="M663" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E664" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="664" spans="1:109">
       <c r="M664" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E665" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="665" spans="1:109">
       <c r="M665" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E666" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="666" spans="1:109">
       <c r="M666" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E667" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="667" spans="1:109">
       <c r="M667" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E668" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="668" spans="1:109">
       <c r="M668" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E669" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="669" spans="1:109">
       <c r="M669" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E670" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="670" spans="1:109">
       <c r="M670" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E671" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="671" spans="1:109">
       <c r="M671" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E672" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="672" spans="1:109">
       <c r="M672" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E673" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="673" spans="1:109">
       <c r="M673" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E674" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="674" spans="1:109">
       <c r="M674" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E675" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="675" spans="1:109">
       <c r="M675" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E676" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="676" spans="1:109">
       <c r="M676" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E677" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="677" spans="1:109">
       <c r="M677" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E678" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="678" spans="1:109">
       <c r="M678" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E679" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="679" spans="1:109">
       <c r="M679" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E680" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="680" spans="1:109">
       <c r="M680" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E681" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="681" spans="1:109">
       <c r="M681" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E682" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="682" spans="1:109">
       <c r="M682" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E683" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="683" spans="1:109">
       <c r="M683" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E684" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="684" spans="1:109">
       <c r="M684" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E685" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="685" spans="1:109">
       <c r="M685" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E686" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="686" spans="1:109">
       <c r="M686" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E687" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="687" spans="1:109">
       <c r="M687" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E688" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="688" spans="1:109">
       <c r="M688" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E689" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="689" spans="1:109">
       <c r="M689" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E690" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="690" spans="1:109">
       <c r="M690" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E691" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="691" spans="1:109">
       <c r="M691" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E692" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="692" spans="1:109">
       <c r="M692" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E693" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="693" spans="1:109">
       <c r="M693" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E694" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="694" spans="1:109">
       <c r="M694" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E695" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="695" spans="1:109">
       <c r="M695" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E696" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="696" spans="1:109">
       <c r="M696" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E697" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="697" spans="1:109">
       <c r="M697" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E698" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="698" spans="1:109">
       <c r="M698" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E699" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="699" spans="1:109">
       <c r="M699" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E700" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="700" spans="1:109">
       <c r="M700" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E701" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="701" spans="1:109">
       <c r="M701" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E702" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="702" spans="1:109">
       <c r="M702" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E703" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="703" spans="1:109">
       <c r="M703" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E704" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="704" spans="1:109">
       <c r="M704" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E705" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="705" spans="1:109">
       <c r="M705" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E706" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="706" spans="1:109">
       <c r="M706" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E707" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="707" spans="1:109">
       <c r="M707" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E708" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="708" spans="1:109">
       <c r="M708" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E709" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="709" spans="1:109">
       <c r="M709" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E710" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="710" spans="1:109">
       <c r="M710" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E711" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="711" spans="1:109">
       <c r="M711" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E712" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="712" spans="1:109">
       <c r="M712" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E713" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="713" spans="1:109">
       <c r="M713" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E714" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="714" spans="1:109">
       <c r="M714" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E715" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="715" spans="1:109">
       <c r="M715" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E716" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="716" spans="1:109">
       <c r="M716" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E717" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="717" spans="1:109">
       <c r="M717" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E718" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="718" spans="1:109">
       <c r="M718" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E719" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="719" spans="1:109">
       <c r="M719" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E720" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="720" spans="1:109">
       <c r="M720" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E721" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="721" spans="1:109">
       <c r="M721" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E722" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="722" spans="1:109">
       <c r="M722" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E723" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="723" spans="1:109">
       <c r="M723" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E724" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="724" spans="1:109">
       <c r="M724" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E725" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="725" spans="1:109">
       <c r="M725" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E726" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="726" spans="1:109">
       <c r="M726" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E727" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="727" spans="1:109">
       <c r="M727" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E728" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="728" spans="1:109">
       <c r="M728" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E729" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="729" spans="1:109">
       <c r="M729" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E730" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="730" spans="1:109">
       <c r="M730" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E731" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="731" spans="1:109">
       <c r="M731" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E732" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="732" spans="1:109">
       <c r="M732" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E733" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="733" spans="1:109">
       <c r="M733" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E734" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="734" spans="1:109">
       <c r="M734" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E735" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="735" spans="1:109">
       <c r="M735" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E736" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="736" spans="1:109">
       <c r="M736" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E737" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="737" spans="1:109">
       <c r="M737" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E738" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="738" spans="1:109">
       <c r="M738" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E739" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="739" spans="1:109">
       <c r="M739" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E740" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="740" spans="1:109">
       <c r="M740" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E741" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="741" spans="1:109">
       <c r="M741" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E742" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="742" spans="1:109">
       <c r="M742" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E743" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="743" spans="1:109">
       <c r="M743" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E744" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="744" spans="1:109">
       <c r="M744" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E745" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="745" spans="1:109">
       <c r="M745" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E746" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="746" spans="1:109">
       <c r="M746" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E747" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="747" spans="1:109">
       <c r="M747" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E748" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="748" spans="1:109">
       <c r="M748" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E749" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="749" spans="1:109">
       <c r="M749" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E750" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="750" spans="1:109">
       <c r="M750" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E751" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="751" spans="1:109">
       <c r="M751" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E752" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="752" spans="1:109">
       <c r="M752" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E753" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="753" spans="1:109">
       <c r="M753" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E754" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="754" spans="1:109">
       <c r="M754" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E755" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="755" spans="1:109">
       <c r="M755" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E756" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="756" spans="1:109">
       <c r="M756" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E757" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="757" spans="1:109">
       <c r="M757" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E758" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="758" spans="1:109">
       <c r="M758" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E759" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="759" spans="1:109">
       <c r="M759" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E760" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="760" spans="1:109">
       <c r="M760" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E761" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="761" spans="1:109">
       <c r="M761" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E762" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="762" spans="1:109">
       <c r="M762" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E763" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="763" spans="1:109">
       <c r="M763" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E764" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="764" spans="1:109">
       <c r="M764" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E765" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="765" spans="1:109">
       <c r="M765" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E766" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="766" spans="1:109">
       <c r="M766" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E767" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="767" spans="1:109">
       <c r="M767" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E768" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="768" spans="1:109">
       <c r="M768" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E769" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="769" spans="1:109">
       <c r="M769" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E770" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="770" spans="1:109">
       <c r="M770" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E771" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="771" spans="1:109">
       <c r="M771" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E772" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="772" spans="1:109">
       <c r="M772" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E773" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="773" spans="1:109">
       <c r="M773" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E774" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="774" spans="1:109">
       <c r="M774" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E775" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="775" spans="1:109">
       <c r="M775" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E776" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="776" spans="1:109">
       <c r="M776" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E777" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="777" spans="1:109">
       <c r="M777" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E778" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="778" spans="1:109">
       <c r="M778" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E779" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="779" spans="1:109">
       <c r="M779" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E780" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="780" spans="1:109">
       <c r="M780" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E781" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="781" spans="1:109">
       <c r="M781" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E782" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="782" spans="1:109">
       <c r="M782" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E783" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="783" spans="1:109">
       <c r="M783" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E784" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="784" spans="1:109">
       <c r="M784" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E785" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="785" spans="1:109">
       <c r="M785" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E786" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="786" spans="1:109">
       <c r="M786" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E787" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="787" spans="1:109">
       <c r="M787" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E788" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="788" spans="1:109">
       <c r="M788" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E789" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="789" spans="1:109">
       <c r="M789" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E790" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="790" spans="1:109">
       <c r="M790" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E791" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="791" spans="1:109">
       <c r="M791" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E792" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="792" spans="1:109">
       <c r="M792" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E793" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="793" spans="1:109">
       <c r="M793" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E794" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="794" spans="1:109">
       <c r="M794" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E795" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="795" spans="1:109">
       <c r="M795" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E796" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="796" spans="1:109">
       <c r="M796" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E797" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="797" spans="1:109">
       <c r="M797" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E798" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="798" spans="1:109">
       <c r="M798" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E799" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="799" spans="1:109">
       <c r="M799" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E800" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="800" spans="1:109">
       <c r="M800" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E801" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="801" spans="1:109">
       <c r="M801" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E802" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="802" spans="1:109">
       <c r="M802" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E803" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="803" spans="1:109">
       <c r="M803" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E804" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="804" spans="1:109">
       <c r="M804" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E805" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="805" spans="1:109">
       <c r="M805" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E806" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="806" spans="1:109">
       <c r="M806" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E807" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="807" spans="1:109">
       <c r="M807" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E808" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="808" spans="1:109">
       <c r="M808" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E809" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="809" spans="1:109">
       <c r="M809" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E810" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="810" spans="1:109">
       <c r="M810" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E811" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="811" spans="1:109">
       <c r="M811" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E812" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="812" spans="1:109">
       <c r="M812" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E813" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="813" spans="1:109">
       <c r="M813" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E814" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="814" spans="1:109">
       <c r="M814" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E815" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="815" spans="1:109">
       <c r="M815" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E816" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="816" spans="1:109">
       <c r="M816" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E817" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="817" spans="1:109">
       <c r="M817" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E818" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="818" spans="1:109">
       <c r="M818" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E819" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="819" spans="1:109">
       <c r="M819" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E820" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="820" spans="1:109">
       <c r="M820" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E821" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="821" spans="1:109">
       <c r="M821" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E822" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="822" spans="1:109">
       <c r="M822" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E823" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="823" spans="1:109">
       <c r="M823" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E824" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="824" spans="1:109">
       <c r="M824" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E825" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="825" spans="1:109">
       <c r="M825" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E826" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="826" spans="1:109">
       <c r="M826" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E827" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="827" spans="1:109">
       <c r="M827" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E828" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="828" spans="1:109">
       <c r="M828" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E829" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="829" spans="1:109">
       <c r="M829" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E830" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="830" spans="1:109">
       <c r="M830" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E831" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="831" spans="1:109">
       <c r="M831" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E832" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="832" spans="1:109">
       <c r="M832" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E833" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="833" spans="1:109">
       <c r="M833" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E834" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="834" spans="1:109">
       <c r="M834" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E835" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="835" spans="1:109">
       <c r="M835" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E836" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="836" spans="1:109">
       <c r="M836" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E837" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="837" spans="1:109">
       <c r="M837" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E838" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="838" spans="1:109">
       <c r="M838" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E839" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="839" spans="1:109">
       <c r="M839" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E840" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="840" spans="1:109">
       <c r="M840" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E841" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="841" spans="1:109">
       <c r="M841" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E842" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="842" spans="1:109">
       <c r="M842" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E843" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="843" spans="1:109">
       <c r="M843" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E844" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="844" spans="1:109">
       <c r="M844" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E845" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="845" spans="1:109">
       <c r="M845" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E846" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="846" spans="1:109">
       <c r="M846" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E847" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="847" spans="1:109">
       <c r="M847" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E848" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="848" spans="1:109">
       <c r="M848" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E849" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="849" spans="1:109">
       <c r="M849" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E850" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="850" spans="1:109">
       <c r="M850" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E851" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="851" spans="1:109">
       <c r="M851" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E852" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="852" spans="1:109">
       <c r="M852" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E853" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="853" spans="1:109">
       <c r="M853" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E854" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="854" spans="1:109">
       <c r="M854" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E855" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="855" spans="1:109">
       <c r="M855" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E856" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="856" spans="1:109">
       <c r="M856" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E857" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="857" spans="1:109">
       <c r="M857" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E858" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="858" spans="1:109">
       <c r="M858" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E859" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="859" spans="1:109">
       <c r="M859" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E860" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="860" spans="1:109">
       <c r="M860" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E861" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="861" spans="1:109">
       <c r="M861" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E862" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="862" spans="1:109">
       <c r="M862" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E863" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="863" spans="1:109">
       <c r="M863" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E864" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="864" spans="1:109">
       <c r="M864" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E865" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="865" spans="1:109">
       <c r="M865" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E866" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="866" spans="1:109">
       <c r="M866" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E867" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="867" spans="1:109">
       <c r="M867" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E868" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="868" spans="1:109">
       <c r="M868" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E869" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="869" spans="1:109">
       <c r="M869" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E870" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="870" spans="1:109">
       <c r="M870" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E871" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="871" spans="1:109">
       <c r="M871" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E872" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="872" spans="1:109">
       <c r="M872" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E873" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="873" spans="1:109">
       <c r="M873" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E874" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="874" spans="1:109">
       <c r="M874" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E875" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="875" spans="1:109">
       <c r="M875" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E876" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="876" spans="1:109">
       <c r="M876" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E877" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="877" spans="1:109">
       <c r="M877" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E878" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="878" spans="1:109">
       <c r="M878" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E879" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="879" spans="1:109">
       <c r="M879" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E880" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="880" spans="1:109">
       <c r="M880" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E881" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="881" spans="1:109">
       <c r="M881" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E882" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="882" spans="1:109">
       <c r="M882" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E883" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="883" spans="1:109">
       <c r="M883" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E884" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="884" spans="1:109">
       <c r="M884" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E885" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="885" spans="1:109">
       <c r="M885" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E886" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="886" spans="1:109">
       <c r="M886" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E887" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="887" spans="1:109">
       <c r="M887" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E888" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="888" spans="1:109">
       <c r="M888" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E889" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="889" spans="1:109">
       <c r="M889" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E890" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="890" spans="1:109">
       <c r="M890" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E891" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="891" spans="1:109">
       <c r="M891" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E892" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="892" spans="1:109">
       <c r="M892" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E893" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="893" spans="1:109">
       <c r="M893" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E894" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="894" spans="1:109">
       <c r="M894" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E895" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="895" spans="1:109">
       <c r="M895" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E896" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="896" spans="1:109">
       <c r="M896" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E897" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="897" spans="1:109">
       <c r="M897" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E898" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="898" spans="1:109">
       <c r="M898" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E899" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="899" spans="1:109">
       <c r="M899" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E900" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="900" spans="1:109">
       <c r="M900" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E901" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="901" spans="1:109">
       <c r="M901" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E902" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="902" spans="1:109">
       <c r="M902" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E903" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="903" spans="1:109">
       <c r="M903" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E904" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="904" spans="1:109">
       <c r="M904" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E905" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="905" spans="1:109">
       <c r="M905" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E906" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="906" spans="1:109">
       <c r="M906" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E907" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="907" spans="1:109">
       <c r="M907" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E908" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="908" spans="1:109">
       <c r="M908" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E909" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="909" spans="1:109">
       <c r="M909" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E910" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="910" spans="1:109">
       <c r="M910" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E911" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="911" spans="1:109">
       <c r="M911" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E912" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="912" spans="1:109">
       <c r="M912" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E913" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="913" spans="1:109">
       <c r="M913" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E914" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="914" spans="1:109">
       <c r="M914" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E915" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="915" spans="1:109">
       <c r="M915" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E916" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="916" spans="1:109">
       <c r="M916" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E917" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="917" spans="1:109">
       <c r="M917" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E918" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="918" spans="1:109">
       <c r="M918" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E919" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="919" spans="1:109">
       <c r="M919" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E920" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="920" spans="1:109">
       <c r="M920" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E921" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="921" spans="1:109">
       <c r="M921" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E922" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="922" spans="1:109">
       <c r="M922" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E923" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="923" spans="1:109">
       <c r="M923" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E924" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="924" spans="1:109">
       <c r="M924" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E925" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="925" spans="1:109">
       <c r="M925" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E926" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="926" spans="1:109">
       <c r="M926" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E927" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="927" spans="1:109">
       <c r="M927" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E928" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="928" spans="1:109">
       <c r="M928" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E929" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="929" spans="1:109">
       <c r="M929" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E930" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="930" spans="1:109">
       <c r="M930" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E931" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="931" spans="1:109">
       <c r="M931" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E932" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="932" spans="1:109">
       <c r="M932" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E933" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="933" spans="1:109">
       <c r="M933" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E934" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="934" spans="1:109">
       <c r="M934" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E935" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="935" spans="1:109">
       <c r="M935" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E936" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="936" spans="1:109">
       <c r="M936" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E937" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="937" spans="1:109">
       <c r="M937" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E938" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="938" spans="1:109">
       <c r="M938" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E939" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="939" spans="1:109">
       <c r="M939" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E940" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="940" spans="1:109">
       <c r="M940" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E941" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="941" spans="1:109">
       <c r="M941" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E942" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="942" spans="1:109">
       <c r="M942" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E943" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="943" spans="1:109">
       <c r="M943" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E944" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="944" spans="1:109">
       <c r="M944" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E945" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="945" spans="1:109">
       <c r="M945" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E946" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="946" spans="1:109">
       <c r="M946" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E947" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="947" spans="1:109">
       <c r="M947" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E948" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="948" spans="1:109">
       <c r="M948" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E949" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="949" spans="1:109">
       <c r="M949" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E950" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="950" spans="1:109">
       <c r="M950" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E951" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="951" spans="1:109">
       <c r="M951" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E952" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="952" spans="1:109">
       <c r="M952" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E953" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="953" spans="1:109">
       <c r="M953" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E954" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="954" spans="1:109">
       <c r="M954" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E955" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="955" spans="1:109">
       <c r="M955" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E956" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="956" spans="1:109">
       <c r="M956" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E957" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="957" spans="1:109">
       <c r="M957" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E958" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="958" spans="1:109">
       <c r="M958" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E959" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="959" spans="1:109">
       <c r="M959" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E960" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="960" spans="1:109">
       <c r="M960" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E961" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="961" spans="1:109">
       <c r="M961" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E962" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="962" spans="1:109">
       <c r="M962" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E963" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="963" spans="1:109">
       <c r="M963" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E964" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="964" spans="1:109">
       <c r="M964" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E965" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="965" spans="1:109">
       <c r="M965" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E966" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="966" spans="1:109">
       <c r="M966" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E967" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="967" spans="1:109">
       <c r="M967" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E968" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="968" spans="1:109">
       <c r="M968" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E969" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="969" spans="1:109">
       <c r="M969" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E970" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="970" spans="1:109">
       <c r="M970" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E971" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="971" spans="1:109">
       <c r="M971" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E972" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="972" spans="1:109">
       <c r="M972" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E973" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="973" spans="1:109">
       <c r="M973" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E974" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="974" spans="1:109">
       <c r="M974" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E975" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="975" spans="1:109">
       <c r="M975" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E976" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="976" spans="1:109">
       <c r="M976" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E977" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="977" spans="1:109">
       <c r="M977" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E978" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="978" spans="1:109">
       <c r="M978" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E979" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="979" spans="1:109">
       <c r="M979" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E980" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="980" spans="1:109">
       <c r="M980" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E981" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="981" spans="1:109">
       <c r="M981" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E982" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="982" spans="1:109">
       <c r="M982" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E983" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="983" spans="1:109">
       <c r="M983" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E984" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="984" spans="1:109">
       <c r="M984" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E985" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="985" spans="1:109">
       <c r="M985" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E986" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="986" spans="1:109">
       <c r="M986" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E987" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="987" spans="1:109">
       <c r="M987" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E988" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="988" spans="1:109">
       <c r="M988" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E989" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="989" spans="1:109">
       <c r="M989" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E990" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="990" spans="1:109">
       <c r="M990" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E991" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="991" spans="1:109">
       <c r="M991" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E992" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="992" spans="1:109">
       <c r="M992" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E993" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="993" spans="1:109">
       <c r="M993" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E994" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="994" spans="1:109">
       <c r="M994" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E995" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="995" spans="1:109">
       <c r="M995" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E996" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="996" spans="1:109">
       <c r="M996" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E997" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="997" spans="1:109">
       <c r="M997" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E998" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="998" spans="1:109">
       <c r="M998" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E999" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="999" spans="1:109">
       <c r="M999" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="E1000" s="2"/>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:109">
       <c r="M1000" t="s">
-        <v>4</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
-  <dataValidations count="8">
-[...2 lines deleted...]
-    </dataValidation>
+  <dataValidations count="7">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="I5:I1000">
-      <formula1>'Worksheet'!$DB$1:$DB$63</formula1>
+      <formula1>'Worksheet'!$DA$1:$DA$63</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="J5:J1000">
-      <formula1>'Worksheet'!$DC$1:$DC$250</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$250</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="M5:M1000">
+      <formula1>'Worksheet'!$DC$1:$DC$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
       <formula1>'Worksheet'!$DD$1:$DD$2</formula1>
     </dataValidation>
-    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
-[...1 lines deleted...]
-    </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="O5:O1000">
-      <formula1>'Worksheet'!$DF$1:$DF$3</formula1>
+      <formula1>'Worksheet'!$DE$1:$DE$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="P5:P1000">
-      <formula1>'Worksheet'!$DF$1:$DF$3</formula1>
+      <formula1>'Worksheet'!$DE$1:$DE$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Q5:Q1000">
-      <formula1>'Worksheet'!$DF$1:$DF$3</formula1>
+      <formula1>'Worksheet'!$DE$1:$DE$3</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>