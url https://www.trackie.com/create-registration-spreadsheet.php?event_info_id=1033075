--- v0 (2025-11-16)
+++ v1 (2026-03-04)
@@ -143,51 +143,51 @@
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>Non</t>
   </si>
   <si>
     <t>Jaune-orange</t>
   </si>
   <si>
     <t>Cours d'essai</t>
   </si>
   <si>
     <t>Event Registration - Club de judo Hakudokan</t>
   </si>
   <si>
     <t>Nova Scotia</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
     <t>Orange</t>
   </si>
   <si>
-    <t>Cours des enfants - janvier à mai</t>
+    <t>Cours des enfants du MERCREDI - septembre à mai</t>
   </si>
   <si>
     <t>Je veux seulement acheter un judogi.</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Date of Birth (YYYY-MM-DD)</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Address 2</t>
   </si>
   <si>
     <t>City</t>
   </si>
@@ -230,51 +230,51 @@
   <si>
     <t>Date du grade (YYYY-MM-DD)</t>
   </si>
   <si>
     <t>Numéro de membre à Judo Canada</t>
   </si>
   <si>
     <t>Précédent club</t>
   </si>
   <si>
     <t>J’ai lu et accepte les conditions ci-dessus.</t>
   </si>
   <si>
     <t>Cours</t>
   </si>
   <si>
     <t>Newfoundland &amp; Labrador</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Orange-verte</t>
   </si>
   <si>
-    <t>Cours des enfants - septembre  à mai</t>
+    <t>Cours des enfants du SAMEDI - septembre à mai</t>
   </si>
   <si>
     <t>Prince Edward Island</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
     <t>Verte</t>
   </si>
   <si>
     <t>Cours des adolescents - 3 mois</t>
   </si>
   <si>
     <t>Quebec</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
     <t>Verte-bleue</t>
   </si>
   <si>
     <t>Cours des adolescents - 6 mois</t>
   </si>
@@ -1625,51 +1625,51 @@
     <col min="7" max="7" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="108" max="108" width="52" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="39" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="44" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="128" bestFit="true" customWidth="true" style="0"/>
     <col min="110" max="110" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="237" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="39" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="112" max="112" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="36" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="52" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="4" bestFit="true" customWidth="true" style="0"/>
-    <col min="114" max="114" width="50" bestFit="true" customWidth="true" style="0"/>
+    <col min="114" max="114" width="56" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:114" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
       <c r="DB1" t="s">
         <v>2</v>
       </c>
       <c r="DC1" t="s">
         <v>3</v>
       </c>
       <c r="DD1" t="s">
         <v>4</v>
       </c>
       <c r="DE1" t="s">
         <v>1</v>
       </c>
       <c r="DF1" t="s">
         <v>1</v>
       </c>