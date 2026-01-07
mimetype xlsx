--- v0 (2025-11-18)
+++ v1 (2026-01-07)
@@ -317,50 +317,53 @@
   <si>
     <t>Bc Officials (BCOF)</t>
   </si>
   <si>
     <t>Bc Wheelchair Sports Assoc. - Athletics (BCWS)</t>
   </si>
   <si>
     <t>Beautiful Savior Lutheran School (MBSLS)</t>
   </si>
   <si>
     <t>Bison Athletics Club (BTFC)</t>
   </si>
   <si>
     <t>Briercrest College (BRCT)</t>
   </si>
   <si>
     <t>Bulldogs Track &amp; Field Club (BDTF)</t>
   </si>
   <si>
     <t>Bulldogs Track And Field Club (BULL)</t>
   </si>
   <si>
     <t>Burnaby Striders Track &amp; Field Club (BBYS)</t>
   </si>
   <si>
+    <t>Calgary Dinos (UOFC)</t>
+  </si>
+  <si>
     <t>Calgary International (CITC)</t>
   </si>
   <si>
     <t>Calgary Spartans (CALS)</t>
   </si>
   <si>
     <t>Calgary Warriors Track Club (CALW)</t>
   </si>
   <si>
     <t>Callaghan Valley Sport &amp; Cultural Society (CVSC)</t>
   </si>
   <si>
     <t>Caltaf Athletic  Association (CALT)</t>
   </si>
   <si>
     <t>Campbell River Comets (CRVC)</t>
   </si>
   <si>
     <t>Capilano Eagles Running Club (CAPE)</t>
   </si>
   <si>
     <t>Capital City Track Club (CAPI)</t>
   </si>
   <si>
     <t>Channel Performance (CHPE)</t>
@@ -954,53 +957,50 @@
     <t>Unattached Alberta (UNAB)</t>
   </si>
   <si>
     <t>Unattached Alberta ()</t>
   </si>
   <si>
     <t>Unattached British Columbia (UNBC)</t>
   </si>
   <si>
     <t>Unattached British Columbia ()</t>
   </si>
   <si>
     <t>Unattached-Manitoba (UNMB)</t>
   </si>
   <si>
     <t>Unattached-Saskatchewan (UNSK)</t>
   </si>
   <si>
     <t>Univ Of Regina Track Club (URTC)</t>
   </si>
   <si>
     <t>Universal Athletics Club (UATH)</t>
   </si>
   <si>
     <t>University of Alberta - Augustana (UOAA)</t>
-  </si>
-[...1 lines deleted...]
-    <t>University of Calgary (UOFC)</t>
   </si>
   <si>
     <t>University Of Regina (UOFR)</t>
   </si>
   <si>
     <t>Valley Royals Track &amp; Field Club (VRTC)</t>
   </si>
   <si>
     <t>Van Walleghem School (MVWAL)</t>
   </si>
   <si>
     <t>Vancouver Falcons Athletic Club (VFAC)</t>
   </si>
   <si>
     <t>Vancouver International Marathon Society (VIMS)</t>
   </si>
   <si>
     <t>Vancouver Island Runners' Assoc. (VIRA)</t>
   </si>
   <si>
     <t>Vancouver Olympic Club (VOCA)</t>
   </si>
   <si>
     <t>Vancouver Thunderbirds (TBIR)</t>
   </si>