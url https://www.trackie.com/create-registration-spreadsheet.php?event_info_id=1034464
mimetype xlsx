--- v0 (2025-11-25)
+++ v1 (2026-01-16)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2326">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>11900919 Canada Ltd. (RVRN)</t>
   </si>
   <si>
     <t>Masters</t>
   </si>
   <si>
     <t>60m</t>
   </si>
   <si>
     <t>1034464:typeValue:101</t>
   </si>
   <si>
     <t>1034464:typeValue:102</t>
   </si>
   <si>
     <t>1034464:typeValue:103</t>
   </si>
   <si>
@@ -206,119 +206,125 @@
   <si>
     <t>Event #8</t>
   </si>
   <si>
     <t>Seed-Mark #8</t>
   </si>
   <si>
     <t>3generationschantalgauvreau (MAMY)</t>
   </si>
   <si>
     <t>Senior: 20+</t>
   </si>
   <si>
     <t>1000m</t>
   </si>
   <si>
     <t>473 MVP (MVP)</t>
   </si>
   <si>
     <t>3000m</t>
   </si>
   <si>
     <t>5000m</t>
   </si>
   <si>
+    <t>705 Jumps And Throws (705T)</t>
+  </si>
+  <si>
+    <t>60m Hurdles</t>
+  </si>
+  <si>
     <t>A.S.E.A. (ASEA)</t>
   </si>
   <si>
-    <t>60m Hurdles</t>
+    <t>Mile Steeplechase</t>
   </si>
   <si>
     <t>A.t.p Athlétisme (ATPA)</t>
   </si>
   <si>
-    <t>Mile Steeplechase</t>
+    <t>1500m RW</t>
   </si>
   <si>
     <t>A+ Institute Junior Academy (A+)</t>
   </si>
   <si>
-    <t>1500m RW</t>
+    <t>High Jump</t>
   </si>
   <si>
     <t>Abell-Lisgar Athletic Club &amp; Roi (ABAC)</t>
   </si>
   <si>
-    <t>High Jump</t>
+    <t>Pole Vault</t>
   </si>
   <si>
     <t>Abitibi-Témiscamingue (ABI)</t>
   </si>
   <si>
-    <t>Pole Vault</t>
+    <t>Long Jump</t>
   </si>
   <si>
     <t>Acadia Junior High (MACAD)</t>
   </si>
   <si>
-    <t>Long Jump</t>
+    <t>Triple Jump</t>
   </si>
   <si>
     <t>Acadie des Terres et Fôrets (ADTF)</t>
   </si>
   <si>
-    <t>Triple Jump</t>
+    <t>Shot Put</t>
   </si>
   <si>
     <t>Accelerate North Athletics (ATHN)</t>
   </si>
   <si>
-    <t>Shot Put</t>
+    <t>Weight Throw</t>
   </si>
   <si>
     <t>ACE</t>
   </si>
   <si>
-    <t>Weight Throw</t>
-[...1 lines deleted...]
-  <si>
     <t>achilles (4)</t>
   </si>
   <si>
     <t>Achilles International Track &amp; Field Society (AITS)</t>
   </si>
   <si>
     <t>Adams State University (ASU)</t>
   </si>
   <si>
     <t>Adrenaline Athletics Track &amp; Field Club (Calgary) (ADRN2)</t>
   </si>
   <si>
     <t>Adrenaline Athletics Track &amp; Field Club (ADRN)</t>
   </si>
   <si>
+    <t>Adrenaline Ducks (00000)</t>
+  </si>
+  <si>
     <t>Adrénaline (CAGB)</t>
   </si>
   <si>
     <t>Adventure Land - BNAA (ADLA)</t>
   </si>
   <si>
     <t>AEngineered to run ()</t>
   </si>
   <si>
     <t>Aetos</t>
   </si>
   <si>
     <t>Aetos Athletica (AETO)</t>
   </si>
   <si>
     <t>Afghanistan (AFG)</t>
   </si>
   <si>
     <t>Agape Road Runners (AGAPR)</t>
   </si>
   <si>
     <t>Agape Tornadoes (AGAP)</t>
   </si>
   <si>
     <t>Aguas Buenas (AGUA)</t>
@@ -497,125 +503,140 @@
   <si>
     <t>Asics (UCAC) (ASUC)</t>
   </si>
   <si>
     <t>Assert Track Club (ASTC)</t>
   </si>
   <si>
     <t>Association Of Family Of Flight Ps752 Victims' (WLF5)</t>
   </si>
   <si>
     <t>AST Athlétisme (AST)</t>
   </si>
   <si>
     <t>Atanukan (ATAN)</t>
   </si>
   <si>
     <t>Athletes Academy (ACAD)</t>
   </si>
   <si>
     <t>Athletic Cats - Puerto Rico (CATS)</t>
   </si>
   <si>
     <t>Athletic South East Athletics (ASEA)</t>
   </si>
   <si>
+    <t>Athletic Victory (Speed) Club (AVSC)</t>
+  </si>
+  <si>
     <t>Athletics  East Track and Field Club (AETFC)</t>
   </si>
   <si>
+    <t>Athletics East (AENS)</t>
+  </si>
+  <si>
     <t>Athletics East Nova Scotia (AENS)</t>
   </si>
   <si>
+    <t>Athletics East Track and Field Club (AENS)</t>
+  </si>
+  <si>
     <t>Athletics Niagara (ANIA)</t>
   </si>
   <si>
     <t>Athletics Northeast (ANER)</t>
   </si>
   <si>
     <t>Athletics Nwt (ANWT)</t>
   </si>
   <si>
     <t>athletics victoria (AVIC)</t>
   </si>
   <si>
     <t>Athletics Victoria Track And Field Society (AVIC)</t>
   </si>
   <si>
     <t>Athletics Yukon (AK)</t>
   </si>
   <si>
     <t>Athletics Yukon (AYYK)</t>
   </si>
   <si>
+    <t>Athlétisme Chaleur Athletics (ACAN)</t>
+  </si>
+  <si>
     <t>Athlétisme Chaleur Athletisme (ACAN)</t>
   </si>
   <si>
     <t>Athlétisme Laval (ALAV)</t>
   </si>
   <si>
     <t>Athlétisme Péninsule Acadienne (APAC)</t>
   </si>
   <si>
     <t>Athlétisme Rive-Sud (CARS)</t>
   </si>
   <si>
     <t>Athlétisme South East Athletics (ASEA)</t>
   </si>
   <si>
     <t>Athlétix (ATHX)</t>
   </si>
   <si>
     <t>Athos Club (ACTF)</t>
   </si>
   <si>
     <t>Augustana University (UOAA)</t>
   </si>
   <si>
     <t>Aurora College (AC)</t>
   </si>
   <si>
     <t>Aurora Nordic (ANSC)</t>
   </si>
   <si>
     <t>Australia (AUS)</t>
   </si>
   <si>
     <t>Australia Sports (AUS)</t>
   </si>
   <si>
     <t>Austria (AUT)</t>
   </si>
   <si>
     <t>autobus yves seguin (1730)</t>
   </si>
   <si>
     <t>Avalon Nordic (ANSC)</t>
   </si>
   <si>
     <t>AVENIR SPORTIF CLUB DE SAINT MARTIN (ASCSM)</t>
   </si>
   <si>
+    <t>AZ Flames Track Club (AZFLM)</t>
+  </si>
+  <si>
     <t>Azerbaijan (AZE)</t>
   </si>
   <si>
     <t>Baddeck Beacons Track And Field Club (BBTF)</t>
   </si>
   <si>
     <t>Bahamas (BAH)</t>
   </si>
   <si>
     <t>Bahrain (BRN)</t>
   </si>
   <si>
     <t>Baie-Comeau (CABC)</t>
   </si>
   <si>
     <t>Baie-Saint-Paul (BSPL)</t>
   </si>
   <si>
     <t>Balmoral Hall (MBALH)</t>
   </si>
   <si>
     <t>Bangladesh (BAN)</t>
   </si>
   <si>
     <t>Barbados (BAR)</t>
@@ -725,50 +746,53 @@
   <si>
     <t>BHS Middle School - BNAA (BHSM)</t>
   </si>
   <si>
     <t>BHS Primary School - BNAA (BHSP)</t>
   </si>
   <si>
     <t>BHS Senior School - BNAA (BHSS)</t>
   </si>
   <si>
     <t>Bhutan (BHU)</t>
   </si>
   <si>
     <t>Biomechanics (OBC)</t>
   </si>
   <si>
     <t>Bishop's Gaiters (BISH)</t>
   </si>
   <si>
     <t>Bison Athletics Club (BTFC)</t>
   </si>
   <si>
     <t>Bisons Track Club (BTCO)</t>
   </si>
   <si>
+    <t>Bistro del Mar (BISTR)</t>
+  </si>
+  <si>
     <t>Black and Gold track and Field Club (BNG)</t>
   </si>
   <si>
     <t>Black and Gold Track and field club (BNG)</t>
   </si>
   <si>
     <t>Blackadder Pole Vault Club (BVC)</t>
   </si>
   <si>
     <t>BlackFox Throwers (BFTR)</t>
   </si>
   <si>
     <t>Blacktoe Running (BLAC)</t>
   </si>
   <si>
     <t>blake  fiscus (BLAKE)</t>
   </si>
   <si>
     <t>Bloomfield - BNAA (BLRE)</t>
   </si>
   <si>
     <t>BLT Runners (BLTR)</t>
   </si>
   <si>
     <t>Blt Runners (BLT1)</t>
@@ -839,51 +863,51 @@
   <si>
     <t>Borregos Laguna (ITESM)</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina (BIH)</t>
   </si>
   <si>
     <t>Botswana (BOT)</t>
   </si>
   <si>
     <t>Bougebouge (CMSM)</t>
   </si>
   <si>
     <t>Bouvet Island (BVI)</t>
   </si>
   <si>
     <t>Bowling Green State University (WGSU)</t>
   </si>
   <si>
     <t>Brampton Elite Track Club (BREL)</t>
   </si>
   <si>
     <t>Brampton Racers Track &amp; Field Club (BRAC)</t>
   </si>
   <si>
-    <t>Brampton Track Club Inc. (BRMP)</t>
+    <t>Brampton Track Club (BRMP)</t>
   </si>
   <si>
     <t>Brandon Bobcats (BRAN)</t>
   </si>
   <si>
     <t>Brantford T.f.c. (BRNT)</t>
   </si>
   <si>
     <t>Bravos de Cidra - Puerto Rico (BRAV)</t>
   </si>
   <si>
     <t>Brazil (BRA)</t>
   </si>
   <si>
     <t>Breaking Out Legends Together (BOLT)</t>
   </si>
   <si>
     <t>Brentwood College School (BCS)</t>
   </si>
   <si>
     <t>British Columbia/Yukon Territories (BCYK)</t>
   </si>
   <si>
     <t>British Indian Ocean Territory (BIO)</t>
   </si>
@@ -923,50 +947,53 @@
   <si>
     <t>Bulldogs Track &amp; Field Club (BDTF)</t>
   </si>
   <si>
     <t>Bulldogs Track And Field Club (BULL)</t>
   </si>
   <si>
     <t>Burke Mountain Running Club (BMRC)</t>
   </si>
   <si>
     <t>Burkina Faso (BUR)</t>
   </si>
   <si>
     <t>Burlington Runners Club (BRC1)</t>
   </si>
   <si>
     <t>Burlington Track &amp; Field Club (BURL)</t>
   </si>
   <si>
     <t>burlington Track Club (BURL)</t>
   </si>
   <si>
     <t>Burnaby Striders Track &amp; Field Club (BBYS)</t>
   </si>
   <si>
+    <t>BURNLEY ATHLETIC CLUB (BURN)</t>
+  </si>
+  <si>
     <t>Burundi (BDI)</t>
   </si>
   <si>
     <t>Bust Bee - BNAA (BUSY)</t>
   </si>
   <si>
     <t>Butt Kickers (BKERS)</t>
   </si>
   <si>
     <t>Buttertart Trot (BTTR)</t>
   </si>
   <si>
     <t>Buttertart Trot (BTTT)</t>
   </si>
   <si>
     <t>Bytown Walkers Club de marche (BYTW)</t>
   </si>
   <si>
     <t>Bytown Walkers (BYTW)</t>
   </si>
   <si>
     <t>C. L'Assomption (CLAS)</t>
   </si>
   <si>
     <t>C.a.n.i. Athletics (CANI)</t>
@@ -977,107 +1004,119 @@
   <si>
     <t>Caged</t>
   </si>
   <si>
     <t>Caged Athletics (CAGED)</t>
   </si>
   <si>
     <t>CAIMANES (CAIMA)</t>
   </si>
   <si>
     <t>Cairine Wilson (CWSS)</t>
   </si>
   <si>
     <t>Cajica-Cabo Rojo - Puerto Rico (CR)</t>
   </si>
   <si>
     <t>Calgary International Track Club (CITC)</t>
   </si>
   <si>
     <t>Calgary International (CITC)</t>
   </si>
   <si>
     <t>Calgary Spartans (CALS)</t>
   </si>
   <si>
+    <t>Calgary track and field (CALTAF) (CALT)</t>
+  </si>
+  <si>
     <t>Calgary Warriors (CWTC)</t>
   </si>
   <si>
     <t>Calgary Warriors Track Club (CALW)</t>
   </si>
   <si>
     <t>California State University (CSULA)</t>
   </si>
   <si>
     <t>Callaghan Valley Sport &amp; Cultural Society (CVSC)</t>
   </si>
   <si>
+    <t>Caltaf (CALT)</t>
+  </si>
+  <si>
     <t>Caltaf Athletic  Association (CALT)</t>
   </si>
   <si>
+    <t>Caltaf Athletic Association (CALT)</t>
+  </si>
+  <si>
     <t>Cambodia (CAM)</t>
   </si>
   <si>
     <t>Cameroon (CMR)</t>
   </si>
   <si>
     <t>Campbell River Comets (CRVC)</t>
   </si>
   <si>
     <t>Can/Am Track (CANA)</t>
   </si>
   <si>
     <t>Canada (CAN)</t>
   </si>
   <si>
     <t>Canada Running Series (CRS1)</t>
   </si>
   <si>
     <t>Canadian Canicross Sports (CCSI)</t>
   </si>
   <si>
     <t>Canadian Memorial Chiropractic College (CMC1)</t>
   </si>
   <si>
     <t>Canovanas - Puerto Rico (CANO)</t>
   </si>
   <si>
     <t>Canusa (CANU)</t>
   </si>
   <si>
     <t>Cape Breton University (CBU1)</t>
   </si>
   <si>
     <t>Cape Verde (CPV)</t>
   </si>
   <si>
     <t>Capilano Eagles Running Club (CAPE)</t>
   </si>
   <si>
     <t>Capital City Track Club (CAPI)</t>
   </si>
   <si>
+    <t>Caribbean Stars (CARI)</t>
+  </si>
+  <si>
     <t>Carolina Perchy ()</t>
   </si>
   <si>
     <t>Carolina Perchy - Puerto Rico (CPER)</t>
   </si>
   <si>
     <t>Carolina Runners (CRUNN)</t>
   </si>
   <si>
     <t>Caroline Cougars (CARO)</t>
   </si>
   <si>
     <t>Carriacou ()</t>
   </si>
   <si>
     <t>carriacou (473)</t>
   </si>
   <si>
     <t>Carriacou &amp; Petite Martinique (CPM)</t>
   </si>
   <si>
     <t>Carriacou &amp; Petite Martinique (CAR)</t>
   </si>
   <si>
     <t>Cartwright School (0602)</t>
@@ -1466,50 +1505,53 @@
   <si>
     <t>Columneetza - LCS (COL)</t>
   </si>
   <si>
     <t>Community Club (CC)</t>
   </si>
   <si>
     <t>Comoros (COM)</t>
   </si>
   <si>
     <t>Comox Valley Cougars (CXVC)</t>
   </si>
   <si>
     <t>Comox Valley Road Runners (CVRR) (CVRR)</t>
   </si>
   <si>
     <t>Concorde Athletics Club (CAC)</t>
   </si>
   <si>
     <t>Concordia University Of Edmonton (CUOE)</t>
   </si>
   <si>
     <t>Congo (CGO)</t>
   </si>
   <si>
+    <t>CONGO ATHLETICS  MASTERS (CAM)</t>
+  </si>
+  <si>
     <t>Conquer The Canuck (CTCR)</t>
   </si>
   <si>
     <t>Constant and never ending improvement (CANI)</t>
   </si>
   <si>
     <t>Constant and never-ending improvement (C.A.N)</t>
   </si>
   <si>
     <t>Constantine Yorkville Run (CYVR)</t>
   </si>
   <si>
     <t>Convey Marketing And Advertising Agency (RMAG)</t>
   </si>
   <si>
     <t>Cook Islands (COK)</t>
   </si>
   <si>
     <t>Cool Kids Run (COOL)</t>
   </si>
   <si>
     <t>Cool Running (CR)</t>
   </si>
   <si>
     <t>Coquitlam Cheetahs (COQC)</t>
@@ -1523,77 +1565,83 @@
   <si>
     <t>Corozal Runners (CORZ)</t>
   </si>
   <si>
     <t>Corredores de El Yunque (CDEY)</t>
   </si>
   <si>
     <t>Corsaire-Chaparral (COCH)</t>
   </si>
   <si>
     <t>Costa Rica (CRC)</t>
   </si>
   <si>
     <t>Cote D'Ivoire (CIV)</t>
   </si>
   <si>
     <t>Cote des neige (CNDS)</t>
   </si>
   <si>
     <t>Coubertin (COUB)</t>
   </si>
   <si>
     <t>COUGARS O.S. (COSQ)</t>
   </si>
   <si>
+    <t>COUGARS TRACK AND FIELD CLUB (COUG)</t>
+  </si>
+  <si>
     <t>Couguars Chicou (COUG)</t>
   </si>
   <si>
     <t>Couguars (COUG)</t>
   </si>
   <si>
     <t>Course À Pied Synérgic (SYNE)</t>
   </si>
   <si>
     <t>Course Dynamics Race Event Management &amp; Consulting (CDYN)</t>
   </si>
   <si>
     <t>Cowboys Track Club (CBTC)</t>
   </si>
   <si>
     <t>Cowichan Valley Athletic Club (CVAC)</t>
   </si>
   <si>
     <t>Cpa  Jlfa accounting Services (CPA J)</t>
   </si>
   <si>
     <t>Cpa Jlfa (CPA J)</t>
   </si>
   <si>
     <t>CPA JLFA Accounting Services (CPAJ)</t>
   </si>
   <si>
+    <t>CpaJlfa (CPA J)</t>
+  </si>
+  <si>
     <t>Cra Panthères (CRAP)</t>
   </si>
   <si>
     <t>Crazy Cat Adventures (CCAR)</t>
   </si>
   <si>
     <t>Crazy Cat Adventures (CCA1)</t>
   </si>
   <si>
     <t>Crimps cycling team (CRIMP)</t>
   </si>
   <si>
     <t>Criollos-Caguas - Puerto Rico (CRCA)</t>
   </si>
   <si>
     <t>Croatia (CRO)</t>
   </si>
   <si>
     <t>Crofton House (CROFT)</t>
   </si>
   <si>
     <t>CrossFit Quispamsis (CROQ)</t>
   </si>
   <si>
     <t>CrossFit YQX (CFYQX)</t>
@@ -1793,50 +1841,53 @@
   <si>
     <t>East CB (ECB)</t>
   </si>
   <si>
     <t>East End Primary - BNAA (EEP)</t>
   </si>
   <si>
     <t>East Kootenay Track &amp; Field Club (EKTF)</t>
   </si>
   <si>
     <t>East Timor (ETP)</t>
   </si>
   <si>
     <t>Eastern (EAST)</t>
   </si>
   <si>
     <t>Easton Rhinos (EAS)</t>
   </si>
   <si>
     <t>Eastside Dojo (ESD)</t>
   </si>
   <si>
     <t>ECEDAO (ECEDA)</t>
   </si>
   <si>
+    <t>Ecedao Rotación (ECEDA)</t>
+  </si>
+  <si>
     <t>ECEDAO TKD TEAM (E-TKD)</t>
   </si>
   <si>
     <t>ECHO DENE SCHOOL (ECHO)</t>
   </si>
   <si>
     <t>Eckville Jr/Sr High School (ECKVI)</t>
   </si>
   <si>
     <t>Eclipse Track &amp; Field Inc (ETFI)</t>
   </si>
   <si>
     <t>ECOLE BOREALE (ECOL)</t>
   </si>
   <si>
     <t>Ecole de technologie supérieure (ETS)</t>
   </si>
   <si>
     <t>Ecole Edward Schreyer School ()</t>
   </si>
   <si>
     <t>Ecole public des Vents du Nord (EPVN)</t>
   </si>
   <si>
     <t>École Ste-Agathe (ÉSA)</t>
@@ -1934,50 +1985,53 @@
   <si>
     <t>Empire track (EMPIR)</t>
   </si>
   <si>
     <t>Endurance Event Productions Ltd. (EEPL)</t>
   </si>
   <si>
     <t>English Bay Triathlon Club (EBTC)</t>
   </si>
   <si>
     <t>Entente de Haute Alsace (EHA)</t>
   </si>
   <si>
     <t>Epsilon Mont-Tremblant (CEMT)</t>
   </si>
   <si>
     <t>Equatorial Guinea (GEQ)</t>
   </si>
   <si>
     <t>Equipe Endurance (ENDU)</t>
   </si>
   <si>
     <t>Équipe Québec (EQC)</t>
   </si>
   <si>
+    <t>Equipo Nacional de Cuba (CUBA)</t>
+  </si>
+  <si>
     <t>Eramosa River Track Club (ERTC)</t>
   </si>
   <si>
     <t>Eritrea (ERI)</t>
   </si>
   <si>
     <t>ESC L'Essor (ESSOR)</t>
   </si>
   <si>
     <t>ÉSC Sainte-Marie (53738)</t>
   </si>
   <si>
     <t>ESCAED (ESCAE)</t>
   </si>
   <si>
     <t>Escale (ESC)</t>
   </si>
   <si>
     <t>Escuela de Atletismo Vilma Par - Puerto Rico (EAVP)</t>
   </si>
   <si>
     <t>ESCUELA DE LA LIGA (EDELI)</t>
   </si>
   <si>
     <t>Escuela del Deporte San Juan (EDSJ)</t>
@@ -2051,50 +2105,53 @@
   <si>
     <t>FA Mississauga (FAM)</t>
   </si>
   <si>
     <t>Fabio (FABIO)</t>
   </si>
   <si>
     <t>fabulous fifty ()</t>
   </si>
   <si>
     <t>Faith Academy HS (FAHS)</t>
   </si>
   <si>
     <t>Fajardo - Puerto Rico (FAJA)</t>
   </si>
   <si>
     <t>Falkland Islands (FKI)</t>
   </si>
   <si>
     <t>Fanshawe College (FANC)</t>
   </si>
   <si>
     <t>Faroe Islands (FOI)</t>
   </si>
   <si>
+    <t>Fast Twitch Track Club (FTTC)</t>
+  </si>
+  <si>
     <t>Father Time &amp; The Sprinters (FTTS)</t>
   </si>
   <si>
     <t>Ferguson House (FER)</t>
   </si>
   <si>
     <t>Field &amp; Track (F&amp;T)</t>
   </si>
   <si>
     <t>Fiji (FIJ)</t>
   </si>
   <si>
     <t>Filoup (FILO)</t>
   </si>
   <si>
     <t>Finbar (FIN)</t>
   </si>
   <si>
     <t>Finishline sports club (FLSP)</t>
   </si>
   <si>
     <t>Finland (FIN)</t>
   </si>
   <si>
     <t>Fit woman (FITWO)</t>
@@ -2105,50 +2162,53 @@
   <si>
     <t>FK Triathlon (FKT)</t>
   </si>
   <si>
     <t>FKYYC1 (FKYYC)</t>
   </si>
   <si>
     <t>Flash Athletics Club (FAC)</t>
   </si>
   <si>
     <t>Flight Club Regina (FLCR)</t>
   </si>
   <si>
     <t>Flower City Athletics (FLWR)</t>
   </si>
   <si>
     <t>Flower Power ()</t>
   </si>
   <si>
     <t>Flower Studio (FLST)</t>
   </si>
   <si>
     <t>Flyers Track Club - BNAA (FTC)</t>
   </si>
   <si>
+    <t>Flying 'M Athletic Club (FMAC)</t>
+  </si>
+  <si>
     <t>Flying Angels - Brampton (FLYBR)</t>
   </si>
   <si>
     <t>Flying Angels - Durham (FLYDU)</t>
   </si>
   <si>
     <t>Flying Angels - Etobicoke (FLYET)</t>
   </si>
   <si>
     <t>Flying Angels - Halton (FAH)</t>
   </si>
   <si>
     <t>Flying Angels - Markham (FLYMA)</t>
   </si>
   <si>
     <t>Flying Angels - Mississauga (FLYMI)</t>
   </si>
   <si>
     <t>Flying Angels - North York (FLYNY)</t>
   </si>
   <si>
     <t>Flying Angels - Scarborough (FLYSC)</t>
   </si>
   <si>
     <t>Flying Angels - Toronto (FLYTO)</t>
@@ -2372,50 +2432,53 @@
   <si>
     <t>Grand Club De Course (GCDC)</t>
   </si>
   <si>
     <t>Grandview School (GRVEW)</t>
   </si>
   <si>
     <t>Grant Park (MGPHS)</t>
   </si>
   <si>
     <t>Greater Fort Town Area Charity (FTNR)</t>
   </si>
   <si>
     <t>Greater Moncton Running Club (GMRC)</t>
   </si>
   <si>
     <t>Greater New York Racing Team (GNY)</t>
   </si>
   <si>
     <t>Greece (GRE)</t>
   </si>
   <si>
     <t>GREEN</t>
   </si>
   <si>
+    <t>Green &amp; Gold TFC (GGTFC)</t>
+  </si>
+  <si>
     <t>Green And Gold Track And Field Club (GGTF)</t>
   </si>
   <si>
     <t>Green Newton Adventures (GNA1)</t>
   </si>
   <si>
     <t>Greenland (GNL)</t>
   </si>
   <si>
     <t>Greenwood Goblins (5511)</t>
   </si>
   <si>
     <t>Grenada (GRN)</t>
   </si>
   <si>
     <t>Grenada Boys' Secondary School (GBSS)</t>
   </si>
   <si>
     <t>Grenada Christian Academy (GCA)</t>
   </si>
   <si>
     <t>Grenada High School (GHS)</t>
   </si>
   <si>
     <t>Grenada Junior Academy (GJA)</t>
@@ -2555,50 +2618,53 @@
   <si>
     <t>Heritage Nursery &amp; Preschool (HNPS)</t>
   </si>
   <si>
     <t>Heron Bay Primary - BNAA (HBP)</t>
   </si>
   <si>
     <t>HIGH PERFORMANCE (784)</t>
   </si>
   <si>
     <t>HIGH PERFORMANCE ()</t>
   </si>
   <si>
     <t>High Performance (2410)</t>
   </si>
   <si>
     <t>High performance (HP)</t>
   </si>
   <si>
     <t>High Performance Training Center (OHC)</t>
   </si>
   <si>
     <t>Highlands Track And Field (HTFC)</t>
   </si>
   <si>
+    <t>Hillsborough Secondary School (HSS)</t>
+  </si>
+  <si>
     <t>Hoka NJ - NY (HOKA)</t>
   </si>
   <si>
     <t>HOLY INNOCENT ANGLICAN SCHOOL (HIAS)</t>
   </si>
   <si>
     <t>Home School Middle - BNAA (HOMM)</t>
   </si>
   <si>
     <t>Home School Primary - BNAA (HOMP)</t>
   </si>
   <si>
     <t>Home School Senior - BNAA (HOMS)</t>
   </si>
   <si>
     <t>Honduras (HON)</t>
   </si>
   <si>
     <t>Hong Kong (HKG)</t>
   </si>
   <si>
     <t>Hormigueros - Puerto Rico (HORM)</t>
   </si>
   <si>
     <t>Host Region (HOST)</t>
@@ -2939,50 +3005,53 @@
   <si>
     <t>Kita Kaze Budo ()</t>
   </si>
   <si>
     <t>Kitchener Waterloo T.f.a. (KWTF)</t>
   </si>
   <si>
     <t>Kno Team/PON - Puerto Rico (KNO)</t>
   </si>
   <si>
     <t>Kootenay Chaos Track Club (KCTC)</t>
   </si>
   <si>
     <t>Korea (North) (PRK)</t>
   </si>
   <si>
     <t>Korea (South) (KOR)</t>
   </si>
   <si>
     <t>Kronos Triathlon Club (KTRIC)</t>
   </si>
   <si>
     <t>Kunal Star Academy (KUNAL)</t>
   </si>
   <si>
+    <t>Kurt Félix Athletics Academy (KFAA)</t>
+  </si>
+  <si>
     <t>Kuwait (KUW)</t>
   </si>
   <si>
     <t>KVR Middle School (KVR)</t>
   </si>
   <si>
     <t>Kwaleen (KWE)</t>
   </si>
   <si>
     <t>KyHypeTrain (HYPE)</t>
   </si>
   <si>
     <t>Kyrgyzstan (KGZ)</t>
   </si>
   <si>
     <t>L'assomption (LA)</t>
   </si>
   <si>
     <t>L'outaouais (OUT)</t>
   </si>
   <si>
     <t>La Cavale (CAVA)</t>
   </si>
   <si>
     <t>La Cité Collégiale (LCC)</t>
@@ -3002,50 +3071,53 @@
   <si>
     <t>Lachine (LACH)</t>
   </si>
   <si>
     <t>Ladies Who Run parkun (LWRP)</t>
   </si>
   <si>
     <t>Lagoon Park - BNAA (LAG)</t>
   </si>
   <si>
     <t>Lake Country Run Club (LCRC)</t>
   </si>
   <si>
     <t>Lake head running (ORLANDO ALLISON)</t>
   </si>
   <si>
     <t>Lakehead (LAKEH)</t>
   </si>
   <si>
     <t>Lakehead Running Club (LRUN)</t>
   </si>
   <si>
     <t>Lakehead Running (LAKE)</t>
   </si>
   <si>
+    <t>Lakehead Track &amp; Field Club (LAKE)</t>
+  </si>
+  <si>
     <t>Lakeland Yellow Jackets (LLYJ)</t>
   </si>
   <si>
     <t>Lanaudiere a Joliette (LJ)</t>
   </si>
   <si>
     <t>Lanaudière-Olympique (CALO)</t>
   </si>
   <si>
     <t>Langley Mustangs (LANG)</t>
   </si>
   <si>
     <t>Lanigan Track Club (LTAC)</t>
   </si>
   <si>
     <t>Lansdowne (MLANS)</t>
   </si>
   <si>
     <t>Lao (LAO)</t>
   </si>
   <si>
     <t>Lap Mayaguez / Northwest - Puerto Rico (LAPM)</t>
   </si>
   <si>
     <t>LaPower Running Club (LPRC)</t>
@@ -3056,50 +3128,53 @@
   <si>
     <t>Last Mile Athletics Club (LMAC)</t>
   </si>
   <si>
     <t>Last Mountain Athletics Club (LMAC)</t>
   </si>
   <si>
     <t>Last Mountain Athletics Club (LMTC)</t>
   </si>
   <si>
     <t>Latvia (LAT)</t>
   </si>
   <si>
     <t>Laurel Creek T.f.c (LAUR)</t>
   </si>
   <si>
     <t>Laval Club (LAVC)</t>
   </si>
   <si>
     <t>Lavironde (LAVI)</t>
   </si>
   <si>
     <t>LC Brühl Leichtahtletik (LCBL)</t>
   </si>
   <si>
+    <t>LCRA CA (LCRA)</t>
+  </si>
+  <si>
     <t>Le Salésien (SSA)</t>
   </si>
   <si>
     <t>Le Trifort De Chambly (TFOR)</t>
   </si>
   <si>
     <t>Leahurst College (LC)</t>
   </si>
   <si>
     <t>Learning Express - BNAA (LEPRE)</t>
   </si>
   <si>
     <t>Leary's Brook Junior High (LBJH)</t>
   </si>
   <si>
     <t>Lebanon (LIB)</t>
   </si>
   <si>
     <t>Leduc Track And Field Club (LEDU)</t>
   </si>
   <si>
     <t>Leduc Track Club (LEDU)</t>
   </si>
   <si>
     <t>Leg Drive Legends (QROW)</t>
@@ -3143,71 +3218,77 @@
   <si>
     <t>Les Lobsters (CALL)</t>
   </si>
   <si>
     <t>Les Titans Polyvalente De Black Lake (TPBL)</t>
   </si>
   <si>
     <t>Les Tornades (TORN)</t>
   </si>
   <si>
     <t>Les Vaillants (VAIL)</t>
   </si>
   <si>
     <t>Lesotho (LES)</t>
   </si>
   <si>
     <t>Lethbridge College (LCKO)</t>
   </si>
   <si>
     <t>Lethbridge Track And Field Club (LTFC)</t>
   </si>
   <si>
     <t>Level 10 Lightning (LTNL)</t>
   </si>
   <si>
+    <t>Level 10 Lightning Regina (L10L)</t>
+  </si>
+  <si>
     <t>LG Olympia Dortmund (LGOD)</t>
   </si>
   <si>
     <t>Liberia (LBR)</t>
   </si>
   <si>
     <t>Libya (LBA)</t>
   </si>
   <si>
     <t>Liechtenstein (LIE)</t>
   </si>
   <si>
     <t>Limitless Era Track Club (LMTE)</t>
   </si>
   <si>
     <t>Limitless Era Track Club (LETC)</t>
   </si>
   <si>
     <t>Linden Meadows School (MLIMD)</t>
   </si>
   <si>
+    <t>lion's athletic (1111)</t>
+  </si>
+  <si>
     <t>Lionel-Groulx (L-G)</t>
   </si>
   <si>
     <t>LIONS GATE ROAD RUNNERS ()</t>
   </si>
   <si>
     <t>Lions Gate Road Runners (LGRR)</t>
   </si>
   <si>
     <t>Lions Valley Athletics (LVLA)</t>
   </si>
   <si>
     <t>Lithuania (LTU)</t>
   </si>
   <si>
     <t>little Lambs ()</t>
   </si>
   <si>
     <t>Little Red River Runners (LRRR)</t>
   </si>
   <si>
     <t>Little Runners (LRNRS)</t>
   </si>
   <si>
     <t>Liverpool Athletics (LANS)</t>
@@ -3215,56 +3296,56 @@
   <si>
     <t>LiveWire (100%)</t>
   </si>
   <si>
     <t>Llaneros Track &amp; Field - Puerto Rico (LLTF)</t>
   </si>
   <si>
     <t>Lockport School (MLOCK)</t>
   </si>
   <si>
     <t>Loiza - Puerto Rico (LOIZ)</t>
   </si>
   <si>
     <t>London Legion (LLTA)</t>
   </si>
   <si>
     <t>London Legion T.f. Alliance (LLTA)</t>
   </si>
   <si>
     <t>London western (LWTFC)</t>
   </si>
   <si>
     <t>London Western T.f.c (LWTF)</t>
   </si>
   <si>
-    <t>London Western TFC (LWTF)</t>
-[...1 lines deleted...]
-  <si>
     <t>London Western Track and Field Club (LWTFC)</t>
   </si>
   <si>
+    <t>London-Western Track &amp; Field (LWTF)</t>
+  </si>
+  <si>
     <t>London-Western Wrestling Club ()</t>
   </si>
   <si>
     <t>London. legion (LLTA)</t>
   </si>
   <si>
     <t>Longboat (LONG)</t>
   </si>
   <si>
     <t>Longboat Roadrunners (LONG)</t>
   </si>
   <si>
     <t>Lord Selkirk Regional School (MLORD)</t>
   </si>
   <si>
     <t>Los Militares Throwing Club (LMTC)</t>
   </si>
   <si>
     <t>LOUIE NORWEGIAN SCHOOL (LNS)</t>
   </si>
   <si>
     <t>Louisiana State University (LSU)</t>
   </si>
   <si>
     <t>Lount &amp; Miller Inc. (LMNC)</t>
@@ -3275,50 +3356,53 @@
   <si>
     <t>Loyola Warriors (LOYO)</t>
   </si>
   <si>
     <t>LSF TFA (20257)</t>
   </si>
   <si>
     <t>Lu</t>
   </si>
   <si>
     <t>LUMB</t>
   </si>
   <si>
     <t>LUTSEL K'E DENE SCHOOL (LUTS)</t>
   </si>
   <si>
     <t>Luxembourg (LUX)</t>
   </si>
   <si>
     <t>LWRp</t>
   </si>
   <si>
     <t>Lyceum Preschool - BNAA (LYCE)</t>
   </si>
   <si>
+    <t>Lyfestyle (LATC)</t>
+  </si>
+  <si>
     <t>Lyfestyle Athletics (LYFES)</t>
   </si>
   <si>
     <t>Lyfestyle Athletics (LATC)</t>
   </si>
   <si>
     <t>Lyfestyle Athletics Track Club (LYFE)</t>
   </si>
   <si>
     <t>M. M. Track Club (MMTC)</t>
   </si>
   <si>
     <t>MAC Track (MACT)</t>
   </si>
   <si>
     <t>Macau (MAC)</t>
   </si>
   <si>
     <t>Macedonia (MKD)</t>
   </si>
   <si>
     <t>MACKENZIE MOUTAIN SCHOOL (MMS)</t>
   </si>
   <si>
     <t>Macritchie Runners 25 (MR25)</t>
@@ -3386,98 +3470,104 @@
   <si>
     <t>Marie-Victorin (M-V)</t>
   </si>
   <si>
     <t>Mariners Athletics Club (MARC)</t>
   </si>
   <si>
     <t>Mark Trail Flying Eagles (MTFE)</t>
   </si>
   <si>
     <t>Markham Speed Club (MSC)</t>
   </si>
   <si>
     <t>Marshall Islands (MHL)</t>
   </si>
   <si>
     <t>Martinique (MQE)</t>
   </si>
   <si>
     <t>Mass Velocity Track Club (MVTC)</t>
   </si>
   <si>
     <t>Masters Athletics SriLanka (MASR)</t>
   </si>
   <si>
+    <t>Masters of Speed Athletics (MOSA)</t>
+  </si>
+  <si>
     <t>Maulseed Athletic Sports Management (MASM)</t>
   </si>
   <si>
     <t>MAURICIE (EAM)</t>
   </si>
   <si>
     <t>Mauritania (MTN)</t>
   </si>
   <si>
     <t>Mauritius (MRI)</t>
   </si>
   <si>
     <t>Maximus Performance (MXPF)</t>
   </si>
   <si>
     <t>Mayotte (MYT)</t>
   </si>
   <si>
     <t>MB Central Region (MCEN)</t>
   </si>
   <si>
     <t>MB Eastman Region (MEAS)</t>
   </si>
   <si>
     <t>MB Interlake Region (MINT)</t>
   </si>
   <si>
     <t>MB Westman Region (MWES)</t>
   </si>
   <si>
     <t>MBK Track Club (00001)</t>
   </si>
   <si>
     <t>McGill Olympic Club (MGOC)</t>
   </si>
   <si>
     <t>McGregor Training (MCGT)</t>
   </si>
   <si>
     <t>Meadows West School (MMDWS)</t>
   </si>
   <si>
     <t>Mecca Athletic Club (MACO)</t>
   </si>
   <si>
     <t>Mecca Athletic Club (MECC)</t>
   </si>
   <si>
+    <t>Medicine Hat College (MHAT)</t>
+  </si>
+  <si>
     <t>Medicine Hat College (MHCR)</t>
   </si>
   <si>
     <t>Medicine Hat Panthers Track And Field Club (MEDI)</t>
   </si>
   <si>
     <t>Meep Meep (MEEP)</t>
   </si>
   <si>
     <t>Memorial Varsity A Club (MVAC)</t>
   </si>
   <si>
     <t>Merida Racing Team (MRT)</t>
   </si>
   <si>
     <t>Meta Athletics (META)</t>
   </si>
   <si>
     <t>MetaAthletics (META)</t>
   </si>
   <si>
     <t>Mexico (MEX)</t>
   </si>
   <si>
     <t>MEZI COMMUNITY SCHOOL (MEZE)</t>
@@ -3518,50 +3608,53 @@
   <si>
     <t>Mille Pays-Des-Bleuets (MPDB)</t>
   </si>
   <si>
     <t>Mimosa Mamas ()</t>
   </si>
   <si>
     <t>Ministry of Sports (MOS)</t>
   </si>
   <si>
     <t>Miramichi Track Club (MTC)</t>
   </si>
   <si>
     <t>MissFits ()</t>
   </si>
   <si>
     <t>Mississauga Olympians MTA (MOA)</t>
   </si>
   <si>
     <t>Mississauga Olympians T&amp;F A.a. (MOAA)</t>
   </si>
   <si>
     <t>Mississauga T.f.c. (MISS)</t>
   </si>
   <si>
+    <t>Mistissini Athletic Club (MIST)</t>
+  </si>
+  <si>
     <t>Mitchell-Carias (MC)</t>
   </si>
   <si>
     <t>Momentum Track and Field (MTF)</t>
   </si>
   <si>
     <t>Monaco (MON)</t>
   </si>
   <si>
     <t>Monarch Athletics Club (MOAC)</t>
   </si>
   <si>
     <t>Monarch Park Stadium After School Club (MPASC)</t>
   </si>
   <si>
     <t>Monarch Ultra Relay Run (MURR)</t>
   </si>
   <si>
     <t>Mongolia (MGL)</t>
   </si>
   <si>
     <t>Monster Team (MT)</t>
   </si>
   <si>
     <t>Mont-Laurier (M-L)</t>
@@ -3572,83 +3665,89 @@
   <si>
     <t>Monte Cristo (MCTC)</t>
   </si>
   <si>
     <t>Monte Cristo Track Club (MCTC)</t>
   </si>
   <si>
     <t>Montenegro (MNE)</t>
   </si>
   <si>
     <t>Montréal Track (MTAA)</t>
   </si>
   <si>
     <t>Montreal Track Academy (MTAA)</t>
   </si>
   <si>
     <t>Montserrat (MNT)</t>
   </si>
   <si>
     <t>Moose Jaw Kinsmen Wrestling Club ()</t>
   </si>
   <si>
     <t>Moose Jaw Rotary Track (MJRT)</t>
   </si>
   <si>
+    <t>Moose Jaw Rotary Track Club (MJRTC)</t>
+  </si>
+  <si>
     <t>Morocco (MAR)</t>
   </si>
   <si>
     <t>Morris Vanterpool Primary School (MVPS)</t>
   </si>
   <si>
     <t>Motown  Athletics (MOCA)</t>
   </si>
   <si>
     <t>Motown Athletics (MOCA)</t>
   </si>
   <si>
     <t>Motown Athletics Club (MOCA)</t>
   </si>
   <si>
     <t>Mount Pearl/South (MPSO)</t>
   </si>
   <si>
     <t>Mount Saint Agnes Academy ()</t>
   </si>
   <si>
     <t>Mount Saint Agnes Middle School - BNAA (MSAM)</t>
   </si>
   <si>
     <t>Mount Saint Agnes Primary School - BNAA (MSAP)</t>
   </si>
   <si>
     <t>Mount Saint Agnes Senior School - BNAA (MSAS)</t>
   </si>
   <si>
     <t>Mountain West track Club (MWTC)</t>
   </si>
   <si>
+    <t>MOUNTING EAGLES ATHLETICS CLUB (MOEA)</t>
+  </si>
+  <si>
     <t>Mozambique (MOZ)</t>
   </si>
   <si>
     <t>Mt.  Pleasant team (MPGS)</t>
   </si>
   <si>
     <t>Mt. Moritz Anglican School (MMA)</t>
   </si>
   <si>
     <t>Mt. Moritz Anglican School (MMAS)</t>
   </si>
   <si>
     <t>Mudholes (MUDH)</t>
   </si>
   <si>
     <t>Muskoka Algonquin Runners (MALR)</t>
   </si>
   <si>
     <t>Muskoka Marathom (MUMA)</t>
   </si>
   <si>
     <t>Mustangs (FAMU)</t>
   </si>
   <si>
     <t>Mustangs (MUST)</t>
@@ -4043,101 +4142,110 @@
   <si>
     <t>Ontario Racewalkers Association (ORWA)</t>
   </si>
   <si>
     <t>Oregon State University (OSU)</t>
   </si>
   <si>
     <t>Oregon Track Club Elite (OTC)</t>
   </si>
   <si>
     <t>Oromocto Blues (OBC)</t>
   </si>
   <si>
     <t>OSA Private School (OSA)</t>
   </si>
   <si>
     <t>Oshawa Legion Track Club (OLTC)</t>
   </si>
   <si>
     <t>Ot Fitness Track (OTHP)</t>
   </si>
   <si>
     <t>OTHER (OTH)</t>
   </si>
   <si>
+    <t>Ottawa (ON)</t>
+  </si>
+  <si>
     <t>ottawa lions (OTTL)</t>
   </si>
   <si>
     <t>Ottawa Lions T.f.c (OTTL)</t>
   </si>
   <si>
     <t>Ottawa Technical Secondary School (OTSS)</t>
   </si>
   <si>
     <t>Ottawa Valley Track &amp; Field Club (OVTF)</t>
   </si>
   <si>
+    <t>Ottawa Valley Track and Field (OVTFC)</t>
+  </si>
+  <si>
     <t>Ottawa Valley Track and Field Club (OVTFC)</t>
   </si>
   <si>
     <t>Our Lady Of Perpetual Help (OLPHS)</t>
   </si>
   <si>
     <t>Outer Limits Athletic Club (OLAC)</t>
   </si>
   <si>
     <t>Over The Top Track Club (OTTTC)</t>
   </si>
   <si>
     <t>owen fiscus (OWEN)</t>
   </si>
   <si>
     <t>Oxford@8 (O@8)</t>
   </si>
   <si>
     <t>Pa Athletics (PAAC)</t>
   </si>
   <si>
     <t>Pace Athletics (PANS)</t>
   </si>
   <si>
     <t>Pacers Track Club (PACER)</t>
   </si>
   <si>
     <t>Pacific Kodokan Dojo (PKD)</t>
   </si>
   <si>
     <t>Pacific Mustangs FC (PMFC)</t>
   </si>
   <si>
     <t>Pacific Road Runners (PRRC)</t>
   </si>
   <si>
     <t>Pack Running Club (PACK)</t>
   </si>
   <si>
+    <t>Paddler Pals (PADDL)</t>
+  </si>
+  <si>
     <t>Paget Primary - BNAA (PP)</t>
   </si>
   <si>
     <t>Pakistan (PAK)</t>
   </si>
   <si>
     <t>PAKISTAN KYOKUSHIN IKO-3 KARATE DOJO ()</t>
   </si>
   <si>
     <t>PAKISTAN KYOKUSHIN IKO-3 KARATE DOJO (PK)</t>
   </si>
   <si>
     <t>Palau (PLW)</t>
   </si>
   <si>
     <t>Palestine (PLE)</t>
   </si>
   <si>
     <t>Panama (PAN)</t>
   </si>
   <si>
     <t>Panther Track &amp; Field (PANT)</t>
   </si>
   <si>
     <t>Panthers International (PAN)</t>
@@ -4151,50 +4259,53 @@
   <si>
     <t>Paraguay (PAR)</t>
   </si>
   <si>
     <t>Paramount Sports Club (PARA)</t>
   </si>
   <si>
     <t>Parasport-Newfoundland (SPNL)</t>
   </si>
   <si>
     <t>Parasports Québec (PSQ)</t>
   </si>
   <si>
     <t>Parasports Québec (PSQC)</t>
   </si>
   <si>
     <t>Parkdale Road Runners (PDRR)</t>
   </si>
   <si>
     <t>Pas Pressés (CDPP)</t>
   </si>
   <si>
     <t>Passtrak (PASS)</t>
   </si>
   <si>
+    <t>Paul Smith’s College (PSMC)</t>
+  </si>
+  <si>
     <t>Peak Judo Club ()</t>
   </si>
   <si>
     <t>Peak Perforamnce Track Club (PPTC)</t>
   </si>
   <si>
     <t>Peak Performance Track Club (PPTC)</t>
   </si>
   <si>
     <t>Peak Performance Track Cub (PPTC)</t>
   </si>
   <si>
     <t>Peak Velocity Athletics (PEVA)</t>
   </si>
   <si>
     <t>Peak Youth Athletics (PEAK)</t>
   </si>
   <si>
     <t>Pear Tree School (PEART)</t>
   </si>
   <si>
     <t>Pearlgate Track And Field Club (PGNL)</t>
   </si>
   <si>
     <t>Peel Panthers SC (PEEL)</t>
@@ -4577,92 +4688,104 @@
   <si>
     <t>Renfrew Collegiate (CI) (EORCI)</t>
   </si>
   <si>
     <t>Republic Polytechnic (RP)</t>
   </si>
   <si>
     <t>Restigouche (RES)</t>
   </si>
   <si>
     <t>Restigouche Gazelles (RTGZ)</t>
   </si>
   <si>
     <t>Rhythm Athletics (RHYT)</t>
   </si>
   <si>
     <t>Rich Peers (RICP)</t>
   </si>
   <si>
     <t>Rio Grande (RG PR)</t>
   </si>
   <si>
     <t>Rio Grande Runners - Puerto Rico (RIOG)</t>
   </si>
   <si>
+    <t>Rising Champs (RC)</t>
+  </si>
+  <si>
     <t>Rising Runners (RSNG)</t>
   </si>
   <si>
     <t>Rising Stars (RSTC)</t>
   </si>
   <si>
     <t>Risingstars Athletics &amp; Education (RSAE)</t>
   </si>
   <si>
     <t>River East Collegiate (MREHS)</t>
   </si>
   <si>
     <t>River Racers (R.R.)</t>
   </si>
   <si>
     <t>River West Park School (MRWPK)</t>
   </si>
   <si>
     <t>Rivers Speed Stars (RSSO)</t>
   </si>
   <si>
+    <t>Riversdale Athletics (RIVA)</t>
+  </si>
+  <si>
+    <t>Riversdale Athletics Club (RIVA)</t>
+  </si>
+  <si>
     <t>Riversdale Athletics Track (RIVA)</t>
   </si>
   <si>
     <t>Riverton Early Middle School (MRVTN)</t>
   </si>
   <si>
     <t>Roadkill Running Club (RKIL)</t>
   </si>
   <si>
     <t>Roadrunner (ATHLE)</t>
   </si>
   <si>
     <t>Robert H. Smith School (MRHSM)</t>
   </si>
   <si>
     <t>RoJets Athletic Academy (ROJET)</t>
   </si>
   <si>
     <t>Romania (ROU)</t>
   </si>
   <si>
+    <t>Ronin Track and Field (RONIN)</t>
+  </si>
+  <si>
     <t>Roots Sports Club (ROOTS)</t>
   </si>
   <si>
     <t>Rosemont (ROSE)</t>
   </si>
   <si>
     <t>ROSES Academy (ROSES)</t>
   </si>
   <si>
     <t>Rosetown Track &amp; Field (ROSE)</t>
   </si>
   <si>
     <t>Ross Sheppard High School (ROSH)</t>
   </si>
   <si>
     <t>Rotary Huron Shore Run (RSHR)</t>
   </si>
   <si>
     <t>Rouge Et Or U. Laval (ROUL)</t>
   </si>
   <si>
     <t>Route 10 (RT10)</t>
   </si>
   <si>
     <t>Royal City Athletics Club (RCAO)</t>
@@ -4784,50 +4907,53 @@
   <si>
     <t>S.M.S.S (SMSS)</t>
   </si>
   <si>
     <t>Safsa (SAFS)</t>
   </si>
   <si>
     <t>Saint Helena (SHA)</t>
   </si>
   <si>
     <t>Saint John Reds Track &amp; Field (SJTC)</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis (SKN)</t>
   </si>
   <si>
     <t>Saint Laurent Sélect (SLS)</t>
   </si>
   <si>
     <t>Saint Lucia (LCA)</t>
   </si>
   <si>
     <t>Saint Mary's Athletics Club (SMUAC)</t>
   </si>
   <si>
+    <t>Saint Mary's Huskies (SMU)</t>
+  </si>
+  <si>
     <t>Saint Mary's Univeristy (SMU)</t>
   </si>
   <si>
     <t>Saint Michael's College VT-USA (SMCVT)</t>
   </si>
   <si>
     <t>Saint Vincent and the Grenadines (VIN)</t>
   </si>
   <si>
     <t>Saint-Jean Olympique (CSJO)</t>
   </si>
   <si>
     <t>Saint-Jérôme (S-J)</t>
   </si>
   <si>
     <t>Saint-Laurent Sélect (CSLS)</t>
   </si>
   <si>
     <t>Sait (TROJ)</t>
   </si>
   <si>
     <t>Salt Spring Sneakers (SALT)</t>
   </si>
   <si>
     <t>Saltus Grammar Middle School - BNAA (SALM)</t>
@@ -4865,50 +4991,53 @@
   <si>
     <t>Sao Tome and Principe (STP)</t>
   </si>
   <si>
     <t>Sarnia Athletics Southwest Tfc (SASW)</t>
   </si>
   <si>
     <t>Sask Valley Bears (SVB)</t>
   </si>
   <si>
     <t>Saskatchewan (SK)</t>
   </si>
   <si>
     <t>Saskatoon Road Runners Club (SRRC)</t>
   </si>
   <si>
     <t>Saskatoon Tf Club (STFC)</t>
   </si>
   <si>
     <t>Saskatoon Track &amp; Field Club (STFC)</t>
   </si>
   <si>
     <t>Saskatoon track and field club (STFC)</t>
   </si>
   <si>
+    <t>Saskatoon Track Club (STFC)</t>
+  </si>
+  <si>
     <t>Saucony (UCAC) (SYUC)</t>
   </si>
   <si>
     <t>Saucony (UNMB) (SYMB)</t>
   </si>
   <si>
     <t>Saucony (UTTC) (SYTT)</t>
   </si>
   <si>
     <t>Saudi Arabia (KSA)</t>
   </si>
   <si>
     <t>Saugeen Track &amp; Field Association (SAUG)</t>
   </si>
   <si>
     <t>Saugeen Track and Field Club (STFC)</t>
   </si>
   <si>
     <t>Scarborough Masters (SMAC)</t>
   </si>
   <si>
     <t>Schaper Stunners (SS)</t>
   </si>
   <si>
     <t>Schmovin Throws Club (STC)</t>
@@ -5162,50 +5291,53 @@
   <si>
     <t>Special Olympics BC -  Abbotsford (SOA)</t>
   </si>
   <si>
     <t>Special Olympics BC -  Nanaimo (SON)</t>
   </si>
   <si>
     <t>Special Olympics BC - Surrey (SOS)</t>
   </si>
   <si>
     <t>Special Olympics Manitoba (SOMB)</t>
   </si>
   <si>
     <t>Special Olympics New Brunswick (SONB)</t>
   </si>
   <si>
     <t>Special Olympics Nova Scotia (SONS)</t>
   </si>
   <si>
     <t>Special Olympics Ns (SONS)</t>
   </si>
   <si>
     <t>Special Olympics Ontario (SOTO)</t>
   </si>
   <si>
+    <t>Special Olympics PEI (SOPEI)</t>
+  </si>
+  <si>
     <t>Special Olympics Stoon (SOSK)</t>
   </si>
   <si>
     <t>Speed Academy Athletics Club (SAAC)</t>
   </si>
   <si>
     <t>Speed Capital Track Club (00001)</t>
   </si>
   <si>
     <t>Speed Mechanic Inc (SPME)</t>
   </si>
   <si>
     <t>Speed Mechanics Athletics Club (SMAC)</t>
   </si>
   <si>
     <t>Speed Squad Track and Field Club (SST)</t>
   </si>
   <si>
     <t>Speed Track Club - Jamaica (STCJ)</t>
   </si>
   <si>
     <t>Speedfarm (SFAR)</t>
   </si>
   <si>
     <t>SpeedTeam (SPTM)</t>
@@ -5255,50 +5387,53 @@
   <si>
     <t>SSS Wolf Pack (SSS)</t>
   </si>
   <si>
     <t>St Anne's Catholic School (SACS)</t>
   </si>
   <si>
     <t>St Christy-Ihunaegbo Athletics Club (SCIA)</t>
   </si>
   <si>
     <t>St George Branch (SG)</t>
   </si>
   <si>
     <t>St Pauls Govenrment (SPGS)</t>
   </si>
   <si>
     <t>St Thomas Legion Track &amp; Field Club (OSTL)</t>
   </si>
   <si>
     <t>St-Hyacinthe (CASH)</t>
   </si>
   <si>
     <t>St-Pierre (PIE)</t>
   </si>
   <si>
+    <t>St. Albert Mustangs (STAL)</t>
+  </si>
+  <si>
     <t>St. Albert Mustangs Track &amp; Field Club (STAL)</t>
   </si>
   <si>
     <t>St. Andrew (SA)</t>
   </si>
   <si>
     <t>St. Andrew Branch (SA)</t>
   </si>
   <si>
     <t>St. Andrew's RC (SA)</t>
   </si>
   <si>
     <t>St. Claude School (0609)</t>
   </si>
   <si>
     <t>st. Croix Track Club (STCR)</t>
   </si>
   <si>
     <t>St. David (SD)</t>
   </si>
   <si>
     <t>St. David's Preschool - BNAA (STDPRE)</t>
   </si>
   <si>
     <t>St. David's Primary - BNAA (STDPRI)</t>
@@ -5381,56 +5516,62 @@
   <si>
     <t>St. Patrick's Elementary School (STPAT)</t>
   </si>
   <si>
     <t>st. Patrick's HS - Northwest Territories (STP)</t>
   </si>
   <si>
     <t>St. Patricks (STPAT)</t>
   </si>
   <si>
     <t>St. Paul Alternate Education Centre (SPAEC) (SPAEC)</t>
   </si>
   <si>
     <t>St. Paul School (SPLS)</t>
   </si>
   <si>
     <t>St. Paul's High School (MSPHS)</t>
   </si>
   <si>
     <t>St. Paul's Preschool - BNAA (STPP)</t>
   </si>
   <si>
     <t>St. Pierre and Miquelon (SPM)</t>
   </si>
   <si>
+    <t>St. Thomas Legion TFC (OSTL)</t>
+  </si>
+  <si>
     <t>St. Thomas More (STMC)</t>
   </si>
   <si>
     <t>St. Vincent (SVG)</t>
   </si>
   <si>
+    <t>St.Albert Mustangs (STAL)</t>
+  </si>
+  <si>
     <t>st.andrew's roman catholic school(SARCS (SARCS)</t>
   </si>
   <si>
     <t>St.Davids Track Blazers (SDTB)</t>
   </si>
   <si>
     <t>St.Jean Sur Richelieu (SJSR)</t>
   </si>
   <si>
     <t>St.Louis Girls' R.C School (473)</t>
   </si>
   <si>
     <t>STAC Hamilton (STAC)</t>
   </si>
   <si>
     <t>Star Academy (SA)</t>
   </si>
   <si>
     <t>Star Trackers T&amp;F Club Bahamas (STTC)</t>
   </si>
   <si>
     <t>Star Trackers Track club (ST)</t>
   </si>
   <si>
     <t>Stars Athletics Academy (WSAA)</t>
@@ -5522,53 +5663,62 @@
   <si>
     <t>Svalbard and Jan Mayen (SJM)</t>
   </si>
   <si>
     <t>Svitanok - Brlvc (SVTK)</t>
   </si>
   <si>
     <t>Svitanok Running club (SVTK)</t>
   </si>
   <si>
     <t>Swans Running Club - BNAA (SWAN)</t>
   </si>
   <si>
     <t>Swaziland (SWZ)</t>
   </si>
   <si>
     <t>Sweden (SWE)</t>
   </si>
   <si>
     <t>Swift Athletics Association (SWIF)</t>
   </si>
   <si>
     <t>Swift Current Selects (SCSS)</t>
   </si>
   <si>
+    <t>Swimecedai (SWECE)</t>
+  </si>
+  <si>
     <t>SWIMECEDAO (CEDAO)</t>
   </si>
   <si>
+    <t>SWIMECEDAO (SWECE)</t>
+  </si>
+  <si>
+    <t>Swimecedeo (SWECE)</t>
+  </si>
+  <si>
     <t>Switzerland (SUI)</t>
   </si>
   <si>
     <t>Syracuse University (SYRU)</t>
   </si>
   <si>
     <t>Syria (SYR)</t>
   </si>
   <si>
     <t>Taino Athletics - Puerto Rico (TAIN)</t>
   </si>
   <si>
     <t>Taiwan (TWN)</t>
   </si>
   <si>
     <t>Taiyoko-Sen ()</t>
   </si>
   <si>
     <t>Tajikistan (TJK)</t>
   </si>
   <si>
     <t>Take Notice Sports Management (TNSM)</t>
   </si>
   <si>
     <t>Tamagawa Athletics Club (TAMA)</t>
@@ -5660,71 +5810,77 @@
   <si>
     <t>Team NL CG Prep Squad (NLCG)</t>
   </si>
   <si>
     <t>Team Northwest Territories (NT)</t>
   </si>
   <si>
     <t>Team Nova Scotia (NS)</t>
   </si>
   <si>
     <t>Team Nunavik AWG (NUNAV)</t>
   </si>
   <si>
     <t>Team Nunavut (NU)</t>
   </si>
   <si>
     <t>Team Ontario (ON)</t>
   </si>
   <si>
     <t>Team Ontario East (TMOE)</t>
   </si>
   <si>
     <t>Team Ontario West (TMOW)</t>
   </si>
   <si>
+    <t>Team Orange (ORNGE)</t>
+  </si>
+  <si>
     <t>Team PEI (PEI)</t>
   </si>
   <si>
     <t>Team Quebec (QC)</t>
   </si>
   <si>
     <t>Team Ros (TROS)</t>
   </si>
   <si>
     <t>Team Saskatchewan (SK)</t>
   </si>
   <si>
     <t>Team St Patricks 2025 (STPAT)</t>
   </si>
   <si>
     <t>Team SVG (SVG)</t>
   </si>
   <si>
     <t>Team Switzerland (SUI)</t>
   </si>
   <si>
+    <t>Team Toba - SO (TTSO)</t>
+  </si>
+  <si>
     <t>TEAM UAA PR (UAAPR)</t>
   </si>
   <si>
     <t>Team USA (USA)</t>
   </si>
   <si>
     <t>Team Yukon (YK)</t>
   </si>
   <si>
     <t>Team1 (TTT)</t>
   </si>
   <si>
     <t>Tec Voc High School (MTVHS)</t>
   </si>
   <si>
     <t>Technique Track Club - BNAA (TTC)</t>
   </si>
   <si>
     <t>Teeswater Harriers (THRC)</t>
   </si>
   <si>
     <t>Telemark Nordic Club (TELNC)</t>
   </si>
   <si>
     <t>Temasek Polytechnic (TP)</t>
@@ -5756,53 +5912,50 @@
   <si>
     <t>The Buttles (B4TLE)</t>
   </si>
   <si>
     <t>The Double Dee's ()</t>
   </si>
   <si>
     <t>The Dough Rollers (RBCDS)</t>
   </si>
   <si>
     <t>The Elite Huit (TEH)</t>
   </si>
   <si>
     <t>The King's University (TKUE)</t>
   </si>
   <si>
     <t>The Limberlost Challenge (ATLC)</t>
   </si>
   <si>
     <t>The Lions Track Club (LTC)</t>
   </si>
   <si>
     <t>The Pacemakers (T.P.)</t>
   </si>
   <si>
-    <t>The Peel Gazelles (PGAZ)</t>
-[...1 lines deleted...]
-  <si>
     <t>The Prince Edward County Marathon (TCMA)</t>
   </si>
   <si>
     <t>The Rotary Club Of Wiarton Shore To Shore Annual Race (RCWS)</t>
   </si>
   <si>
     <t>The Runway (RUN)</t>
   </si>
   <si>
     <t>Thomas Haney Secondary School (THSS)</t>
   </si>
   <si>
     <t>Thorold Elite Track Club ()</t>
   </si>
   <si>
     <t>Thorold Elite Track Club (TETC)</t>
   </si>
   <si>
     <t>Thotold Elite TC (TETC)</t>
   </si>
   <si>
     <t>Throwers Club ()</t>
   </si>
   <si>
     <t>Throwers Club (THRO)</t>
@@ -5825,80 +5978,86 @@
   <si>
     <t>Time Bandits (TIB)</t>
   </si>
   <si>
     <t>Timmins Chargers (TIMCH)</t>
   </si>
   <si>
     <t>Timmins Running Club (TMNS)</t>
   </si>
   <si>
     <t>Titans Athletic Club (TAC)</t>
   </si>
   <si>
     <t>Tk Dale Wealth (TKDW)</t>
   </si>
   <si>
     <t>TMK Athletics (TMK)</t>
   </si>
   <si>
     <t>TNT BATAVIA (TNT)</t>
   </si>
   <si>
     <t>TOCO TAFAC (TOCO)</t>
   </si>
   <si>
+    <t>Toco Track and Field Athletic Club (TAFA)</t>
+  </si>
+  <si>
     <t>Togo (TOG)</t>
   </si>
   <si>
     <t>Tokelau (TOK)</t>
   </si>
   <si>
     <t>TONE UP! Elite Track Club (TONE)</t>
   </si>
   <si>
     <t>Tonga (TGA)</t>
   </si>
   <si>
     <t>Top Flight Athletics (TFA)</t>
   </si>
   <si>
     <t>Top G Athletic Club (TOPG)</t>
   </si>
   <si>
     <t>Top Notch Masters (TNMC)</t>
   </si>
   <si>
     <t>Toronto Carnival Run (TOCA)</t>
   </si>
   <si>
     <t>Toronto Central (TCEN)</t>
   </si>
   <si>
     <t>Toronto Harriers (TOHR)</t>
   </si>
   <si>
+    <t>Toronto Olympic club (TOC)</t>
+  </si>
+  <si>
     <t>Toronto Olympic Track &amp; Field Club (OTOC)</t>
   </si>
   <si>
     <t>Toronto Race Walkers (TORW)</t>
   </si>
   <si>
     <t>Toronto Racers Athletic Club (TRAC)</t>
   </si>
   <si>
     <t>Toronto Tornadoes (AGAP)</t>
   </si>
   <si>
     <t>Toronto West Athletics (TOWA)</t>
   </si>
   <si>
     <t>Torrents (UQO)</t>
   </si>
   <si>
     <t>Tough Track (TTAC)</t>
   </si>
   <si>
     <t>Toyota Plaza (TOYO)</t>
   </si>
   <si>
     <t>Track Blazers (SDTB)</t>
@@ -5960,86 +6119,92 @@
   <si>
     <t>Trey Bombs (TBS)</t>
   </si>
   <si>
     <t>Tri-Local (TRLO)</t>
   </si>
   <si>
     <t>Tri-O-Lac (TOL)</t>
   </si>
   <si>
     <t>Triathlete Within (TRIW)</t>
   </si>
   <si>
     <t>Triathlon Québec (TRIQ)</t>
   </si>
   <si>
     <t>TriathlonMB (TRIMB)</t>
   </si>
   <si>
     <t>TriHardz (TRIHZ)</t>
   </si>
   <si>
     <t>Trinidad and Tobago (TTO)</t>
   </si>
   <si>
+    <t>Trinidad and Tobago Association of Masters Athletics (TTAMA)</t>
+  </si>
+  <si>
     <t>Trinidad-Tobago (TTO)</t>
   </si>
   <si>
     <t>Trinity Shore Track and Field Club (TSTF)</t>
   </si>
   <si>
     <t>Trinity Western (TWUS)</t>
   </si>
   <si>
     <t>Trinity Western University (TWUS)</t>
   </si>
   <si>
     <t>Trojans Athletic Club (TACC)</t>
   </si>
   <si>
     <t>Trovadores (TROV)</t>
   </si>
   <si>
     <t>Trovarunners (TROVR)</t>
   </si>
   <si>
     <t>Truro Lions Track &amp; Field Club (TLTC)</t>
   </si>
   <si>
     <t>Truro Lions Track Club (TLTC)</t>
   </si>
   <si>
     <t>Truro Tornado Dawgs (TTD)</t>
   </si>
   <si>
     <t>TSG78 Heidelberg (TSG78)</t>
   </si>
   <si>
     <t>Tsunami Wrestling Academy ()</t>
   </si>
   <si>
+    <t>TTAMA</t>
+  </si>
+  <si>
     <t>TTO - NORTH WEST DIVISION (TTO)</t>
   </si>
   <si>
     <t>Tufts Jumbos (TUF)</t>
   </si>
   <si>
     <t>Tunisia (TUN)</t>
   </si>
   <si>
     <t>Turkey (TUR)</t>
   </si>
   <si>
     <t>Turkey High School (THS)</t>
   </si>
   <si>
     <t>Turkmenistan (TKM)</t>
   </si>
   <si>
     <t>Turks and Caicos (TKS)</t>
   </si>
   <si>
     <t>Tuvalu (TUV)</t>
   </si>
   <si>
     <t>TV Flieden (TVF)</t>
@@ -6095,125 +6260,134 @@
   <si>
     <t>Unattached - BNAA (UNA)</t>
   </si>
   <si>
     <t>Unattached Alberta (UNAB)</t>
   </si>
   <si>
     <t>Unattached Alberta ()</t>
   </si>
   <si>
     <t>Unattached British Columbia (UNBC)</t>
   </si>
   <si>
     <t>Unattached British Columbia ()</t>
   </si>
   <si>
     <t>Unattached Newfoundland And Labrador (UNNL)</t>
   </si>
   <si>
     <t>Unattached Nova Scotia (UNNS)</t>
   </si>
   <si>
     <t>Unattached Ontario (UNON)</t>
   </si>
   <si>
+    <t>Unattached Saskatchewan (UNATK)</t>
+  </si>
+  <si>
     <t>Unattached-Manitoba (UNMB)</t>
   </si>
   <si>
     <t>Unattached-New Brunswick (UNNB)</t>
   </si>
   <si>
     <t>Unattached-Saskatchewan (UNSK)</t>
   </si>
   <si>
     <t>unattatched (UNA)</t>
   </si>
   <si>
     <t>UNB (UNBF)</t>
   </si>
   <si>
     <t>UNB Alumni (UNBA)</t>
   </si>
   <si>
     <t>Union (UNO)</t>
   </si>
   <si>
     <t>United Arab Emirates (UAE)</t>
   </si>
   <si>
     <t>United Kingdom (GBR)</t>
   </si>
   <si>
     <t>United States (USA)</t>
   </si>
   <si>
+    <t>UNITED TAMIL (UNIT)</t>
+  </si>
+  <si>
     <t>United Tamil Sports Club (UTSC)</t>
   </si>
   <si>
     <t>Univ Of Regina Track Club (URTC)</t>
   </si>
   <si>
     <t>Universal Athletics Club (UATH)</t>
   </si>
   <si>
     <t>Universidad Central de Bayamón (UCDB)</t>
   </si>
   <si>
     <t>Universidad de Puerto Rico, Recinto de Río Piedras (UPRRP)</t>
   </si>
   <si>
     <t>UNIVERSIDAD INTERAMERICANA (UIPR) (UIPR)</t>
   </si>
   <si>
     <t>Universidad Sagrado Corazón (USC)</t>
   </si>
   <si>
     <t>Universite Quebec (UQ)</t>
   </si>
   <si>
     <t>University at Buffalo (BUFF)</t>
   </si>
   <si>
     <t>University Athletics Club (UNIAC)</t>
   </si>
   <si>
     <t>University Canada West (UCW)</t>
   </si>
   <si>
     <t>University Of Alberta (UOFA)</t>
   </si>
   <si>
     <t>University Of Calgary (UOFC)</t>
   </si>
   <si>
     <t>University of Calgary Athletics Club (UCAC)</t>
   </si>
   <si>
     <t>University of Georgia (UNGA)</t>
   </si>
   <si>
+    <t>University of Guelph (UOFG)</t>
+  </si>
+  <si>
     <t>University of Guelph Alumni (GUELA)</t>
   </si>
   <si>
     <t>University of Houston (UOH)</t>
   </si>
   <si>
     <t>University of Idaho (UI)</t>
   </si>
   <si>
     <t>University of Illinois (UIL)</t>
   </si>
   <si>
     <t>University of Iowa (IOWA)</t>
   </si>
   <si>
     <t>University of Maine at Fort Kent (UMFK)</t>
   </si>
   <si>
     <t>University of Memphis Track and Field (W4T9D)</t>
   </si>
   <si>
     <t>University of Miami (MIA)</t>
   </si>
   <si>
     <t>University of New Mexico (UNM)</t>
@@ -6311,50 +6485,53 @@
   <si>
     <t>Uruguay (URU)</t>
   </si>
   <si>
     <t>US Air Force WCAP (WCAP)</t>
   </si>
   <si>
     <t>USA (USA-1)</t>
   </si>
   <si>
     <t>USA 1 (USA-1)</t>
   </si>
   <si>
     <t>Usa-1</t>
   </si>
   <si>
     <t>USATF (USA)</t>
   </si>
   <si>
     <t>UTAH</t>
   </si>
   <si>
     <t>UTT (UTTC)</t>
   </si>
   <si>
+    <t>UTT Patriots (UTT)</t>
+  </si>
+  <si>
     <t>UVic Cycling (UCC)</t>
   </si>
   <si>
     <t>UVIC Shotokan ()</t>
   </si>
   <si>
     <t>UW TF/XC Alumni (UWALU)</t>
   </si>
   <si>
     <t>Uzbekistan (UZB)</t>
   </si>
   <si>
     <t>V-MAXXERS (VMAX)</t>
   </si>
   <si>
     <t>VAFA</t>
   </si>
   <si>
     <t>Vaillants (VAI)</t>
   </si>
   <si>
     <t>Vainqueur Plus (PLUS)</t>
   </si>
   <si>
     <t>Vainqueurs Plus (PLUS)</t>
@@ -6482,68 +6659,74 @@
   <si>
     <t>Villa Fontana (VILLA)</t>
   </si>
   <si>
     <t>Villalba - Puerto Rico (VILL)</t>
   </si>
   <si>
     <t>Villanova Hall (VILL)</t>
   </si>
   <si>
     <t>Vincent Massey Collegiate-Winnipeg (MVMCW)</t>
   </si>
   <si>
     <t>Vipers (VIPR)</t>
   </si>
   <si>
     <t>Virgin Islands (USA) (ISV)</t>
   </si>
   <si>
     <t>Virginia Pride Track Club Indoor 2024 (VPTC)</t>
   </si>
   <si>
     <t>Viscount Alexander (MVCAL)</t>
   </si>
   <si>
+    <t>Voltigeurs Du Collège Bourget (VOLTS)</t>
+  </si>
+  <si>
     <t>Vr Pro Inc. (VRPR)</t>
   </si>
   <si>
     <t>Vulcan Athletika (Vulcan) (VULC)</t>
   </si>
   <si>
     <t>Wadadli Sports Club (WDSC)</t>
   </si>
   <si>
     <t>Walkerton &amp; District Hospital Foundation (WDHF)</t>
   </si>
   <si>
     <t>Wallis and Futuna Islands (WFI)</t>
   </si>
   <si>
     <t>WALSH Track Club (WTS)</t>
   </si>
   <si>
+    <t>Wampa Walkers (WW)</t>
+  </si>
+  <si>
     <t>Warwick Academy Middle School - BNAA (WAMS)</t>
   </si>
   <si>
     <t>Warwick Academy Primary School - BNAA (WAPS)</t>
   </si>
   <si>
     <t>Warwick Academy Senior School - BNAA (WASS)</t>
   </si>
   <si>
     <t>Warwick Preschool - BNAA (WPRE)</t>
   </si>
   <si>
     <t>Washington State University (WSU)</t>
   </si>
   <si>
     <t>Waterloo Running Club (WRC)</t>
   </si>
   <si>
     <t>Waterloo Track Club (UWTC)</t>
   </si>
   <si>
     <t>Wayne's volleyball tournament team for TMA 2025-11-25 (TMA01)</t>
   </si>
   <si>
     <t>Wc Race Series Society (WCRS)</t>
@@ -6635,50 +6818,53 @@
   <si>
     <t>Wilfrid Laurier University Alumni (WLUA)</t>
   </si>
   <si>
     <t>WILLIAM MCDONALD SCHOOL (WMC)</t>
   </si>
   <si>
     <t>Williams Ephs (WILL)</t>
   </si>
   <si>
     <t>Williams Track and Field (W2A)</t>
   </si>
   <si>
     <t>Wilson's Team (WIL)</t>
   </si>
   <si>
     <t>Wind Of Change ()</t>
   </si>
   <si>
     <t>Wind Track And Field Club (WIND)</t>
   </si>
   <si>
     <t>Windburn (WIND)</t>
   </si>
   <si>
+    <t>Windsor Essex Athletics Club (WEAC)</t>
+  </si>
+  <si>
     <t>Windsor Legion T.f.c (WLEG)</t>
   </si>
   <si>
     <t>Windsor Slough Eton &amp; Hounslow AC (WSEH)</t>
   </si>
   <si>
     <t>Wings Athletics Club (WAC)</t>
   </si>
   <si>
     <t>Wings Sports Club (WINGS)</t>
   </si>
   <si>
     <t>Winnipeg Optimist Athletic Club (WOAC)</t>
   </si>
   <si>
     <t>Winnipeg Optimist Athletics (WOAC)</t>
   </si>
   <si>
     <t>Winnipeg, MB, Canada (YWG-Winnipeg  James Armstrong Richardson Intl. (CVPL)</t>
   </si>
   <si>
     <t>Winston's Warriors (WINS)</t>
   </si>
   <si>
     <t>WISG(GRN) (GRN)</t>
@@ -6762,50 +6948,53 @@
     <t>Yorkton Track and Field Club (YTFC)</t>
   </si>
   <si>
     <t>Yqg</t>
   </si>
   <si>
     <t>Yqg Athletics (YQGA)</t>
   </si>
   <si>
     <t>Yqx Athletics (YQXA)</t>
   </si>
   <si>
     <t>Yqx Running Club (YQXR)</t>
   </si>
   <si>
     <t>Yugoslavia (YUG)</t>
   </si>
   <si>
     <t>Yukon (UNYK)</t>
   </si>
   <si>
     <t>Yukon College (YUKC)</t>
   </si>
   <si>
     <t>Zambia (ZAM)</t>
+  </si>
+  <si>
+    <t>Zenith Athletic Club (ZAC)</t>
   </si>
   <si>
     <t>Zénix De La Mauricie (ZENX)</t>
   </si>
   <si>
     <t>Zero XQZ (ZEROX)</t>
   </si>
   <si>
     <t>Zimbabwe (ZIM)</t>
   </si>
   <si>
     <t>Zone 1 - Sunny South (ZONE1)</t>
   </si>
   <si>
     <t>Zone 2 - Big Country (ZONE2)</t>
   </si>
   <si>
     <t>Zone 3 - Calgary (ZONE3)</t>
   </si>
   <si>
     <t>Zone 4 - Parkland (ZONE4)</t>
   </si>
   <si>
     <t>Zone 5 - Black Gold/Yellowhead (ZONE5)</t>
   </si>
@@ -7182,51 +7371,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:DD2206"/>
+  <dimension ref="A1:DD2269"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="106" max="106" width="96" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="108" max="108" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="23" bestFit="true" customWidth="true" style="0"/>
@@ -8492,65 +8681,65 @@
     <row r="64" spans="1:108">
       <c r="E64" s="2"/>
       <c r="I64" s="2"/>
       <c r="K64" s="2"/>
       <c r="M64" s="2"/>
       <c r="O64" s="2"/>
       <c r="Q64" s="2"/>
       <c r="S64" s="2"/>
       <c r="U64" s="2"/>
       <c r="W64" s="2"/>
       <c r="DB64" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="65" spans="1:108">
       <c r="E65" s="2"/>
       <c r="I65" s="2"/>
       <c r="K65" s="2"/>
       <c r="M65" s="2"/>
       <c r="O65" s="2"/>
       <c r="Q65" s="2"/>
       <c r="S65" s="2"/>
       <c r="U65" s="2"/>
       <c r="W65" s="2"/>
       <c r="DB65" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="66" spans="1:108">
       <c r="E66" s="2"/>
       <c r="I66" s="2"/>
       <c r="K66" s="2"/>
       <c r="M66" s="2"/>
       <c r="O66" s="2"/>
       <c r="Q66" s="2"/>
       <c r="S66" s="2"/>
       <c r="U66" s="2"/>
       <c r="W66" s="2"/>
       <c r="DB66" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:108">
       <c r="E67" s="2"/>
       <c r="I67" s="2"/>
       <c r="K67" s="2"/>
       <c r="M67" s="2"/>
       <c r="O67" s="2"/>
       <c r="Q67" s="2"/>
       <c r="S67" s="2"/>
       <c r="U67" s="2"/>
       <c r="W67" s="2"/>
       <c r="DB67" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="68" spans="1:108">
       <c r="E68" s="2"/>
       <c r="I68" s="2"/>
       <c r="K68" s="2"/>
       <c r="M68" s="2"/>
       <c r="O68" s="2"/>
       <c r="Q68" s="2"/>
       <c r="S68" s="2"/>
       <c r="U68" s="2"/>
@@ -11544,219 +11733,219 @@
     <row r="282" spans="1:108">
       <c r="E282" s="2"/>
       <c r="I282" s="2"/>
       <c r="K282" s="2"/>
       <c r="M282" s="2"/>
       <c r="O282" s="2"/>
       <c r="Q282" s="2"/>
       <c r="S282" s="2"/>
       <c r="U282" s="2"/>
       <c r="W282" s="2"/>
       <c r="DB282" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="283" spans="1:108">
       <c r="E283" s="2"/>
       <c r="I283" s="2"/>
       <c r="K283" s="2"/>
       <c r="M283" s="2"/>
       <c r="O283" s="2"/>
       <c r="Q283" s="2"/>
       <c r="S283" s="2"/>
       <c r="U283" s="2"/>
       <c r="W283" s="2"/>
       <c r="DB283" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="284" spans="1:108">
       <c r="E284" s="2"/>
       <c r="I284" s="2"/>
       <c r="K284" s="2"/>
       <c r="M284" s="2"/>
       <c r="O284" s="2"/>
       <c r="Q284" s="2"/>
       <c r="S284" s="2"/>
       <c r="U284" s="2"/>
       <c r="W284" s="2"/>
       <c r="DB284" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="285" spans="1:108">
       <c r="E285" s="2"/>
       <c r="I285" s="2"/>
       <c r="K285" s="2"/>
       <c r="M285" s="2"/>
       <c r="O285" s="2"/>
       <c r="Q285" s="2"/>
       <c r="S285" s="2"/>
       <c r="U285" s="2"/>
       <c r="W285" s="2"/>
       <c r="DB285" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="286" spans="1:108">
       <c r="E286" s="2"/>
       <c r="I286" s="2"/>
       <c r="K286" s="2"/>
       <c r="M286" s="2"/>
       <c r="O286" s="2"/>
       <c r="Q286" s="2"/>
       <c r="S286" s="2"/>
       <c r="U286" s="2"/>
       <c r="W286" s="2"/>
       <c r="DB286" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="287" spans="1:108">
       <c r="E287" s="2"/>
       <c r="I287" s="2"/>
       <c r="K287" s="2"/>
       <c r="M287" s="2"/>
       <c r="O287" s="2"/>
       <c r="Q287" s="2"/>
       <c r="S287" s="2"/>
       <c r="U287" s="2"/>
       <c r="W287" s="2"/>
       <c r="DB287" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="288" spans="1:108">
       <c r="E288" s="2"/>
       <c r="I288" s="2"/>
       <c r="K288" s="2"/>
       <c r="M288" s="2"/>
       <c r="O288" s="2"/>
       <c r="Q288" s="2"/>
       <c r="S288" s="2"/>
       <c r="U288" s="2"/>
       <c r="W288" s="2"/>
       <c r="DB288" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="289" spans="1:108">
       <c r="E289" s="2"/>
       <c r="I289" s="2"/>
       <c r="K289" s="2"/>
       <c r="M289" s="2"/>
       <c r="O289" s="2"/>
       <c r="Q289" s="2"/>
       <c r="S289" s="2"/>
       <c r="U289" s="2"/>
       <c r="W289" s="2"/>
       <c r="DB289" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="290" spans="1:108">
       <c r="E290" s="2"/>
       <c r="I290" s="2"/>
       <c r="K290" s="2"/>
       <c r="M290" s="2"/>
       <c r="O290" s="2"/>
       <c r="Q290" s="2"/>
       <c r="S290" s="2"/>
       <c r="U290" s="2"/>
       <c r="W290" s="2"/>
       <c r="DB290" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="291" spans="1:108">
       <c r="E291" s="2"/>
       <c r="I291" s="2"/>
       <c r="K291" s="2"/>
       <c r="M291" s="2"/>
       <c r="O291" s="2"/>
       <c r="Q291" s="2"/>
       <c r="S291" s="2"/>
       <c r="U291" s="2"/>
       <c r="W291" s="2"/>
       <c r="DB291" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="292" spans="1:108">
       <c r="E292" s="2"/>
       <c r="I292" s="2"/>
       <c r="K292" s="2"/>
       <c r="M292" s="2"/>
       <c r="O292" s="2"/>
       <c r="Q292" s="2"/>
       <c r="S292" s="2"/>
       <c r="U292" s="2"/>
       <c r="W292" s="2"/>
       <c r="DB292" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="293" spans="1:108">
       <c r="E293" s="2"/>
       <c r="I293" s="2"/>
       <c r="K293" s="2"/>
       <c r="M293" s="2"/>
       <c r="O293" s="2"/>
       <c r="Q293" s="2"/>
       <c r="S293" s="2"/>
       <c r="U293" s="2"/>
       <c r="W293" s="2"/>
       <c r="DB293" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="294" spans="1:108">
       <c r="E294" s="2"/>
       <c r="I294" s="2"/>
       <c r="K294" s="2"/>
       <c r="M294" s="2"/>
       <c r="O294" s="2"/>
       <c r="Q294" s="2"/>
       <c r="S294" s="2"/>
       <c r="U294" s="2"/>
       <c r="W294" s="2"/>
       <c r="DB294" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="295" spans="1:108">
       <c r="E295" s="2"/>
       <c r="I295" s="2"/>
       <c r="K295" s="2"/>
       <c r="M295" s="2"/>
       <c r="O295" s="2"/>
       <c r="Q295" s="2"/>
       <c r="S295" s="2"/>
       <c r="U295" s="2"/>
       <c r="W295" s="2"/>
       <c r="DB295" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="296" spans="1:108">
       <c r="E296" s="2"/>
       <c r="I296" s="2"/>
       <c r="K296" s="2"/>
       <c r="M296" s="2"/>
       <c r="O296" s="2"/>
       <c r="Q296" s="2"/>
       <c r="S296" s="2"/>
       <c r="U296" s="2"/>
       <c r="W296" s="2"/>
       <c r="DB296" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="297" spans="1:108">
       <c r="E297" s="2"/>
       <c r="I297" s="2"/>
       <c r="K297" s="2"/>
       <c r="M297" s="2"/>
       <c r="O297" s="2"/>
       <c r="Q297" s="2"/>
       <c r="S297" s="2"/>
       <c r="U297" s="2"/>
@@ -15156,275 +15345,275 @@
     <row r="540" spans="1:108">
       <c r="E540" s="2"/>
       <c r="I540" s="2"/>
       <c r="K540" s="2"/>
       <c r="M540" s="2"/>
       <c r="O540" s="2"/>
       <c r="Q540" s="2"/>
       <c r="S540" s="2"/>
       <c r="U540" s="2"/>
       <c r="W540" s="2"/>
       <c r="DB540" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="541" spans="1:108">
       <c r="E541" s="2"/>
       <c r="I541" s="2"/>
       <c r="K541" s="2"/>
       <c r="M541" s="2"/>
       <c r="O541" s="2"/>
       <c r="Q541" s="2"/>
       <c r="S541" s="2"/>
       <c r="U541" s="2"/>
       <c r="W541" s="2"/>
       <c r="DB541" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="542" spans="1:108">
       <c r="E542" s="2"/>
       <c r="I542" s="2"/>
       <c r="K542" s="2"/>
       <c r="M542" s="2"/>
       <c r="O542" s="2"/>
       <c r="Q542" s="2"/>
       <c r="S542" s="2"/>
       <c r="U542" s="2"/>
       <c r="W542" s="2"/>
       <c r="DB542" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="543" spans="1:108">
       <c r="E543" s="2"/>
       <c r="I543" s="2"/>
       <c r="K543" s="2"/>
       <c r="M543" s="2"/>
       <c r="O543" s="2"/>
       <c r="Q543" s="2"/>
       <c r="S543" s="2"/>
       <c r="U543" s="2"/>
       <c r="W543" s="2"/>
       <c r="DB543" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
     </row>
     <row r="544" spans="1:108">
       <c r="E544" s="2"/>
       <c r="I544" s="2"/>
       <c r="K544" s="2"/>
       <c r="M544" s="2"/>
       <c r="O544" s="2"/>
       <c r="Q544" s="2"/>
       <c r="S544" s="2"/>
       <c r="U544" s="2"/>
       <c r="W544" s="2"/>
       <c r="DB544" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="545" spans="1:108">
       <c r="E545" s="2"/>
       <c r="I545" s="2"/>
       <c r="K545" s="2"/>
       <c r="M545" s="2"/>
       <c r="O545" s="2"/>
       <c r="Q545" s="2"/>
       <c r="S545" s="2"/>
       <c r="U545" s="2"/>
       <c r="W545" s="2"/>
       <c r="DB545" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="546" spans="1:108">
       <c r="E546" s="2"/>
       <c r="I546" s="2"/>
       <c r="K546" s="2"/>
       <c r="M546" s="2"/>
       <c r="O546" s="2"/>
       <c r="Q546" s="2"/>
       <c r="S546" s="2"/>
       <c r="U546" s="2"/>
       <c r="W546" s="2"/>
       <c r="DB546" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="547" spans="1:108">
       <c r="E547" s="2"/>
       <c r="I547" s="2"/>
       <c r="K547" s="2"/>
       <c r="M547" s="2"/>
       <c r="O547" s="2"/>
       <c r="Q547" s="2"/>
       <c r="S547" s="2"/>
       <c r="U547" s="2"/>
       <c r="W547" s="2"/>
       <c r="DB547" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="548" spans="1:108">
       <c r="E548" s="2"/>
       <c r="I548" s="2"/>
       <c r="K548" s="2"/>
       <c r="M548" s="2"/>
       <c r="O548" s="2"/>
       <c r="Q548" s="2"/>
       <c r="S548" s="2"/>
       <c r="U548" s="2"/>
       <c r="W548" s="2"/>
       <c r="DB548" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
     </row>
     <row r="549" spans="1:108">
       <c r="E549" s="2"/>
       <c r="I549" s="2"/>
       <c r="K549" s="2"/>
       <c r="M549" s="2"/>
       <c r="O549" s="2"/>
       <c r="Q549" s="2"/>
       <c r="S549" s="2"/>
       <c r="U549" s="2"/>
       <c r="W549" s="2"/>
       <c r="DB549" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="550" spans="1:108">
       <c r="E550" s="2"/>
       <c r="I550" s="2"/>
       <c r="K550" s="2"/>
       <c r="M550" s="2"/>
       <c r="O550" s="2"/>
       <c r="Q550" s="2"/>
       <c r="S550" s="2"/>
       <c r="U550" s="2"/>
       <c r="W550" s="2"/>
       <c r="DB550" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="551" spans="1:108">
       <c r="E551" s="2"/>
       <c r="I551" s="2"/>
       <c r="K551" s="2"/>
       <c r="M551" s="2"/>
       <c r="O551" s="2"/>
       <c r="Q551" s="2"/>
       <c r="S551" s="2"/>
       <c r="U551" s="2"/>
       <c r="W551" s="2"/>
       <c r="DB551" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="552" spans="1:108">
       <c r="E552" s="2"/>
       <c r="I552" s="2"/>
       <c r="K552" s="2"/>
       <c r="M552" s="2"/>
       <c r="O552" s="2"/>
       <c r="Q552" s="2"/>
       <c r="S552" s="2"/>
       <c r="U552" s="2"/>
       <c r="W552" s="2"/>
       <c r="DB552" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="553" spans="1:108">
       <c r="E553" s="2"/>
       <c r="I553" s="2"/>
       <c r="K553" s="2"/>
       <c r="M553" s="2"/>
       <c r="O553" s="2"/>
       <c r="Q553" s="2"/>
       <c r="S553" s="2"/>
       <c r="U553" s="2"/>
       <c r="W553" s="2"/>
       <c r="DB553" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="554" spans="1:108">
       <c r="E554" s="2"/>
       <c r="I554" s="2"/>
       <c r="K554" s="2"/>
       <c r="M554" s="2"/>
       <c r="O554" s="2"/>
       <c r="Q554" s="2"/>
       <c r="S554" s="2"/>
       <c r="U554" s="2"/>
       <c r="W554" s="2"/>
       <c r="DB554" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="555" spans="1:108">
       <c r="E555" s="2"/>
       <c r="I555" s="2"/>
       <c r="K555" s="2"/>
       <c r="M555" s="2"/>
       <c r="O555" s="2"/>
       <c r="Q555" s="2"/>
       <c r="S555" s="2"/>
       <c r="U555" s="2"/>
       <c r="W555" s="2"/>
       <c r="DB555" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="556" spans="1:108">
       <c r="E556" s="2"/>
       <c r="I556" s="2"/>
       <c r="K556" s="2"/>
       <c r="M556" s="2"/>
       <c r="O556" s="2"/>
       <c r="Q556" s="2"/>
       <c r="S556" s="2"/>
       <c r="U556" s="2"/>
       <c r="W556" s="2"/>
       <c r="DB556" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
     </row>
     <row r="557" spans="1:108">
       <c r="E557" s="2"/>
       <c r="I557" s="2"/>
       <c r="K557" s="2"/>
       <c r="M557" s="2"/>
       <c r="O557" s="2"/>
       <c r="Q557" s="2"/>
       <c r="S557" s="2"/>
       <c r="U557" s="2"/>
       <c r="W557" s="2"/>
       <c r="DB557" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
     <row r="558" spans="1:108">
       <c r="E558" s="2"/>
       <c r="I558" s="2"/>
       <c r="K558" s="2"/>
       <c r="M558" s="2"/>
       <c r="O558" s="2"/>
       <c r="Q558" s="2"/>
       <c r="S558" s="2"/>
       <c r="U558" s="2"/>
       <c r="W558" s="2"/>
       <c r="DB558" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="559" spans="1:108">
       <c r="E559" s="2"/>
       <c r="I559" s="2"/>
       <c r="K559" s="2"/>
       <c r="M559" s="2"/>
       <c r="O559" s="2"/>
       <c r="Q559" s="2"/>
       <c r="S559" s="2"/>
       <c r="U559" s="2"/>
@@ -19398,345 +19587,345 @@
     <row r="843" spans="1:108">
       <c r="E843" s="2"/>
       <c r="I843" s="2"/>
       <c r="K843" s="2"/>
       <c r="M843" s="2"/>
       <c r="O843" s="2"/>
       <c r="Q843" s="2"/>
       <c r="S843" s="2"/>
       <c r="U843" s="2"/>
       <c r="W843" s="2"/>
       <c r="DB843" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="844" spans="1:108">
       <c r="E844" s="2"/>
       <c r="I844" s="2"/>
       <c r="K844" s="2"/>
       <c r="M844" s="2"/>
       <c r="O844" s="2"/>
       <c r="Q844" s="2"/>
       <c r="S844" s="2"/>
       <c r="U844" s="2"/>
       <c r="W844" s="2"/>
       <c r="DB844" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
     </row>
     <row r="845" spans="1:108">
       <c r="E845" s="2"/>
       <c r="I845" s="2"/>
       <c r="K845" s="2"/>
       <c r="M845" s="2"/>
       <c r="O845" s="2"/>
       <c r="Q845" s="2"/>
       <c r="S845" s="2"/>
       <c r="U845" s="2"/>
       <c r="W845" s="2"/>
       <c r="DB845" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
     </row>
     <row r="846" spans="1:108">
       <c r="E846" s="2"/>
       <c r="I846" s="2"/>
       <c r="K846" s="2"/>
       <c r="M846" s="2"/>
       <c r="O846" s="2"/>
       <c r="Q846" s="2"/>
       <c r="S846" s="2"/>
       <c r="U846" s="2"/>
       <c r="W846" s="2"/>
       <c r="DB846" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
     </row>
     <row r="847" spans="1:108">
       <c r="E847" s="2"/>
       <c r="I847" s="2"/>
       <c r="K847" s="2"/>
       <c r="M847" s="2"/>
       <c r="O847" s="2"/>
       <c r="Q847" s="2"/>
       <c r="S847" s="2"/>
       <c r="U847" s="2"/>
       <c r="W847" s="2"/>
       <c r="DB847" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
     </row>
     <row r="848" spans="1:108">
       <c r="E848" s="2"/>
       <c r="I848" s="2"/>
       <c r="K848" s="2"/>
       <c r="M848" s="2"/>
       <c r="O848" s="2"/>
       <c r="Q848" s="2"/>
       <c r="S848" s="2"/>
       <c r="U848" s="2"/>
       <c r="W848" s="2"/>
       <c r="DB848" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
     </row>
     <row r="849" spans="1:108">
       <c r="E849" s="2"/>
       <c r="I849" s="2"/>
       <c r="K849" s="2"/>
       <c r="M849" s="2"/>
       <c r="O849" s="2"/>
       <c r="Q849" s="2"/>
       <c r="S849" s="2"/>
       <c r="U849" s="2"/>
       <c r="W849" s="2"/>
       <c r="DB849" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
     </row>
     <row r="850" spans="1:108">
       <c r="E850" s="2"/>
       <c r="I850" s="2"/>
       <c r="K850" s="2"/>
       <c r="M850" s="2"/>
       <c r="O850" s="2"/>
       <c r="Q850" s="2"/>
       <c r="S850" s="2"/>
       <c r="U850" s="2"/>
       <c r="W850" s="2"/>
       <c r="DB850" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
     </row>
     <row r="851" spans="1:108">
       <c r="E851" s="2"/>
       <c r="I851" s="2"/>
       <c r="K851" s="2"/>
       <c r="M851" s="2"/>
       <c r="O851" s="2"/>
       <c r="Q851" s="2"/>
       <c r="S851" s="2"/>
       <c r="U851" s="2"/>
       <c r="W851" s="2"/>
       <c r="DB851" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
     </row>
     <row r="852" spans="1:108">
       <c r="E852" s="2"/>
       <c r="I852" s="2"/>
       <c r="K852" s="2"/>
       <c r="M852" s="2"/>
       <c r="O852" s="2"/>
       <c r="Q852" s="2"/>
       <c r="S852" s="2"/>
       <c r="U852" s="2"/>
       <c r="W852" s="2"/>
       <c r="DB852" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
     </row>
     <row r="853" spans="1:108">
       <c r="E853" s="2"/>
       <c r="I853" s="2"/>
       <c r="K853" s="2"/>
       <c r="M853" s="2"/>
       <c r="O853" s="2"/>
       <c r="Q853" s="2"/>
       <c r="S853" s="2"/>
       <c r="U853" s="2"/>
       <c r="W853" s="2"/>
       <c r="DB853" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
     </row>
     <row r="854" spans="1:108">
       <c r="E854" s="2"/>
       <c r="I854" s="2"/>
       <c r="K854" s="2"/>
       <c r="M854" s="2"/>
       <c r="O854" s="2"/>
       <c r="Q854" s="2"/>
       <c r="S854" s="2"/>
       <c r="U854" s="2"/>
       <c r="W854" s="2"/>
       <c r="DB854" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="855" spans="1:108">
       <c r="E855" s="2"/>
       <c r="I855" s="2"/>
       <c r="K855" s="2"/>
       <c r="M855" s="2"/>
       <c r="O855" s="2"/>
       <c r="Q855" s="2"/>
       <c r="S855" s="2"/>
       <c r="U855" s="2"/>
       <c r="W855" s="2"/>
       <c r="DB855" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
     </row>
     <row r="856" spans="1:108">
       <c r="E856" s="2"/>
       <c r="I856" s="2"/>
       <c r="K856" s="2"/>
       <c r="M856" s="2"/>
       <c r="O856" s="2"/>
       <c r="Q856" s="2"/>
       <c r="S856" s="2"/>
       <c r="U856" s="2"/>
       <c r="W856" s="2"/>
       <c r="DB856" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
     </row>
     <row r="857" spans="1:108">
       <c r="E857" s="2"/>
       <c r="I857" s="2"/>
       <c r="K857" s="2"/>
       <c r="M857" s="2"/>
       <c r="O857" s="2"/>
       <c r="Q857" s="2"/>
       <c r="S857" s="2"/>
       <c r="U857" s="2"/>
       <c r="W857" s="2"/>
       <c r="DB857" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
     </row>
     <row r="858" spans="1:108">
       <c r="E858" s="2"/>
       <c r="I858" s="2"/>
       <c r="K858" s="2"/>
       <c r="M858" s="2"/>
       <c r="O858" s="2"/>
       <c r="Q858" s="2"/>
       <c r="S858" s="2"/>
       <c r="U858" s="2"/>
       <c r="W858" s="2"/>
       <c r="DB858" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
     </row>
     <row r="859" spans="1:108">
       <c r="E859" s="2"/>
       <c r="I859" s="2"/>
       <c r="K859" s="2"/>
       <c r="M859" s="2"/>
       <c r="O859" s="2"/>
       <c r="Q859" s="2"/>
       <c r="S859" s="2"/>
       <c r="U859" s="2"/>
       <c r="W859" s="2"/>
       <c r="DB859" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
     </row>
     <row r="860" spans="1:108">
       <c r="E860" s="2"/>
       <c r="I860" s="2"/>
       <c r="K860" s="2"/>
       <c r="M860" s="2"/>
       <c r="O860" s="2"/>
       <c r="Q860" s="2"/>
       <c r="S860" s="2"/>
       <c r="U860" s="2"/>
       <c r="W860" s="2"/>
       <c r="DB860" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
     </row>
     <row r="861" spans="1:108">
       <c r="E861" s="2"/>
       <c r="I861" s="2"/>
       <c r="K861" s="2"/>
       <c r="M861" s="2"/>
       <c r="O861" s="2"/>
       <c r="Q861" s="2"/>
       <c r="S861" s="2"/>
       <c r="U861" s="2"/>
       <c r="W861" s="2"/>
       <c r="DB861" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
     </row>
     <row r="862" spans="1:108">
       <c r="E862" s="2"/>
       <c r="I862" s="2"/>
       <c r="K862" s="2"/>
       <c r="M862" s="2"/>
       <c r="O862" s="2"/>
       <c r="Q862" s="2"/>
       <c r="S862" s="2"/>
       <c r="U862" s="2"/>
       <c r="W862" s="2"/>
       <c r="DB862" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
     </row>
     <row r="863" spans="1:108">
       <c r="E863" s="2"/>
       <c r="I863" s="2"/>
       <c r="K863" s="2"/>
       <c r="M863" s="2"/>
       <c r="O863" s="2"/>
       <c r="Q863" s="2"/>
       <c r="S863" s="2"/>
       <c r="U863" s="2"/>
       <c r="W863" s="2"/>
       <c r="DB863" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
     </row>
     <row r="864" spans="1:108">
       <c r="E864" s="2"/>
       <c r="I864" s="2"/>
       <c r="K864" s="2"/>
       <c r="M864" s="2"/>
       <c r="O864" s="2"/>
       <c r="Q864" s="2"/>
       <c r="S864" s="2"/>
       <c r="U864" s="2"/>
       <c r="W864" s="2"/>
       <c r="DB864" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
     </row>
     <row r="865" spans="1:108">
       <c r="E865" s="2"/>
       <c r="I865" s="2"/>
       <c r="K865" s="2"/>
       <c r="M865" s="2"/>
       <c r="O865" s="2"/>
       <c r="Q865" s="2"/>
       <c r="S865" s="2"/>
       <c r="U865" s="2"/>
       <c r="W865" s="2"/>
       <c r="DB865" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
     </row>
     <row r="866" spans="1:108">
       <c r="E866" s="2"/>
       <c r="I866" s="2"/>
       <c r="K866" s="2"/>
       <c r="M866" s="2"/>
       <c r="O866" s="2"/>
       <c r="Q866" s="2"/>
       <c r="S866" s="2"/>
       <c r="U866" s="2"/>
       <c r="W866" s="2"/>
       <c r="DB866" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="867" spans="1:108">
       <c r="E867" s="2"/>
       <c r="I867" s="2"/>
       <c r="K867" s="2"/>
       <c r="M867" s="2"/>
       <c r="O867" s="2"/>
       <c r="Q867" s="2"/>
       <c r="S867" s="2"/>
       <c r="U867" s="2"/>
@@ -22162,206 +22351,206 @@
         <v>1174</v>
       </c>
     </row>
     <row r="1112" spans="1:108">
       <c r="DB1112" t="s">
         <v>1175</v>
       </c>
     </row>
     <row r="1113" spans="1:108">
       <c r="DB1113" t="s">
         <v>1176</v>
       </c>
     </row>
     <row r="1114" spans="1:108">
       <c r="DB1114" t="s">
         <v>1177</v>
       </c>
     </row>
     <row r="1115" spans="1:108">
       <c r="DB1115" t="s">
         <v>1178</v>
       </c>
     </row>
     <row r="1116" spans="1:108">
       <c r="DB1116" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="1117" spans="1:108">
       <c r="DB1117" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="1118" spans="1:108">
       <c r="DB1118" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="1119" spans="1:108">
       <c r="DB1119" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="1120" spans="1:108">
       <c r="DB1120" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="1121" spans="1:108">
       <c r="DB1121" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="1122" spans="1:108">
       <c r="DB1122" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1123" spans="1:108">
       <c r="DB1123" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="1124" spans="1:108">
       <c r="DB1124" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="1125" spans="1:108">
       <c r="DB1125" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="1126" spans="1:108">
       <c r="DB1126" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="1127" spans="1:108">
       <c r="DB1127" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="1128" spans="1:108">
       <c r="DB1128" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="1129" spans="1:108">
       <c r="DB1129" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="1130" spans="1:108">
       <c r="DB1130" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="1131" spans="1:108">
       <c r="DB1131" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="1132" spans="1:108">
       <c r="DB1132" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="1133" spans="1:108">
       <c r="DB1133" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="1134" spans="1:108">
       <c r="DB1134" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="1135" spans="1:108">
       <c r="DB1135" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="1136" spans="1:108">
       <c r="DB1136" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="1137" spans="1:108">
       <c r="DB1137" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1138" spans="1:108">
       <c r="DB1138" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="1139" spans="1:108">
       <c r="DB1139" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="1140" spans="1:108">
       <c r="DB1140" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="1141" spans="1:108">
       <c r="DB1141" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="1142" spans="1:108">
       <c r="DB1142" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="1143" spans="1:108">
       <c r="DB1143" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="1144" spans="1:108">
       <c r="DB1144" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="1145" spans="1:108">
       <c r="DB1145" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="1146" spans="1:108">
       <c r="DB1146" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="1147" spans="1:108">
       <c r="DB1147" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="1148" spans="1:108">
       <c r="DB1148" t="s">
         <v>1209</v>
       </c>
     </row>
     <row r="1149" spans="1:108">
       <c r="DB1149" t="s">
         <v>1210</v>
       </c>
     </row>
     <row r="1150" spans="1:108">
       <c r="DB1150" t="s">
         <v>1211</v>
       </c>
     </row>
     <row r="1151" spans="1:108">
       <c r="DB1151" t="s">
         <v>1212</v>
       </c>
     </row>
     <row r="1152" spans="1:108">
       <c r="DB1152" t="s">
         <v>1213</v>
@@ -23827,546 +24016,546 @@
         <v>1505</v>
       </c>
     </row>
     <row r="1445" spans="1:108">
       <c r="DB1445" t="s">
         <v>1506</v>
       </c>
     </row>
     <row r="1446" spans="1:108">
       <c r="DB1446" t="s">
         <v>1507</v>
       </c>
     </row>
     <row r="1447" spans="1:108">
       <c r="DB1447" t="s">
         <v>1508</v>
       </c>
     </row>
     <row r="1448" spans="1:108">
       <c r="DB1448" t="s">
         <v>1509</v>
       </c>
     </row>
     <row r="1449" spans="1:108">
       <c r="DB1449" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="1450" spans="1:108">
       <c r="DB1450" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="1451" spans="1:108">
       <c r="DB1451" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="1452" spans="1:108">
       <c r="DB1452" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="1453" spans="1:108">
       <c r="DB1453" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="1454" spans="1:108">
       <c r="DB1454" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="1455" spans="1:108">
       <c r="DB1455" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="1456" spans="1:108">
       <c r="DB1456" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="1457" spans="1:108">
       <c r="DB1457" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="1458" spans="1:108">
       <c r="DB1458" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="1459" spans="1:108">
       <c r="DB1459" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="1460" spans="1:108">
       <c r="DB1460" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="1461" spans="1:108">
       <c r="DB1461" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="1462" spans="1:108">
       <c r="DB1462" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="1463" spans="1:108">
       <c r="DB1463" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="1464" spans="1:108">
       <c r="DB1464" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="1465" spans="1:108">
       <c r="DB1465" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="1466" spans="1:108">
       <c r="DB1466" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="1467" spans="1:108">
       <c r="DB1467" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="1468" spans="1:108">
       <c r="DB1468" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="1469" spans="1:108">
       <c r="DB1469" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="1470" spans="1:108">
       <c r="DB1470" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="1471" spans="1:108">
       <c r="DB1471" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="1472" spans="1:108">
       <c r="DB1472" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="1473" spans="1:108">
       <c r="DB1473" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="1474" spans="1:108">
       <c r="DB1474" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="1475" spans="1:108">
       <c r="DB1475" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="1476" spans="1:108">
       <c r="DB1476" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="1477" spans="1:108">
       <c r="DB1477" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="1478" spans="1:108">
       <c r="DB1478" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="1479" spans="1:108">
       <c r="DB1479" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="1480" spans="1:108">
       <c r="DB1480" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="1481" spans="1:108">
       <c r="DB1481" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="1482" spans="1:108">
       <c r="DB1482" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="1483" spans="1:108">
       <c r="DB1483" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="1484" spans="1:108">
       <c r="DB1484" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="1485" spans="1:108">
       <c r="DB1485" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="1486" spans="1:108">
       <c r="DB1486" t="s">
         <v>1546</v>
       </c>
     </row>
     <row r="1487" spans="1:108">
       <c r="DB1487" t="s">
         <v>1547</v>
       </c>
     </row>
     <row r="1488" spans="1:108">
       <c r="DB1488" t="s">
         <v>1548</v>
       </c>
     </row>
     <row r="1489" spans="1:108">
       <c r="DB1489" t="s">
         <v>1549</v>
       </c>
     </row>
     <row r="1490" spans="1:108">
       <c r="DB1490" t="s">
         <v>1550</v>
       </c>
     </row>
     <row r="1491" spans="1:108">
       <c r="DB1491" t="s">
         <v>1551</v>
       </c>
     </row>
     <row r="1492" spans="1:108">
       <c r="DB1492" t="s">
         <v>1552</v>
       </c>
     </row>
     <row r="1493" spans="1:108">
       <c r="DB1493" t="s">
         <v>1553</v>
       </c>
     </row>
     <row r="1494" spans="1:108">
       <c r="DB1494" t="s">
         <v>1554</v>
       </c>
     </row>
     <row r="1495" spans="1:108">
       <c r="DB1495" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="1496" spans="1:108">
       <c r="DB1496" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="1497" spans="1:108">
       <c r="DB1497" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="1498" spans="1:108">
       <c r="DB1498" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="1499" spans="1:108">
       <c r="DB1499" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="1500" spans="1:108">
       <c r="DB1500" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="1501" spans="1:108">
       <c r="DB1501" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="1502" spans="1:108">
       <c r="DB1502" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="1503" spans="1:108">
       <c r="DB1503" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="1504" spans="1:108">
       <c r="DB1504" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="1505" spans="1:108">
       <c r="DB1505" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="1506" spans="1:108">
       <c r="DB1506" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="1507" spans="1:108">
       <c r="DB1507" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="1508" spans="1:108">
       <c r="DB1508" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="1509" spans="1:108">
       <c r="DB1509" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="1510" spans="1:108">
       <c r="DB1510" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="1511" spans="1:108">
       <c r="DB1511" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="1512" spans="1:108">
       <c r="DB1512" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="1513" spans="1:108">
       <c r="DB1513" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="1514" spans="1:108">
       <c r="DB1514" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="1515" spans="1:108">
       <c r="DB1515" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="1516" spans="1:108">
       <c r="DB1516" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="1517" spans="1:108">
       <c r="DB1517" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="1518" spans="1:108">
       <c r="DB1518" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="1519" spans="1:108">
       <c r="DB1519" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="1520" spans="1:108">
       <c r="DB1520" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="1521" spans="1:108">
       <c r="DB1521" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="1522" spans="1:108">
       <c r="DB1522" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="1523" spans="1:108">
       <c r="DB1523" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="1524" spans="1:108">
       <c r="DB1524" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="1525" spans="1:108">
       <c r="DB1525" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="1526" spans="1:108">
       <c r="DB1526" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="1527" spans="1:108">
       <c r="DB1527" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="1528" spans="1:108">
       <c r="DB1528" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="1529" spans="1:108">
       <c r="DB1529" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="1530" spans="1:108">
       <c r="DB1530" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="1531" spans="1:108">
       <c r="DB1531" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="1532" spans="1:108">
       <c r="DB1532" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="1533" spans="1:108">
       <c r="DB1533" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="1534" spans="1:108">
       <c r="DB1534" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="1535" spans="1:108">
       <c r="DB1535" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="1536" spans="1:108">
       <c r="DB1536" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="1537" spans="1:108">
       <c r="DB1537" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="1538" spans="1:108">
       <c r="DB1538" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="1539" spans="1:108">
       <c r="DB1539" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="1540" spans="1:108">
       <c r="DB1540" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="1541" spans="1:108">
       <c r="DB1541" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="1542" spans="1:108">
       <c r="DB1542" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="1543" spans="1:108">
       <c r="DB1543" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="1544" spans="1:108">
       <c r="DB1544" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="1545" spans="1:108">
       <c r="DB1545" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="1546" spans="1:108">
       <c r="DB1546" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="1547" spans="1:108">
       <c r="DB1547" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="1548" spans="1:108">
       <c r="DB1548" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="1549" spans="1:108">
       <c r="DB1549" t="s">
         <v>1607</v>
       </c>
     </row>
     <row r="1550" spans="1:108">
       <c r="DB1550" t="s">
         <v>1608</v>
       </c>
     </row>
     <row r="1551" spans="1:108">
       <c r="DB1551" t="s">
         <v>1609</v>
       </c>
     </row>
     <row r="1552" spans="1:108">
       <c r="DB1552" t="s">
         <v>1610</v>
       </c>
     </row>
     <row r="1553" spans="1:108">
       <c r="DB1553" t="s">
         <v>1611</v>
@@ -24692,261 +24881,261 @@
         <v>1675</v>
       </c>
     </row>
     <row r="1618" spans="1:108">
       <c r="DB1618" t="s">
         <v>1676</v>
       </c>
     </row>
     <row r="1619" spans="1:108">
       <c r="DB1619" t="s">
         <v>1677</v>
       </c>
     </row>
     <row r="1620" spans="1:108">
       <c r="DB1620" t="s">
         <v>1678</v>
       </c>
     </row>
     <row r="1621" spans="1:108">
       <c r="DB1621" t="s">
         <v>1679</v>
       </c>
     </row>
     <row r="1622" spans="1:108">
       <c r="DB1622" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="1623" spans="1:108">
       <c r="DB1623" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="1624" spans="1:108">
       <c r="DB1624" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="1625" spans="1:108">
       <c r="DB1625" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="1626" spans="1:108">
       <c r="DB1626" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="1627" spans="1:108">
       <c r="DB1627" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="1628" spans="1:108">
       <c r="DB1628" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="1629" spans="1:108">
       <c r="DB1629" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="1630" spans="1:108">
       <c r="DB1630" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="1631" spans="1:108">
       <c r="DB1631" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="1632" spans="1:108">
       <c r="DB1632" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="1633" spans="1:108">
       <c r="DB1633" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="1634" spans="1:108">
       <c r="DB1634" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="1635" spans="1:108">
       <c r="DB1635" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="1636" spans="1:108">
       <c r="DB1636" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="1637" spans="1:108">
       <c r="DB1637" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="1638" spans="1:108">
       <c r="DB1638" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="1639" spans="1:108">
       <c r="DB1639" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="1640" spans="1:108">
       <c r="DB1640" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="1641" spans="1:108">
       <c r="DB1641" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="1642" spans="1:108">
       <c r="DB1642" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="1643" spans="1:108">
       <c r="DB1643" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="1644" spans="1:108">
       <c r="DB1644" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="1645" spans="1:108">
       <c r="DB1645" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="1646" spans="1:108">
       <c r="DB1646" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="1647" spans="1:108">
       <c r="DB1647" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="1648" spans="1:108">
       <c r="DB1648" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="1649" spans="1:108">
       <c r="DB1649" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="1650" spans="1:108">
       <c r="DB1650" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="1651" spans="1:108">
       <c r="DB1651" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="1652" spans="1:108">
       <c r="DB1652" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="1653" spans="1:108">
       <c r="DB1653" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="1654" spans="1:108">
       <c r="DB1654" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="1655" spans="1:108">
       <c r="DB1655" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="1656" spans="1:108">
       <c r="DB1656" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="1657" spans="1:108">
       <c r="DB1657" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="1658" spans="1:108">
       <c r="DB1658" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="1659" spans="1:108">
       <c r="DB1659" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="1660" spans="1:108">
       <c r="DB1660" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="1661" spans="1:108">
       <c r="DB1661" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="1662" spans="1:108">
       <c r="DB1662" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="1663" spans="1:108">
       <c r="DB1663" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="1664" spans="1:108">
       <c r="DB1664" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="1665" spans="1:108">
       <c r="DB1665" t="s">
         <v>1722</v>
       </c>
     </row>
     <row r="1666" spans="1:108">
       <c r="DB1666" t="s">
         <v>1723</v>
       </c>
     </row>
     <row r="1667" spans="1:108">
       <c r="DB1667" t="s">
         <v>1724</v>
       </c>
     </row>
     <row r="1668" spans="1:108">
       <c r="DB1668" t="s">
         <v>1725</v>
       </c>
     </row>
     <row r="1669" spans="1:108">
       <c r="DB1669" t="s">
         <v>1726</v>
@@ -25102,271 +25291,271 @@
         <v>1756</v>
       </c>
     </row>
     <row r="1700" spans="1:108">
       <c r="DB1700" t="s">
         <v>1757</v>
       </c>
     </row>
     <row r="1701" spans="1:108">
       <c r="DB1701" t="s">
         <v>1758</v>
       </c>
     </row>
     <row r="1702" spans="1:108">
       <c r="DB1702" t="s">
         <v>1759</v>
       </c>
     </row>
     <row r="1703" spans="1:108">
       <c r="DB1703" t="s">
         <v>1760</v>
       </c>
     </row>
     <row r="1704" spans="1:108">
       <c r="DB1704" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="1705" spans="1:108">
       <c r="DB1705" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="1706" spans="1:108">
       <c r="DB1706" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="1707" spans="1:108">
       <c r="DB1707" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="1708" spans="1:108">
       <c r="DB1708" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="1709" spans="1:108">
       <c r="DB1709" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="1710" spans="1:108">
       <c r="DB1710" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="1711" spans="1:108">
       <c r="DB1711" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="1712" spans="1:108">
       <c r="DB1712" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="1713" spans="1:108">
       <c r="DB1713" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="1714" spans="1:108">
       <c r="DB1714" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="1715" spans="1:108">
       <c r="DB1715" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="1716" spans="1:108">
       <c r="DB1716" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="1717" spans="1:108">
       <c r="DB1717" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="1718" spans="1:108">
       <c r="DB1718" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="1719" spans="1:108">
       <c r="DB1719" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="1720" spans="1:108">
       <c r="DB1720" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="1721" spans="1:108">
       <c r="DB1721" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="1722" spans="1:108">
       <c r="DB1722" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="1723" spans="1:108">
       <c r="DB1723" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="1724" spans="1:108">
       <c r="DB1724" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="1725" spans="1:108">
       <c r="DB1725" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="1726" spans="1:108">
       <c r="DB1726" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="1727" spans="1:108">
       <c r="DB1727" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="1728" spans="1:108">
       <c r="DB1728" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="1729" spans="1:108">
       <c r="DB1729" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="1730" spans="1:108">
       <c r="DB1730" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="1731" spans="1:108">
       <c r="DB1731" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1732" spans="1:108">
       <c r="DB1732" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="1733" spans="1:108">
       <c r="DB1733" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="1734" spans="1:108">
       <c r="DB1734" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="1735" spans="1:108">
       <c r="DB1735" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="1736" spans="1:108">
       <c r="DB1736" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="1737" spans="1:108">
       <c r="DB1737" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="1738" spans="1:108">
       <c r="DB1738" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="1739" spans="1:108">
       <c r="DB1739" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="1740" spans="1:108">
       <c r="DB1740" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="1741" spans="1:108">
       <c r="DB1741" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="1742" spans="1:108">
       <c r="DB1742" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="1743" spans="1:108">
       <c r="DB1743" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="1744" spans="1:108">
       <c r="DB1744" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="1745" spans="1:108">
       <c r="DB1745" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="1746" spans="1:108">
       <c r="DB1746" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="1747" spans="1:108">
       <c r="DB1747" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="1748" spans="1:108">
       <c r="DB1748" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="1749" spans="1:108">
       <c r="DB1749" t="s">
         <v>1805</v>
       </c>
     </row>
     <row r="1750" spans="1:108">
       <c r="DB1750" t="s">
         <v>1806</v>
       </c>
     </row>
     <row r="1751" spans="1:108">
       <c r="DB1751" t="s">
         <v>1807</v>
       </c>
     </row>
     <row r="1752" spans="1:108">
       <c r="DB1752" t="s">
         <v>1808</v>
       </c>
     </row>
     <row r="1753" spans="1:108">
       <c r="DB1753" t="s">
         <v>1809</v>
@@ -27613,64 +27802,379 @@
       </c>
     </row>
     <row r="2202" spans="1:108">
       <c r="DB2202" t="s">
         <v>2258</v>
       </c>
     </row>
     <row r="2203" spans="1:108">
       <c r="DB2203" t="s">
         <v>2259</v>
       </c>
     </row>
     <row r="2204" spans="1:108">
       <c r="DB2204" t="s">
         <v>2260</v>
       </c>
     </row>
     <row r="2205" spans="1:108">
       <c r="DB2205" t="s">
         <v>2261</v>
       </c>
     </row>
     <row r="2206" spans="1:108">
       <c r="DB2206" t="s">
         <v>2262</v>
+      </c>
+    </row>
+    <row r="2207" spans="1:108">
+      <c r="DB2207" t="s">
+        <v>2263</v>
+      </c>
+    </row>
+    <row r="2208" spans="1:108">
+      <c r="DB2208" t="s">
+        <v>2264</v>
+      </c>
+    </row>
+    <row r="2209" spans="1:108">
+      <c r="DB2209" t="s">
+        <v>2265</v>
+      </c>
+    </row>
+    <row r="2210" spans="1:108">
+      <c r="DB2210" t="s">
+        <v>2266</v>
+      </c>
+    </row>
+    <row r="2211" spans="1:108">
+      <c r="DB2211" t="s">
+        <v>2267</v>
+      </c>
+    </row>
+    <row r="2212" spans="1:108">
+      <c r="DB2212" t="s">
+        <v>2268</v>
+      </c>
+    </row>
+    <row r="2213" spans="1:108">
+      <c r="DB2213" t="s">
+        <v>2269</v>
+      </c>
+    </row>
+    <row r="2214" spans="1:108">
+      <c r="DB2214" t="s">
+        <v>2270</v>
+      </c>
+    </row>
+    <row r="2215" spans="1:108">
+      <c r="DB2215" t="s">
+        <v>2271</v>
+      </c>
+    </row>
+    <row r="2216" spans="1:108">
+      <c r="DB2216" t="s">
+        <v>2272</v>
+      </c>
+    </row>
+    <row r="2217" spans="1:108">
+      <c r="DB2217" t="s">
+        <v>2273</v>
+      </c>
+    </row>
+    <row r="2218" spans="1:108">
+      <c r="DB2218" t="s">
+        <v>2274</v>
+      </c>
+    </row>
+    <row r="2219" spans="1:108">
+      <c r="DB2219" t="s">
+        <v>2275</v>
+      </c>
+    </row>
+    <row r="2220" spans="1:108">
+      <c r="DB2220" t="s">
+        <v>2276</v>
+      </c>
+    </row>
+    <row r="2221" spans="1:108">
+      <c r="DB2221" t="s">
+        <v>2277</v>
+      </c>
+    </row>
+    <row r="2222" spans="1:108">
+      <c r="DB2222" t="s">
+        <v>2278</v>
+      </c>
+    </row>
+    <row r="2223" spans="1:108">
+      <c r="DB2223" t="s">
+        <v>2279</v>
+      </c>
+    </row>
+    <row r="2224" spans="1:108">
+      <c r="DB2224" t="s">
+        <v>2280</v>
+      </c>
+    </row>
+    <row r="2225" spans="1:108">
+      <c r="DB2225" t="s">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="2226" spans="1:108">
+      <c r="DB2226" t="s">
+        <v>2282</v>
+      </c>
+    </row>
+    <row r="2227" spans="1:108">
+      <c r="DB2227" t="s">
+        <v>2283</v>
+      </c>
+    </row>
+    <row r="2228" spans="1:108">
+      <c r="DB2228" t="s">
+        <v>2284</v>
+      </c>
+    </row>
+    <row r="2229" spans="1:108">
+      <c r="DB2229" t="s">
+        <v>2285</v>
+      </c>
+    </row>
+    <row r="2230" spans="1:108">
+      <c r="DB2230" t="s">
+        <v>2286</v>
+      </c>
+    </row>
+    <row r="2231" spans="1:108">
+      <c r="DB2231" t="s">
+        <v>2287</v>
+      </c>
+    </row>
+    <row r="2232" spans="1:108">
+      <c r="DB2232" t="s">
+        <v>2288</v>
+      </c>
+    </row>
+    <row r="2233" spans="1:108">
+      <c r="DB2233" t="s">
+        <v>2289</v>
+      </c>
+    </row>
+    <row r="2234" spans="1:108">
+      <c r="DB2234" t="s">
+        <v>2290</v>
+      </c>
+    </row>
+    <row r="2235" spans="1:108">
+      <c r="DB2235" t="s">
+        <v>2291</v>
+      </c>
+    </row>
+    <row r="2236" spans="1:108">
+      <c r="DB2236" t="s">
+        <v>2292</v>
+      </c>
+    </row>
+    <row r="2237" spans="1:108">
+      <c r="DB2237" t="s">
+        <v>2293</v>
+      </c>
+    </row>
+    <row r="2238" spans="1:108">
+      <c r="DB2238" t="s">
+        <v>2294</v>
+      </c>
+    </row>
+    <row r="2239" spans="1:108">
+      <c r="DB2239" t="s">
+        <v>2295</v>
+      </c>
+    </row>
+    <row r="2240" spans="1:108">
+      <c r="DB2240" t="s">
+        <v>2296</v>
+      </c>
+    </row>
+    <row r="2241" spans="1:108">
+      <c r="DB2241" t="s">
+        <v>2297</v>
+      </c>
+    </row>
+    <row r="2242" spans="1:108">
+      <c r="DB2242" t="s">
+        <v>2298</v>
+      </c>
+    </row>
+    <row r="2243" spans="1:108">
+      <c r="DB2243" t="s">
+        <v>2299</v>
+      </c>
+    </row>
+    <row r="2244" spans="1:108">
+      <c r="DB2244" t="s">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="2245" spans="1:108">
+      <c r="DB2245" t="s">
+        <v>2301</v>
+      </c>
+    </row>
+    <row r="2246" spans="1:108">
+      <c r="DB2246" t="s">
+        <v>2302</v>
+      </c>
+    </row>
+    <row r="2247" spans="1:108">
+      <c r="DB2247" t="s">
+        <v>2303</v>
+      </c>
+    </row>
+    <row r="2248" spans="1:108">
+      <c r="DB2248" t="s">
+        <v>2304</v>
+      </c>
+    </row>
+    <row r="2249" spans="1:108">
+      <c r="DB2249" t="s">
+        <v>2305</v>
+      </c>
+    </row>
+    <row r="2250" spans="1:108">
+      <c r="DB2250" t="s">
+        <v>2306</v>
+      </c>
+    </row>
+    <row r="2251" spans="1:108">
+      <c r="DB2251" t="s">
+        <v>2307</v>
+      </c>
+    </row>
+    <row r="2252" spans="1:108">
+      <c r="DB2252" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="2253" spans="1:108">
+      <c r="DB2253" t="s">
+        <v>2309</v>
+      </c>
+    </row>
+    <row r="2254" spans="1:108">
+      <c r="DB2254" t="s">
+        <v>2310</v>
+      </c>
+    </row>
+    <row r="2255" spans="1:108">
+      <c r="DB2255" t="s">
+        <v>2311</v>
+      </c>
+    </row>
+    <row r="2256" spans="1:108">
+      <c r="DB2256" t="s">
+        <v>2312</v>
+      </c>
+    </row>
+    <row r="2257" spans="1:108">
+      <c r="DB2257" t="s">
+        <v>2313</v>
+      </c>
+    </row>
+    <row r="2258" spans="1:108">
+      <c r="DB2258" t="s">
+        <v>2314</v>
+      </c>
+    </row>
+    <row r="2259" spans="1:108">
+      <c r="DB2259" t="s">
+        <v>2315</v>
+      </c>
+    </row>
+    <row r="2260" spans="1:108">
+      <c r="DB2260" t="s">
+        <v>2316</v>
+      </c>
+    </row>
+    <row r="2261" spans="1:108">
+      <c r="DB2261" t="s">
+        <v>2317</v>
+      </c>
+    </row>
+    <row r="2262" spans="1:108">
+      <c r="DB2262" t="s">
+        <v>2318</v>
+      </c>
+    </row>
+    <row r="2263" spans="1:108">
+      <c r="DB2263" t="s">
+        <v>2319</v>
+      </c>
+    </row>
+    <row r="2264" spans="1:108">
+      <c r="DB2264" t="s">
+        <v>2320</v>
+      </c>
+    </row>
+    <row r="2265" spans="1:108">
+      <c r="DB2265" t="s">
+        <v>2321</v>
+      </c>
+    </row>
+    <row r="2266" spans="1:108">
+      <c r="DB2266" t="s">
+        <v>2322</v>
+      </c>
+    </row>
+    <row r="2267" spans="1:108">
+      <c r="DB2267" t="s">
+        <v>2323</v>
+      </c>
+    </row>
+    <row r="2268" spans="1:108">
+      <c r="DB2268" t="s">
+        <v>2324</v>
+      </c>
+    </row>
+    <row r="2269" spans="1:108">
+      <c r="DB2269" t="s">
+        <v>2325</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="11">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="D5:D1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
-      <formula1>'Worksheet'!$DB$1:$DB$2206</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$2269</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="G5:G1000">
       <formula1>'Worksheet'!$DC$1:$DC$4</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="H5:H1000">
       <formula1>'Worksheet'!$DD$1:$DD$15</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="J5:J1000">
       <formula1>'Worksheet'!$DD$1:$DD$15</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="L5:L1000">
       <formula1>'Worksheet'!$DD$1:$DD$15</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
       <formula1>'Worksheet'!$DD$1:$DD$15</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="P5:P1000">
       <formula1>'Worksheet'!$DD$1:$DD$15</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="R5:R1000">
       <formula1>'Worksheet'!$DD$1:$DD$15</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="T5:T1000">
       <formula1>'Worksheet'!$DD$1:$DD$15</formula1>
     </dataValidation>