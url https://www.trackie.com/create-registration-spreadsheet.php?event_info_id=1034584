--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -9,92 +9,86 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>1034584:typeValue:102</t>
   </si>
   <si>
     <t>1034584:typeValue:103</t>
   </si>
   <si>
     <t>1034584:typeValue:0:396695</t>
   </si>
   <si>
     <t>1034584:typeValue:0:396696</t>
   </si>
   <si>
-    <t>1034584:typeValue:0:396697</t>
-[...4 lines deleted...]
-  <si>
     <t>1034584:typeValue:0:396699</t>
   </si>
   <si>
-    <t>1034584:typeValue:0:396700</t>
-[...1 lines deleted...]
-  <si>
     <t>Event Registration - 53rd Annual HHS Symposium</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>What is your email adress</t>
   </si>
   <si>
     <t>Any dietary restrictions? Just write N/A if not applicable</t>
+  </si>
+  <si>
+    <t>If you are NOT affiliated with the University of Guelph, please  add your email again below and indicate your company/title (if applicable)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
@@ -444,90 +438,78 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CZ4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="69" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="31" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="8" max="8" width="69" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="165" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:104" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:104" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
-      <c r="F2" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="3" spans="1:104">
       <c r="A3" s="2" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
       <c r="S3" s="2"/>
       <c r="T3" s="2"/>
       <c r="U3" s="2"/>
       <c r="V3" s="2"/>
       <c r="W3" s="2"/>
       <c r="X3" s="2"/>
       <c r="Y3" s="2"/>
@@ -591,73 +573,67 @@
       <c r="CE3" s="2"/>
       <c r="CF3" s="2"/>
       <c r="CG3" s="2"/>
       <c r="CH3" s="2"/>
       <c r="CI3" s="2"/>
       <c r="CJ3" s="2"/>
       <c r="CK3" s="2"/>
       <c r="CL3" s="2"/>
       <c r="CM3" s="2"/>
       <c r="CN3" s="2"/>
       <c r="CO3" s="2"/>
       <c r="CP3" s="2"/>
       <c r="CQ3" s="2"/>
       <c r="CR3" s="2"/>
       <c r="CS3" s="2"/>
       <c r="CT3" s="2"/>
       <c r="CU3" s="2"/>
       <c r="CV3" s="2"/>
       <c r="CW3" s="2"/>
       <c r="CX3" s="2"/>
       <c r="CY3" s="2"/>
       <c r="CZ3" s="2"/>
     </row>
     <row r="4" spans="1:104">
       <c r="A4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="E4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="3" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="F4" s="3"/>
+      <c r="G4" s="3"/>
+      <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
       <c r="L4" s="3"/>
       <c r="M4" s="3"/>
       <c r="N4" s="3"/>
       <c r="O4" s="3"/>
       <c r="P4" s="3"/>
       <c r="Q4" s="3"/>
       <c r="R4" s="3"/>
       <c r="S4" s="3"/>
       <c r="T4" s="3"/>
       <c r="U4" s="3"/>
       <c r="V4" s="3"/>
       <c r="W4" s="3"/>
       <c r="X4" s="3"/>
       <c r="Y4" s="3"/>
       <c r="Z4" s="3"/>
       <c r="AA4" s="3"/>
       <c r="AB4" s="3"/>
       <c r="AC4" s="3"/>
       <c r="AD4" s="3"/>
       <c r="AE4" s="3"/>
       <c r="AF4" s="3"/>
       <c r="AG4" s="3"/>