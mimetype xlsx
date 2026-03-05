--- v0 (2026-01-19)
+++ v1 (2026-03-05)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Aurora/Richmond Hill</t>
   </si>
   <si>
     <t>Team Bus</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>Athlete room</t>
   </si>
   <si>
     <t>1034913:typeValue:102</t>
   </si>
   <si>
@@ -116,123 +116,120 @@
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Brampton</t>
   </si>
   <si>
     <t>Person Vehicle</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Family room</t>
   </si>
   <si>
     <t>Event Registration - Flying Angels New York Trip</t>
   </si>
   <si>
     <t>Etobicoke</t>
   </si>
   <si>
-    <t>Airplane</t>
+    <t>Unsure</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>none</t>
   </si>
   <si>
     <t>Athlete First Name</t>
   </si>
   <si>
     <t>Athlete Last Name</t>
   </si>
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Date of Birth (YYYY-MM-DD)</t>
   </si>
   <si>
     <t>Canadian Citizen</t>
   </si>
   <si>
     <t>Primary Training Location</t>
   </si>
   <si>
-    <t>How will you travel to Philadelphia?</t>
+    <t>How will you travel to New York?</t>
   </si>
   <si>
     <t>Number of bus seats required (put 0 if no seats are needed on the bus)</t>
   </si>
   <si>
     <t>Bus Traveler #1 Name</t>
   </si>
   <si>
     <t>Bus Traveler #2 Name</t>
   </si>
   <si>
     <t>Bus Traveler #3 Name</t>
   </si>
   <si>
     <t>Bus Traveler #4 Name</t>
   </si>
   <si>
     <t>Bus Traveler #5 Name</t>
   </si>
   <si>
     <t>Will you be staying at the Team Hotel?</t>
   </si>
   <si>
     <t>What type of room did you purchase? (if staying at the team hotel)</t>
   </si>
   <si>
     <t>Do you have the competition uniform kit (competition speed suit, DriFit top, and zippered tracksuit)?</t>
   </si>
   <si>
     <t>I am clicking this button to confirm that I am aware of my responsibility for the entry fee of $50 for this meet.</t>
   </si>
   <si>
-    <t>Please confirm that you understand there will be no refunds for canceling your bus seat, hotel room, and/or entry fees after June 26, 2025. I acknowledge that it is my responsibility to find a replacement for the trip and arrange for them to reimburse me directly, as the club will not provide any refunds or credits to my account if I am unable to attend the trip for any reason.</t>
+    <t>Please confirm that you understand there will be no refunds for canceling your bus seat, hotel room, and/or entry fees after March 7, 2026. I acknowledge that it is my responsibility to find a replacement for the trip and arrange for them to reimburse me directly, as the club will not provide any refunds or credits to my account if I am unable to attend the trip for any reason.</t>
   </si>
   <si>
     <t>Additional questions or comments</t>
   </si>
   <si>
     <t>Name of person completing this form</t>
   </si>
   <si>
     <t>Guelph</t>
-  </si>
-[...1 lines deleted...]
-    <t>Unsure</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Kingston</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Markham</t>
   </si>
   <si>
     <t>5 or more</t>
   </si>
   <si>
     <t>Milton</t>
   </si>
   <si>
     <t>Mississauga</t>
   </si>
   <si>
     <t>North York (York U)</t>
   </si>
@@ -641,51 +638,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:DJ1000"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="106" max="106" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="37" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="43" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="38" bestFit="true" customWidth="true" style="0"/>
     <col min="108" max="108" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="83" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="45" bestFit="true" customWidth="true" style="0"/>
     <col min="110" max="110" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="78" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="120" bestFit="true" customWidth="true" style="0"/>
     <col min="112" max="112" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="134" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="449" bestFit="true" customWidth="true" style="0"/>
     <col min="114" max="114" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="38" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:114" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -1059,161 +1056,158 @@
       <c r="CE4" s="4"/>
       <c r="CF4" s="4"/>
       <c r="CG4" s="4"/>
       <c r="CH4" s="4"/>
       <c r="CI4" s="4"/>
       <c r="CJ4" s="4"/>
       <c r="CK4" s="4"/>
       <c r="CL4" s="4"/>
       <c r="CM4" s="4"/>
       <c r="CN4" s="4"/>
       <c r="CO4" s="4"/>
       <c r="CP4" s="4"/>
       <c r="CQ4" s="4"/>
       <c r="CR4" s="4"/>
       <c r="CS4" s="4"/>
       <c r="CT4" s="4"/>
       <c r="CU4" s="4"/>
       <c r="CV4" s="4"/>
       <c r="CW4" s="4"/>
       <c r="CX4" s="4"/>
       <c r="CY4" s="4"/>
       <c r="CZ4" s="4"/>
       <c r="DC4" t="s">
         <v>58</v>
       </c>
-      <c r="DD4" t="s">
+      <c r="DE4" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="5" spans="1:114">
       <c r="C5"/>
       <c r="D5" s="2"/>
       <c r="E5"/>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5"/>
       <c r="Q5"/>
       <c r="R5"/>
       <c r="DC5" t="s">
+        <v>60</v>
+      </c>
+      <c r="DE5" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="6" spans="1:114">
       <c r="D6" s="2"/>
       <c r="DC6" t="s">
+        <v>62</v>
+      </c>
+      <c r="DE6" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:114">
       <c r="D7" s="2"/>
       <c r="DC7" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:114">
       <c r="D8" s="2"/>
       <c r="DC8" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="9" spans="1:114">
       <c r="D9" s="2"/>
       <c r="DC9" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="10" spans="1:114">
       <c r="D10" s="2"/>
       <c r="DC10" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="11" spans="1:114">
       <c r="D11" s="2"/>
       <c r="DC11" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:114">
       <c r="D12" s="2"/>
       <c r="DC12" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="13" spans="1:114">
       <c r="D13" s="2"/>
       <c r="DC13" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:114">
       <c r="D14" s="2"/>
       <c r="DC14" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:114">
       <c r="D15" s="2"/>
       <c r="DC15" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:114">
       <c r="D16" s="2"/>
       <c r="DC16" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:114">
       <c r="D17" s="2"/>
       <c r="DC17" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:114">
       <c r="D18" s="2"/>
       <c r="DC18" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="19" spans="1:114">
       <c r="D19" s="2"/>
       <c r="DC19" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:114">
       <c r="D20" s="2"/>
     </row>
     <row r="21" spans="1:114">
       <c r="D21" s="2"/>
     </row>
     <row r="22" spans="1:114">
       <c r="D22" s="2"/>
     </row>
     <row r="23" spans="1:114">
       <c r="D23" s="2"/>
     </row>
     <row r="24" spans="1:114">
       <c r="D24" s="2"/>
     </row>
     <row r="25" spans="1:114">
       <c r="D25" s="2"/>
     </row>
     <row r="26" spans="1:114">
       <c r="D26" s="2"/>
     </row>
     <row r="27" spans="1:114">
       <c r="D27" s="2"/>
@@ -4132,51 +4126,51 @@
       <c r="D998" s="2"/>
     </row>
     <row r="999" spans="1:114">
       <c r="D999" s="2"/>
     </row>
     <row r="1000" spans="1:114">
       <c r="D1000" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="10">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="C5:C1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="E5:E1000">
       <formula1>'Worksheet'!$DB$1:$DB$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
       <formula1>'Worksheet'!$DC$1:$DC$19</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="G5:G1000">
-      <formula1>'Worksheet'!$DD$1:$DD$4</formula1>
+      <formula1>'Worksheet'!$DD$1:$DD$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="H5:H1000">
       <formula1>'Worksheet'!$DE$1:$DE$6</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
       <formula1>'Worksheet'!$DF$1:$DF$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="O5:O1000">
       <formula1>'Worksheet'!$DG$1:$DG$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="P5:P1000">
       <formula1>'Worksheet'!$DH$1:$DH$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Q5:Q1000">
       <formula1>'Worksheet'!$DI$1:$DI$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="R5:R1000">
       <formula1>'Worksheet'!$DJ$1:$DJ$2</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>