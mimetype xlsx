--- v0 (2025-12-11)
+++ v1 (2026-02-05)
@@ -149,51 +149,51 @@
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Ontario</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>High School</t>
   </si>
   <si>
     <t>HIGH SCHOOL OTFC CLUB MEMBERSHIP</t>
   </si>
   <si>
     <t>Event Registration - 2026 Oceanside Track &amp; Field Club</t>
   </si>
   <si>
     <t>Nova Scotia</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>BCA # (returning athletes only)</t>
+    <t>BC Athletics # (must be registered with BCA First)</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Date of Birth (YYYY-MM-DD)</t>
   </si>
   <si>
     <t>Individual Email</t>
   </si>
   <si>
     <t>Email Opt In</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Address 2</t>
   </si>
@@ -1547,51 +1547,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:DM1000"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="60" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="106" max="106" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="108" max="108" width="52" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="37" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="37" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="102" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="47" bestFit="true" customWidth="true" style="0"/>