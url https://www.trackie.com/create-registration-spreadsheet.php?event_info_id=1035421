--- v0 (2026-01-03)
+++ v1 (2026-02-18)
@@ -9,203 +9,197 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>Men's Long Sleeve</t>
   </si>
   <si>
     <t>XS</t>
   </si>
   <si>
     <t>Club Members - Adult</t>
   </si>
   <si>
-    <t>3 Race Series - 5K</t>
+    <t>2 Race Series - 5K</t>
   </si>
   <si>
     <t>1035421:typeValue:102</t>
   </si>
   <si>
     <t>1035421:typeValue:103</t>
   </si>
   <si>
     <t>1035421:typeValue:104</t>
   </si>
   <si>
     <t>1035421:typeValue:105</t>
   </si>
   <si>
     <t>1035421:typeValue:0:402194</t>
   </si>
   <si>
     <t>1035421:typeValue:107</t>
   </si>
   <si>
     <t>1035421:typeValue:15:402048</t>
   </si>
   <si>
     <t>1035421:typeValue:15:402049</t>
   </si>
   <si>
     <t>1035421:age_category</t>
   </si>
   <si>
     <t>1035421:reg_event:1</t>
   </si>
   <si>
     <t>1035421:reg_event:2</t>
   </si>
   <si>
     <t>1035421:reg_event:3</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>Women's Long Sleeve</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>Club Members - Under 13</t>
   </si>
   <si>
-    <t>3 Race Series (With T-Shirt) - 1K</t>
+    <t>2 Race Series (With T-Shirt) - 1K</t>
   </si>
   <si>
     <t>Event Registration - Freeze Your Buns 2026</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>Non-Members - Adult</t>
   </si>
   <si>
-    <t>3 Race Series (No T-Shirt) - 1K</t>
+    <t>2 Race Series (No T-Shirt) - 1K</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Date of Birth (YYYY-MM-DD)</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Hometown</t>
   </si>
   <si>
     <t>T-Shirt Style</t>
   </si>
   <si>
     <t>T-Shirt Size</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Distance #1</t>
   </si>
   <si>
     <t>Distance #2</t>
   </si>
   <si>
     <t>Distance #3</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>Non-Members - Under 13</t>
   </si>
   <si>
-    <t>January Race - 5K</t>
+    <t>February Race - 5K</t>
   </si>
   <si>
     <t>XL</t>
   </si>
   <si>
-    <t>February Race - 5K</t>
+    <t>March Race - 5K</t>
   </si>
   <si>
     <t>2XL</t>
   </si>
   <si>
-    <t>March Race - 5K</t>
+    <t>February Race - 1K</t>
   </si>
   <si>
     <t>3XL</t>
   </si>
   <si>
-    <t>January Race - 1K</t>
+    <t>March Race - 1K</t>
   </si>
   <si>
     <t>4XL</t>
-  </si>
-[...4 lines deleted...]
-    <t>March Race - 1K</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
@@ -941,59 +935,53 @@
       </c>
     </row>
     <row r="6" spans="1:109">
       <c r="D6" s="2"/>
       <c r="DC6" t="s">
         <v>44</v>
       </c>
       <c r="DE6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:109">
       <c r="D7" s="2"/>
       <c r="DC7" t="s">
         <v>46</v>
       </c>
       <c r="DE7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:109">
       <c r="D8" s="2"/>
       <c r="DC8" t="s">
         <v>48</v>
       </c>
-      <c r="DE8" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="9" spans="1:109">
       <c r="D9" s="2"/>
-      <c r="DE9" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="10" spans="1:109">
       <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:109">
       <c r="D11" s="2"/>
     </row>
     <row r="12" spans="1:109">
       <c r="D12" s="2"/>
     </row>
     <row r="13" spans="1:109">
       <c r="D13" s="2"/>
     </row>
     <row r="14" spans="1:109">
       <c r="D14" s="2"/>
     </row>
     <row r="15" spans="1:109">
       <c r="D15" s="2"/>
     </row>
     <row r="16" spans="1:109">
       <c r="D16" s="2"/>
     </row>
     <row r="17" spans="1:109">
       <c r="D17" s="2"/>
     </row>
@@ -3944,57 +3932,57 @@
       <c r="D999" s="2"/>
     </row>
     <row r="1000" spans="1:109">
       <c r="D1000" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="7">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="C5:C1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="G5:G1000">
       <formula1>'Worksheet'!$DB$1:$DB$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="H5:H1000">
       <formula1>'Worksheet'!$DC$1:$DC$8</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="I5:I1000">
       <formula1>'Worksheet'!$DD$1:$DD$4</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="J5:J1000">
-      <formula1>'Worksheet'!$DE$1:$DE$9</formula1>
+      <formula1>'Worksheet'!$DE$1:$DE$7</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="K5:K1000">
-      <formula1>'Worksheet'!$DE$1:$DE$9</formula1>
+      <formula1>'Worksheet'!$DE$1:$DE$7</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="L5:L1000">
-      <formula1>'Worksheet'!$DE$1:$DE$9</formula1>
+      <formula1>'Worksheet'!$DE$1:$DE$7</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>