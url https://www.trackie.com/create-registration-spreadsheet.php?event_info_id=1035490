--- v0 (2026-01-09)
+++ v1 (2026-02-27)
@@ -9,62 +9,59 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1718">
-[...4 lines deleted...]
-    <t>Male</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1798">
+  <si>
+    <t>REMARQUE : NE MODIFIEZ PAS LES DONNÉES CACHÉES DANS LA LIGNE #2 OU ELLES NE SE CHARGERONT PAS.</t>
   </si>
   <si>
     <t>11900919 Canada Ltd. (RVRN)</t>
   </si>
   <si>
-    <t>U17</t>
+    <t>U20</t>
   </si>
   <si>
     <t>200m</t>
   </si>
   <si>
     <t>1035490:typeValue:102</t>
   </si>
   <si>
     <t>1035490:typeValue:103</t>
   </si>
   <si>
     <t>1035490:typeValue:104</t>
   </si>
   <si>
     <t>1035490:typeValue:105</t>
   </si>
   <si>
     <t>1035490:typeValue:107</t>
   </si>
   <si>
     <t>1035490:typeValue:106</t>
   </si>
   <si>
     <t>1035490:age_category</t>
   </si>
@@ -77,134 +74,131 @@
   <si>
     <t>1035490:reg_event:2</t>
   </si>
   <si>
     <t>1035490:event_seed:2</t>
   </si>
   <si>
     <t>1035490:reg_event:3</t>
   </si>
   <si>
     <t>1035490:event_seed:3</t>
   </si>
   <si>
     <t>1035490:reg_event:4</t>
   </si>
   <si>
     <t>1035490:event_seed:4</t>
   </si>
   <si>
     <t>1035490:reg_event:5</t>
   </si>
   <si>
     <t>1035490:event_seed:5</t>
   </si>
   <si>
-    <t>Female</t>
-[...4 lines deleted...]
-  <si>
     <t>800m</t>
   </si>
   <si>
-    <t>Event Registration - 2026 BNAA Carifta Trials Mar 4th</t>
+    <t>Inscription à l'événement - 2026 BNAA Carifta Trials Mar 4th</t>
   </si>
   <si>
     <t>150 Mile Elemntary (150)</t>
   </si>
   <si>
     <t>3000m</t>
   </si>
   <si>
-    <t>First Name</t>
-[...47 lines deleted...]
-    <t>Seed-Mark #5</t>
+    <t>Prénom</t>
+  </si>
+  <si>
+    <t>Nom</t>
+  </si>
+  <si>
+    <t>Sexe</t>
+  </si>
+  <si>
+    <t>Date de naissance (YYYY-MM-DD)</t>
+  </si>
+  <si>
+    <t>Lieu de résidence</t>
+  </si>
+  <si>
+    <t>Équipe</t>
+  </si>
+  <si>
+    <t>Catégorie</t>
+  </si>
+  <si>
+    <t>Épreuve #1</t>
+  </si>
+  <si>
+    <t>Rang de rendement #1</t>
+  </si>
+  <si>
+    <t>Épreuve #2</t>
+  </si>
+  <si>
+    <t>Rang de rendement #2</t>
+  </si>
+  <si>
+    <t>Épreuve #3</t>
+  </si>
+  <si>
+    <t>Rang de rendement #3</t>
+  </si>
+  <si>
+    <t>Épreuve #4</t>
+  </si>
+  <si>
+    <t>Rang de rendement #4</t>
+  </si>
+  <si>
+    <t>Épreuve #5</t>
+  </si>
+  <si>
+    <t>Rang de rendement #5</t>
   </si>
   <si>
     <t>5000m</t>
   </si>
   <si>
-    <t>Triple Jump</t>
+    <t>Triple saut</t>
   </si>
   <si>
     <t>2024 BC Team (BC)</t>
   </si>
   <si>
     <t>2025 EDF Trojan Track &amp; Field (EDFTF)</t>
   </si>
   <si>
     <t>2fast (RUNNI)</t>
   </si>
   <si>
+    <t>705 Jumps And Throws (705T)</t>
+  </si>
+  <si>
     <t>A. Louise Garland Thomas (ALGT)</t>
   </si>
   <si>
     <t>A+ Institute Junior Academy (A+)</t>
   </si>
   <si>
     <t>Abbotsford Christian Elementary School (ACESE)</t>
   </si>
   <si>
     <t>Abbotsford Traditional School (ATSO)</t>
   </si>
   <si>
     <t>Abbotsford Virtual School (AVIRT)</t>
   </si>
   <si>
     <t>Abby Christian Elementary (ABBYE)</t>
   </si>
   <si>
     <t>Aberdeen Elementary School (AES)</t>
   </si>
   <si>
     <t>Academia Stella Maris Catholic School (ASMC)</t>
   </si>
   <si>
     <t>Académie de la Seigneurie (ADLS)</t>
@@ -275,68 +269,77 @@
   <si>
     <t>Alexander Elementary (AXEL)</t>
   </si>
   <si>
     <t>Alexander Mackenzie Secondary School (Sarnia) (AMSS)</t>
   </si>
   <si>
     <t>Alexandre-Taché (AXTE)</t>
   </si>
   <si>
     <t>Algonquin Road Public School (ARPS)</t>
   </si>
   <si>
     <t>All Saints Secondary (ASSS)</t>
   </si>
   <si>
     <t>AllStarz Mgmt (ALSZ)</t>
   </si>
   <si>
     <t>Almonte &amp; District High School XC (ADHS)</t>
   </si>
   <si>
     <t>Alonsa Aces (0801)</t>
   </si>
   <si>
+    <t>Alpha Athletics Club (ALPH)</t>
+  </si>
+  <si>
     <t>Alpha Christian Academy (ACA)</t>
   </si>
   <si>
+    <t>Alpha Junior School (AJS)</t>
+  </si>
+  <si>
     <t>Altadore Elementary (ALTA)</t>
   </si>
   <si>
     <t>Altitude Track Academy (ATA)</t>
   </si>
   <si>
     <t>Alwyn Allison Richardson Primary School (AARPS) (AARPS)</t>
   </si>
   <si>
     <t>Amber Trails (AMBER)</t>
   </si>
   <si>
     <t>American Academy - Gurabo (AA-G)</t>
   </si>
   <si>
+    <t>Andrew (AB)</t>
+  </si>
+  <si>
     <t>Anglican High School (AHS)</t>
   </si>
   <si>
     <t>Antigua Grammar School (AGS)</t>
   </si>
   <si>
     <t>AO Track Club (AOTC)</t>
   </si>
   <si>
     <t>AP Running Club (APRC)</t>
   </si>
   <si>
     <t>Arborg Collegiate (MARBC)</t>
   </si>
   <si>
     <t>Archbishop Jordan (ABJ)</t>
   </si>
   <si>
     <t>Aries Adventures - BNAA (ARIES)</t>
   </si>
   <si>
     <t>Armin's Army (for Cannonball Crush) (?)</t>
   </si>
   <si>
     <t>Arroyo High (NRG)</t>
@@ -527,96 +530,99 @@
   <si>
     <t>Bermuda Centre for Creative Learning Middle - BNAA (BCCM)</t>
   </si>
   <si>
     <t>Bermuda Centre for Creative Learning Senior - BNAA (BCCS)</t>
   </si>
   <si>
     <t>Bermuda Institute Middle - BNAA (BIM)</t>
   </si>
   <si>
     <t>Bermuda Institute Primary - BNAA (BIP)</t>
   </si>
   <si>
     <t>Bermuda Institute Senior - BNAA (BIS)</t>
   </si>
   <si>
     <t>Bermuda Pacers Track Club (BPTC)</t>
   </si>
   <si>
     <t>Bermuda Pacers Track Club - BNAA (BPTC)</t>
   </si>
   <si>
     <t>Bert Edwards Elementary (BEES)</t>
   </si>
   <si>
+    <t>Best helmets (BTHS)</t>
+  </si>
+  <si>
     <t>BH ()</t>
   </si>
   <si>
     <t>BHS Middle School - BNAA (BHSM)</t>
   </si>
   <si>
     <t>BHS Primary School - BNAA (BHSP)</t>
   </si>
   <si>
     <t>BHS Senior School - BNAA (BHSS)</t>
   </si>
   <si>
     <t>Big Lake Beavers (BIG)</t>
   </si>
   <si>
     <t>Big River (2A-BR)</t>
   </si>
   <si>
     <t>Biomechanics (OBC)</t>
   </si>
   <si>
     <t>Bishop Marrocco/Thomas Merton Catholic Secondary School (BMTM)</t>
   </si>
   <si>
     <t>Bishop Smith Blue (RCCDSB) (BISHB)</t>
   </si>
   <si>
     <t>Bishop Smith Gold (RCCDSB) (BISHG)</t>
   </si>
   <si>
     <t>Bison Run School (BIRU)</t>
   </si>
   <si>
     <t>Bistro del Mar (BISTR)</t>
   </si>
   <si>
     <t>Black and Gold track and Field Club (BNG)</t>
   </si>
   <si>
     <t>Black and Gold Track and field club (BNG)</t>
   </si>
   <si>
     <t>Blackie (BCS)</t>
   </si>
   <si>
-    <t>Blacktoe Running (BLAC)</t>
+    <t>Blacktoe Running Inc. (BLAC)</t>
   </si>
   <si>
     <t>blake  fiscus (BLAKE)</t>
   </si>
   <si>
     <t>Blessed Marie Rose School (BLMR)</t>
   </si>
   <si>
     <t>Blessed Sacrament Catholic School (BSCS)</t>
   </si>
   <si>
     <t>Blessed Sacrament CS (BLSCS)</t>
   </si>
   <si>
     <t>Bloomfield - BNAA (BLRE)</t>
   </si>
   <si>
     <t>Blue and White - Unattached (B&amp;W)</t>
   </si>
   <si>
     <t>BLUE BLAZERS (BLUE)</t>
   </si>
   <si>
     <t>Blue Devils (BDAC)</t>
   </si>
@@ -659,50 +665,53 @@
   <si>
     <t>Bracebridge and Muskoka Lakes SS (BMLSS)</t>
   </si>
   <si>
     <t>Bradford District High School (BDHS)</t>
   </si>
   <si>
     <t>Bradner Elementary (BREL)</t>
   </si>
   <si>
     <t>Breaking Out Legends Together (BOLT)</t>
   </si>
   <si>
     <t>Briargreen (BRGN)</t>
   </si>
   <si>
     <t>Bridgewood PS (BPS)</t>
   </si>
   <si>
     <t>Bright Start Early Childhood Learning Center (BSCL)</t>
   </si>
   <si>
     <t>British West Indies Collegiate (BWIC)</t>
   </si>
   <si>
+    <t>Brock University (BROCK)</t>
+  </si>
+  <si>
     <t>Brockville Road Runners Club (BRRC)</t>
   </si>
   <si>
     <t>Bronte Welsh Primary School (BWPS)</t>
   </si>
   <si>
     <t>Brooklin High School (BROOK)</t>
   </si>
   <si>
     <t>Brooks Composite High School (BCHS)</t>
   </si>
   <si>
     <t>Bruno Bears (BCS1)</t>
   </si>
   <si>
     <t>Building Blocks - BNAA (BBPR)</t>
   </si>
   <si>
     <t>burlington Track Club (BURL)</t>
   </si>
   <si>
     <t>BURNLEY ATHLETIC CLUB (BURN)</t>
   </si>
   <si>
     <t>Burt Bowes middle school (BBMS)</t>
@@ -815,80 +824,74 @@
   <si>
     <t>CAIMANES (CAIMA)</t>
   </si>
   <si>
     <t>Cairine Wilson (CWSS)</t>
   </si>
   <si>
     <t>Calgary Academy (CAAC)</t>
   </si>
   <si>
     <t>Calgary Christian school (12345)</t>
   </si>
   <si>
     <t>Calgary French &amp; International Scool (CFIS)</t>
   </si>
   <si>
     <t>Calgary French and International School (CFIS)</t>
   </si>
   <si>
     <t>Calgary International Track Club (CITC)</t>
   </si>
   <si>
     <t>Calgary Jewish Academy (CJA)</t>
   </si>
   <si>
-    <t>Calgary track and field (CALTAF) (CALT)</t>
-[...1 lines deleted...]
-  <si>
     <t>Calgary Warriors (CWTC)</t>
   </si>
   <si>
-    <t>Caltaf (CALT)</t>
-[...4 lines deleted...]
-  <si>
     <t>Calvary Christian School (CCS)</t>
   </si>
   <si>
     <t>Cambrain Heights (CAMBH)</t>
   </si>
   <si>
     <t>Cambrian heights (CAMB)</t>
   </si>
   <si>
     <t>Cambrian Heights Elementary (CAMBH)</t>
   </si>
   <si>
     <t>Cameron Crossing (5326)</t>
   </si>
   <si>
     <t>Canadian Memorial Chiropractic College (CMC1)</t>
   </si>
   <si>
+    <t>Cannonball Baddies (CBB)</t>
+  </si>
+  <si>
     <t>Canusa (CANU)</t>
   </si>
   <si>
     <t>Carberry Collegiate (0701)</t>
   </si>
   <si>
     <t>Cardston High School (CHS)</t>
   </si>
   <si>
     <t>Caribbean Stars (CARI)</t>
   </si>
   <si>
     <t>Carlton Heights PS (CAHE)</t>
   </si>
   <si>
     <t>Carolina Runners (CRUNN)</t>
   </si>
   <si>
     <t>Carriacou &amp; Petite Martinique (CPM)</t>
   </si>
   <si>
     <t>Carriacou &amp; Petite Martinique (CAR)</t>
   </si>
   <si>
     <t>Cartwright School (0602)</t>
@@ -983,98 +986,116 @@
   <si>
     <t>Chippewa Secondary School (CHIP)</t>
   </si>
   <si>
     <t>Christ the King High School (CKHS)</t>
   </si>
   <si>
     <t>Churchill Falls (EGLS)</t>
   </si>
   <si>
     <t>Citadel Park (Elementary) School (CPES)</t>
   </si>
   <si>
     <t>Clare Hall Secondary (CHSS)</t>
   </si>
   <si>
     <t>Clarksburg  Coyotes Track Club (CCTC)</t>
   </si>
   <si>
     <t>Classic Lighting Boca Secondary School (CLBS)</t>
   </si>
   <si>
     <t>Classic Lighting Finishline sports club (FLSC)</t>
   </si>
   <si>
+    <t>Classique Lighting  Boca Secondary School (CLBSS)</t>
+  </si>
+  <si>
     <t>Classique Lighting  St. Georg's Institute (CLSGI)</t>
   </si>
   <si>
     <t>Classique Lighting  St. George's Institute (CLSGI)</t>
   </si>
   <si>
     <t>Classique Lighting 473 MVP (MVP)</t>
   </si>
   <si>
+    <t>Classique lighting Alphajrschool (CAJS)</t>
+  </si>
+  <si>
     <t>Classique Lighting Boca Secondary School (CLBSC)</t>
   </si>
   <si>
     <t>Classique Lighting Finishline Sports Club (CLFLS)</t>
   </si>
   <si>
     <t>Classique Lighting Paraclete Government School (CLPGS)</t>
   </si>
   <si>
     <t>Classique Lighting South City Rising Stars (SCRS)</t>
   </si>
   <si>
     <t>Classique Lighting South St. George Government School (SSGGS)</t>
   </si>
   <si>
     <t>Classique lighting St. John's Anglican (STJOH)</t>
   </si>
   <si>
     <t>Classique Lighting Westerhall Secondary ()</t>
   </si>
   <si>
     <t>Classique Lighting Westerhall Secondary (WHSS)</t>
   </si>
   <si>
+    <t>ClassiqueLighting Finishline Sports Club (CLFSC)</t>
+  </si>
+  <si>
     <t>Clavet composite (CLAV)</t>
   </si>
   <si>
     <t>Clavet Composite School (CCS)</t>
   </si>
   <si>
+    <t>clc (MVP)</t>
+  </si>
+  <si>
     <t>CLC 473 MVP (MVP)</t>
   </si>
   <si>
+    <t>CLC South City Rising Stars (SCRS)</t>
+  </si>
+  <si>
     <t>CLC South City Rising Stars (SCRS) (SCRS)</t>
   </si>
   <si>
     <t>CLC South St George (SSGG)</t>
   </si>
   <si>
+    <t>CLC South St George Government (SSGGS)</t>
+  </si>
+  <si>
     <t>Clearbrook Elementary (CLRB)</t>
   </si>
   <si>
     <t>Clearwater Middle School - BNAA (CMSM)</t>
   </si>
   <si>
     <t>Club D'athlétisme Beauce-Etchemin (CABE)</t>
   </si>
   <si>
     <t>Club D'athlétisme Cdn-Ndg (ACDN)</t>
   </si>
   <si>
     <t>Club D'athlétisme Du Mille De Dolbeau-Mistassini (CMDM)</t>
   </si>
   <si>
     <t>Club D'athlétisme Les Légendaires Des Pays-D'en-Haut (LPDH)</t>
   </si>
   <si>
     <t>Club d'athlétisme Université Laval (CAUL)</t>
   </si>
   <si>
     <t>Club de atletismo de sabana grande (1918)</t>
   </si>
   <si>
     <t>Club de Atletismo Samaritano (CAS)</t>
@@ -1133,89 +1154,98 @@
   <si>
     <t>Col-Para-Caldas (CAL)</t>
   </si>
   <si>
     <t>Col-Para-Caqueta (CAQ)</t>
   </si>
   <si>
     <t>Col-Para-Cundinamarca (CUND)</t>
   </si>
   <si>
     <t>Col-Para-Huila (HUI)</t>
   </si>
   <si>
     <t>Col-Para-Quindio (QUI)</t>
   </si>
   <si>
     <t>COL-PARA-TOLIMA (TOL)</t>
   </si>
   <si>
     <t>Col-Para-Valle (VALL)</t>
   </si>
   <si>
     <t>Cold Lake High School (CLHS)</t>
   </si>
   <si>
+    <t>Colegio Catolico Notre Dame (CCND)</t>
+  </si>
+  <si>
+    <t>Colegio NC (CNC)</t>
+  </si>
+  <si>
     <t>Coleridge and Parry School (CP)</t>
   </si>
   <si>
     <t>Collège Catholique Samuel-Genest (CCSG)</t>
   </si>
   <si>
     <t>College de Levis (CDL)</t>
   </si>
   <si>
     <t>College Jesus Marie de Sillery (CJMDS)</t>
   </si>
   <si>
     <t>College Mariste de Québec (SPM)</t>
   </si>
   <si>
     <t>College Saint-Anne (CSA)</t>
   </si>
   <si>
     <t>Collegiate (COLL)</t>
   </si>
   <si>
     <t>Columneetza - LCS (COL)</t>
   </si>
   <si>
     <t>Commonwealth-Parkville School (CPS)</t>
   </si>
   <si>
     <t>Community Christian Academy (CCA)</t>
   </si>
   <si>
     <t>Community Club (CC)</t>
   </si>
   <si>
     <t>Comox Valley Road Runners (CVRR) (CVRR)</t>
   </si>
   <si>
     <t>Concorde Athletics Club (CAC)</t>
   </si>
   <si>
+    <t>CONGO ATHLETICS  MASTERS (CAM)</t>
+  </si>
+  <si>
     <t>Constant and never ending improvement (CANI)</t>
   </si>
   <si>
     <t>Constant and never-ending improvement (C.A.N)</t>
   </si>
   <si>
     <t>Constantine Methodist School (CMS)</t>
   </si>
   <si>
     <t>Convey Marketing And Advertising Agency (RMAG)</t>
   </si>
   <si>
     <t>Coquitlam Cheetahs (COQC)</t>
   </si>
   <si>
     <t>Cornerstone Christian Academy (CORCA)</t>
   </si>
   <si>
     <t>Cornerstone Christian School (CSCS)</t>
   </si>
   <si>
     <t>Cote des neige (CNDS)</t>
   </si>
   <si>
     <t>COUGARS TRACK AND FIELD CLUB (COUG)</t>
@@ -1226,50 +1256,53 @@
   <si>
     <t>Course À Pied Synérgic (SYNE)</t>
   </si>
   <si>
     <t>Course Dynamics Race Event Management &amp; Consulting (CDYN)</t>
   </si>
   <si>
     <t>Cowboys Track Club (CBTC)</t>
   </si>
   <si>
     <t>Cpa  Jlfa accounting Services (CPA J)</t>
   </si>
   <si>
     <t>Cpa Jlfa (CPA J)</t>
   </si>
   <si>
     <t>CPA JLFA Accounting Services (CPAJ)</t>
   </si>
   <si>
     <t>CpaJlfa (CPA J)</t>
   </si>
   <si>
     <t>Crazy Cat Adventures (CCA1)</t>
   </si>
   <si>
+    <t>Crimps Cycling Club (CRCC)</t>
+  </si>
+  <si>
     <t>Crimps cycling team (CRIMP)</t>
   </si>
   <si>
     <t>Crocus Plains Regional Secondary School (CPRSS)</t>
   </si>
   <si>
     <t>Cross Country St. Pat's Sarnia (SWSP)</t>
   </si>
   <si>
     <t>CrossFit YQX (CFYQX)</t>
   </si>
   <si>
     <t>Crown (CROW)</t>
   </si>
   <si>
     <t>Cs Athlétisme (CSAT)</t>
   </si>
   <si>
     <t>CWC 1 (CWC)</t>
   </si>
   <si>
     <t>CWC A (CWC)</t>
   </si>
   <si>
     <t>CWC B (U13)</t>
@@ -1346,50 +1379,56 @@
   <si>
     <t>Deux-Rivières (2DR)</t>
   </si>
   <si>
     <t>Developing National Athletes - BNAA (DNA)</t>
   </si>
   <si>
     <t>Devon Gardens (DVGD)</t>
   </si>
   <si>
     <t>Devonshire Preschool - BNAA (DPRE)</t>
   </si>
   <si>
     <t>Diamond Athletics Club (DAC)</t>
   </si>
   <si>
     <t>Diamond Sprinting (DIAM)</t>
   </si>
   <si>
     <t>Dieppe (Ecole) (MDIEP)</t>
   </si>
   <si>
     <t>Discipline Application of Speed through Hard Work - BNAA (DASH)</t>
   </si>
   <si>
+    <t>District Elite Athletic Club (DEAC)</t>
+  </si>
+  <si>
+    <t>Divine Savior Academy (DSA)</t>
+  </si>
+  <si>
     <t>Donald A. Wilson S.S. (DAWSS)</t>
   </si>
   <si>
     <t>Doris Robinson Primary School (DRPS)</t>
   </si>
   <si>
     <t>Dormick Park Elementary (DPEL)</t>
   </si>
   <si>
     <t>Double Pillar Athletics (DPA)</t>
   </si>
   <si>
     <t>Douvris (DK)</t>
   </si>
   <si>
     <t>Dr. J Edgar Davey (DAVEY)</t>
   </si>
   <si>
     <t>Dr. Oakley (DROA)</t>
   </si>
   <si>
     <t>Dr. Roberta Bondar Elementary (DRBE)</t>
   </si>
   <si>
     <t>Dr. Roberta Bondar School (DRBS)</t>
@@ -1421,83 +1460,89 @@
   <si>
     <t>Eagle River Secondary (EAGL)</t>
   </si>
   <si>
     <t>Eagles (WEBRN)</t>
   </si>
   <si>
     <t>Eamer's Corners PS (ECPS)</t>
   </si>
   <si>
     <t>Earl of March SS (EOMSS)</t>
   </si>
   <si>
     <t>East End Primary - BNAA (EEP)</t>
   </si>
   <si>
     <t>East Richmond Education centre (EREC)</t>
   </si>
   <si>
     <t>East Wiltshire Junior High School (EWJHS)</t>
   </si>
   <si>
     <t>Eastview Horizon (EXPS)</t>
   </si>
   <si>
+    <t>Ebenezer Learning Centre (ELC)</t>
+  </si>
+  <si>
     <t>Ecedao albergue olímpico (ECEDA)</t>
   </si>
   <si>
     <t>ECEDAO FÚTBOL (ECEDA)</t>
   </si>
   <si>
     <t>Ecedao Rotación (ECEDA)</t>
   </si>
   <si>
     <t>ECEDAO TAEKWONDO (ECEDA)</t>
   </si>
   <si>
     <t>Ecedao TKD (ECEDA)</t>
   </si>
   <si>
     <t>ECEDAO TKD TEAM (E-TKD)</t>
   </si>
   <si>
     <t>Ecedao Volleyball (ECEDA)</t>
   </si>
   <si>
     <t>Eckville Elementary (ECKE)</t>
   </si>
   <si>
     <t>Ecole Alexandre Tache (ECAT)</t>
   </si>
   <si>
     <t>Ecole Anne-Hebert (EAH)</t>
   </si>
   <si>
     <t>Ecole Antonine-Maillet (A-M)</t>
   </si>
   <si>
+    <t>École canadienne-Française (ECF31)</t>
+  </si>
+  <si>
     <t>Ecole Centennial Park Elementary (ECPE)</t>
   </si>
   <si>
     <t>Ecole Claudette-Bradshaw (ECBS)</t>
   </si>
   <si>
     <t>Ecole Claudette-Et-Denis-Tardif (ECDT)</t>
   </si>
   <si>
     <t>École Discovery Trails Dinos (ÉDT)</t>
   </si>
   <si>
     <t>École du Nouveau-Monde (EDNM)</t>
   </si>
   <si>
     <t>École élémentaire catholique Sainte-Marie (SMR)</t>
   </si>
   <si>
     <t>École Howden (HOWD)</t>
   </si>
   <si>
     <t>Ecole Lacerte (LACE)</t>
   </si>
   <si>
     <t>Ecole Lorette Immersion (ELI)</t>
@@ -1562,50 +1607,53 @@
   <si>
     <t>École Ste-Agathe (ÉSA)</t>
   </si>
   <si>
     <t>Ecole Warman (EWES)</t>
   </si>
   <si>
     <t>Ecole Warman Elementary (EWES)</t>
   </si>
   <si>
     <t>Edge School for Athletes (ESFA)</t>
   </si>
   <si>
     <t>Edge Sport Track Club (EDGE)</t>
   </si>
   <si>
     <t>Edm:Argyll Centre (ARCE)</t>
   </si>
   <si>
     <t>Edm:Aurora Academic Charter (AUAC)</t>
   </si>
   <si>
     <t>Edm:Progressive Academy (PRAC)</t>
   </si>
   <si>
+    <t>Edmonton Columbians (ED CO)</t>
+  </si>
+  <si>
     <t>Edmonton Masters Athletics Association (EMAA)</t>
   </si>
   <si>
     <t>EduSports (EDUS)</t>
   </si>
   <si>
     <t>ÉÉC Saint-Isidore (ÉÉCSI)</t>
   </si>
   <si>
     <t>ÉÉC Saint-Victor (ÉÉCSV)</t>
   </si>
   <si>
     <t>ÉÉC Sainte-Félicité (ÉÉCSF)</t>
   </si>
   <si>
     <t>El equipo (ELE)</t>
   </si>
   <si>
     <t>El Equipo 2 (ELE2)</t>
   </si>
   <si>
     <t>Elbow Park School (EPES)</t>
   </si>
   <si>
     <t>Elder Dr. Francis Whiskeyjack (EDFW)</t>
@@ -1613,80 +1661,86 @@
   <si>
     <t>Elgin Street P.S. (ESPS)</t>
   </si>
   <si>
     <t>Elite Athletic Club (EAC)</t>
   </si>
   <si>
     <t>Elite Athletics Club (EAC)</t>
   </si>
   <si>
     <t>Elite Distance Programme (EDP)</t>
   </si>
   <si>
     <t>Élite Distance (EDAC)</t>
   </si>
   <si>
     <t>Elite School (ELS)</t>
   </si>
   <si>
     <t>Eliza Simons Primary School (ESPS)</t>
   </si>
   <si>
     <t>Elk Island Athletics Association (EIAA)</t>
   </si>
   <si>
+    <t>Elliot Primary (EPS)</t>
+  </si>
+  <si>
     <t>Elliot Primary - BNAA (EP)</t>
   </si>
   <si>
     <t>Elm Creek School (ELMC)</t>
   </si>
   <si>
     <t>Elton Collegiate (0702) (0702)</t>
   </si>
   <si>
     <t>Elwick Community School (ECS)</t>
   </si>
   <si>
     <t>Emily Maguet (61288)</t>
   </si>
   <si>
     <t>EML - Maurice-Lapointe (EMLXC)</t>
   </si>
   <si>
     <t>Empire track (EMPIR)</t>
   </si>
   <si>
     <t>Enid Capron Primary School (ECPS)</t>
   </si>
   <si>
     <t>Equipe Endurance (ENDU)</t>
   </si>
   <si>
     <t>Équipe Québec (EQC)</t>
   </si>
   <si>
+    <t>Equipo Nacional de Cuba (CUBA)</t>
+  </si>
+  <si>
     <t>Eric Harvie (EHS25)</t>
   </si>
   <si>
     <t>Erie MIgration District School Secondary (SWEM)</t>
   </si>
   <si>
     <t>Eriksdale School (EDS)</t>
   </si>
   <si>
     <t>ES Cochrane High School (ESCHS)</t>
   </si>
   <si>
     <t>Es Macdonald-Cartier (ESMC)</t>
   </si>
   <si>
     <t>ESC Cité des Jeunes (CITé)</t>
   </si>
   <si>
     <t>ÉSC Garneau (GARN)</t>
   </si>
   <si>
     <t>ESC L'Essor (ESSOR)</t>
   </si>
   <si>
     <t>ÉSC Sainte-Marie (53738)</t>
@@ -1694,50 +1748,53 @@
   <si>
     <t>ESCAED (ESCAE)</t>
   </si>
   <si>
     <t>ESCUELA DE LA LIGA (EDELI)</t>
   </si>
   <si>
     <t>Escuela del Deporte San Juan (EDSJ)</t>
   </si>
   <si>
     <t>ESGI Tigers (ESGI)</t>
   </si>
   <si>
     <t>Eskasoni Elementary  &amp; Middle School (EEMS)</t>
   </si>
   <si>
     <t>Espadons (ESPAD)</t>
   </si>
   <si>
     <t>Especializada en Deportes Eugenio Guerra Cruz (ECEDA)</t>
   </si>
   <si>
     <t>Esprit RC (ESPT)</t>
   </si>
   <si>
+    <t>Estey (EST)</t>
+  </si>
+  <si>
     <t>Estey School (EST)</t>
   </si>
   <si>
     <t>Ethelbert School (0805)</t>
   </si>
   <si>
     <t>Evander TC (ETC)</t>
   </si>
   <si>
     <t>Evergreen School (EVG)</t>
   </si>
   <si>
     <t>Excel (16155)</t>
   </si>
   <si>
     <t>Exchange Met School (MET)</t>
   </si>
   <si>
     <t>Extreme Velocity (EVTC)</t>
   </si>
   <si>
     <t>F H Collins Secondary (FHC)</t>
   </si>
   <si>
     <t>Fabio (FABIO)</t>
@@ -1802,131 +1859,137 @@
   <si>
     <t>Flying 'M Athletic Club (FMAC)</t>
   </si>
   <si>
     <t>Flying Angels (FLY)</t>
   </si>
   <si>
     <t>Flying Angels Durham West (FADW)</t>
   </si>
   <si>
     <t>Flying Angels Etobicoke South (FAES)</t>
   </si>
   <si>
     <t>Flying Angels Toronto Downtown East (FATE)</t>
   </si>
   <si>
     <t>Flying Angels Toronto Downtown West (FADW)</t>
   </si>
   <si>
     <t>FLYING ANGELS TRACK AND FIELD ACADEMY (FATC)</t>
   </si>
   <si>
     <t>Foothills Karate &amp; Kobudo Club Ltd. (FKKC)</t>
   </si>
   <si>
+    <t>Forest Grove (ECFGS)</t>
+  </si>
+  <si>
     <t>Forest Trail Public School (FTPS)</t>
   </si>
   <si>
     <t>Forest Valley (FORVA)</t>
   </si>
   <si>
     <t>Fort Washington Knights (FWKT)</t>
   </si>
   <si>
     <t>Foundations for the Future South High School (FFSH)</t>
   </si>
   <si>
     <t>Fox Run School (FRS)</t>
   </si>
   <si>
     <t>Fox Valley School (FVS)</t>
   </si>
   <si>
     <t>Francis Patton Primary - BNAA (FPP)</t>
   </si>
   <si>
     <t>Francois Bourrin (ESFB)</t>
   </si>
   <si>
     <t>Francois de Laval (CFL)</t>
   </si>
   <si>
     <t>Frank Maddock High School (FMHS)</t>
   </si>
   <si>
     <t>Fraser Valley School (FRASV)</t>
   </si>
   <si>
     <t>Fredericton Reds Track &amp; Field (FLTC)</t>
   </si>
   <si>
     <t>Fredericton V-MAXX (VMAXX)</t>
   </si>
   <si>
+    <t>Fredericton VMAXX (VMAXX)</t>
+  </si>
+  <si>
     <t>Freeman's Ville Primary School (FVPS)</t>
   </si>
   <si>
     <t>Friends (FRIEN)</t>
   </si>
   <si>
     <t>Friends On The Run (FOTR)</t>
   </si>
   <si>
     <t>Frisrky Beavers (A/B)</t>
   </si>
   <si>
     <t>Front Runners (FRTO)</t>
   </si>
   <si>
     <t>Full stride (FSTC)</t>
   </si>
   <si>
     <t>FULL STRIDE TRACK CLUB (FSTC)</t>
   </si>
   <si>
     <t>Fusion Athletics (FA)</t>
   </si>
   <si>
+    <t>Fusion Athletics  B (FA B)</t>
+  </si>
+  <si>
+    <t>Fusion Athletics B (FA)</t>
+  </si>
+  <si>
     <t>GARME</t>
   </si>
   <si>
     <t>Gateway Christian Acadamy (GCA)</t>
   </si>
   <si>
     <t>Gateway Christian School (GCA)</t>
   </si>
   <si>
     <t>Gaulois Disraeli (GAUL)</t>
   </si>
   <si>
-    <t>Gazelle track and field club (GAZ)</t>
-[...4 lines deleted...]
-  <si>
     <t>General city team (GCT)</t>
   </si>
   <si>
     <t>General Vanier (GVS)</t>
   </si>
   <si>
     <t>George Vanier (RCCDSB) (GVAN)</t>
   </si>
   <si>
     <t>Gibson Elementary School (GBS)</t>
   </si>
   <si>
     <t>Gilbert Institute Primary - BNAA (GIP)</t>
   </si>
   <si>
     <t>Gilbert Plains Collegiate (0806)</t>
   </si>
   <si>
     <t>Gippsland Track Club (GTC)</t>
   </si>
   <si>
     <t>Gladstone Track And Field Club (GLAD)</t>
   </si>
   <si>
     <t>Glanvilles Secondary (GSS)</t>
@@ -2042,59 +2105,65 @@
   <si>
     <t>Gritty Run Club (GRIT)</t>
   </si>
   <si>
     <t>Grosse Isle Flyers (GIF)</t>
   </si>
   <si>
     <t>GS Running Club - BNAA (GS)</t>
   </si>
   <si>
     <t>GSCS - St. Lorenzo Ruiz (STLOR)</t>
   </si>
   <si>
     <t>GSDACS (GSDA)</t>
   </si>
   <si>
     <t>GTC  Boca Secondary School (BSS)</t>
   </si>
   <si>
     <t>Guardianes de Dorado (GD)</t>
   </si>
   <si>
     <t>Halifax Triathlon Club (HTC)</t>
   </si>
   <si>
+    <t>Halifax Velocity Runners (HVR)</t>
+  </si>
+  <si>
     <t>Hamilton Marathon Road2Hope (HM2H)</t>
   </si>
   <si>
     <t>Hamilton Parish Harriers - BNAA (HPH)</t>
   </si>
   <si>
     <t>Happy Hill Secondary School (1473)</t>
   </si>
   <si>
+    <t>Harbour Track (HARB)</t>
+  </si>
+  <si>
     <t>Harrington Sound Primary - BNAA (HSP)</t>
   </si>
   <si>
     <t>Harrow AC (HARR)</t>
   </si>
   <si>
     <t>Harry Collinge High School (HACO)</t>
   </si>
   <si>
     <t>Harry Sayers Elementary (HSEL)</t>
   </si>
   <si>
     <t>Harterofilia (00000)</t>
   </si>
   <si>
     <t>Harvest Christian School (HCS)</t>
   </si>
   <si>
     <t>Harwood Elementary School (HARES)</t>
   </si>
   <si>
     <t>Hastings Hawks (HAWKS)</t>
   </si>
   <si>
     <t>Hav'n A Time (HNAT)</t>
@@ -2255,50 +2324,53 @@
   <si>
     <t>Iroquois Falls Secondary School (IFSS)</t>
   </si>
   <si>
     <t>Island Academy (IAS)</t>
   </si>
   <si>
     <t>Ivor Walters Primary School (IWPS)</t>
   </si>
   <si>
     <t>J. H. Bruns Collegiate (MJHBC)</t>
   </si>
   <si>
     <t>J. W. Fletcher Catholic Secondary School (JWF)</t>
   </si>
   <si>
     <t>Jackson Elementary (JKEL)</t>
   </si>
   <si>
     <t>Jamaica (JAM)</t>
   </si>
   <si>
     <t>jamcan (JMAC)</t>
   </si>
   <si>
+    <t>Jamcaninternationalathleticsclub (JAMCA)</t>
+  </si>
+  <si>
     <t>James Dunn (JDPS)</t>
   </si>
   <si>
     <t>Jeffros (JFR)</t>
   </si>
   <si>
     <t>Jennings Secondary (JSS)</t>
   </si>
   <si>
     <t>Jessie Lee Elementary School (JESS)</t>
   </si>
   <si>
     <t>Jesus-Marie de Beauceville (JMB)</t>
   </si>
   <si>
     <t>Jesus-Marie de Bellechase (JMDB)</t>
   </si>
   <si>
     <t>Joey Moss (JMOSS)</t>
   </si>
   <si>
     <t>John Calvin Christian (JCC)</t>
   </si>
   <si>
     <t>John Costello (JCSTL)</t>
@@ -2330,50 +2402,53 @@
   <si>
     <t>Junior Boys (AMSJB)</t>
   </si>
   <si>
     <t>Junior Girls (AMSJG)</t>
   </si>
   <si>
     <t>JUST BLAZE Track &amp; Filed Club (JBTFC)</t>
   </si>
   <si>
     <t>Just sports Velocity Track Club (1473)</t>
   </si>
   <si>
     <t>Just Throws (JTT)</t>
   </si>
   <si>
     <t>Juvenat Notre dame (JND)</t>
   </si>
   <si>
     <t>K2J Fitness (K2J)</t>
   </si>
   <si>
     <t>Kamloops Christian School (KAMCS)</t>
   </si>
   <si>
+    <t>Kamloops Track and Field (KAML)</t>
+  </si>
+  <si>
     <t>Kanata Academy (KA)</t>
   </si>
   <si>
     <t>Kanata Highlands Public School (KHPS)</t>
   </si>
   <si>
     <t>Kanata Race Day (KRRD)</t>
   </si>
   <si>
     <t>Kanto Sho Karate Club (KSKC)</t>
   </si>
   <si>
     <t>Kapuskasing District High School (KDHS)</t>
   </si>
   <si>
     <t>Karate Northwest</t>
   </si>
   <si>
     <t>Kay Bingham Elementary (KBES)</t>
   </si>
   <si>
     <t>Kenneth D Taylor (KDT)</t>
   </si>
   <si>
     <t>Kenneth Gordon Maplewood School (KGMS)</t>
@@ -2471,50 +2546,53 @@
   <si>
     <t>Lakeshore (LAKE)</t>
   </si>
   <si>
     <t>Lambton Central Novice Girls (LCNG)</t>
   </si>
   <si>
     <t>Lambton Kent Composite School (LKCS)</t>
   </si>
   <si>
     <t>Lasalle Elementary Public School (LEPS)</t>
   </si>
   <si>
     <t>Last Mountain Athletics Club (LMAC)</t>
   </si>
   <si>
     <t>Last Mountain Athletics Club (LMTC)</t>
   </si>
   <si>
     <t>Laurel Heights Secondary School (CWLH)</t>
   </si>
   <si>
     <t>LCRA CA (LCRA)</t>
   </si>
   <si>
+    <t>Le Stage Boxing (LSB)</t>
+  </si>
+  <si>
     <t>Leahurst College (LC)</t>
   </si>
   <si>
     <t>Learning Express - BNAA (LEPRE)</t>
   </si>
   <si>
     <t>Leary's Brook Junior High (LBJH)</t>
   </si>
   <si>
     <t>Leduc Track Club (LEDU)</t>
   </si>
   <si>
     <t>Leg Drive Legends (QROW)</t>
   </si>
   <si>
     <t>Legacy Kinetics (LGKT)</t>
   </si>
   <si>
     <t>Legacy Kinetics (LEGK)</t>
   </si>
   <si>
     <t>Leila North Community School (MLEIL)</t>
   </si>
   <si>
     <t>LePhare Elementary School (LEPH)</t>
@@ -2528,89 +2606,95 @@
   <si>
     <t>Les Coureurs De Bois (LCBD)</t>
   </si>
   <si>
     <t>Les Gaulois De Disraeli (GDIS)</t>
   </si>
   <si>
     <t>Les Titans Polyvalente De Black Lake (TPBL)</t>
   </si>
   <si>
     <t>Level 10 Lightning Regina (L10L)</t>
   </si>
   <si>
     <t>Lighthouse Christian School (LCS)</t>
   </si>
   <si>
     <t>Limitless Era Track Club (LMTE)</t>
   </si>
   <si>
     <t>Limitless Era Track Club (LETC)</t>
   </si>
   <si>
     <t>Linden Meadows School (MLIMD)</t>
   </si>
   <si>
+    <t>lion's athletic (1111)</t>
+  </si>
+  <si>
     <t>Lisgar Collegiate Institute (NCLI)</t>
   </si>
   <si>
     <t>Listowel DSS (LDSS)</t>
   </si>
   <si>
     <t>Little Runners (LRNRS)</t>
   </si>
   <si>
     <t>Lively (LDSS)</t>
   </si>
   <si>
     <t>Liverpool Athletics (LANS)</t>
   </si>
   <si>
     <t>Liverpool Regional High School (LRHS)</t>
   </si>
   <si>
     <t>LiveWire (100%)</t>
   </si>
   <si>
     <t>LKCS</t>
   </si>
   <si>
     <t>Lochearn Elementary School (LES)</t>
   </si>
   <si>
     <t>London Central Track and Field (LCSS)</t>
   </si>
   <si>
     <t>London Legion (LLTA)</t>
   </si>
   <si>
     <t>London western (LWTFC)</t>
   </si>
   <si>
     <t>London Western Track and Field Club (LWTFC)</t>
   </si>
   <si>
+    <t>London-Western Track &amp; Field (LWTF)</t>
+  </si>
+  <si>
     <t>London. legion (LLTA)</t>
   </si>
   <si>
     <t>Longboat (LONG)</t>
   </si>
   <si>
     <t>Longview School (LVSC)</t>
   </si>
   <si>
     <t>Los Militares Throwing Club (LMTC)</t>
   </si>
   <si>
     <t>LP Miller Comprehensive Bears (LP)</t>
   </si>
   <si>
     <t>LSF TFA (20257)</t>
   </si>
   <si>
     <t>LSF TRACK AND FIELD ACADEMY (LSF)</t>
   </si>
   <si>
     <t>Lu</t>
   </si>
   <si>
     <t>Lucas 2024 (ABL)</t>
@@ -2624,71 +2708,83 @@
   <si>
     <t>Lycee Claudel (LYCEE)</t>
   </si>
   <si>
     <t>Lycée International de Calgary (LIDC)</t>
   </si>
   <si>
     <t>Lyceum Preschool - BNAA (LYCE)</t>
   </si>
   <si>
     <t>Lyfestyle (LATC)</t>
   </si>
   <si>
     <t>Lyfestyle Athletics (LYFES)</t>
   </si>
   <si>
     <t>Lyfestyle Athletics (LATC)</t>
   </si>
   <si>
     <t>Lyfestyle Athletics Track Club (LYFE)</t>
   </si>
   <si>
     <t>Lyn public school (LYNN)</t>
   </si>
   <si>
+    <t>M B Track Club (M B T)</t>
+  </si>
+  <si>
     <t>M.B. Track Club. (M.B.T)</t>
   </si>
   <si>
+    <t>M.b. Track Club (MBTR)</t>
+  </si>
+  <si>
+    <t>M.b. Track Club (MBTC)</t>
+  </si>
+  <si>
     <t>M.I.L.L.S Institute (MILLS)</t>
   </si>
   <si>
     <t>Mac Donald College (MDC)</t>
   </si>
   <si>
     <t>MacKenzie Middle School (MKMS)</t>
   </si>
   <si>
     <t>Mahogany School (MAHOG)</t>
   </si>
   <si>
     <t>Mako (MAK)</t>
   </si>
   <si>
     <t>Makos (MAKOS)</t>
   </si>
   <si>
+    <t>ManiScotia (MASC)</t>
+  </si>
+  <si>
     <t>Manitoba Naig Team (MBNG)</t>
   </si>
   <si>
     <t>Manitoba Runners' Association (MRA)</t>
   </si>
   <si>
     <t>Manor Park PS (MAPO)</t>
   </si>
   <si>
     <t>Maple Ridge Secondary School (MRSS2)</t>
   </si>
   <si>
     <t>Maplehurst Middle School (MHMS)</t>
   </si>
   <si>
     <t>Maplewood Secondary School (NCMW)</t>
   </si>
   <si>
     <t>Maranatha Academy (MA)</t>
   </si>
   <si>
     <t>Marathon Matters Running Club (MMRC)</t>
   </si>
   <si>
     <t>Marcelle-Mallet (EMM)</t>
@@ -2699,113 +2795,128 @@
   <si>
     <t>Maria Montessori Education Center (MMEC)</t>
   </si>
   <si>
     <t>Marie Sharpe Sharks (MSE)</t>
   </si>
   <si>
     <t>Marion Carson School (MACA)</t>
   </si>
   <si>
     <t>Marion Schilling Elementary (MSES)</t>
   </si>
   <si>
     <t>Marjorie Basden High School (MBHS)</t>
   </si>
   <si>
     <t>Marlborough Elementary School (MARL)</t>
   </si>
   <si>
     <t>Mary Robinson Primary School (MRPS)</t>
   </si>
   <si>
     <t>Masters Athletics SriLanka (MASR)</t>
   </si>
   <si>
+    <t>Masters of Speed Athletics (MOSA)</t>
+  </si>
+  <si>
     <t>Matawa Education &amp; Care Centre (NWMW)</t>
   </si>
   <si>
     <t>Mathxwí Elementary (MXWI)</t>
   </si>
   <si>
     <t>McCreary School (0810)</t>
   </si>
   <si>
     <t>McGowan Park Elementary School (MPES)</t>
   </si>
   <si>
     <t>McMillan Elementary (MMEL)</t>
   </si>
   <si>
     <t>Meadow Ridge School (MRS)</t>
   </si>
   <si>
     <t>Mecca Athletic Club (MACO)</t>
   </si>
   <si>
     <t>Mecca Athletic Club (MECC)</t>
   </si>
   <si>
     <t>Medicine Hat High School (MHHS)</t>
   </si>
   <si>
     <t>Mei Elementary School (MEIE)</t>
   </si>
   <si>
+    <t>Memorial Track And Field Club (MTFC)</t>
+  </si>
+  <si>
+    <t>Memorial University Cross Country (MUCC)</t>
+  </si>
+  <si>
     <t>Menno Simon Christian School (MSCS)</t>
   </si>
   <si>
     <t>Mennonite Brethren Collegiate Institute (MBCI)</t>
   </si>
   <si>
     <t>Merida Racing Team (MRT)</t>
   </si>
   <si>
     <t>Meta Athletics (META)</t>
   </si>
   <si>
     <t>MetaAthletics (META)</t>
   </si>
   <si>
     <t>Mgr-M.-F.-Richard (MFR1)</t>
   </si>
   <si>
     <t>Miami Marlins (MIAMI)</t>
   </si>
   <si>
     <t>Michaelle Jean (MICH)</t>
   </si>
   <si>
     <t>Mid-Atlantic Athletic Club - BNAA (MAAC)</t>
   </si>
   <si>
     <t>Middle Path (MIPA)</t>
   </si>
   <si>
+    <t>Midwest Stars (MWST)</t>
+  </si>
+  <si>
     <t>Millarville Community School (MCS)</t>
   </si>
   <si>
+    <t>Millidgeville North School (MNS)</t>
+  </si>
+  <si>
     <t>Ministry of Sports (MOS)</t>
   </si>
   <si>
     <t>Minnedosa Collegiate Chancellors (0705)</t>
   </si>
   <si>
     <t>Mino Mikan Elementary School (MMES)</t>
   </si>
   <si>
     <t>Miramichi Valley High School (MVHS)</t>
   </si>
   <si>
     <t>Mistissini Athletic Club (MIST)</t>
   </si>
   <si>
     <t>Mitchell-Carias (MC)</t>
   </si>
   <si>
     <t>Module de l'Acadie (MDA)</t>
   </si>
   <si>
     <t>Mohawk College (MHAWK)</t>
   </si>
   <si>
     <t>Momentum Track and Field (MTF)</t>
@@ -2930,50 +3041,53 @@
   <si>
     <t>Ne:Tustukeeskaws School (TUST)</t>
   </si>
   <si>
     <t>Neepawa Area Collegiate (0706)</t>
   </si>
   <si>
     <t>Nellie McClung (NMCL)</t>
   </si>
   <si>
     <t>Nellie McClung Collegiate (0606)</t>
   </si>
   <si>
     <t>NEPEAN HIGH SCHOOL (NEPE)</t>
   </si>
   <si>
     <t>Nesika Knights (NES)</t>
   </si>
   <si>
     <t>New Horizons (NH)</t>
   </si>
   <si>
     <t>Newton Ground Primary School (NGPS)</t>
   </si>
   <si>
+    <t>Newton's Grove School Running Knights (NGSRK)</t>
+  </si>
+  <si>
     <t>Next Level Athletic Club (NLAC)</t>
   </si>
   <si>
     <t>NGDHS Cross Country (EONG)</t>
   </si>
   <si>
     <t>Nicolas-Gatineau (N-G)</t>
   </si>
   <si>
     <t>Nkwala School (NKWA)</t>
   </si>
   <si>
     <t>No Limits (NLAC)</t>
   </si>
   <si>
     <t>No Limits AC (NLAC)</t>
   </si>
   <si>
     <t>No team (NANA)</t>
   </si>
   <si>
     <t>no team  - unaffiliated (N/A)</t>
   </si>
   <si>
     <t>no team- unaffiliated (NO TM)</t>
@@ -3029,50 +3143,53 @@
   <si>
     <t>Northlea Elementary and Middle School (NEMS)</t>
   </si>
   <si>
     <t>Northside Christian School (NSCS)</t>
   </si>
   <si>
     <t>NorWester View (NWVS)</t>
   </si>
   <si>
     <t>Notre Dame Catholic Secondary School (NDCSS)</t>
   </si>
   <si>
     <t>Notre Dame Collegiate (NDAC)</t>
   </si>
   <si>
     <t>Notre Dame High (NODB)</t>
   </si>
   <si>
     <t>Nottawasaga Pines Secondary School (NOTTP)</t>
   </si>
   <si>
     <t>Nouvelle Alliance Catholic Secondary School (NACSS)</t>
   </si>
   <si>
+    <t>Nova Athletics Track clun (NATC)</t>
+  </si>
+  <si>
     <t>Novice Boys (AMSNB)</t>
   </si>
   <si>
     <t>Novice Girls (AMSNG)</t>
   </si>
   <si>
     <t>NRG (NRGTC)</t>
   </si>
   <si>
     <t>Nrg track club (NRG)</t>
   </si>
   <si>
     <t>NUCLEOEIRAS (ADNO)</t>
   </si>
   <si>
     <t>Nw: Ecole Catholique Louis Riel (ECLR)</t>
   </si>
   <si>
     <t>NW:Jean-Baptiste Sewepagaham (JBSE)</t>
   </si>
   <si>
     <t>NW:Upper Hay River (UHRS)</t>
   </si>
   <si>
     <t>NWCS Track 2025 (NWCS)</t>
@@ -3116,83 +3233,89 @@
   <si>
     <t>Okotoks Edison (EDIS)</t>
   </si>
   <si>
     <t>Okotoks Edison School (EDIS)</t>
   </si>
   <si>
     <t>Okotoks Junior High School (OJHS)</t>
   </si>
   <si>
     <t>Olympians Sports Club (OSC)</t>
   </si>
   <si>
     <t>Omololu International School (ORCAS)</t>
   </si>
   <si>
     <t>On The Run To Recovery (ORRL)</t>
   </si>
   <si>
     <t>Ona Glinston Primary School (OGPS)</t>
   </si>
   <si>
     <t>Onoway Jr Sr High (OJSH)</t>
   </si>
   <si>
+    <t>Open</t>
+  </si>
+  <si>
     <t>Orealia Kelly Primary School (OKPS)</t>
   </si>
   <si>
     <t>Orillia Secondary School (ORILSS)</t>
   </si>
   <si>
     <t>OSA Private School (OSA)</t>
   </si>
   <si>
     <t>Oseta Jolly Primary School (OJPS)</t>
   </si>
   <si>
     <t>Oskâyak (OSK)</t>
   </si>
   <si>
     <t>Osler School (OSLE)</t>
   </si>
   <si>
     <t>Ottawa (ON)</t>
   </si>
   <si>
     <t>Ottawa Christian School (OCS)</t>
   </si>
   <si>
     <t>ottawa lions (OTTL)</t>
   </si>
   <si>
     <t>Ottawa Montessori School OMS (OMS)</t>
   </si>
   <si>
     <t>Ottawa Valley Track &amp; Field Club (OVTF)</t>
   </si>
   <si>
+    <t>Ottawa Valley Track and Field (OVTFC)</t>
+  </si>
+  <si>
     <t>Ottawa Valley Track and Field Club (OVTFC)</t>
   </si>
   <si>
     <t>Ottos Comprehensive School (OCS)</t>
   </si>
   <si>
     <t>Our Lady Help of Christians Catholic School (OLHCS)</t>
   </si>
   <si>
     <t>Our Lady of Grace (RCCDSB) (OLOG)</t>
   </si>
   <si>
     <t>Our Lady of Lourdes (OLOL)</t>
   </si>
   <si>
     <t>Our lady of Lourdes (RCCDSB) (OLOL)</t>
   </si>
   <si>
     <t>Our Lady of Perpetual Help (OLPH)</t>
   </si>
   <si>
     <t>Our Lady Of Perpetual Help (OLPHS)</t>
   </si>
   <si>
     <t>Our Lady of Sorrows (RCCDSB) (OLOS)</t>
@@ -3314,170 +3437,188 @@
   <si>
     <t>Phoenix Athletics Club (PAC)</t>
   </si>
   <si>
     <t>Phoenix Trail Races Inc (PNXT)</t>
   </si>
   <si>
     <t>PhoenixSKN Track CLub (PSTC)</t>
   </si>
   <si>
     <t>Pick Your Poison (PYPO)</t>
   </si>
   <si>
     <t>Pictou County Road Runner (PCRR)</t>
   </si>
   <si>
     <t>Pierre-Elliott-Trudeau élémentaire (ÉPET)</t>
   </si>
   <si>
     <t>Pilot Mound Pilots (0607)</t>
   </si>
   <si>
     <t>Pinewood Elementary (PINEW)</t>
   </si>
   <si>
+    <t>PIONEERS SPORTS CLUB (PIOSC)</t>
+  </si>
+  <si>
     <t>Pistons Track Club (PTC)</t>
   </si>
   <si>
     <t>Pit Vipers (PITTI)</t>
   </si>
   <si>
     <t>Pleasant Corners Public School (PCPS)</t>
   </si>
   <si>
     <t>PMFC</t>
   </si>
   <si>
     <t>Pony Express (PONYE)</t>
   </si>
   <si>
     <t>Port Royal Primary - BNAA (PRP)</t>
   </si>
   <si>
     <t>Portage Collegiate Institute (0410)</t>
   </si>
   <si>
+    <t>Potros (PTRS)</t>
+  </si>
+  <si>
     <t>PR athletics (TYKE)</t>
   </si>
   <si>
     <t>Prairie College Pilots (PC)</t>
   </si>
   <si>
     <t>Prairie Mountain (0611)</t>
   </si>
   <si>
     <t>Prairie Mountain (0608)</t>
   </si>
   <si>
     <t>Prairie Run Crew Outreach Program Inc. (PRCI)</t>
   </si>
   <si>
     <t>Prairie Sky (PRAI)</t>
   </si>
   <si>
     <t>Precious Treasures International School (PTIS)</t>
   </si>
   <si>
+    <t>Presentation College Track Blazers Athletic Club (PCTB)</t>
+  </si>
+  <si>
     <t>Primian Athletica (PATF)</t>
   </si>
   <si>
     <t>Primian Athletics (PATF)</t>
   </si>
   <si>
     <t>Prince Charles Elementary (PCEL)</t>
   </si>
   <si>
     <t>Prince George (PGTF)</t>
   </si>
   <si>
     <t>Prince George Track &amp; Field (PGTF)</t>
   </si>
   <si>
     <t>Prince George track and field club (PGTF)</t>
   </si>
   <si>
     <t>Princess Margaret Secondary (PMS)</t>
   </si>
   <si>
     <t>Project Go (PRG)</t>
   </si>
   <si>
     <t>Prospect Preschool - BNAA (PPRE)</t>
   </si>
   <si>
     <t>Prospect Primary - BNAA (PPRI)</t>
   </si>
   <si>
     <t>Providence International Academy Turks And Caicos (PIA)</t>
   </si>
   <si>
+    <t>Providence Pilots (PROV)</t>
+  </si>
+  <si>
     <t>Provo Christain School (PCS)</t>
   </si>
   <si>
     <t>Provo Middle School (PPM)</t>
   </si>
   <si>
     <t>Provo Middle School (PMS)</t>
   </si>
   <si>
+    <t>Provo Primary (PP)</t>
+  </si>
+  <si>
     <t>PSE Sports Club (PSE)</t>
   </si>
   <si>
     <t>PSS Track Stars (PSSTS)</t>
   </si>
   <si>
     <t>Purple Ponies (PURP)</t>
   </si>
   <si>
     <t>Purvis Primary - BNAA (PURP)</t>
   </si>
   <si>
     <t>Quality Athletics (QA)</t>
   </si>
   <si>
     <t>Queen Mary PS- board (QMOT)</t>
   </si>
   <si>
     <t>Queen's Alumni (QULUM)</t>
   </si>
   <si>
     <t>Queen’s Alumni (QUAL)</t>
   </si>
   <si>
     <t>Quest Sports Track and Field Club (QSTF)</t>
   </si>
   <si>
     <t>Quidi Vidi Brewery - Couch to Finish Line (QUIDI)</t>
   </si>
   <si>
     <t>Quilchena (QUIL)</t>
   </si>
   <si>
     <t>Quinte Legion Lynx Track And Field Club (QUIN)</t>
   </si>
   <si>
+    <t>Quinte Legion Track &amp; Field Club (QLTF)</t>
+  </si>
+  <si>
     <t>Quintilian School (KQS)</t>
   </si>
   <si>
     <t>R. H. G. Bonnycastle School (MBONN)</t>
   </si>
   <si>
     <t>Rain City Flyers (12345)</t>
   </si>
   <si>
     <t>Rainbow Creek (RCE)</t>
   </si>
   <si>
     <t>Rainbow Rockets (AXA R)</t>
   </si>
   <si>
     <t>Ralph Bell Elementary (RBES)</t>
   </si>
   <si>
     <t>Ramsay School (RAMS)</t>
   </si>
   <si>
     <t>Ranchero Elementary School (RANCH)</t>
   </si>
   <si>
     <t>RancheView School (RANCH)</t>
@@ -3599,80 +3740,86 @@
   <si>
     <t>Riverview Alternative School (RAS)</t>
   </si>
   <si>
     <t>RL Clemitson Elementary (RLCE)</t>
   </si>
   <si>
     <t>RM Grauer (RMG)</t>
   </si>
   <si>
     <t>Roadrunner (ATHLE)</t>
   </si>
   <si>
     <t>Robert E Wilson (ROOT)</t>
   </si>
   <si>
     <t>Robert Hopkins PS (RHOP)</t>
   </si>
   <si>
     <t>Rocky Christian School (RCS)</t>
   </si>
   <si>
     <t>RoJets Athletic Academy (ROJET)</t>
   </si>
   <si>
+    <t>Ronin Track &amp; Field (RONIN)</t>
+  </si>
+  <si>
     <t>Ronin Track and Field (RONIN)</t>
   </si>
   <si>
     <t>Roots Home Education (ROOT)</t>
   </si>
   <si>
     <t>Roots Home Education (ROOTS)</t>
   </si>
   <si>
     <t>Roots Sports Club (ROOTS)</t>
   </si>
   <si>
     <t>Rorketon High School (RORK)</t>
   </si>
   <si>
     <t>Rosetown Track &amp; Field (ROSE)</t>
   </si>
   <si>
     <t>Ross Elementary (ROSSE)</t>
   </si>
   <si>
     <t>Ross Sheppard High School (ROSH)</t>
   </si>
   <si>
     <t>Rotary Huron Shore Run (RSHR)</t>
   </si>
   <si>
     <t>Rothesay Netherwood School (RNS)</t>
   </si>
   <si>
+    <t>Rothesay Park Middle School (RPMS)</t>
+  </si>
+  <si>
     <t>Royal City Athletics Club (RCA)</t>
   </si>
   <si>
     <t>Run Ottawa (RO23)</t>
   </si>
   <si>
     <t>Run The Great Lakes (RGL1)</t>
   </si>
   <si>
     <t>Run to beer (RTB)</t>
   </si>
   <si>
     <t>Rundle College (RUCO)</t>
   </si>
   <si>
     <t>RunK2J (RUNK2)</t>
   </si>
   <si>
     <t>Runners Athletics Club (RAC)</t>
   </si>
   <si>
     <t>Runners Of Collingwood (ROCC)</t>
   </si>
   <si>
     <t>Running Octopus Academy (ROCA)</t>
@@ -3806,128 +3953,140 @@
   <si>
     <t>Secondaire de Kamloops (SEKM)</t>
   </si>
   <si>
     <t>Semá:th Elementary (SEMAE)</t>
   </si>
   <si>
     <t>Séminaire St-Francois (SSF)</t>
   </si>
   <si>
     <t>Senator Riley Middle School (SRMS)</t>
   </si>
   <si>
     <t>Senior Boys (AMSSB)</t>
   </si>
   <si>
     <t>Senior Girls (AMSSG)</t>
   </si>
   <si>
     <t>Seventh Fire Junior High (SFJH)</t>
   </si>
   <si>
     <t>Severn Avenue PS (SEVER)</t>
   </si>
   <si>
+    <t>SFU (SFUT)</t>
+  </si>
+  <si>
     <t>Shatford Memorial Elementary (SME)</t>
   </si>
   <si>
     <t>Shingwakons Public School (SHIN)</t>
   </si>
   <si>
     <t>Shining Stars Preparatory (SSP)</t>
   </si>
   <si>
     <t>Shoal Lake School (SLS)</t>
   </si>
   <si>
     <t>Sibylla Kiddle School (SKS)</t>
   </si>
   <si>
     <t>Sick ol' Runners (SORS)</t>
   </si>
   <si>
     <t>Silver Springs School (SSES)</t>
   </si>
   <si>
     <t>Silverthorn CS (STRN)</t>
   </si>
   <si>
     <t>Simple Fitness Track Club (SFT)</t>
   </si>
   <si>
     <t>Simple Fitness Track club (SFTC)</t>
   </si>
   <si>
+    <t>Simplex Athletic Club (SIMP)</t>
+  </si>
+  <si>
     <t>Sir Charles Kingsford-Smith (KSM)</t>
   </si>
   <si>
     <t>Sir Frederick Banting 2 (SFB2)</t>
   </si>
   <si>
     <t>Sir James Douglas Elementary (DGS)</t>
   </si>
   <si>
     <t>Sir John Franklin (SJFA)</t>
   </si>
   <si>
     <t>Sir Novel Richards Academy (SNRA)</t>
   </si>
   <si>
+    <t>Sir Novelle Richards Academy (SNRA)</t>
+  </si>
+  <si>
     <t>Sisters in Fitness (SISF)</t>
   </si>
   <si>
     <t>Six Nations Polytechnic Secondary School (SNPSS)</t>
   </si>
   <si>
     <t>SJC St. George's (1234)</t>
   </si>
   <si>
     <t>SJCSS</t>
   </si>
   <si>
     <t>SKNA Games (SKG)</t>
   </si>
   <si>
     <t>SL Horsford Pacesetters (SLHPC)</t>
   </si>
   <si>
     <t>Slow Ships (SSAC)</t>
   </si>
   <si>
     <t>Slow Ships Athletic Club (SSAC)</t>
   </si>
   <si>
     <t>Smarves et Clain Athlé 86 (SCA8)</t>
   </si>
   <si>
     <t>Smithers Secondary School (SSS)</t>
   </si>
   <si>
     <t>Smithers Special Olympics (SOBC)</t>
   </si>
   <si>
+    <t>SNRA</t>
+  </si>
+  <si>
     <t>SO:Cherry Coulee Christian (CCCA)</t>
   </si>
   <si>
     <t>SO:Hope Christian (HOCH)</t>
   </si>
   <si>
     <t>SO:Victoria Park (VIPA)</t>
   </si>
   <si>
     <t>SO:Walshe Crossroads Campus (WCCA)</t>
   </si>
   <si>
     <t>SOBC Smithers (SOBC)</t>
   </si>
   <si>
     <t>Sole Pursuit Running (SOLE)</t>
   </si>
   <si>
     <t>Somerfield Academy Middle - BNAA (SAM)</t>
   </si>
   <si>
     <t>Somerfield Academy Primary - BNAA (SAP)</t>
   </si>
   <si>
     <t>Somerfield Academy Senior - BNAA (SAS)</t>
@@ -3947,50 +4106,53 @@
   <si>
     <t>South East Spartans (SESP)</t>
   </si>
   <si>
     <t>South Park Elementary School (SPES)</t>
   </si>
   <si>
     <t>South Sa-Hali Elementary School (SSHE)</t>
   </si>
   <si>
     <t>South St George Government School (SSGGS)</t>
   </si>
   <si>
     <t>Southampton Preschool - BNAA (SOUP)</t>
   </si>
   <si>
     <t>Southeast Collegiate (SEC)</t>
   </si>
   <si>
     <t>Southern Pros (SP)</t>
   </si>
   <si>
     <t>Southern Pros (SP) (SP)</t>
   </si>
   <si>
+    <t>Spartans Academy (SPACY)</t>
+  </si>
+  <si>
     <t>SPB 2025 (SENPB)</t>
   </si>
   <si>
     <t>Special Olympics BC (SOBC)</t>
   </si>
   <si>
     <t>Special Olympics Ontario (SOTO)</t>
   </si>
   <si>
     <t>Special Olympics PEI (SOPEI)</t>
   </si>
   <si>
     <t>Speed Mechanic Inc (SPME)</t>
   </si>
   <si>
     <t>Speed Mechanic Inc. (SPME)</t>
   </si>
   <si>
     <t>Speed Mechanics Athletics Club (SMAC)</t>
   </si>
   <si>
     <t>Speedfarm (SFAR)</t>
   </si>
   <si>
     <t>SpeedTeam (SPTM)</t>
@@ -4010,323 +4172,365 @@
   <si>
     <t>Spruceview School (SPV)</t>
   </si>
   <si>
     <t>SPS - Misbah (MISB)</t>
   </si>
   <si>
     <t>SPS College Park (ECPS)</t>
   </si>
   <si>
     <t>SSH Run Club (SSHRC)</t>
   </si>
   <si>
     <t>SSNS Alumni (SSNS)</t>
   </si>
   <si>
     <t>SSNS Distance Alumni (SSNS)</t>
   </si>
   <si>
     <t>SSS Wolf Pack (SSS)</t>
   </si>
   <si>
     <t>St  Mary's Secondary (SMS)</t>
   </si>
   <si>
+    <t>St . Joseph Convent  Grenville (SJCSA)</t>
+  </si>
+  <si>
     <t>St Andre Bessette (SAB)</t>
   </si>
   <si>
     <t>St Andrews (STAS)</t>
   </si>
   <si>
     <t>St Anne's Catholic School (SACS)</t>
   </si>
   <si>
     <t>St Anthonys Secondary (SAS)</t>
   </si>
   <si>
     <t>St Cecilia (ST CE)</t>
   </si>
   <si>
     <t>St christy ihunaegbo Atheletic club (STF)</t>
   </si>
   <si>
+    <t>St David (DAV)</t>
+  </si>
+  <si>
     <t>St Edmunds (ST ED)</t>
   </si>
   <si>
     <t>St Gemma (STGEM)</t>
   </si>
   <si>
     <t>St George (STG)</t>
   </si>
   <si>
     <t>St George (SG)</t>
   </si>
   <si>
     <t>St George Branch (SG)</t>
   </si>
   <si>
     <t>St Gianna (ST.G)</t>
   </si>
   <si>
     <t>St Jerome Elementary School (GRD6)</t>
   </si>
   <si>
     <t>St John’s College Catholic HS (SJC)</t>
   </si>
   <si>
     <t>St Johns College  Catholic HS (SJC)</t>
   </si>
   <si>
     <t>St Joseph Catholic School (SJCS)</t>
   </si>
   <si>
     <t>St Joseph Convent Grenville (SJC)</t>
   </si>
   <si>
     <t>St Joseph's Academy (SJA)</t>
   </si>
   <si>
+    <t>St Joseph's Convent Grenville (SJCSA)</t>
+  </si>
+  <si>
     <t>St Luke (STL)</t>
   </si>
   <si>
     <t>St Marks High School (SMHS)</t>
   </si>
   <si>
     <t>St Mary's Catholic High School (SMHS)</t>
   </si>
   <si>
     <t>St Mary’s (STM)</t>
   </si>
   <si>
     <t>St Pauls Govenrment (SPGS)</t>
   </si>
   <si>
     <t>St Sylvester (SYLV)</t>
   </si>
   <si>
     <t>St Theresa (STT)</t>
   </si>
   <si>
     <t>St Theresa (STTH)</t>
   </si>
   <si>
     <t>St Vincent (STVE)</t>
   </si>
   <si>
     <t>St-Charles Garnier (SCG)</t>
   </si>
   <si>
     <t>St-Francis Xavier CHS (Falcons) (FALC)</t>
   </si>
   <si>
     <t>St-Jean-Eudes (SJE)</t>
   </si>
   <si>
     <t>St-josephs Gananoque (SJGAN)</t>
   </si>
   <si>
     <t>St, Charles Catholic School (SCCS)</t>
   </si>
   <si>
+    <t>St,Davids track Blazers (SDTB)</t>
+  </si>
+  <si>
     <t>St.  Matthew High School-Ottawa (MATT)</t>
   </si>
   <si>
     <t>St. Albert Mustangs (STAL)</t>
   </si>
   <si>
     <t>St. Andrew (SA)</t>
   </si>
   <si>
     <t>St. Andrew Branch (SA)</t>
   </si>
   <si>
     <t>St. Andrew's (RCCDSB) (STAND)</t>
   </si>
   <si>
+    <t>St. Andrew's Anglican Secondary School (SAASS)</t>
+  </si>
+  <si>
     <t>St. Andrew's RC (SA)</t>
   </si>
   <si>
+    <t>St. Andrews Branch (SA)</t>
+  </si>
+  <si>
     <t>St. Anselm (ANSEL)</t>
   </si>
   <si>
     <t>St. Anthony's (RCCDSB) (STANT)</t>
   </si>
   <si>
     <t>St. Augustine School (STAS)</t>
   </si>
   <si>
     <t>St. Benedict Cross Country (SBCSS)</t>
   </si>
   <si>
+    <t>St. Clair (STCL)</t>
+  </si>
+  <si>
     <t>St. Claude School (0609)</t>
   </si>
   <si>
     <t>St. Clement Catholic School (SCLEM)</t>
   </si>
   <si>
     <t>st. Croix Track Club (STCR)</t>
   </si>
   <si>
     <t>St. David (SD)</t>
   </si>
   <si>
     <t>St. David's Preschool - BNAA (STDPRE)</t>
   </si>
   <si>
     <t>St. David's Primary - BNAA (STDPRI)</t>
   </si>
   <si>
     <t>St. Dominic Catholic Secondary School (SDCSS)</t>
   </si>
   <si>
     <t>St. Francis of Assisi (RCCDSB) (SFOA)</t>
   </si>
   <si>
     <t>St. Francis of Assisi Academy (STFA)</t>
   </si>
   <si>
     <t>St. Francis of Assisi Catholic Secondary Skills (SFACS)</t>
   </si>
   <si>
     <t>St. George (SG)</t>
   </si>
   <si>
     <t>St. George Catholic Elementary (GEORG)</t>
   </si>
   <si>
+    <t>St. George Parish (ST.GP)</t>
+  </si>
+  <si>
     <t>St. George's Anglican (00473)</t>
   </si>
   <si>
     <t>St. George's Methodist (SGM)</t>
   </si>
   <si>
     <t>St. George's Preparatory - BNAA (GEOP)</t>
   </si>
   <si>
     <t>St. George's Preschool - BNAA (GPRE)</t>
   </si>
   <si>
     <t>St. George's School (STGEO)</t>
   </si>
   <si>
     <t>St. Georges Primary School - BNAA (GPS)</t>
   </si>
   <si>
     <t>St. Giles Anglican (SGA)</t>
   </si>
   <si>
     <t>St. Gregory Catholic School (SGREG)</t>
   </si>
   <si>
     <t>St. Isabella (STIB)</t>
   </si>
   <si>
     <t>St. James (RCCDSB) (STJAM)</t>
   </si>
   <si>
     <t>St. James (SCDSB) (JAMB)</t>
   </si>
   <si>
     <t>St. John (SJ)</t>
   </si>
   <si>
+    <t>St. John (STJ)</t>
+  </si>
+  <si>
     <t>St. John Boscoe (RCCDSB) (STJB)</t>
   </si>
   <si>
     <t>St. John Catholic Elementary (JOHN)</t>
   </si>
   <si>
     <t>St. John the Baptist (BGKE)</t>
   </si>
   <si>
     <t>St. John's (STJOH)</t>
   </si>
   <si>
     <t>St. John's Preschool - BNAA (STJP)</t>
   </si>
   <si>
     <t>St. Joseph - Toledo (SJCS)</t>
   </si>
   <si>
     <t>St. Joseph CHS (NCSJ)</t>
   </si>
   <si>
+    <t>St. Joseph Convent Grenville (SJCA)</t>
+  </si>
+  <si>
+    <t>St. Joseph Convert Grevnille (SJCA)</t>
+  </si>
+  <si>
     <t>St. Joseph High School (GSCS) (STJSK)</t>
   </si>
   <si>
     <t>St. Joseph The Worker (STJOS)</t>
   </si>
   <si>
     <t>St. Joseph's Catholic Primary School (SJCPS)</t>
   </si>
   <si>
     <t>St. Josephine Bakhita (SJB)</t>
   </si>
   <si>
     <t>St. Mark (SM)</t>
   </si>
   <si>
+    <t>St. Mark Branch (SMB)</t>
+  </si>
+  <si>
+    <t>St. Mark GUT Branch 2026 (BLUE)</t>
+  </si>
+  <si>
     <t>St. Mark's Secondary School (SMSS)</t>
   </si>
   <si>
     <t>St. Mary's (RCCDSB) (STMRY)</t>
   </si>
   <si>
     <t>St. Mary's (Vegreville) (STMYV)</t>
   </si>
   <si>
     <t>St. Mary's Catholic (SMC)</t>
   </si>
   <si>
     <t>St. Matthew Catholic School (SMCS)</t>
   </si>
   <si>
     <t>ST. Matthew High School (MATT)</t>
   </si>
   <si>
     <t>St. Michael's (RCCDSB) (STMCL)</t>
   </si>
   <si>
     <t>St. Mike's 7/8 Mustangs (SMIM)</t>
   </si>
   <si>
     <t>St. Patrick (SP)</t>
   </si>
   <si>
     <t>St. Patrick School (SPCO)</t>
   </si>
   <si>
     <t>St. Patrick School Kapuskasing (SPKP)</t>
   </si>
   <si>
     <t>St. Patrick's Elementary School (STPAT)</t>
   </si>
   <si>
     <t>St. Patricks (STPAT)</t>
   </si>
   <si>
+    <t>St. Patricks 26 (STPAT)</t>
+  </si>
+  <si>
     <t>St. Paul Alternate Education Centre (SPAEC) (SPAEC)</t>
   </si>
   <si>
     <t>St. Paul School (SPLS)</t>
   </si>
   <si>
     <t>St. Paul's Collegiate (ICSPC)</t>
   </si>
   <si>
     <t>St. Paul's Preschool - BNAA (STPP)</t>
   </si>
   <si>
     <t>St. Thomas Aquinas - Kenora (STAHS)</t>
   </si>
   <si>
     <t>St. Thomas Aquinas Elem/Jr High (STA)</t>
   </si>
   <si>
     <t>St. Thomas Community Christian School (STCCS)</t>
   </si>
   <si>
     <t>St. Thomas Legion TFC (OSTL)</t>
   </si>
   <si>
     <t>St. Thomas More CSS (STM)</t>
@@ -4424,50 +4628,53 @@
   <si>
     <t>Sturgeon Composite High School (STUR)</t>
   </si>
   <si>
     <t>Sturgeon Schools (STUR)</t>
   </si>
   <si>
     <t>SUCRE (1)</t>
   </si>
   <si>
     <t>Sudbury Endurance</t>
   </si>
   <si>
     <t>Sudbury Endurance (SUDB)</t>
   </si>
   <si>
     <t>Sugarloaf Mountain Athletic Club (SMAC)</t>
   </si>
   <si>
     <t>Summit Elementary (SES)</t>
   </si>
   <si>
     <t>Sundance Elementary School (SUND)</t>
   </si>
   <si>
+    <t>Sunshine Coast Athletics (SCAC)</t>
+  </si>
+  <si>
     <t>SuperNova (SPNA)</t>
   </si>
   <si>
     <t>SuperNova Athletics (SNA)</t>
   </si>
   <si>
     <t>Svitanok - Brlvc (SVTK)</t>
   </si>
   <si>
     <t>Svitanok Running club (SVTK)</t>
   </si>
   <si>
     <t>SVRSS Tigers (SVRSS)</t>
   </si>
   <si>
     <t>Swans Running Club - BNAA (SWAN)</t>
   </si>
   <si>
     <t>Swift Current Selects (SCSS)</t>
   </si>
   <si>
     <t>Swimecedai (SWECE)</t>
   </si>
   <si>
     <t>SWIMECEDAO (CEDAO)</t>
@@ -4526,113 +4733,125 @@
   <si>
     <t>TEAM UAA PR (UAAPR)</t>
   </si>
   <si>
     <t>Technique Track Club - BNAA (TTC)</t>
   </si>
   <si>
     <t>Telescope Primary School (TPS)</t>
   </si>
   <si>
     <t>Ten-Broeck Elementary (TENE)</t>
   </si>
   <si>
     <t>Terrace Road School (TRRD)</t>
   </si>
   <si>
     <t>TFOX</t>
   </si>
   <si>
     <t>TGMS Grade 5 (TGMS5)</t>
   </si>
   <si>
     <t>The  University of Calgary Athletics Club (UCAC)</t>
   </si>
   <si>
+    <t>THE BOXING CLUB SPRUCE GROVE (TBC)</t>
+  </si>
+  <si>
     <t>The Buttles (B4TLE)</t>
   </si>
   <si>
     <t>The Dough Rollers (RBCDS)</t>
   </si>
   <si>
     <t>The Element High School (TEHS)</t>
   </si>
   <si>
-    <t>The Gazelles Track &amp; Field club (GAZTF)</t>
+    <t>The gazelles (GAZ)</t>
   </si>
   <si>
     <t>The Limberlost Challenge (ATLC)</t>
   </si>
   <si>
     <t>The Lions Track Club (LTC)</t>
   </si>
   <si>
     <t>The Pacemakers (T.P.)</t>
   </si>
   <si>
-    <t>The Peel Gazelles (PGAZ)</t>
-[...1 lines deleted...]
-  <si>
     <t>The St. George's Institute (SGI)</t>
   </si>
   <si>
     <t>Thelma Lightbourne Primary School (TLPS)</t>
   </si>
   <si>
     <t>Thorold Elite Track Club ()</t>
   </si>
   <si>
     <t>Thotold Elite TC (TETC)</t>
   </si>
   <si>
     <t>Thunderbirds Track + Field (THUNB)</t>
   </si>
   <si>
     <t>Tigers (TIGERS)</t>
   </si>
   <si>
     <t>Tigers Sports Club (TGRS)</t>
   </si>
   <si>
     <t>TIGRE</t>
   </si>
   <si>
+    <t>Timing Track Club (TTC)</t>
+  </si>
+  <si>
     <t>Timmins Chargers (TIMCH)</t>
   </si>
   <si>
     <t>Tiro ECEDAO (TIRO)</t>
   </si>
   <si>
+    <t>Titans Athletics Club (TAC)</t>
+  </si>
+  <si>
     <t>Tk Dale Wealth (TKDW)</t>
   </si>
   <si>
+    <t>TLC Academy (TLC)</t>
+  </si>
+  <si>
     <t>TNT BATAVIA (TNT)</t>
   </si>
   <si>
     <t>TOCO TAFAC (TOCO)</t>
   </si>
   <si>
+    <t>Toco Track and Field Athletic Club (TAFA)</t>
+  </si>
+  <si>
     <t>Top Flight Athletics (TFA)</t>
   </si>
   <si>
     <t>Top G Athletic Club (TOPG)</t>
   </si>
   <si>
     <t>Toronto Carnival Run (TOCA)</t>
   </si>
   <si>
     <t>Toronto Central (TCEN)</t>
   </si>
   <si>
     <t>Toronto Olympic club (TOC)</t>
   </si>
   <si>
     <t>Track north (TNOR)</t>
   </si>
   <si>
     <t>Track stars (TS)</t>
   </si>
   <si>
     <t>TrackFest 2024 (TF24)</t>
   </si>
   <si>
     <t>Trackfit Speed Club (TFSC)</t>
@@ -4643,68 +4862,74 @@
   <si>
     <t>Trappers' Running Club (TRC)</t>
   </si>
   <si>
     <t>Tray &amp; bri (T&amp;B)</t>
   </si>
   <si>
     <t>Treetops 2 (TRT2)</t>
   </si>
   <si>
     <t>Trehern Collegiate (TRHN)</t>
   </si>
   <si>
     <t>Treherne Collegiate Institute (0610)</t>
   </si>
   <si>
     <t>Trey Bombs (TBS)</t>
   </si>
   <si>
     <t>Tri-Local (TRLO)</t>
   </si>
   <si>
     <t>TriathlonMB (TRIMB)</t>
   </si>
   <si>
+    <t>Trinidad and Tobago Association of Masters Athletics (TTAMA)</t>
+  </si>
+  <si>
     <t>Trinity Western (TWUS)</t>
   </si>
   <si>
     <t>Trovadores (TROV)</t>
   </si>
   <si>
     <t>Trovarunners (TROVR)</t>
   </si>
   <si>
-    <t>Truro Lions Track Club (TLTC)</t>
-[...1 lines deleted...]
-  <si>
     <t>TSG78 Heidelberg (TSG78)</t>
   </si>
   <si>
+    <t>TTAMA</t>
+  </si>
+  <si>
     <t>TTO - NORTH WEST DIVISION (TTO)</t>
   </si>
   <si>
+    <t>Turks Next Gen Athltics (TNGA)</t>
+  </si>
+  <si>
     <t>Tuscany School (TUSC)</t>
   </si>
   <si>
     <t>TV Flieden (TVF)</t>
   </si>
   <si>
     <t>Two Hills Mennonite (TWHM)</t>
   </si>
   <si>
     <t>Two Hills Mennonite Senior (THMS)</t>
   </si>
   <si>
     <t>Tyro Boys (AMSTB)</t>
   </si>
   <si>
     <t>Tyro Girls (AMSTG)</t>
   </si>
   <si>
     <t>Tyrrell Williams Primary School (TWPS)</t>
   </si>
   <si>
     <t>Uchenna Academy (UCHE)</t>
   </si>
   <si>
     <t>UGA (UNGA)</t>
@@ -4745,149 +4970,161 @@
   <si>
     <t>Union (UNO)</t>
   </si>
   <si>
     <t>UNITED TAMIL (UNIT)</t>
   </si>
   <si>
     <t>Universidad Central de Bayamón (UCDB)</t>
   </si>
   <si>
     <t>UNIVERSIDAD INTERAMERICANA (UIPR) (UIPR)</t>
   </si>
   <si>
     <t>Universidad Sagrado Corazón (USC)</t>
   </si>
   <si>
     <t>Université du Québec à Chicoutimi (UQAC)</t>
   </si>
   <si>
     <t>University of Calgary Athletics Club (UCAC)</t>
   </si>
   <si>
     <t>University of Georgia (UNGA)</t>
   </si>
   <si>
+    <t>University of Guelph (UOFG)</t>
+  </si>
+  <si>
     <t>University of Memphis Track and Field (W4T9D)</t>
   </si>
   <si>
     <t>University of Toronto (UTTC)</t>
   </si>
   <si>
     <t>University of Toronto Cross Country (UTCC)</t>
   </si>
   <si>
     <t>University of Toronto Track Club (UTT)</t>
   </si>
   <si>
     <t>University of Virginia (UVA)</t>
   </si>
   <si>
+    <t>University Of Windsor Athletics Club (UWAC)</t>
+  </si>
+  <si>
     <t>Unnatached (KRIS)</t>
   </si>
   <si>
     <t>UNNIVERSITY OF NEW BRUNSWICK (UNB)</t>
   </si>
   <si>
     <t>Unon</t>
   </si>
   <si>
     <t>Unregistered Ontario masters (UNREG)</t>
   </si>
   <si>
     <t>Unstoppable BK (UNBK)</t>
   </si>
   <si>
     <t>UofC(Dev) (UOFCD)</t>
   </si>
   <si>
     <t>UPR CAROLINA (UPRCA)</t>
   </si>
   <si>
     <t>Upriver Running (URRC)</t>
   </si>
   <si>
     <t>Upstream School (UPST)</t>
   </si>
   <si>
     <t>Urban Aboriginal Alternative High School Program (UAAHS)</t>
   </si>
   <si>
     <t>Urban Acadmey (URBN)</t>
   </si>
   <si>
     <t>US Air Force WCAP (WCAP)</t>
   </si>
   <si>
     <t>USA (USA-1)</t>
   </si>
   <si>
     <t>USA 1 (USA-1)</t>
   </si>
   <si>
     <t>Usa-1</t>
   </si>
   <si>
     <t>UTT (UTTC)</t>
   </si>
   <si>
+    <t>UTT Patriots (UTT)</t>
+  </si>
+  <si>
     <t>UVic Cycling (UCC)</t>
   </si>
   <si>
     <t>V-MAXXERS (VMAX)</t>
   </si>
   <si>
     <t>Vainqueur Plus (PLUS)</t>
   </si>
   <si>
     <t>Vallas Ecedao (VALLA)</t>
   </si>
   <si>
     <t>Valley Primary School (VPS)</t>
   </si>
   <si>
     <t>Valley Royals (VRTFC)</t>
   </si>
   <si>
     <t>Vancouver Island Scottish Throwing Association (VISTA)</t>
   </si>
   <si>
     <t>Vancouver Talmud Torah (VTT)</t>
   </si>
   <si>
     <t>Vancouver Talmund Torah School (VTT)</t>
   </si>
   <si>
     <t>Variety Village (VVAC)</t>
   </si>
   <si>
     <t>Varsity Acres School (VAS)</t>
   </si>
   <si>
     <t>Vaudreuil-Dorion (ALLI)</t>
   </si>
   <si>
+    <t>Velocity Tack Club (VELO)</t>
+  </si>
+  <si>
     <t>Velocity Track (VT)</t>
   </si>
   <si>
     <t>Velocity Track Club (VELO)</t>
   </si>
   <si>
     <t>Very Nice Track Club (NICE)</t>
   </si>
   <si>
     <t>Victor Scott Preschool - BNAA (VSPR)</t>
   </si>
   <si>
     <t>Victor Scott Primary - BNAA (VSP)</t>
   </si>
   <si>
     <t>Viking XC (VIKIN)</t>
   </si>
   <si>
     <t>Villa Fontana (VILLA)</t>
   </si>
   <si>
     <t>Villanova Hall (VILL)</t>
   </si>
   <si>
     <t>Vincent Massey Academy (MVA)</t>
@@ -4905,50 +5142,53 @@
     <t>Vivien Vanterpool Primary School (VVPS)</t>
   </si>
   <si>
     <t>Voltigeurs Du Collège Bourget (VOLTS)</t>
   </si>
   <si>
     <t>W.E. Gowling Elementary (WEGO)</t>
   </si>
   <si>
     <t>W.O. Mitchell (W O M)</t>
   </si>
   <si>
     <t>W.Ross Macdonald School (WRMS)</t>
   </si>
   <si>
     <t>Wabanaki School (WABA)</t>
   </si>
   <si>
     <t>Wadadli Athletic Club (WAC)</t>
   </si>
   <si>
     <t>Wadadli Sports Club (WDSC)</t>
   </si>
   <si>
     <t>WALSH Track Club (WTS)</t>
+  </si>
+  <si>
+    <t>Wampa Walkers (WW)</t>
   </si>
   <si>
     <t>Warriors / Rebels (VANK)</t>
   </si>
   <si>
     <t>Warwick Academy Middle School - BNAA (WAMS)</t>
   </si>
   <si>
     <t>Warwick Academy Primary School - BNAA (WAPS)</t>
   </si>
   <si>
     <t>Warwick Academy Senior School - BNAA (WASS)</t>
   </si>
   <si>
     <t>Warwick Preschool - BNAA (WPRE)</t>
   </si>
   <si>
     <t>Waterdown (WDHS)</t>
   </si>
   <si>
     <t>Waterloo Track Club (UWTC)</t>
   </si>
   <si>
     <t>Watson Elementary (WATE)</t>
   </si>
@@ -5547,163 +5787,156 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:DD7007"/>
+  <dimension ref="A1:DC7092"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" bestFit="true" customWidth="true" style="0"/>
-    <col min="105" max="105" width="8" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="36" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="89" bestFit="true" customWidth="true" style="0"/>
-    <col min="107" max="107" width="4" bestFit="true" customWidth="true" style="0"/>
+    <col min="105" max="105" width="89" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" bestFit="true" customWidth="true" style="0"/>
-    <col min="108" max="108" width="13" bestFit="true" customWidth="true" style="0"/>
+    <col min="107" max="107" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:108" hidden="true" outlineLevel="1">
+    <row r="1" spans="1:107" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
       <c r="DB1" t="s">
         <v>2</v>
       </c>
       <c r="DC1" t="s">
         <v>3</v>
       </c>
-      <c r="DD1" t="s">
+    </row>
+    <row r="2" spans="1:107" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2" t="s">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>5</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>7</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>8</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>9</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>10</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>11</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>12</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>13</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>14</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>15</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>16</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>17</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>18</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>19</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>20</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="DB2" t="s">
+        <v>2</v>
+      </c>
+      <c r="DC2" t="s">
         <v>21</v>
       </c>
-      <c r="DA2" t="s">
+    </row>
+    <row r="3" spans="1:107">
+      <c r="A3" s="3" t="s">
         <v>22</v>
-      </c>
-[...9 lines deleted...]
-        <v>25</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -5764,108 +5997,108 @@
       <c r="CB3" s="3"/>
       <c r="CC3" s="3"/>
       <c r="CD3" s="3"/>
       <c r="CE3" s="3"/>
       <c r="CF3" s="3"/>
       <c r="CG3" s="3"/>
       <c r="CH3" s="3"/>
       <c r="CI3" s="3"/>
       <c r="CJ3" s="3"/>
       <c r="CK3" s="3"/>
       <c r="CL3" s="3"/>
       <c r="CM3" s="3"/>
       <c r="CN3" s="3"/>
       <c r="CO3" s="3"/>
       <c r="CP3" s="3"/>
       <c r="CQ3" s="3"/>
       <c r="CR3" s="3"/>
       <c r="CS3" s="3"/>
       <c r="CT3" s="3"/>
       <c r="CU3" s="3"/>
       <c r="CV3" s="3"/>
       <c r="CW3" s="3"/>
       <c r="CX3" s="3"/>
       <c r="CY3" s="3"/>
       <c r="CZ3" s="3"/>
-      <c r="DB3" t="s">
+      <c r="DA3" t="s">
+        <v>23</v>
+      </c>
+      <c r="DC3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="4" spans="1:107">
+      <c r="A4" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B4" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="DD3" t="s">
+      <c r="C4" s="4" t="s">
         <v>27</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="4" t="s">
+      <c r="D4" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="E4" s="4" t="s">
         <v>29</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="F4" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="G4" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="E4" s="4" t="s">
+      <c r="H4" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="F4" s="4" t="s">
+      <c r="I4" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="G4" s="4" t="s">
+      <c r="J4" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="H4" s="4" t="s">
+      <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="I4" s="4" t="s">
+      <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="J4" s="4" t="s">
+      <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="K4" s="4" t="s">
+      <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
-      <c r="L4" s="4" t="s">
+      <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="M4" s="4" t="s">
+      <c r="P4" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="N4" s="4" t="s">
+      <c r="Q4" s="4" t="s">
         <v>41</v>
-      </c>
-[...7 lines deleted...]
-        <v>44</v>
       </c>
       <c r="R4" s="4"/>
       <c r="S4" s="4"/>
       <c r="T4" s="4"/>
       <c r="U4" s="4"/>
       <c r="V4" s="4"/>
       <c r="W4" s="4"/>
       <c r="X4" s="4"/>
       <c r="Y4" s="4"/>
       <c r="Z4" s="4"/>
       <c r="AA4" s="4"/>
       <c r="AB4" s="4"/>
       <c r="AC4" s="4"/>
       <c r="AD4" s="4"/>
       <c r="AE4" s="4"/>
       <c r="AF4" s="4"/>
       <c r="AG4" s="4"/>
       <c r="AH4" s="4"/>
       <c r="AI4" s="4"/>
       <c r="AJ4" s="4"/>
       <c r="AK4" s="4"/>
       <c r="AL4" s="4"/>
       <c r="AM4" s="4"/>
       <c r="AN4" s="4"/>
       <c r="AO4" s="4"/>
@@ -5910,15974 +6143,15393 @@
       <c r="CB4" s="4"/>
       <c r="CC4" s="4"/>
       <c r="CD4" s="4"/>
       <c r="CE4" s="4"/>
       <c r="CF4" s="4"/>
       <c r="CG4" s="4"/>
       <c r="CH4" s="4"/>
       <c r="CI4" s="4"/>
       <c r="CJ4" s="4"/>
       <c r="CK4" s="4"/>
       <c r="CL4" s="4"/>
       <c r="CM4" s="4"/>
       <c r="CN4" s="4"/>
       <c r="CO4" s="4"/>
       <c r="CP4" s="4"/>
       <c r="CQ4" s="4"/>
       <c r="CR4" s="4"/>
       <c r="CS4" s="4"/>
       <c r="CT4" s="4"/>
       <c r="CU4" s="4"/>
       <c r="CV4" s="4"/>
       <c r="CW4" s="4"/>
       <c r="CX4" s="4"/>
       <c r="CY4" s="4"/>
       <c r="CZ4" s="4"/>
-      <c r="DD4" t="s">
-[...5 lines deleted...]
-      <c r="D5" s="2"/>
+      <c r="DC4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:107">
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5" s="2"/>
       <c r="J5"/>
       <c r="K5" s="2"/>
       <c r="L5"/>
       <c r="M5" s="2"/>
       <c r="N5"/>
       <c r="O5" s="2"/>
       <c r="P5"/>
       <c r="Q5" s="2"/>
-      <c r="DD5" t="s">
-[...4 lines deleted...]
-      <c r="D6" s="2"/>
+      <c r="DC5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6" spans="1:107">
       <c r="I6" s="2"/>
       <c r="K6" s="2"/>
       <c r="M6" s="2"/>
       <c r="O6" s="2"/>
       <c r="Q6" s="2"/>
     </row>
-    <row r="7" spans="1:108">
-      <c r="D7" s="2"/>
+    <row r="7" spans="1:107">
       <c r="I7" s="2"/>
       <c r="K7" s="2"/>
       <c r="M7" s="2"/>
       <c r="O7" s="2"/>
       <c r="Q7" s="2"/>
     </row>
-    <row r="8" spans="1:108">
-      <c r="D8" s="2"/>
+    <row r="8" spans="1:107">
       <c r="I8" s="2"/>
       <c r="K8" s="2"/>
       <c r="M8" s="2"/>
       <c r="O8" s="2"/>
       <c r="Q8" s="2"/>
     </row>
-    <row r="9" spans="1:108">
-      <c r="D9" s="2"/>
+    <row r="9" spans="1:107">
       <c r="I9" s="2"/>
       <c r="K9" s="2"/>
       <c r="M9" s="2"/>
       <c r="O9" s="2"/>
       <c r="Q9" s="2"/>
     </row>
-    <row r="10" spans="1:108">
-      <c r="D10" s="2"/>
+    <row r="10" spans="1:107">
       <c r="I10" s="2"/>
       <c r="K10" s="2"/>
       <c r="M10" s="2"/>
       <c r="O10" s="2"/>
       <c r="Q10" s="2"/>
     </row>
-    <row r="11" spans="1:108">
-      <c r="D11" s="2"/>
+    <row r="11" spans="1:107">
       <c r="I11" s="2"/>
       <c r="K11" s="2"/>
       <c r="M11" s="2"/>
       <c r="O11" s="2"/>
       <c r="Q11" s="2"/>
     </row>
-    <row r="12" spans="1:108">
-      <c r="D12" s="2"/>
+    <row r="12" spans="1:107">
       <c r="I12" s="2"/>
       <c r="K12" s="2"/>
       <c r="M12" s="2"/>
       <c r="O12" s="2"/>
       <c r="Q12" s="2"/>
     </row>
-    <row r="13" spans="1:108">
-      <c r="D13" s="2"/>
+    <row r="13" spans="1:107">
       <c r="I13" s="2"/>
       <c r="K13" s="2"/>
       <c r="M13" s="2"/>
       <c r="O13" s="2"/>
       <c r="Q13" s="2"/>
     </row>
-    <row r="14" spans="1:108">
-      <c r="D14" s="2"/>
+    <row r="14" spans="1:107">
       <c r="I14" s="2"/>
       <c r="K14" s="2"/>
       <c r="M14" s="2"/>
       <c r="O14" s="2"/>
       <c r="Q14" s="2"/>
     </row>
-    <row r="15" spans="1:108">
-      <c r="D15" s="2"/>
+    <row r="15" spans="1:107">
       <c r="I15" s="2"/>
       <c r="K15" s="2"/>
       <c r="M15" s="2"/>
       <c r="O15" s="2"/>
       <c r="Q15" s="2"/>
     </row>
-    <row r="16" spans="1:108">
-      <c r="D16" s="2"/>
+    <row r="16" spans="1:107">
       <c r="I16" s="2"/>
       <c r="K16" s="2"/>
       <c r="M16" s="2"/>
       <c r="O16" s="2"/>
       <c r="Q16" s="2"/>
     </row>
-    <row r="17" spans="1:108">
-      <c r="D17" s="2"/>
+    <row r="17" spans="1:107">
       <c r="I17" s="2"/>
       <c r="K17" s="2"/>
       <c r="M17" s="2"/>
       <c r="O17" s="2"/>
       <c r="Q17" s="2"/>
     </row>
-    <row r="18" spans="1:108">
-      <c r="D18" s="2"/>
+    <row r="18" spans="1:107">
       <c r="I18" s="2"/>
       <c r="K18" s="2"/>
       <c r="M18" s="2"/>
       <c r="O18" s="2"/>
       <c r="Q18" s="2"/>
     </row>
-    <row r="19" spans="1:108">
-      <c r="D19" s="2"/>
+    <row r="19" spans="1:107">
       <c r="I19" s="2"/>
       <c r="K19" s="2"/>
       <c r="M19" s="2"/>
       <c r="O19" s="2"/>
       <c r="Q19" s="2"/>
     </row>
-    <row r="20" spans="1:108">
-      <c r="D20" s="2"/>
+    <row r="20" spans="1:107">
       <c r="I20" s="2"/>
       <c r="K20" s="2"/>
       <c r="M20" s="2"/>
       <c r="O20" s="2"/>
       <c r="Q20" s="2"/>
     </row>
-    <row r="21" spans="1:108">
-      <c r="D21" s="2"/>
+    <row r="21" spans="1:107">
       <c r="I21" s="2"/>
       <c r="K21" s="2"/>
       <c r="M21" s="2"/>
       <c r="O21" s="2"/>
       <c r="Q21" s="2"/>
     </row>
-    <row r="22" spans="1:108">
-      <c r="D22" s="2"/>
+    <row r="22" spans="1:107">
       <c r="I22" s="2"/>
       <c r="K22" s="2"/>
       <c r="M22" s="2"/>
       <c r="O22" s="2"/>
       <c r="Q22" s="2"/>
     </row>
-    <row r="23" spans="1:108">
-      <c r="D23" s="2"/>
+    <row r="23" spans="1:107">
       <c r="I23" s="2"/>
       <c r="K23" s="2"/>
       <c r="M23" s="2"/>
       <c r="O23" s="2"/>
       <c r="Q23" s="2"/>
     </row>
-    <row r="24" spans="1:108">
-      <c r="D24" s="2"/>
+    <row r="24" spans="1:107">
       <c r="I24" s="2"/>
       <c r="K24" s="2"/>
       <c r="M24" s="2"/>
       <c r="O24" s="2"/>
       <c r="Q24" s="2"/>
     </row>
-    <row r="25" spans="1:108">
-      <c r="D25" s="2"/>
+    <row r="25" spans="1:107">
       <c r="I25" s="2"/>
       <c r="K25" s="2"/>
       <c r="M25" s="2"/>
       <c r="O25" s="2"/>
       <c r="Q25" s="2"/>
     </row>
-    <row r="26" spans="1:108">
-      <c r="D26" s="2"/>
+    <row r="26" spans="1:107">
       <c r="I26" s="2"/>
       <c r="K26" s="2"/>
       <c r="M26" s="2"/>
       <c r="O26" s="2"/>
       <c r="Q26" s="2"/>
     </row>
-    <row r="27" spans="1:108">
-      <c r="D27" s="2"/>
+    <row r="27" spans="1:107">
       <c r="I27" s="2"/>
       <c r="K27" s="2"/>
       <c r="M27" s="2"/>
       <c r="O27" s="2"/>
       <c r="Q27" s="2"/>
     </row>
-    <row r="28" spans="1:108">
-      <c r="D28" s="2"/>
+    <row r="28" spans="1:107">
       <c r="I28" s="2"/>
       <c r="K28" s="2"/>
       <c r="M28" s="2"/>
       <c r="O28" s="2"/>
       <c r="Q28" s="2"/>
     </row>
-    <row r="29" spans="1:108">
-      <c r="D29" s="2"/>
+    <row r="29" spans="1:107">
       <c r="I29" s="2"/>
       <c r="K29" s="2"/>
       <c r="M29" s="2"/>
       <c r="O29" s="2"/>
       <c r="Q29" s="2"/>
     </row>
-    <row r="30" spans="1:108">
-      <c r="D30" s="2"/>
+    <row r="30" spans="1:107">
       <c r="I30" s="2"/>
       <c r="K30" s="2"/>
       <c r="M30" s="2"/>
       <c r="O30" s="2"/>
       <c r="Q30" s="2"/>
     </row>
-    <row r="31" spans="1:108">
-      <c r="D31" s="2"/>
+    <row r="31" spans="1:107">
       <c r="I31" s="2"/>
       <c r="K31" s="2"/>
       <c r="M31" s="2"/>
       <c r="O31" s="2"/>
       <c r="Q31" s="2"/>
     </row>
-    <row r="32" spans="1:108">
-      <c r="D32" s="2"/>
+    <row r="32" spans="1:107">
       <c r="I32" s="2"/>
       <c r="K32" s="2"/>
       <c r="M32" s="2"/>
       <c r="O32" s="2"/>
       <c r="Q32" s="2"/>
     </row>
-    <row r="33" spans="1:108">
-      <c r="D33" s="2"/>
+    <row r="33" spans="1:107">
       <c r="I33" s="2"/>
       <c r="K33" s="2"/>
       <c r="M33" s="2"/>
       <c r="O33" s="2"/>
       <c r="Q33" s="2"/>
     </row>
-    <row r="34" spans="1:108">
-      <c r="D34" s="2"/>
+    <row r="34" spans="1:107">
       <c r="I34" s="2"/>
       <c r="K34" s="2"/>
       <c r="M34" s="2"/>
       <c r="O34" s="2"/>
       <c r="Q34" s="2"/>
     </row>
-    <row r="35" spans="1:108">
-      <c r="D35" s="2"/>
+    <row r="35" spans="1:107">
       <c r="I35" s="2"/>
       <c r="K35" s="2"/>
       <c r="M35" s="2"/>
       <c r="O35" s="2"/>
       <c r="Q35" s="2"/>
     </row>
-    <row r="36" spans="1:108">
-      <c r="D36" s="2"/>
+    <row r="36" spans="1:107">
       <c r="I36" s="2"/>
       <c r="K36" s="2"/>
       <c r="M36" s="2"/>
       <c r="O36" s="2"/>
       <c r="Q36" s="2"/>
     </row>
-    <row r="37" spans="1:108">
-      <c r="D37" s="2"/>
+    <row r="37" spans="1:107">
       <c r="I37" s="2"/>
       <c r="K37" s="2"/>
       <c r="M37" s="2"/>
       <c r="O37" s="2"/>
       <c r="Q37" s="2"/>
     </row>
-    <row r="38" spans="1:108">
-      <c r="D38" s="2"/>
+    <row r="38" spans="1:107">
       <c r="I38" s="2"/>
       <c r="K38" s="2"/>
       <c r="M38" s="2"/>
       <c r="O38" s="2"/>
       <c r="Q38" s="2"/>
     </row>
-    <row r="39" spans="1:108">
-      <c r="D39" s="2"/>
+    <row r="39" spans="1:107">
       <c r="I39" s="2"/>
       <c r="K39" s="2"/>
       <c r="M39" s="2"/>
       <c r="O39" s="2"/>
       <c r="Q39" s="2"/>
     </row>
-    <row r="40" spans="1:108">
-      <c r="D40" s="2"/>
+    <row r="40" spans="1:107">
       <c r="I40" s="2"/>
       <c r="K40" s="2"/>
       <c r="M40" s="2"/>
       <c r="O40" s="2"/>
       <c r="Q40" s="2"/>
     </row>
-    <row r="41" spans="1:108">
-      <c r="D41" s="2"/>
+    <row r="41" spans="1:107">
       <c r="I41" s="2"/>
       <c r="K41" s="2"/>
       <c r="M41" s="2"/>
       <c r="O41" s="2"/>
       <c r="Q41" s="2"/>
     </row>
-    <row r="42" spans="1:108">
-      <c r="D42" s="2"/>
+    <row r="42" spans="1:107">
       <c r="I42" s="2"/>
       <c r="K42" s="2"/>
       <c r="M42" s="2"/>
       <c r="O42" s="2"/>
       <c r="Q42" s="2"/>
-      <c r="DB42" t="s">
-[...4 lines deleted...]
-      <c r="D43" s="2"/>
+      <c r="DA42" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="43" spans="1:107">
       <c r="I43" s="2"/>
       <c r="K43" s="2"/>
       <c r="M43" s="2"/>
       <c r="O43" s="2"/>
       <c r="Q43" s="2"/>
-      <c r="DB43" t="s">
-[...4 lines deleted...]
-      <c r="D44" s="2"/>
+      <c r="DA43" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="44" spans="1:107">
       <c r="I44" s="2"/>
       <c r="K44" s="2"/>
       <c r="M44" s="2"/>
       <c r="O44" s="2"/>
       <c r="Q44" s="2"/>
     </row>
-    <row r="45" spans="1:108">
-      <c r="D45" s="2"/>
+    <row r="45" spans="1:107">
       <c r="I45" s="2"/>
       <c r="K45" s="2"/>
       <c r="M45" s="2"/>
       <c r="O45" s="2"/>
       <c r="Q45" s="2"/>
     </row>
-    <row r="46" spans="1:108">
-      <c r="D46" s="2"/>
+    <row r="46" spans="1:107">
       <c r="I46" s="2"/>
       <c r="K46" s="2"/>
       <c r="M46" s="2"/>
       <c r="O46" s="2"/>
       <c r="Q46" s="2"/>
     </row>
-    <row r="47" spans="1:108">
-      <c r="D47" s="2"/>
+    <row r="47" spans="1:107">
       <c r="I47" s="2"/>
       <c r="K47" s="2"/>
       <c r="M47" s="2"/>
       <c r="O47" s="2"/>
       <c r="Q47" s="2"/>
     </row>
-    <row r="48" spans="1:108">
-      <c r="D48" s="2"/>
+    <row r="48" spans="1:107">
       <c r="I48" s="2"/>
       <c r="K48" s="2"/>
       <c r="M48" s="2"/>
       <c r="O48" s="2"/>
       <c r="Q48" s="2"/>
-      <c r="DB48" t="s">
-[...4 lines deleted...]
-      <c r="D49" s="2"/>
+      <c r="DA48" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="49" spans="1:107">
       <c r="I49" s="2"/>
       <c r="K49" s="2"/>
       <c r="M49" s="2"/>
       <c r="O49" s="2"/>
       <c r="Q49" s="2"/>
     </row>
-    <row r="50" spans="1:108">
-      <c r="D50" s="2"/>
+    <row r="50" spans="1:107">
       <c r="I50" s="2"/>
       <c r="K50" s="2"/>
       <c r="M50" s="2"/>
       <c r="O50" s="2"/>
       <c r="Q50" s="2"/>
     </row>
-    <row r="51" spans="1:108">
-      <c r="D51" s="2"/>
+    <row r="51" spans="1:107">
       <c r="I51" s="2"/>
       <c r="K51" s="2"/>
       <c r="M51" s="2"/>
       <c r="O51" s="2"/>
       <c r="Q51" s="2"/>
     </row>
-    <row r="52" spans="1:108">
-      <c r="D52" s="2"/>
+    <row r="52" spans="1:107">
       <c r="I52" s="2"/>
       <c r="K52" s="2"/>
       <c r="M52" s="2"/>
       <c r="O52" s="2"/>
       <c r="Q52" s="2"/>
     </row>
-    <row r="53" spans="1:108">
-      <c r="D53" s="2"/>
+    <row r="53" spans="1:107">
       <c r="I53" s="2"/>
       <c r="K53" s="2"/>
       <c r="M53" s="2"/>
       <c r="O53" s="2"/>
       <c r="Q53" s="2"/>
     </row>
-    <row r="54" spans="1:108">
-      <c r="D54" s="2"/>
+    <row r="54" spans="1:107">
       <c r="I54" s="2"/>
       <c r="K54" s="2"/>
       <c r="M54" s="2"/>
       <c r="O54" s="2"/>
       <c r="Q54" s="2"/>
     </row>
-    <row r="55" spans="1:108">
-      <c r="D55" s="2"/>
+    <row r="55" spans="1:107">
       <c r="I55" s="2"/>
       <c r="K55" s="2"/>
       <c r="M55" s="2"/>
       <c r="O55" s="2"/>
       <c r="Q55" s="2"/>
     </row>
-    <row r="56" spans="1:108">
-      <c r="D56" s="2"/>
+    <row r="56" spans="1:107">
       <c r="I56" s="2"/>
       <c r="K56" s="2"/>
       <c r="M56" s="2"/>
       <c r="O56" s="2"/>
       <c r="Q56" s="2"/>
     </row>
-    <row r="57" spans="1:108">
-      <c r="D57" s="2"/>
+    <row r="57" spans="1:107">
       <c r="I57" s="2"/>
       <c r="K57" s="2"/>
       <c r="M57" s="2"/>
       <c r="O57" s="2"/>
       <c r="Q57" s="2"/>
     </row>
-    <row r="58" spans="1:108">
-      <c r="D58" s="2"/>
+    <row r="58" spans="1:107">
       <c r="I58" s="2"/>
       <c r="K58" s="2"/>
       <c r="M58" s="2"/>
       <c r="O58" s="2"/>
       <c r="Q58" s="2"/>
     </row>
-    <row r="59" spans="1:108">
-      <c r="D59" s="2"/>
+    <row r="59" spans="1:107">
       <c r="I59" s="2"/>
       <c r="K59" s="2"/>
       <c r="M59" s="2"/>
       <c r="O59" s="2"/>
       <c r="Q59" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D60" s="2"/>
+      <c r="DA59" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="60" spans="1:107">
       <c r="I60" s="2"/>
       <c r="K60" s="2"/>
       <c r="M60" s="2"/>
       <c r="O60" s="2"/>
       <c r="Q60" s="2"/>
     </row>
-    <row r="61" spans="1:108">
-      <c r="D61" s="2"/>
+    <row r="61" spans="1:107">
       <c r="I61" s="2"/>
       <c r="K61" s="2"/>
       <c r="M61" s="2"/>
       <c r="O61" s="2"/>
       <c r="Q61" s="2"/>
-      <c r="DB61" t="s">
-[...4 lines deleted...]
-      <c r="D62" s="2"/>
+    </row>
+    <row r="62" spans="1:107">
       <c r="I62" s="2"/>
       <c r="K62" s="2"/>
       <c r="M62" s="2"/>
       <c r="O62" s="2"/>
       <c r="Q62" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D63" s="2"/>
+      <c r="DA62" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="63" spans="1:107">
       <c r="I63" s="2"/>
       <c r="K63" s="2"/>
       <c r="M63" s="2"/>
       <c r="O63" s="2"/>
       <c r="Q63" s="2"/>
     </row>
-    <row r="64" spans="1:108">
-      <c r="D64" s="2"/>
+    <row r="64" spans="1:107">
       <c r="I64" s="2"/>
       <c r="K64" s="2"/>
       <c r="M64" s="2"/>
       <c r="O64" s="2"/>
       <c r="Q64" s="2"/>
     </row>
-    <row r="65" spans="1:108">
-      <c r="D65" s="2"/>
+    <row r="65" spans="1:107">
       <c r="I65" s="2"/>
       <c r="K65" s="2"/>
       <c r="M65" s="2"/>
       <c r="O65" s="2"/>
       <c r="Q65" s="2"/>
     </row>
-    <row r="66" spans="1:108">
-      <c r="D66" s="2"/>
+    <row r="66" spans="1:107">
       <c r="I66" s="2"/>
       <c r="K66" s="2"/>
       <c r="M66" s="2"/>
       <c r="O66" s="2"/>
       <c r="Q66" s="2"/>
     </row>
-    <row r="67" spans="1:108">
-      <c r="D67" s="2"/>
+    <row r="67" spans="1:107">
       <c r="I67" s="2"/>
       <c r="K67" s="2"/>
       <c r="M67" s="2"/>
       <c r="O67" s="2"/>
       <c r="Q67" s="2"/>
     </row>
-    <row r="68" spans="1:108">
-      <c r="D68" s="2"/>
+    <row r="68" spans="1:107">
       <c r="I68" s="2"/>
       <c r="K68" s="2"/>
       <c r="M68" s="2"/>
       <c r="O68" s="2"/>
       <c r="Q68" s="2"/>
     </row>
-    <row r="69" spans="1:108">
-      <c r="D69" s="2"/>
+    <row r="69" spans="1:107">
       <c r="I69" s="2"/>
       <c r="K69" s="2"/>
       <c r="M69" s="2"/>
       <c r="O69" s="2"/>
       <c r="Q69" s="2"/>
     </row>
-    <row r="70" spans="1:108">
-      <c r="D70" s="2"/>
+    <row r="70" spans="1:107">
       <c r="I70" s="2"/>
       <c r="K70" s="2"/>
       <c r="M70" s="2"/>
       <c r="O70" s="2"/>
       <c r="Q70" s="2"/>
     </row>
-    <row r="71" spans="1:108">
-      <c r="D71" s="2"/>
+    <row r="71" spans="1:107">
       <c r="I71" s="2"/>
       <c r="K71" s="2"/>
       <c r="M71" s="2"/>
       <c r="O71" s="2"/>
       <c r="Q71" s="2"/>
     </row>
-    <row r="72" spans="1:108">
-      <c r="D72" s="2"/>
+    <row r="72" spans="1:107">
       <c r="I72" s="2"/>
       <c r="K72" s="2"/>
       <c r="M72" s="2"/>
       <c r="O72" s="2"/>
       <c r="Q72" s="2"/>
-      <c r="DB72" t="s">
-[...4 lines deleted...]
-      <c r="D73" s="2"/>
+    </row>
+    <row r="73" spans="1:107">
       <c r="I73" s="2"/>
       <c r="K73" s="2"/>
       <c r="M73" s="2"/>
       <c r="O73" s="2"/>
       <c r="Q73" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D74" s="2"/>
+      <c r="DA73" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="74" spans="1:107">
       <c r="I74" s="2"/>
       <c r="K74" s="2"/>
       <c r="M74" s="2"/>
       <c r="O74" s="2"/>
       <c r="Q74" s="2"/>
     </row>
-    <row r="75" spans="1:108">
-      <c r="D75" s="2"/>
+    <row r="75" spans="1:107">
       <c r="I75" s="2"/>
       <c r="K75" s="2"/>
       <c r="M75" s="2"/>
       <c r="O75" s="2"/>
       <c r="Q75" s="2"/>
     </row>
-    <row r="76" spans="1:108">
-      <c r="D76" s="2"/>
+    <row r="76" spans="1:107">
       <c r="I76" s="2"/>
       <c r="K76" s="2"/>
       <c r="M76" s="2"/>
       <c r="O76" s="2"/>
       <c r="Q76" s="2"/>
-      <c r="DB76" t="s">
-[...4 lines deleted...]
-      <c r="D77" s="2"/>
+    </row>
+    <row r="77" spans="1:107">
       <c r="I77" s="2"/>
       <c r="K77" s="2"/>
       <c r="M77" s="2"/>
       <c r="O77" s="2"/>
       <c r="Q77" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D78" s="2"/>
+      <c r="DA77" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="78" spans="1:107">
       <c r="I78" s="2"/>
       <c r="K78" s="2"/>
       <c r="M78" s="2"/>
       <c r="O78" s="2"/>
       <c r="Q78" s="2"/>
     </row>
-    <row r="79" spans="1:108">
-      <c r="D79" s="2"/>
+    <row r="79" spans="1:107">
       <c r="I79" s="2"/>
       <c r="K79" s="2"/>
       <c r="M79" s="2"/>
       <c r="O79" s="2"/>
       <c r="Q79" s="2"/>
     </row>
-    <row r="80" spans="1:108">
-      <c r="D80" s="2"/>
+    <row r="80" spans="1:107">
       <c r="I80" s="2"/>
       <c r="K80" s="2"/>
       <c r="M80" s="2"/>
       <c r="O80" s="2"/>
       <c r="Q80" s="2"/>
     </row>
-    <row r="81" spans="1:108">
-      <c r="D81" s="2"/>
+    <row r="81" spans="1:107">
       <c r="I81" s="2"/>
       <c r="K81" s="2"/>
       <c r="M81" s="2"/>
       <c r="O81" s="2"/>
       <c r="Q81" s="2"/>
     </row>
-    <row r="82" spans="1:108">
-      <c r="D82" s="2"/>
+    <row r="82" spans="1:107">
       <c r="I82" s="2"/>
       <c r="K82" s="2"/>
       <c r="M82" s="2"/>
       <c r="O82" s="2"/>
       <c r="Q82" s="2"/>
     </row>
-    <row r="83" spans="1:108">
-      <c r="D83" s="2"/>
+    <row r="83" spans="1:107">
       <c r="I83" s="2"/>
       <c r="K83" s="2"/>
       <c r="M83" s="2"/>
       <c r="O83" s="2"/>
       <c r="Q83" s="2"/>
-      <c r="DB83" t="s">
-[...4 lines deleted...]
-      <c r="D84" s="2"/>
+    </row>
+    <row r="84" spans="1:107">
       <c r="I84" s="2"/>
       <c r="K84" s="2"/>
       <c r="M84" s="2"/>
       <c r="O84" s="2"/>
       <c r="Q84" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D85" s="2"/>
+      <c r="DA84" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="85" spans="1:107">
       <c r="I85" s="2"/>
       <c r="K85" s="2"/>
       <c r="M85" s="2"/>
       <c r="O85" s="2"/>
       <c r="Q85" s="2"/>
-      <c r="DB85" t="s">
-[...4 lines deleted...]
-      <c r="D86" s="2"/>
+    </row>
+    <row r="86" spans="1:107">
       <c r="I86" s="2"/>
       <c r="K86" s="2"/>
       <c r="M86" s="2"/>
       <c r="O86" s="2"/>
       <c r="Q86" s="2"/>
-      <c r="DB86" t="s">
-[...4 lines deleted...]
-      <c r="D87" s="2"/>
+      <c r="DA86" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="87" spans="1:107">
       <c r="I87" s="2"/>
       <c r="K87" s="2"/>
       <c r="M87" s="2"/>
       <c r="O87" s="2"/>
       <c r="Q87" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D88" s="2"/>
+      <c r="DA87" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="88" spans="1:107">
       <c r="I88" s="2"/>
       <c r="K88" s="2"/>
       <c r="M88" s="2"/>
       <c r="O88" s="2"/>
       <c r="Q88" s="2"/>
     </row>
-    <row r="89" spans="1:108">
-      <c r="D89" s="2"/>
+    <row r="89" spans="1:107">
       <c r="I89" s="2"/>
       <c r="K89" s="2"/>
       <c r="M89" s="2"/>
       <c r="O89" s="2"/>
       <c r="Q89" s="2"/>
-      <c r="DB89" t="s">
-[...4 lines deleted...]
-      <c r="D90" s="2"/>
+    </row>
+    <row r="90" spans="1:107">
       <c r="I90" s="2"/>
       <c r="K90" s="2"/>
       <c r="M90" s="2"/>
       <c r="O90" s="2"/>
       <c r="Q90" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D91" s="2"/>
+      <c r="DA90" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="91" spans="1:107">
       <c r="I91" s="2"/>
       <c r="K91" s="2"/>
       <c r="M91" s="2"/>
       <c r="O91" s="2"/>
       <c r="Q91" s="2"/>
     </row>
-    <row r="92" spans="1:108">
-      <c r="D92" s="2"/>
+    <row r="92" spans="1:107">
       <c r="I92" s="2"/>
       <c r="K92" s="2"/>
       <c r="M92" s="2"/>
       <c r="O92" s="2"/>
       <c r="Q92" s="2"/>
     </row>
-    <row r="93" spans="1:108">
-      <c r="D93" s="2"/>
+    <row r="93" spans="1:107">
       <c r="I93" s="2"/>
       <c r="K93" s="2"/>
       <c r="M93" s="2"/>
       <c r="O93" s="2"/>
       <c r="Q93" s="2"/>
-      <c r="DB93" t="s">
-[...4 lines deleted...]
-      <c r="D94" s="2"/>
+    </row>
+    <row r="94" spans="1:107">
       <c r="I94" s="2"/>
       <c r="K94" s="2"/>
       <c r="M94" s="2"/>
       <c r="O94" s="2"/>
       <c r="Q94" s="2"/>
-      <c r="DB94" t="s">
-[...4 lines deleted...]
-      <c r="D95" s="2"/>
+      <c r="DA94" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="95" spans="1:107">
       <c r="I95" s="2"/>
       <c r="K95" s="2"/>
       <c r="M95" s="2"/>
       <c r="O95" s="2"/>
       <c r="Q95" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D96" s="2"/>
+      <c r="DA95" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="96" spans="1:107">
       <c r="I96" s="2"/>
       <c r="K96" s="2"/>
       <c r="M96" s="2"/>
       <c r="O96" s="2"/>
       <c r="Q96" s="2"/>
     </row>
-    <row r="97" spans="1:108">
-      <c r="D97" s="2"/>
+    <row r="97" spans="1:107">
       <c r="I97" s="2"/>
       <c r="K97" s="2"/>
       <c r="M97" s="2"/>
       <c r="O97" s="2"/>
       <c r="Q97" s="2"/>
     </row>
-    <row r="98" spans="1:108">
-      <c r="D98" s="2"/>
+    <row r="98" spans="1:107">
       <c r="I98" s="2"/>
       <c r="K98" s="2"/>
       <c r="M98" s="2"/>
       <c r="O98" s="2"/>
       <c r="Q98" s="2"/>
     </row>
-    <row r="99" spans="1:108">
-      <c r="D99" s="2"/>
+    <row r="99" spans="1:107">
       <c r="I99" s="2"/>
       <c r="K99" s="2"/>
       <c r="M99" s="2"/>
       <c r="O99" s="2"/>
       <c r="Q99" s="2"/>
-      <c r="DB99" t="s">
-[...4 lines deleted...]
-      <c r="D100" s="2"/>
+    </row>
+    <row r="100" spans="1:107">
       <c r="I100" s="2"/>
       <c r="K100" s="2"/>
       <c r="M100" s="2"/>
       <c r="O100" s="2"/>
       <c r="Q100" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D101" s="2"/>
+      <c r="DA100" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="101" spans="1:107">
       <c r="I101" s="2"/>
       <c r="K101" s="2"/>
       <c r="M101" s="2"/>
       <c r="O101" s="2"/>
       <c r="Q101" s="2"/>
     </row>
-    <row r="102" spans="1:108">
-      <c r="D102" s="2"/>
+    <row r="102" spans="1:107">
       <c r="I102" s="2"/>
       <c r="K102" s="2"/>
       <c r="M102" s="2"/>
       <c r="O102" s="2"/>
       <c r="Q102" s="2"/>
-      <c r="DB102" t="s">
-[...4 lines deleted...]
-      <c r="D103" s="2"/>
+    </row>
+    <row r="103" spans="1:107">
       <c r="I103" s="2"/>
       <c r="K103" s="2"/>
       <c r="M103" s="2"/>
       <c r="O103" s="2"/>
       <c r="Q103" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D104" s="2"/>
+      <c r="DA103" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="104" spans="1:107">
       <c r="I104" s="2"/>
       <c r="K104" s="2"/>
       <c r="M104" s="2"/>
       <c r="O104" s="2"/>
       <c r="Q104" s="2"/>
     </row>
-    <row r="105" spans="1:108">
-      <c r="D105" s="2"/>
+    <row r="105" spans="1:107">
       <c r="I105" s="2"/>
       <c r="K105" s="2"/>
       <c r="M105" s="2"/>
       <c r="O105" s="2"/>
       <c r="Q105" s="2"/>
     </row>
-    <row r="106" spans="1:108">
-      <c r="D106" s="2"/>
+    <row r="106" spans="1:107">
       <c r="I106" s="2"/>
       <c r="K106" s="2"/>
       <c r="M106" s="2"/>
       <c r="O106" s="2"/>
       <c r="Q106" s="2"/>
-      <c r="DB106" t="s">
-[...4 lines deleted...]
-      <c r="D107" s="2"/>
+    </row>
+    <row r="107" spans="1:107">
       <c r="I107" s="2"/>
       <c r="K107" s="2"/>
       <c r="M107" s="2"/>
       <c r="O107" s="2"/>
       <c r="Q107" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D108" s="2"/>
+      <c r="DA107" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="108" spans="1:107">
       <c r="I108" s="2"/>
       <c r="K108" s="2"/>
       <c r="M108" s="2"/>
       <c r="O108" s="2"/>
       <c r="Q108" s="2"/>
     </row>
-    <row r="109" spans="1:108">
-      <c r="D109" s="2"/>
+    <row r="109" spans="1:107">
       <c r="I109" s="2"/>
       <c r="K109" s="2"/>
       <c r="M109" s="2"/>
       <c r="O109" s="2"/>
       <c r="Q109" s="2"/>
-      <c r="DB109" t="s">
-[...4 lines deleted...]
-      <c r="D110" s="2"/>
+    </row>
+    <row r="110" spans="1:107">
       <c r="I110" s="2"/>
       <c r="K110" s="2"/>
       <c r="M110" s="2"/>
       <c r="O110" s="2"/>
       <c r="Q110" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D111" s="2"/>
+      <c r="DA110" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="111" spans="1:107">
       <c r="I111" s="2"/>
       <c r="K111" s="2"/>
       <c r="M111" s="2"/>
       <c r="O111" s="2"/>
       <c r="Q111" s="2"/>
     </row>
-    <row r="112" spans="1:108">
-      <c r="D112" s="2"/>
+    <row r="112" spans="1:107">
       <c r="I112" s="2"/>
       <c r="K112" s="2"/>
       <c r="M112" s="2"/>
       <c r="O112" s="2"/>
       <c r="Q112" s="2"/>
     </row>
-    <row r="113" spans="1:108">
-      <c r="D113" s="2"/>
+    <row r="113" spans="1:107">
       <c r="I113" s="2"/>
       <c r="K113" s="2"/>
       <c r="M113" s="2"/>
       <c r="O113" s="2"/>
       <c r="Q113" s="2"/>
     </row>
-    <row r="114" spans="1:108">
-      <c r="D114" s="2"/>
+    <row r="114" spans="1:107">
       <c r="I114" s="2"/>
       <c r="K114" s="2"/>
       <c r="M114" s="2"/>
       <c r="O114" s="2"/>
       <c r="Q114" s="2"/>
     </row>
-    <row r="115" spans="1:108">
-      <c r="D115" s="2"/>
+    <row r="115" spans="1:107">
       <c r="I115" s="2"/>
       <c r="K115" s="2"/>
       <c r="M115" s="2"/>
       <c r="O115" s="2"/>
       <c r="Q115" s="2"/>
     </row>
-    <row r="116" spans="1:108">
-      <c r="D116" s="2"/>
+    <row r="116" spans="1:107">
       <c r="I116" s="2"/>
       <c r="K116" s="2"/>
       <c r="M116" s="2"/>
       <c r="O116" s="2"/>
       <c r="Q116" s="2"/>
     </row>
-    <row r="117" spans="1:108">
-      <c r="D117" s="2"/>
+    <row r="117" spans="1:107">
       <c r="I117" s="2"/>
       <c r="K117" s="2"/>
       <c r="M117" s="2"/>
       <c r="O117" s="2"/>
       <c r="Q117" s="2"/>
     </row>
-    <row r="118" spans="1:108">
-      <c r="D118" s="2"/>
+    <row r="118" spans="1:107">
       <c r="I118" s="2"/>
       <c r="K118" s="2"/>
       <c r="M118" s="2"/>
       <c r="O118" s="2"/>
       <c r="Q118" s="2"/>
-      <c r="DB118" t="s">
-[...4 lines deleted...]
-      <c r="D119" s="2"/>
+    </row>
+    <row r="119" spans="1:107">
       <c r="I119" s="2"/>
       <c r="K119" s="2"/>
       <c r="M119" s="2"/>
       <c r="O119" s="2"/>
       <c r="Q119" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D120" s="2"/>
+      <c r="DA119" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="120" spans="1:107">
       <c r="I120" s="2"/>
       <c r="K120" s="2"/>
       <c r="M120" s="2"/>
       <c r="O120" s="2"/>
       <c r="Q120" s="2"/>
     </row>
-    <row r="121" spans="1:108">
-      <c r="D121" s="2"/>
+    <row r="121" spans="1:107">
       <c r="I121" s="2"/>
       <c r="K121" s="2"/>
       <c r="M121" s="2"/>
       <c r="O121" s="2"/>
       <c r="Q121" s="2"/>
     </row>
-    <row r="122" spans="1:108">
-      <c r="D122" s="2"/>
+    <row r="122" spans="1:107">
       <c r="I122" s="2"/>
       <c r="K122" s="2"/>
       <c r="M122" s="2"/>
       <c r="O122" s="2"/>
       <c r="Q122" s="2"/>
-      <c r="DB122" t="s">
-[...4 lines deleted...]
-      <c r="D123" s="2"/>
+    </row>
+    <row r="123" spans="1:107">
       <c r="I123" s="2"/>
       <c r="K123" s="2"/>
       <c r="M123" s="2"/>
       <c r="O123" s="2"/>
       <c r="Q123" s="2"/>
-      <c r="DB123" t="s">
-[...4 lines deleted...]
-      <c r="D124" s="2"/>
+      <c r="DA123" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="124" spans="1:107">
       <c r="I124" s="2"/>
       <c r="K124" s="2"/>
       <c r="M124" s="2"/>
       <c r="O124" s="2"/>
       <c r="Q124" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D125" s="2"/>
+      <c r="DA124" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="125" spans="1:107">
       <c r="I125" s="2"/>
       <c r="K125" s="2"/>
       <c r="M125" s="2"/>
       <c r="O125" s="2"/>
       <c r="Q125" s="2"/>
-      <c r="DB125" t="s">
-[...4 lines deleted...]
-      <c r="D126" s="2"/>
+    </row>
+    <row r="126" spans="1:107">
       <c r="I126" s="2"/>
       <c r="K126" s="2"/>
       <c r="M126" s="2"/>
       <c r="O126" s="2"/>
       <c r="Q126" s="2"/>
-      <c r="DB126" t="s">
-[...4 lines deleted...]
-      <c r="D127" s="2"/>
+      <c r="DA126" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="127" spans="1:107">
       <c r="I127" s="2"/>
       <c r="K127" s="2"/>
       <c r="M127" s="2"/>
       <c r="O127" s="2"/>
       <c r="Q127" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D128" s="2"/>
+      <c r="DA127" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="128" spans="1:107">
       <c r="I128" s="2"/>
       <c r="K128" s="2"/>
       <c r="M128" s="2"/>
       <c r="O128" s="2"/>
       <c r="Q128" s="2"/>
     </row>
-    <row r="129" spans="1:108">
-      <c r="D129" s="2"/>
+    <row r="129" spans="1:107">
       <c r="I129" s="2"/>
       <c r="K129" s="2"/>
       <c r="M129" s="2"/>
       <c r="O129" s="2"/>
       <c r="Q129" s="2"/>
-      <c r="DB129" t="s">
-[...4 lines deleted...]
-      <c r="D130" s="2"/>
+    </row>
+    <row r="130" spans="1:107">
       <c r="I130" s="2"/>
       <c r="K130" s="2"/>
       <c r="M130" s="2"/>
       <c r="O130" s="2"/>
       <c r="Q130" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D131" s="2"/>
+      <c r="DA130" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="131" spans="1:107">
       <c r="I131" s="2"/>
       <c r="K131" s="2"/>
       <c r="M131" s="2"/>
       <c r="O131" s="2"/>
       <c r="Q131" s="2"/>
-      <c r="DB131" t="s">
-[...4 lines deleted...]
-      <c r="D132" s="2"/>
+    </row>
+    <row r="132" spans="1:107">
       <c r="I132" s="2"/>
       <c r="K132" s="2"/>
       <c r="M132" s="2"/>
       <c r="O132" s="2"/>
       <c r="Q132" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D133" s="2"/>
+      <c r="DA132" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="133" spans="1:107">
       <c r="I133" s="2"/>
       <c r="K133" s="2"/>
       <c r="M133" s="2"/>
       <c r="O133" s="2"/>
       <c r="Q133" s="2"/>
     </row>
-    <row r="134" spans="1:108">
-      <c r="D134" s="2"/>
+    <row r="134" spans="1:107">
       <c r="I134" s="2"/>
       <c r="K134" s="2"/>
       <c r="M134" s="2"/>
       <c r="O134" s="2"/>
       <c r="Q134" s="2"/>
-      <c r="DB134" t="s">
-[...4 lines deleted...]
-      <c r="D135" s="2"/>
+    </row>
+    <row r="135" spans="1:107">
       <c r="I135" s="2"/>
       <c r="K135" s="2"/>
       <c r="M135" s="2"/>
       <c r="O135" s="2"/>
       <c r="Q135" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D136" s="2"/>
+      <c r="DA135" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="136" spans="1:107">
       <c r="I136" s="2"/>
       <c r="K136" s="2"/>
       <c r="M136" s="2"/>
       <c r="O136" s="2"/>
       <c r="Q136" s="2"/>
     </row>
-    <row r="137" spans="1:108">
-      <c r="D137" s="2"/>
+    <row r="137" spans="1:107">
       <c r="I137" s="2"/>
       <c r="K137" s="2"/>
       <c r="M137" s="2"/>
       <c r="O137" s="2"/>
       <c r="Q137" s="2"/>
-      <c r="DB137" t="s">
-[...4 lines deleted...]
-      <c r="D138" s="2"/>
+    </row>
+    <row r="138" spans="1:107">
       <c r="I138" s="2"/>
       <c r="K138" s="2"/>
       <c r="M138" s="2"/>
       <c r="O138" s="2"/>
       <c r="Q138" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D139" s="2"/>
+      <c r="DA138" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="139" spans="1:107">
       <c r="I139" s="2"/>
       <c r="K139" s="2"/>
       <c r="M139" s="2"/>
       <c r="O139" s="2"/>
       <c r="Q139" s="2"/>
     </row>
-    <row r="140" spans="1:108">
-      <c r="D140" s="2"/>
+    <row r="140" spans="1:107">
       <c r="I140" s="2"/>
       <c r="K140" s="2"/>
       <c r="M140" s="2"/>
       <c r="O140" s="2"/>
       <c r="Q140" s="2"/>
     </row>
-    <row r="141" spans="1:108">
-      <c r="D141" s="2"/>
+    <row r="141" spans="1:107">
       <c r="I141" s="2"/>
       <c r="K141" s="2"/>
       <c r="M141" s="2"/>
       <c r="O141" s="2"/>
       <c r="Q141" s="2"/>
-      <c r="DB141" t="s">
-[...4 lines deleted...]
-      <c r="D142" s="2"/>
+    </row>
+    <row r="142" spans="1:107">
       <c r="I142" s="2"/>
       <c r="K142" s="2"/>
       <c r="M142" s="2"/>
       <c r="O142" s="2"/>
       <c r="Q142" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D143" s="2"/>
+      <c r="DA142" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="143" spans="1:107">
       <c r="I143" s="2"/>
       <c r="K143" s="2"/>
       <c r="M143" s="2"/>
       <c r="O143" s="2"/>
       <c r="Q143" s="2"/>
-      <c r="DB143" t="s">
-[...4 lines deleted...]
-      <c r="D144" s="2"/>
+    </row>
+    <row r="144" spans="1:107">
       <c r="I144" s="2"/>
       <c r="K144" s="2"/>
       <c r="M144" s="2"/>
       <c r="O144" s="2"/>
       <c r="Q144" s="2"/>
-      <c r="DB144" t="s">
-[...4 lines deleted...]
-      <c r="D145" s="2"/>
+      <c r="DA144" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="145" spans="1:107">
       <c r="I145" s="2"/>
       <c r="K145" s="2"/>
       <c r="M145" s="2"/>
       <c r="O145" s="2"/>
       <c r="Q145" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D146" s="2"/>
+      <c r="DA145" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="146" spans="1:107">
       <c r="I146" s="2"/>
       <c r="K146" s="2"/>
       <c r="M146" s="2"/>
       <c r="O146" s="2"/>
       <c r="Q146" s="2"/>
     </row>
-    <row r="147" spans="1:108">
-      <c r="D147" s="2"/>
+    <row r="147" spans="1:107">
       <c r="I147" s="2"/>
       <c r="K147" s="2"/>
       <c r="M147" s="2"/>
       <c r="O147" s="2"/>
       <c r="Q147" s="2"/>
     </row>
-    <row r="148" spans="1:108">
-      <c r="D148" s="2"/>
+    <row r="148" spans="1:107">
       <c r="I148" s="2"/>
       <c r="K148" s="2"/>
       <c r="M148" s="2"/>
       <c r="O148" s="2"/>
       <c r="Q148" s="2"/>
     </row>
-    <row r="149" spans="1:108">
-      <c r="D149" s="2"/>
+    <row r="149" spans="1:107">
       <c r="I149" s="2"/>
       <c r="K149" s="2"/>
       <c r="M149" s="2"/>
       <c r="O149" s="2"/>
       <c r="Q149" s="2"/>
-      <c r="DB149" t="s">
-[...4 lines deleted...]
-      <c r="D150" s="2"/>
+    </row>
+    <row r="150" spans="1:107">
       <c r="I150" s="2"/>
       <c r="K150" s="2"/>
       <c r="M150" s="2"/>
       <c r="O150" s="2"/>
       <c r="Q150" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D151" s="2"/>
+      <c r="DA150" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="151" spans="1:107">
       <c r="I151" s="2"/>
       <c r="K151" s="2"/>
       <c r="M151" s="2"/>
       <c r="O151" s="2"/>
       <c r="Q151" s="2"/>
-      <c r="DB151" t="s">
-[...4 lines deleted...]
-      <c r="D152" s="2"/>
+    </row>
+    <row r="152" spans="1:107">
       <c r="I152" s="2"/>
       <c r="K152" s="2"/>
       <c r="M152" s="2"/>
       <c r="O152" s="2"/>
       <c r="Q152" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D153" s="2"/>
+      <c r="DA152" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="153" spans="1:107">
       <c r="I153" s="2"/>
       <c r="K153" s="2"/>
       <c r="M153" s="2"/>
       <c r="O153" s="2"/>
       <c r="Q153" s="2"/>
-      <c r="DB153" t="s">
-[...4 lines deleted...]
-      <c r="D154" s="2"/>
+    </row>
+    <row r="154" spans="1:107">
       <c r="I154" s="2"/>
       <c r="K154" s="2"/>
       <c r="M154" s="2"/>
       <c r="O154" s="2"/>
       <c r="Q154" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D155" s="2"/>
+      <c r="DA154" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="155" spans="1:107">
       <c r="I155" s="2"/>
       <c r="K155" s="2"/>
       <c r="M155" s="2"/>
       <c r="O155" s="2"/>
       <c r="Q155" s="2"/>
     </row>
-    <row r="156" spans="1:108">
-      <c r="D156" s="2"/>
+    <row r="156" spans="1:107">
       <c r="I156" s="2"/>
       <c r="K156" s="2"/>
       <c r="M156" s="2"/>
       <c r="O156" s="2"/>
       <c r="Q156" s="2"/>
     </row>
-    <row r="157" spans="1:108">
-      <c r="D157" s="2"/>
+    <row r="157" spans="1:107">
       <c r="I157" s="2"/>
       <c r="K157" s="2"/>
       <c r="M157" s="2"/>
       <c r="O157" s="2"/>
       <c r="Q157" s="2"/>
-      <c r="DB157" t="s">
-[...4 lines deleted...]
-      <c r="D158" s="2"/>
+    </row>
+    <row r="158" spans="1:107">
       <c r="I158" s="2"/>
       <c r="K158" s="2"/>
       <c r="M158" s="2"/>
       <c r="O158" s="2"/>
       <c r="Q158" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D159" s="2"/>
+      <c r="DA158" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="159" spans="1:107">
       <c r="I159" s="2"/>
       <c r="K159" s="2"/>
       <c r="M159" s="2"/>
       <c r="O159" s="2"/>
       <c r="Q159" s="2"/>
     </row>
-    <row r="160" spans="1:108">
-      <c r="D160" s="2"/>
+    <row r="160" spans="1:107">
       <c r="I160" s="2"/>
       <c r="K160" s="2"/>
       <c r="M160" s="2"/>
       <c r="O160" s="2"/>
       <c r="Q160" s="2"/>
     </row>
-    <row r="161" spans="1:108">
-      <c r="D161" s="2"/>
+    <row r="161" spans="1:107">
       <c r="I161" s="2"/>
       <c r="K161" s="2"/>
       <c r="M161" s="2"/>
       <c r="O161" s="2"/>
       <c r="Q161" s="2"/>
     </row>
-    <row r="162" spans="1:108">
-      <c r="D162" s="2"/>
+    <row r="162" spans="1:107">
       <c r="I162" s="2"/>
       <c r="K162" s="2"/>
       <c r="M162" s="2"/>
       <c r="O162" s="2"/>
       <c r="Q162" s="2"/>
     </row>
-    <row r="163" spans="1:108">
-      <c r="D163" s="2"/>
+    <row r="163" spans="1:107">
       <c r="I163" s="2"/>
       <c r="K163" s="2"/>
       <c r="M163" s="2"/>
       <c r="O163" s="2"/>
       <c r="Q163" s="2"/>
     </row>
-    <row r="164" spans="1:108">
-      <c r="D164" s="2"/>
+    <row r="164" spans="1:107">
       <c r="I164" s="2"/>
       <c r="K164" s="2"/>
       <c r="M164" s="2"/>
       <c r="O164" s="2"/>
       <c r="Q164" s="2"/>
     </row>
-    <row r="165" spans="1:108">
-      <c r="D165" s="2"/>
+    <row r="165" spans="1:107">
       <c r="I165" s="2"/>
       <c r="K165" s="2"/>
       <c r="M165" s="2"/>
       <c r="O165" s="2"/>
       <c r="Q165" s="2"/>
     </row>
-    <row r="166" spans="1:108">
-      <c r="D166" s="2"/>
+    <row r="166" spans="1:107">
       <c r="I166" s="2"/>
       <c r="K166" s="2"/>
       <c r="M166" s="2"/>
       <c r="O166" s="2"/>
       <c r="Q166" s="2"/>
     </row>
-    <row r="167" spans="1:108">
-      <c r="D167" s="2"/>
+    <row r="167" spans="1:107">
       <c r="I167" s="2"/>
       <c r="K167" s="2"/>
       <c r="M167" s="2"/>
       <c r="O167" s="2"/>
       <c r="Q167" s="2"/>
-      <c r="DB167" t="s">
-[...4 lines deleted...]
-      <c r="D168" s="2"/>
+    </row>
+    <row r="168" spans="1:107">
       <c r="I168" s="2"/>
       <c r="K168" s="2"/>
       <c r="M168" s="2"/>
       <c r="O168" s="2"/>
       <c r="Q168" s="2"/>
-      <c r="DB168" t="s">
-[...4 lines deleted...]
-      <c r="D169" s="2"/>
+      <c r="DA168" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="169" spans="1:107">
       <c r="I169" s="2"/>
       <c r="K169" s="2"/>
       <c r="M169" s="2"/>
       <c r="O169" s="2"/>
       <c r="Q169" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D170" s="2"/>
+      <c r="DA169" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="170" spans="1:107">
       <c r="I170" s="2"/>
       <c r="K170" s="2"/>
       <c r="M170" s="2"/>
       <c r="O170" s="2"/>
       <c r="Q170" s="2"/>
     </row>
-    <row r="171" spans="1:108">
-      <c r="D171" s="2"/>
+    <row r="171" spans="1:107">
       <c r="I171" s="2"/>
       <c r="K171" s="2"/>
       <c r="M171" s="2"/>
       <c r="O171" s="2"/>
       <c r="Q171" s="2"/>
     </row>
-    <row r="172" spans="1:108">
-      <c r="D172" s="2"/>
+    <row r="172" spans="1:107">
       <c r="I172" s="2"/>
       <c r="K172" s="2"/>
       <c r="M172" s="2"/>
       <c r="O172" s="2"/>
       <c r="Q172" s="2"/>
-      <c r="DB172" t="s">
-[...4 lines deleted...]
-      <c r="D173" s="2"/>
+    </row>
+    <row r="173" spans="1:107">
       <c r="I173" s="2"/>
       <c r="K173" s="2"/>
       <c r="M173" s="2"/>
       <c r="O173" s="2"/>
       <c r="Q173" s="2"/>
-      <c r="DB173" t="s">
-[...4 lines deleted...]
-      <c r="D174" s="2"/>
+      <c r="DA173" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="174" spans="1:107">
       <c r="I174" s="2"/>
       <c r="K174" s="2"/>
       <c r="M174" s="2"/>
       <c r="O174" s="2"/>
       <c r="Q174" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D175" s="2"/>
+      <c r="DA174" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="175" spans="1:107">
       <c r="I175" s="2"/>
       <c r="K175" s="2"/>
       <c r="M175" s="2"/>
       <c r="O175" s="2"/>
       <c r="Q175" s="2"/>
     </row>
-    <row r="176" spans="1:108">
-      <c r="D176" s="2"/>
+    <row r="176" spans="1:107">
       <c r="I176" s="2"/>
       <c r="K176" s="2"/>
       <c r="M176" s="2"/>
       <c r="O176" s="2"/>
       <c r="Q176" s="2"/>
     </row>
-    <row r="177" spans="1:108">
-      <c r="D177" s="2"/>
+    <row r="177" spans="1:107">
       <c r="I177" s="2"/>
       <c r="K177" s="2"/>
       <c r="M177" s="2"/>
       <c r="O177" s="2"/>
       <c r="Q177" s="2"/>
     </row>
-    <row r="178" spans="1:108">
-      <c r="D178" s="2"/>
+    <row r="178" spans="1:107">
       <c r="I178" s="2"/>
       <c r="K178" s="2"/>
       <c r="M178" s="2"/>
       <c r="O178" s="2"/>
       <c r="Q178" s="2"/>
     </row>
-    <row r="179" spans="1:108">
-      <c r="D179" s="2"/>
+    <row r="179" spans="1:107">
       <c r="I179" s="2"/>
       <c r="K179" s="2"/>
       <c r="M179" s="2"/>
       <c r="O179" s="2"/>
       <c r="Q179" s="2"/>
-      <c r="DB179" t="s">
-[...4 lines deleted...]
-      <c r="D180" s="2"/>
+    </row>
+    <row r="180" spans="1:107">
       <c r="I180" s="2"/>
       <c r="K180" s="2"/>
       <c r="M180" s="2"/>
       <c r="O180" s="2"/>
       <c r="Q180" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D181" s="2"/>
+      <c r="DA180" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="181" spans="1:107">
       <c r="I181" s="2"/>
       <c r="K181" s="2"/>
       <c r="M181" s="2"/>
       <c r="O181" s="2"/>
       <c r="Q181" s="2"/>
     </row>
-    <row r="182" spans="1:108">
-      <c r="D182" s="2"/>
+    <row r="182" spans="1:107">
       <c r="I182" s="2"/>
       <c r="K182" s="2"/>
       <c r="M182" s="2"/>
       <c r="O182" s="2"/>
       <c r="Q182" s="2"/>
     </row>
-    <row r="183" spans="1:108">
-      <c r="D183" s="2"/>
+    <row r="183" spans="1:107">
       <c r="I183" s="2"/>
       <c r="K183" s="2"/>
       <c r="M183" s="2"/>
       <c r="O183" s="2"/>
       <c r="Q183" s="2"/>
     </row>
-    <row r="184" spans="1:108">
-      <c r="D184" s="2"/>
+    <row r="184" spans="1:107">
       <c r="I184" s="2"/>
       <c r="K184" s="2"/>
       <c r="M184" s="2"/>
       <c r="O184" s="2"/>
       <c r="Q184" s="2"/>
     </row>
-    <row r="185" spans="1:108">
-      <c r="D185" s="2"/>
+    <row r="185" spans="1:107">
       <c r="I185" s="2"/>
       <c r="K185" s="2"/>
       <c r="M185" s="2"/>
       <c r="O185" s="2"/>
       <c r="Q185" s="2"/>
-      <c r="DB185" t="s">
-[...4 lines deleted...]
-      <c r="D186" s="2"/>
+    </row>
+    <row r="186" spans="1:107">
       <c r="I186" s="2"/>
       <c r="K186" s="2"/>
       <c r="M186" s="2"/>
       <c r="O186" s="2"/>
       <c r="Q186" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D187" s="2"/>
+      <c r="DA186" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="187" spans="1:107">
       <c r="I187" s="2"/>
       <c r="K187" s="2"/>
       <c r="M187" s="2"/>
       <c r="O187" s="2"/>
       <c r="Q187" s="2"/>
     </row>
-    <row r="188" spans="1:108">
-      <c r="D188" s="2"/>
+    <row r="188" spans="1:107">
       <c r="I188" s="2"/>
       <c r="K188" s="2"/>
       <c r="M188" s="2"/>
       <c r="O188" s="2"/>
       <c r="Q188" s="2"/>
     </row>
-    <row r="189" spans="1:108">
-      <c r="D189" s="2"/>
+    <row r="189" spans="1:107">
       <c r="I189" s="2"/>
       <c r="K189" s="2"/>
       <c r="M189" s="2"/>
       <c r="O189" s="2"/>
       <c r="Q189" s="2"/>
     </row>
-    <row r="190" spans="1:108">
-      <c r="D190" s="2"/>
+    <row r="190" spans="1:107">
       <c r="I190" s="2"/>
       <c r="K190" s="2"/>
       <c r="M190" s="2"/>
       <c r="O190" s="2"/>
       <c r="Q190" s="2"/>
     </row>
-    <row r="191" spans="1:108">
-      <c r="D191" s="2"/>
+    <row r="191" spans="1:107">
       <c r="I191" s="2"/>
       <c r="K191" s="2"/>
       <c r="M191" s="2"/>
       <c r="O191" s="2"/>
       <c r="Q191" s="2"/>
     </row>
-    <row r="192" spans="1:108">
-      <c r="D192" s="2"/>
+    <row r="192" spans="1:107">
       <c r="I192" s="2"/>
       <c r="K192" s="2"/>
       <c r="M192" s="2"/>
       <c r="O192" s="2"/>
       <c r="Q192" s="2"/>
     </row>
-    <row r="193" spans="1:108">
-      <c r="D193" s="2"/>
+    <row r="193" spans="1:107">
       <c r="I193" s="2"/>
       <c r="K193" s="2"/>
       <c r="M193" s="2"/>
       <c r="O193" s="2"/>
       <c r="Q193" s="2"/>
-      <c r="DB193" t="s">
-[...4 lines deleted...]
-      <c r="D194" s="2"/>
+    </row>
+    <row r="194" spans="1:107">
       <c r="I194" s="2"/>
       <c r="K194" s="2"/>
       <c r="M194" s="2"/>
       <c r="O194" s="2"/>
       <c r="Q194" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D195" s="2"/>
+      <c r="DA194" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="195" spans="1:107">
       <c r="I195" s="2"/>
       <c r="K195" s="2"/>
       <c r="M195" s="2"/>
       <c r="O195" s="2"/>
       <c r="Q195" s="2"/>
     </row>
-    <row r="196" spans="1:108">
-      <c r="D196" s="2"/>
+    <row r="196" spans="1:107">
       <c r="I196" s="2"/>
       <c r="K196" s="2"/>
       <c r="M196" s="2"/>
       <c r="O196" s="2"/>
       <c r="Q196" s="2"/>
     </row>
-    <row r="197" spans="1:108">
-      <c r="D197" s="2"/>
+    <row r="197" spans="1:107">
       <c r="I197" s="2"/>
       <c r="K197" s="2"/>
       <c r="M197" s="2"/>
       <c r="O197" s="2"/>
       <c r="Q197" s="2"/>
     </row>
-    <row r="198" spans="1:108">
-      <c r="D198" s="2"/>
+    <row r="198" spans="1:107">
       <c r="I198" s="2"/>
       <c r="K198" s="2"/>
       <c r="M198" s="2"/>
       <c r="O198" s="2"/>
       <c r="Q198" s="2"/>
-      <c r="DB198" t="s">
-[...4 lines deleted...]
-      <c r="D199" s="2"/>
+    </row>
+    <row r="199" spans="1:107">
       <c r="I199" s="2"/>
       <c r="K199" s="2"/>
       <c r="M199" s="2"/>
       <c r="O199" s="2"/>
       <c r="Q199" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D200" s="2"/>
+      <c r="DA199" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="200" spans="1:107">
       <c r="I200" s="2"/>
       <c r="K200" s="2"/>
       <c r="M200" s="2"/>
       <c r="O200" s="2"/>
       <c r="Q200" s="2"/>
-      <c r="DB200" t="s">
-[...4 lines deleted...]
-      <c r="D201" s="2"/>
+    </row>
+    <row r="201" spans="1:107">
       <c r="I201" s="2"/>
       <c r="K201" s="2"/>
       <c r="M201" s="2"/>
       <c r="O201" s="2"/>
       <c r="Q201" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D202" s="2"/>
+      <c r="DA201" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="202" spans="1:107">
       <c r="I202" s="2"/>
       <c r="K202" s="2"/>
       <c r="M202" s="2"/>
       <c r="O202" s="2"/>
       <c r="Q202" s="2"/>
-      <c r="DB202" t="s">
-[...4 lines deleted...]
-      <c r="D203" s="2"/>
+    </row>
+    <row r="203" spans="1:107">
       <c r="I203" s="2"/>
       <c r="K203" s="2"/>
       <c r="M203" s="2"/>
       <c r="O203" s="2"/>
       <c r="Q203" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D204" s="2"/>
+      <c r="DA203" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="204" spans="1:107">
       <c r="I204" s="2"/>
       <c r="K204" s="2"/>
       <c r="M204" s="2"/>
       <c r="O204" s="2"/>
       <c r="Q204" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D205" s="2"/>
+      <c r="DA204" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="205" spans="1:107">
       <c r="I205" s="2"/>
       <c r="K205" s="2"/>
       <c r="M205" s="2"/>
       <c r="O205" s="2"/>
       <c r="Q205" s="2"/>
     </row>
-    <row r="206" spans="1:108">
-      <c r="D206" s="2"/>
+    <row r="206" spans="1:107">
       <c r="I206" s="2"/>
       <c r="K206" s="2"/>
       <c r="M206" s="2"/>
       <c r="O206" s="2"/>
       <c r="Q206" s="2"/>
-      <c r="DB206" t="s">
-[...4 lines deleted...]
-      <c r="D207" s="2"/>
+      <c r="DA206" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="207" spans="1:107">
       <c r="I207" s="2"/>
       <c r="K207" s="2"/>
       <c r="M207" s="2"/>
       <c r="O207" s="2"/>
       <c r="Q207" s="2"/>
-      <c r="DB207" t="s">
-[...4 lines deleted...]
-      <c r="D208" s="2"/>
+    </row>
+    <row r="208" spans="1:107">
       <c r="I208" s="2"/>
       <c r="K208" s="2"/>
       <c r="M208" s="2"/>
       <c r="O208" s="2"/>
       <c r="Q208" s="2"/>
     </row>
-    <row r="209" spans="1:108">
-      <c r="D209" s="2"/>
+    <row r="209" spans="1:107">
       <c r="I209" s="2"/>
       <c r="K209" s="2"/>
       <c r="M209" s="2"/>
       <c r="O209" s="2"/>
       <c r="Q209" s="2"/>
-      <c r="DB209" t="s">
-[...4 lines deleted...]
-      <c r="D210" s="2"/>
+      <c r="DA209" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="210" spans="1:107">
       <c r="I210" s="2"/>
       <c r="K210" s="2"/>
       <c r="M210" s="2"/>
       <c r="O210" s="2"/>
       <c r="Q210" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D211" s="2"/>
+      <c r="DA210" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="211" spans="1:107">
       <c r="I211" s="2"/>
       <c r="K211" s="2"/>
       <c r="M211" s="2"/>
       <c r="O211" s="2"/>
       <c r="Q211" s="2"/>
-      <c r="DB211" t="s">
-[...4 lines deleted...]
-      <c r="D212" s="2"/>
+    </row>
+    <row r="212" spans="1:107">
       <c r="I212" s="2"/>
       <c r="K212" s="2"/>
       <c r="M212" s="2"/>
       <c r="O212" s="2"/>
       <c r="Q212" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D213" s="2"/>
+      <c r="DA212" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="213" spans="1:107">
       <c r="I213" s="2"/>
       <c r="K213" s="2"/>
       <c r="M213" s="2"/>
       <c r="O213" s="2"/>
       <c r="Q213" s="2"/>
-      <c r="DB213" t="s">
-[...4 lines deleted...]
-      <c r="D214" s="2"/>
+    </row>
+    <row r="214" spans="1:107">
       <c r="I214" s="2"/>
       <c r="K214" s="2"/>
       <c r="M214" s="2"/>
       <c r="O214" s="2"/>
       <c r="Q214" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D215" s="2"/>
+      <c r="DA214" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="215" spans="1:107">
       <c r="I215" s="2"/>
       <c r="K215" s="2"/>
       <c r="M215" s="2"/>
       <c r="O215" s="2"/>
       <c r="Q215" s="2"/>
     </row>
-    <row r="216" spans="1:108">
-      <c r="D216" s="2"/>
+    <row r="216" spans="1:107">
       <c r="I216" s="2"/>
       <c r="K216" s="2"/>
       <c r="M216" s="2"/>
       <c r="O216" s="2"/>
       <c r="Q216" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D217" s="2"/>
+      <c r="DA216" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="217" spans="1:107">
       <c r="I217" s="2"/>
       <c r="K217" s="2"/>
       <c r="M217" s="2"/>
       <c r="O217" s="2"/>
       <c r="Q217" s="2"/>
     </row>
-    <row r="218" spans="1:108">
-      <c r="D218" s="2"/>
+    <row r="218" spans="1:107">
       <c r="I218" s="2"/>
       <c r="K218" s="2"/>
       <c r="M218" s="2"/>
       <c r="O218" s="2"/>
       <c r="Q218" s="2"/>
     </row>
-    <row r="219" spans="1:108">
-      <c r="D219" s="2"/>
+    <row r="219" spans="1:107">
       <c r="I219" s="2"/>
       <c r="K219" s="2"/>
       <c r="M219" s="2"/>
       <c r="O219" s="2"/>
       <c r="Q219" s="2"/>
     </row>
-    <row r="220" spans="1:108">
-      <c r="D220" s="2"/>
+    <row r="220" spans="1:107">
       <c r="I220" s="2"/>
       <c r="K220" s="2"/>
       <c r="M220" s="2"/>
       <c r="O220" s="2"/>
       <c r="Q220" s="2"/>
     </row>
-    <row r="221" spans="1:108">
-      <c r="D221" s="2"/>
+    <row r="221" spans="1:107">
       <c r="I221" s="2"/>
       <c r="K221" s="2"/>
       <c r="M221" s="2"/>
       <c r="O221" s="2"/>
       <c r="Q221" s="2"/>
     </row>
-    <row r="222" spans="1:108">
-      <c r="D222" s="2"/>
+    <row r="222" spans="1:107">
       <c r="I222" s="2"/>
       <c r="K222" s="2"/>
       <c r="M222" s="2"/>
       <c r="O222" s="2"/>
       <c r="Q222" s="2"/>
     </row>
-    <row r="223" spans="1:108">
-      <c r="D223" s="2"/>
+    <row r="223" spans="1:107">
       <c r="I223" s="2"/>
       <c r="K223" s="2"/>
       <c r="M223" s="2"/>
       <c r="O223" s="2"/>
       <c r="Q223" s="2"/>
     </row>
-    <row r="224" spans="1:108">
-      <c r="D224" s="2"/>
+    <row r="224" spans="1:107">
       <c r="I224" s="2"/>
       <c r="K224" s="2"/>
       <c r="M224" s="2"/>
       <c r="O224" s="2"/>
       <c r="Q224" s="2"/>
     </row>
-    <row r="225" spans="1:108">
-      <c r="D225" s="2"/>
+    <row r="225" spans="1:107">
       <c r="I225" s="2"/>
       <c r="K225" s="2"/>
       <c r="M225" s="2"/>
       <c r="O225" s="2"/>
       <c r="Q225" s="2"/>
     </row>
-    <row r="226" spans="1:108">
-      <c r="D226" s="2"/>
+    <row r="226" spans="1:107">
       <c r="I226" s="2"/>
       <c r="K226" s="2"/>
       <c r="M226" s="2"/>
       <c r="O226" s="2"/>
       <c r="Q226" s="2"/>
     </row>
-    <row r="227" spans="1:108">
-      <c r="D227" s="2"/>
+    <row r="227" spans="1:107">
       <c r="I227" s="2"/>
       <c r="K227" s="2"/>
       <c r="M227" s="2"/>
       <c r="O227" s="2"/>
       <c r="Q227" s="2"/>
     </row>
-    <row r="228" spans="1:108">
-      <c r="D228" s="2"/>
+    <row r="228" spans="1:107">
       <c r="I228" s="2"/>
       <c r="K228" s="2"/>
       <c r="M228" s="2"/>
       <c r="O228" s="2"/>
       <c r="Q228" s="2"/>
     </row>
-    <row r="229" spans="1:108">
-      <c r="D229" s="2"/>
+    <row r="229" spans="1:107">
       <c r="I229" s="2"/>
       <c r="K229" s="2"/>
       <c r="M229" s="2"/>
       <c r="O229" s="2"/>
       <c r="Q229" s="2"/>
     </row>
-    <row r="230" spans="1:108">
-      <c r="D230" s="2"/>
+    <row r="230" spans="1:107">
       <c r="I230" s="2"/>
       <c r="K230" s="2"/>
       <c r="M230" s="2"/>
       <c r="O230" s="2"/>
       <c r="Q230" s="2"/>
     </row>
-    <row r="231" spans="1:108">
-      <c r="D231" s="2"/>
+    <row r="231" spans="1:107">
       <c r="I231" s="2"/>
       <c r="K231" s="2"/>
       <c r="M231" s="2"/>
       <c r="O231" s="2"/>
       <c r="Q231" s="2"/>
-      <c r="DB231" t="s">
+      <c r="DA231" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="232" spans="1:108">
-      <c r="D232" s="2"/>
+    <row r="232" spans="1:107">
       <c r="I232" s="2"/>
       <c r="K232" s="2"/>
       <c r="M232" s="2"/>
       <c r="O232" s="2"/>
       <c r="Q232" s="2"/>
     </row>
-    <row r="233" spans="1:108">
-      <c r="D233" s="2"/>
+    <row r="233" spans="1:107">
       <c r="I233" s="2"/>
       <c r="K233" s="2"/>
       <c r="M233" s="2"/>
       <c r="O233" s="2"/>
       <c r="Q233" s="2"/>
     </row>
-    <row r="234" spans="1:108">
-      <c r="D234" s="2"/>
+    <row r="234" spans="1:107">
       <c r="I234" s="2"/>
       <c r="K234" s="2"/>
       <c r="M234" s="2"/>
       <c r="O234" s="2"/>
       <c r="Q234" s="2"/>
     </row>
-    <row r="235" spans="1:108">
-      <c r="D235" s="2"/>
+    <row r="235" spans="1:107">
       <c r="I235" s="2"/>
       <c r="K235" s="2"/>
       <c r="M235" s="2"/>
       <c r="O235" s="2"/>
       <c r="Q235" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D236" s="2"/>
+      <c r="DA235" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="236" spans="1:107">
       <c r="I236" s="2"/>
       <c r="K236" s="2"/>
       <c r="M236" s="2"/>
       <c r="O236" s="2"/>
       <c r="Q236" s="2"/>
     </row>
-    <row r="237" spans="1:108">
-      <c r="D237" s="2"/>
+    <row r="237" spans="1:107">
       <c r="I237" s="2"/>
       <c r="K237" s="2"/>
       <c r="M237" s="2"/>
       <c r="O237" s="2"/>
       <c r="Q237" s="2"/>
     </row>
-    <row r="238" spans="1:108">
-      <c r="D238" s="2"/>
+    <row r="238" spans="1:107">
       <c r="I238" s="2"/>
       <c r="K238" s="2"/>
       <c r="M238" s="2"/>
       <c r="O238" s="2"/>
       <c r="Q238" s="2"/>
     </row>
-    <row r="239" spans="1:108">
-      <c r="D239" s="2"/>
+    <row r="239" spans="1:107">
       <c r="I239" s="2"/>
       <c r="K239" s="2"/>
       <c r="M239" s="2"/>
       <c r="O239" s="2"/>
       <c r="Q239" s="2"/>
     </row>
-    <row r="240" spans="1:108">
-      <c r="D240" s="2"/>
+    <row r="240" spans="1:107">
       <c r="I240" s="2"/>
       <c r="K240" s="2"/>
       <c r="M240" s="2"/>
       <c r="O240" s="2"/>
       <c r="Q240" s="2"/>
     </row>
-    <row r="241" spans="1:108">
-      <c r="D241" s="2"/>
+    <row r="241" spans="1:107">
       <c r="I241" s="2"/>
       <c r="K241" s="2"/>
       <c r="M241" s="2"/>
       <c r="O241" s="2"/>
       <c r="Q241" s="2"/>
-      <c r="DB241" t="s">
-[...4 lines deleted...]
-      <c r="D242" s="2"/>
+    </row>
+    <row r="242" spans="1:107">
       <c r="I242" s="2"/>
       <c r="K242" s="2"/>
       <c r="M242" s="2"/>
       <c r="O242" s="2"/>
       <c r="Q242" s="2"/>
-      <c r="DB242" t="s">
-[...4 lines deleted...]
-      <c r="D243" s="2"/>
+    </row>
+    <row r="243" spans="1:107">
       <c r="I243" s="2"/>
       <c r="K243" s="2"/>
       <c r="M243" s="2"/>
       <c r="O243" s="2"/>
       <c r="Q243" s="2"/>
-      <c r="DB243" t="s">
-[...4 lines deleted...]
-      <c r="D244" s="2"/>
+    </row>
+    <row r="244" spans="1:107">
       <c r="I244" s="2"/>
       <c r="K244" s="2"/>
       <c r="M244" s="2"/>
       <c r="O244" s="2"/>
       <c r="Q244" s="2"/>
     </row>
-    <row r="245" spans="1:108">
-      <c r="D245" s="2"/>
+    <row r="245" spans="1:107">
       <c r="I245" s="2"/>
       <c r="K245" s="2"/>
       <c r="M245" s="2"/>
       <c r="O245" s="2"/>
       <c r="Q245" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D246" s="2"/>
+      <c r="DA245" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="246" spans="1:107">
       <c r="I246" s="2"/>
       <c r="K246" s="2"/>
       <c r="M246" s="2"/>
       <c r="O246" s="2"/>
       <c r="Q246" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D247" s="2"/>
+      <c r="DA246" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="247" spans="1:107">
       <c r="I247" s="2"/>
       <c r="K247" s="2"/>
       <c r="M247" s="2"/>
       <c r="O247" s="2"/>
       <c r="Q247" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D248" s="2"/>
+      <c r="DA247" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="248" spans="1:107">
       <c r="I248" s="2"/>
       <c r="K248" s="2"/>
       <c r="M248" s="2"/>
       <c r="O248" s="2"/>
       <c r="Q248" s="2"/>
     </row>
-    <row r="249" spans="1:108">
-      <c r="D249" s="2"/>
+    <row r="249" spans="1:107">
       <c r="I249" s="2"/>
       <c r="K249" s="2"/>
       <c r="M249" s="2"/>
       <c r="O249" s="2"/>
       <c r="Q249" s="2"/>
     </row>
-    <row r="250" spans="1:108">
-      <c r="D250" s="2"/>
+    <row r="250" spans="1:107">
       <c r="I250" s="2"/>
       <c r="K250" s="2"/>
       <c r="M250" s="2"/>
       <c r="O250" s="2"/>
       <c r="Q250" s="2"/>
     </row>
-    <row r="251" spans="1:108">
-      <c r="D251" s="2"/>
+    <row r="251" spans="1:107">
       <c r="I251" s="2"/>
       <c r="K251" s="2"/>
       <c r="M251" s="2"/>
       <c r="O251" s="2"/>
       <c r="Q251" s="2"/>
-      <c r="DB251" t="s">
-[...4 lines deleted...]
-      <c r="D252" s="2"/>
+    </row>
+    <row r="252" spans="1:107">
       <c r="I252" s="2"/>
       <c r="K252" s="2"/>
       <c r="M252" s="2"/>
       <c r="O252" s="2"/>
       <c r="Q252" s="2"/>
     </row>
-    <row r="253" spans="1:108">
-      <c r="D253" s="2"/>
+    <row r="253" spans="1:107">
       <c r="I253" s="2"/>
       <c r="K253" s="2"/>
       <c r="M253" s="2"/>
       <c r="O253" s="2"/>
       <c r="Q253" s="2"/>
     </row>
-    <row r="254" spans="1:108">
-      <c r="D254" s="2"/>
+    <row r="254" spans="1:107">
       <c r="I254" s="2"/>
       <c r="K254" s="2"/>
       <c r="M254" s="2"/>
       <c r="O254" s="2"/>
       <c r="Q254" s="2"/>
     </row>
-    <row r="255" spans="1:108">
-      <c r="D255" s="2"/>
+    <row r="255" spans="1:107">
       <c r="I255" s="2"/>
       <c r="K255" s="2"/>
       <c r="M255" s="2"/>
       <c r="O255" s="2"/>
       <c r="Q255" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D256" s="2"/>
+      <c r="DA255" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="256" spans="1:107">
       <c r="I256" s="2"/>
       <c r="K256" s="2"/>
       <c r="M256" s="2"/>
       <c r="O256" s="2"/>
       <c r="Q256" s="2"/>
     </row>
-    <row r="257" spans="1:108">
-      <c r="D257" s="2"/>
+    <row r="257" spans="1:107">
       <c r="I257" s="2"/>
       <c r="K257" s="2"/>
       <c r="M257" s="2"/>
       <c r="O257" s="2"/>
       <c r="Q257" s="2"/>
-      <c r="DB257" t="s">
-[...4 lines deleted...]
-      <c r="D258" s="2"/>
+    </row>
+    <row r="258" spans="1:107">
       <c r="I258" s="2"/>
       <c r="K258" s="2"/>
       <c r="M258" s="2"/>
       <c r="O258" s="2"/>
       <c r="Q258" s="2"/>
     </row>
-    <row r="259" spans="1:108">
-      <c r="D259" s="2"/>
+    <row r="259" spans="1:107">
       <c r="I259" s="2"/>
       <c r="K259" s="2"/>
       <c r="M259" s="2"/>
       <c r="O259" s="2"/>
       <c r="Q259" s="2"/>
     </row>
-    <row r="260" spans="1:108">
-      <c r="D260" s="2"/>
+    <row r="260" spans="1:107">
       <c r="I260" s="2"/>
       <c r="K260" s="2"/>
       <c r="M260" s="2"/>
       <c r="O260" s="2"/>
       <c r="Q260" s="2"/>
     </row>
-    <row r="261" spans="1:108">
-      <c r="D261" s="2"/>
+    <row r="261" spans="1:107">
       <c r="I261" s="2"/>
       <c r="K261" s="2"/>
       <c r="M261" s="2"/>
       <c r="O261" s="2"/>
       <c r="Q261" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D262" s="2"/>
+      <c r="DA261" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="262" spans="1:107">
       <c r="I262" s="2"/>
       <c r="K262" s="2"/>
       <c r="M262" s="2"/>
       <c r="O262" s="2"/>
       <c r="Q262" s="2"/>
     </row>
-    <row r="263" spans="1:108">
-      <c r="D263" s="2"/>
+    <row r="263" spans="1:107">
       <c r="I263" s="2"/>
       <c r="K263" s="2"/>
       <c r="M263" s="2"/>
       <c r="O263" s="2"/>
       <c r="Q263" s="2"/>
     </row>
-    <row r="264" spans="1:108">
-      <c r="D264" s="2"/>
+    <row r="264" spans="1:107">
       <c r="I264" s="2"/>
       <c r="K264" s="2"/>
       <c r="M264" s="2"/>
       <c r="O264" s="2"/>
       <c r="Q264" s="2"/>
     </row>
-    <row r="265" spans="1:108">
-      <c r="D265" s="2"/>
+    <row r="265" spans="1:107">
       <c r="I265" s="2"/>
       <c r="K265" s="2"/>
       <c r="M265" s="2"/>
       <c r="O265" s="2"/>
       <c r="Q265" s="2"/>
-      <c r="DB265" t="s">
-[...4 lines deleted...]
-      <c r="D266" s="2"/>
+    </row>
+    <row r="266" spans="1:107">
       <c r="I266" s="2"/>
       <c r="K266" s="2"/>
       <c r="M266" s="2"/>
       <c r="O266" s="2"/>
       <c r="Q266" s="2"/>
     </row>
-    <row r="267" spans="1:108">
-      <c r="D267" s="2"/>
+    <row r="267" spans="1:107">
       <c r="I267" s="2"/>
       <c r="K267" s="2"/>
       <c r="M267" s="2"/>
       <c r="O267" s="2"/>
       <c r="Q267" s="2"/>
     </row>
-    <row r="268" spans="1:108">
-      <c r="D268" s="2"/>
+    <row r="268" spans="1:107">
       <c r="I268" s="2"/>
       <c r="K268" s="2"/>
       <c r="M268" s="2"/>
       <c r="O268" s="2"/>
       <c r="Q268" s="2"/>
-      <c r="DB268" t="s">
-[...4 lines deleted...]
-      <c r="D269" s="2"/>
+    </row>
+    <row r="269" spans="1:107">
       <c r="I269" s="2"/>
       <c r="K269" s="2"/>
       <c r="M269" s="2"/>
       <c r="O269" s="2"/>
       <c r="Q269" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D270" s="2"/>
+      <c r="DA269" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="270" spans="1:107">
       <c r="I270" s="2"/>
       <c r="K270" s="2"/>
       <c r="M270" s="2"/>
       <c r="O270" s="2"/>
       <c r="Q270" s="2"/>
     </row>
-    <row r="271" spans="1:108">
-      <c r="D271" s="2"/>
+    <row r="271" spans="1:107">
       <c r="I271" s="2"/>
       <c r="K271" s="2"/>
       <c r="M271" s="2"/>
       <c r="O271" s="2"/>
       <c r="Q271" s="2"/>
     </row>
-    <row r="272" spans="1:108">
-      <c r="D272" s="2"/>
+    <row r="272" spans="1:107">
       <c r="I272" s="2"/>
       <c r="K272" s="2"/>
       <c r="M272" s="2"/>
       <c r="O272" s="2"/>
       <c r="Q272" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D273" s="2"/>
+      <c r="DA272" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="273" spans="1:107">
       <c r="I273" s="2"/>
       <c r="K273" s="2"/>
       <c r="M273" s="2"/>
       <c r="O273" s="2"/>
       <c r="Q273" s="2"/>
     </row>
-    <row r="274" spans="1:108">
-      <c r="D274" s="2"/>
+    <row r="274" spans="1:107">
       <c r="I274" s="2"/>
       <c r="K274" s="2"/>
       <c r="M274" s="2"/>
       <c r="O274" s="2"/>
       <c r="Q274" s="2"/>
-      <c r="DB274" t="s">
-[...4 lines deleted...]
-      <c r="D275" s="2"/>
+    </row>
+    <row r="275" spans="1:107">
       <c r="I275" s="2"/>
       <c r="K275" s="2"/>
       <c r="M275" s="2"/>
       <c r="O275" s="2"/>
       <c r="Q275" s="2"/>
     </row>
-    <row r="276" spans="1:108">
-      <c r="D276" s="2"/>
+    <row r="276" spans="1:107">
       <c r="I276" s="2"/>
       <c r="K276" s="2"/>
       <c r="M276" s="2"/>
       <c r="O276" s="2"/>
       <c r="Q276" s="2"/>
     </row>
-    <row r="277" spans="1:108">
-      <c r="D277" s="2"/>
+    <row r="277" spans="1:107">
       <c r="I277" s="2"/>
       <c r="K277" s="2"/>
       <c r="M277" s="2"/>
       <c r="O277" s="2"/>
       <c r="Q277" s="2"/>
-      <c r="DB277" t="s">
-[...4 lines deleted...]
-      <c r="D278" s="2"/>
+    </row>
+    <row r="278" spans="1:107">
       <c r="I278" s="2"/>
       <c r="K278" s="2"/>
       <c r="M278" s="2"/>
       <c r="O278" s="2"/>
       <c r="Q278" s="2"/>
-      <c r="DB278" t="s">
-[...4 lines deleted...]
-      <c r="D279" s="2"/>
+      <c r="DA278" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="279" spans="1:107">
       <c r="I279" s="2"/>
       <c r="K279" s="2"/>
       <c r="M279" s="2"/>
       <c r="O279" s="2"/>
       <c r="Q279" s="2"/>
-      <c r="DB279" t="s">
-[...4 lines deleted...]
-      <c r="D280" s="2"/>
+    </row>
+    <row r="280" spans="1:107">
       <c r="I280" s="2"/>
       <c r="K280" s="2"/>
       <c r="M280" s="2"/>
       <c r="O280" s="2"/>
       <c r="Q280" s="2"/>
     </row>
-    <row r="281" spans="1:108">
-      <c r="D281" s="2"/>
+    <row r="281" spans="1:107">
       <c r="I281" s="2"/>
       <c r="K281" s="2"/>
       <c r="M281" s="2"/>
       <c r="O281" s="2"/>
       <c r="Q281" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D282" s="2"/>
+      <c r="DA281" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="282" spans="1:107">
       <c r="I282" s="2"/>
       <c r="K282" s="2"/>
       <c r="M282" s="2"/>
       <c r="O282" s="2"/>
       <c r="Q282" s="2"/>
-      <c r="DB282" t="s">
-[...4 lines deleted...]
-      <c r="D283" s="2"/>
+      <c r="DA282" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="283" spans="1:107">
       <c r="I283" s="2"/>
       <c r="K283" s="2"/>
       <c r="M283" s="2"/>
       <c r="O283" s="2"/>
       <c r="Q283" s="2"/>
-      <c r="DB283" t="s">
-[...4 lines deleted...]
-      <c r="D284" s="2"/>
+      <c r="DA283" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="284" spans="1:107">
       <c r="I284" s="2"/>
       <c r="K284" s="2"/>
       <c r="M284" s="2"/>
       <c r="O284" s="2"/>
       <c r="Q284" s="2"/>
     </row>
-    <row r="285" spans="1:108">
-      <c r="D285" s="2"/>
+    <row r="285" spans="1:107">
       <c r="I285" s="2"/>
       <c r="K285" s="2"/>
       <c r="M285" s="2"/>
       <c r="O285" s="2"/>
       <c r="Q285" s="2"/>
-      <c r="DB285" t="s">
-[...4 lines deleted...]
-      <c r="D286" s="2"/>
+    </row>
+    <row r="286" spans="1:107">
       <c r="I286" s="2"/>
       <c r="K286" s="2"/>
       <c r="M286" s="2"/>
       <c r="O286" s="2"/>
       <c r="Q286" s="2"/>
-      <c r="DB286" t="s">
-[...4 lines deleted...]
-      <c r="D287" s="2"/>
+      <c r="DA286" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="287" spans="1:107">
       <c r="I287" s="2"/>
       <c r="K287" s="2"/>
       <c r="M287" s="2"/>
       <c r="O287" s="2"/>
       <c r="Q287" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D288" s="2"/>
+      <c r="DA287" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="288" spans="1:107">
       <c r="I288" s="2"/>
       <c r="K288" s="2"/>
       <c r="M288" s="2"/>
       <c r="O288" s="2"/>
       <c r="Q288" s="2"/>
-      <c r="DB288" t="s">
-[...4 lines deleted...]
-      <c r="D289" s="2"/>
+    </row>
+    <row r="289" spans="1:107">
       <c r="I289" s="2"/>
       <c r="K289" s="2"/>
       <c r="M289" s="2"/>
       <c r="O289" s="2"/>
       <c r="Q289" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D290" s="2"/>
+      <c r="DA289" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="290" spans="1:107">
       <c r="I290" s="2"/>
       <c r="K290" s="2"/>
       <c r="M290" s="2"/>
       <c r="O290" s="2"/>
       <c r="Q290" s="2"/>
-      <c r="DB290" t="s">
-[...4 lines deleted...]
-      <c r="D291" s="2"/>
+      <c r="DA290" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="291" spans="1:107">
       <c r="I291" s="2"/>
       <c r="K291" s="2"/>
       <c r="M291" s="2"/>
       <c r="O291" s="2"/>
       <c r="Q291" s="2"/>
     </row>
-    <row r="292" spans="1:108">
-      <c r="D292" s="2"/>
+    <row r="292" spans="1:107">
       <c r="I292" s="2"/>
       <c r="K292" s="2"/>
       <c r="M292" s="2"/>
       <c r="O292" s="2"/>
       <c r="Q292" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D293" s="2"/>
+      <c r="DA292" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="293" spans="1:107">
       <c r="I293" s="2"/>
       <c r="K293" s="2"/>
       <c r="M293" s="2"/>
       <c r="O293" s="2"/>
       <c r="Q293" s="2"/>
     </row>
-    <row r="294" spans="1:108">
-      <c r="D294" s="2"/>
+    <row r="294" spans="1:107">
       <c r="I294" s="2"/>
       <c r="K294" s="2"/>
       <c r="M294" s="2"/>
       <c r="O294" s="2"/>
       <c r="Q294" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D295" s="2"/>
+      <c r="DA294" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="295" spans="1:107">
       <c r="I295" s="2"/>
       <c r="K295" s="2"/>
       <c r="M295" s="2"/>
       <c r="O295" s="2"/>
       <c r="Q295" s="2"/>
-      <c r="DB295" t="s">
-[...4 lines deleted...]
-      <c r="D296" s="2"/>
+    </row>
+    <row r="296" spans="1:107">
       <c r="I296" s="2"/>
       <c r="K296" s="2"/>
       <c r="M296" s="2"/>
       <c r="O296" s="2"/>
       <c r="Q296" s="2"/>
-      <c r="DB296" t="s">
-[...4 lines deleted...]
-      <c r="D297" s="2"/>
+    </row>
+    <row r="297" spans="1:107">
       <c r="I297" s="2"/>
       <c r="K297" s="2"/>
       <c r="M297" s="2"/>
       <c r="O297" s="2"/>
       <c r="Q297" s="2"/>
     </row>
-    <row r="298" spans="1:108">
-      <c r="D298" s="2"/>
+    <row r="298" spans="1:107">
       <c r="I298" s="2"/>
       <c r="K298" s="2"/>
       <c r="M298" s="2"/>
       <c r="O298" s="2"/>
       <c r="Q298" s="2"/>
     </row>
-    <row r="299" spans="1:108">
-      <c r="D299" s="2"/>
+    <row r="299" spans="1:107">
       <c r="I299" s="2"/>
       <c r="K299" s="2"/>
       <c r="M299" s="2"/>
       <c r="O299" s="2"/>
       <c r="Q299" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D300" s="2"/>
+      <c r="DA299" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="300" spans="1:107">
       <c r="I300" s="2"/>
       <c r="K300" s="2"/>
       <c r="M300" s="2"/>
       <c r="O300" s="2"/>
       <c r="Q300" s="2"/>
-      <c r="DB300" t="s">
+      <c r="DA300" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="301" spans="1:108">
-      <c r="D301" s="2"/>
+    <row r="301" spans="1:107">
       <c r="I301" s="2"/>
       <c r="K301" s="2"/>
       <c r="M301" s="2"/>
       <c r="O301" s="2"/>
       <c r="Q301" s="2"/>
-      <c r="DB301" t="s">
-[...4 lines deleted...]
-      <c r="D302" s="2"/>
+    </row>
+    <row r="302" spans="1:107">
       <c r="I302" s="2"/>
       <c r="K302" s="2"/>
       <c r="M302" s="2"/>
       <c r="O302" s="2"/>
       <c r="Q302" s="2"/>
     </row>
-    <row r="303" spans="1:108">
-      <c r="D303" s="2"/>
+    <row r="303" spans="1:107">
       <c r="I303" s="2"/>
       <c r="K303" s="2"/>
       <c r="M303" s="2"/>
       <c r="O303" s="2"/>
       <c r="Q303" s="2"/>
-      <c r="DB303" t="s">
-[...4 lines deleted...]
-      <c r="D304" s="2"/>
+    </row>
+    <row r="304" spans="1:107">
       <c r="I304" s="2"/>
       <c r="K304" s="2"/>
       <c r="M304" s="2"/>
       <c r="O304" s="2"/>
       <c r="Q304" s="2"/>
-      <c r="DB304" t="s">
-[...4 lines deleted...]
-      <c r="D305" s="2"/>
+      <c r="DA304" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="305" spans="1:107">
       <c r="I305" s="2"/>
       <c r="K305" s="2"/>
       <c r="M305" s="2"/>
       <c r="O305" s="2"/>
       <c r="Q305" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D306" s="2"/>
+      <c r="DA305" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="306" spans="1:107">
       <c r="I306" s="2"/>
       <c r="K306" s="2"/>
       <c r="M306" s="2"/>
       <c r="O306" s="2"/>
       <c r="Q306" s="2"/>
-      <c r="DB306" t="s">
-[...4 lines deleted...]
-      <c r="D307" s="2"/>
+    </row>
+    <row r="307" spans="1:107">
       <c r="I307" s="2"/>
       <c r="K307" s="2"/>
       <c r="M307" s="2"/>
       <c r="O307" s="2"/>
       <c r="Q307" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D308" s="2"/>
+      <c r="DA307" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="308" spans="1:107">
       <c r="I308" s="2"/>
       <c r="K308" s="2"/>
       <c r="M308" s="2"/>
       <c r="O308" s="2"/>
       <c r="Q308" s="2"/>
-      <c r="DB308" t="s">
-[...4 lines deleted...]
-      <c r="D309" s="2"/>
+      <c r="DA308" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="309" spans="1:107">
       <c r="I309" s="2"/>
       <c r="K309" s="2"/>
       <c r="M309" s="2"/>
       <c r="O309" s="2"/>
       <c r="Q309" s="2"/>
     </row>
-    <row r="310" spans="1:108">
-      <c r="D310" s="2"/>
+    <row r="310" spans="1:107">
       <c r="I310" s="2"/>
       <c r="K310" s="2"/>
       <c r="M310" s="2"/>
       <c r="O310" s="2"/>
       <c r="Q310" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D311" s="2"/>
+      <c r="DA310" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="311" spans="1:107">
       <c r="I311" s="2"/>
       <c r="K311" s="2"/>
       <c r="M311" s="2"/>
       <c r="O311" s="2"/>
       <c r="Q311" s="2"/>
     </row>
-    <row r="312" spans="1:108">
-      <c r="D312" s="2"/>
+    <row r="312" spans="1:107">
       <c r="I312" s="2"/>
       <c r="K312" s="2"/>
       <c r="M312" s="2"/>
       <c r="O312" s="2"/>
       <c r="Q312" s="2"/>
-      <c r="DB312" t="s">
+      <c r="DA312" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="313" spans="1:108">
-      <c r="D313" s="2"/>
+    <row r="313" spans="1:107">
       <c r="I313" s="2"/>
       <c r="K313" s="2"/>
       <c r="M313" s="2"/>
       <c r="O313" s="2"/>
       <c r="Q313" s="2"/>
-      <c r="DB313" t="s">
-[...4 lines deleted...]
-      <c r="D314" s="2"/>
+    </row>
+    <row r="314" spans="1:107">
       <c r="I314" s="2"/>
       <c r="K314" s="2"/>
       <c r="M314" s="2"/>
       <c r="O314" s="2"/>
       <c r="Q314" s="2"/>
-      <c r="DB314" t="s">
-[...4 lines deleted...]
-      <c r="D315" s="2"/>
+    </row>
+    <row r="315" spans="1:107">
       <c r="I315" s="2"/>
       <c r="K315" s="2"/>
       <c r="M315" s="2"/>
       <c r="O315" s="2"/>
       <c r="Q315" s="2"/>
-      <c r="DB315" t="s">
-[...4 lines deleted...]
-      <c r="D316" s="2"/>
+    </row>
+    <row r="316" spans="1:107">
       <c r="I316" s="2"/>
       <c r="K316" s="2"/>
       <c r="M316" s="2"/>
       <c r="O316" s="2"/>
       <c r="Q316" s="2"/>
-      <c r="DB316" t="s">
-[...4 lines deleted...]
-      <c r="D317" s="2"/>
+      <c r="DA316" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="317" spans="1:107">
       <c r="I317" s="2"/>
       <c r="K317" s="2"/>
       <c r="M317" s="2"/>
       <c r="O317" s="2"/>
       <c r="Q317" s="2"/>
-      <c r="DB317" t="s">
-[...4 lines deleted...]
-      <c r="D318" s="2"/>
+      <c r="DA317" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="318" spans="1:107">
       <c r="I318" s="2"/>
       <c r="K318" s="2"/>
       <c r="M318" s="2"/>
       <c r="O318" s="2"/>
       <c r="Q318" s="2"/>
-      <c r="DB318" t="s">
-[...4 lines deleted...]
-      <c r="D319" s="2"/>
+      <c r="DA318" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="319" spans="1:107">
       <c r="I319" s="2"/>
       <c r="K319" s="2"/>
       <c r="M319" s="2"/>
       <c r="O319" s="2"/>
       <c r="Q319" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D320" s="2"/>
+      <c r="DA319" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="320" spans="1:107">
       <c r="I320" s="2"/>
       <c r="K320" s="2"/>
       <c r="M320" s="2"/>
       <c r="O320" s="2"/>
       <c r="Q320" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D321" s="2"/>
+      <c r="DA320" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="321" spans="1:107">
       <c r="I321" s="2"/>
       <c r="K321" s="2"/>
       <c r="M321" s="2"/>
       <c r="O321" s="2"/>
       <c r="Q321" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D322" s="2"/>
+      <c r="DA321" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="322" spans="1:107">
       <c r="I322" s="2"/>
       <c r="K322" s="2"/>
       <c r="M322" s="2"/>
       <c r="O322" s="2"/>
       <c r="Q322" s="2"/>
-      <c r="DB322" t="s">
+      <c r="DA322" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="323" spans="1:108">
-      <c r="D323" s="2"/>
+    <row r="323" spans="1:107">
       <c r="I323" s="2"/>
       <c r="K323" s="2"/>
       <c r="M323" s="2"/>
       <c r="O323" s="2"/>
       <c r="Q323" s="2"/>
     </row>
-    <row r="324" spans="1:108">
-      <c r="D324" s="2"/>
+    <row r="324" spans="1:107">
       <c r="I324" s="2"/>
       <c r="K324" s="2"/>
       <c r="M324" s="2"/>
       <c r="O324" s="2"/>
       <c r="Q324" s="2"/>
     </row>
-    <row r="325" spans="1:108">
-      <c r="D325" s="2"/>
+    <row r="325" spans="1:107">
       <c r="I325" s="2"/>
       <c r="K325" s="2"/>
       <c r="M325" s="2"/>
       <c r="O325" s="2"/>
       <c r="Q325" s="2"/>
     </row>
-    <row r="326" spans="1:108">
-      <c r="D326" s="2"/>
+    <row r="326" spans="1:107">
       <c r="I326" s="2"/>
       <c r="K326" s="2"/>
       <c r="M326" s="2"/>
       <c r="O326" s="2"/>
       <c r="Q326" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D327" s="2"/>
+      <c r="DA326" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="327" spans="1:107">
       <c r="I327" s="2"/>
       <c r="K327" s="2"/>
       <c r="M327" s="2"/>
       <c r="O327" s="2"/>
       <c r="Q327" s="2"/>
     </row>
-    <row r="328" spans="1:108">
-      <c r="D328" s="2"/>
+    <row r="328" spans="1:107">
       <c r="I328" s="2"/>
       <c r="K328" s="2"/>
       <c r="M328" s="2"/>
       <c r="O328" s="2"/>
       <c r="Q328" s="2"/>
-      <c r="DB328" t="s">
-[...4 lines deleted...]
-      <c r="D329" s="2"/>
+    </row>
+    <row r="329" spans="1:107">
       <c r="I329" s="2"/>
       <c r="K329" s="2"/>
       <c r="M329" s="2"/>
       <c r="O329" s="2"/>
       <c r="Q329" s="2"/>
     </row>
-    <row r="330" spans="1:108">
-      <c r="D330" s="2"/>
+    <row r="330" spans="1:107">
       <c r="I330" s="2"/>
       <c r="K330" s="2"/>
       <c r="M330" s="2"/>
       <c r="O330" s="2"/>
       <c r="Q330" s="2"/>
-      <c r="DB330" t="s">
-[...4 lines deleted...]
-      <c r="D331" s="2"/>
+    </row>
+    <row r="331" spans="1:107">
       <c r="I331" s="2"/>
       <c r="K331" s="2"/>
       <c r="M331" s="2"/>
       <c r="O331" s="2"/>
       <c r="Q331" s="2"/>
     </row>
-    <row r="332" spans="1:108">
-      <c r="D332" s="2"/>
+    <row r="332" spans="1:107">
       <c r="I332" s="2"/>
       <c r="K332" s="2"/>
       <c r="M332" s="2"/>
       <c r="O332" s="2"/>
       <c r="Q332" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D333" s="2"/>
+      <c r="DA332" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="333" spans="1:107">
       <c r="I333" s="2"/>
       <c r="K333" s="2"/>
       <c r="M333" s="2"/>
       <c r="O333" s="2"/>
       <c r="Q333" s="2"/>
     </row>
-    <row r="334" spans="1:108">
-      <c r="D334" s="2"/>
+    <row r="334" spans="1:107">
       <c r="I334" s="2"/>
       <c r="K334" s="2"/>
       <c r="M334" s="2"/>
       <c r="O334" s="2"/>
       <c r="Q334" s="2"/>
-      <c r="DB334" t="s">
+      <c r="DA334" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="335" spans="1:108">
-      <c r="D335" s="2"/>
+    <row r="335" spans="1:107">
       <c r="I335" s="2"/>
       <c r="K335" s="2"/>
       <c r="M335" s="2"/>
       <c r="O335" s="2"/>
       <c r="Q335" s="2"/>
     </row>
-    <row r="336" spans="1:108">
-      <c r="D336" s="2"/>
+    <row r="336" spans="1:107">
       <c r="I336" s="2"/>
       <c r="K336" s="2"/>
       <c r="M336" s="2"/>
       <c r="O336" s="2"/>
       <c r="Q336" s="2"/>
     </row>
-    <row r="337" spans="1:108">
-      <c r="D337" s="2"/>
+    <row r="337" spans="1:107">
       <c r="I337" s="2"/>
       <c r="K337" s="2"/>
       <c r="M337" s="2"/>
       <c r="O337" s="2"/>
       <c r="Q337" s="2"/>
     </row>
-    <row r="338" spans="1:108">
-      <c r="D338" s="2"/>
+    <row r="338" spans="1:107">
       <c r="I338" s="2"/>
       <c r="K338" s="2"/>
       <c r="M338" s="2"/>
       <c r="O338" s="2"/>
       <c r="Q338" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D339" s="2"/>
+      <c r="DA338" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="339" spans="1:107">
       <c r="I339" s="2"/>
       <c r="K339" s="2"/>
       <c r="M339" s="2"/>
       <c r="O339" s="2"/>
       <c r="Q339" s="2"/>
-      <c r="DB339" t="s">
-[...4 lines deleted...]
-      <c r="D340" s="2"/>
+    </row>
+    <row r="340" spans="1:107">
       <c r="I340" s="2"/>
       <c r="K340" s="2"/>
       <c r="M340" s="2"/>
       <c r="O340" s="2"/>
       <c r="Q340" s="2"/>
     </row>
-    <row r="341" spans="1:108">
-      <c r="D341" s="2"/>
+    <row r="341" spans="1:107">
       <c r="I341" s="2"/>
       <c r="K341" s="2"/>
       <c r="M341" s="2"/>
       <c r="O341" s="2"/>
       <c r="Q341" s="2"/>
-      <c r="DB341" t="s">
-[...4 lines deleted...]
-      <c r="D342" s="2"/>
+    </row>
+    <row r="342" spans="1:107">
       <c r="I342" s="2"/>
       <c r="K342" s="2"/>
       <c r="M342" s="2"/>
       <c r="O342" s="2"/>
       <c r="Q342" s="2"/>
     </row>
-    <row r="343" spans="1:108">
-      <c r="D343" s="2"/>
+    <row r="343" spans="1:107">
       <c r="I343" s="2"/>
       <c r="K343" s="2"/>
       <c r="M343" s="2"/>
       <c r="O343" s="2"/>
       <c r="Q343" s="2"/>
-      <c r="DB343" t="s">
-[...4 lines deleted...]
-      <c r="D344" s="2"/>
+      <c r="DA343" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="344" spans="1:107">
       <c r="I344" s="2"/>
       <c r="K344" s="2"/>
       <c r="M344" s="2"/>
       <c r="O344" s="2"/>
       <c r="Q344" s="2"/>
     </row>
-    <row r="345" spans="1:108">
-      <c r="D345" s="2"/>
+    <row r="345" spans="1:107">
       <c r="I345" s="2"/>
       <c r="K345" s="2"/>
       <c r="M345" s="2"/>
       <c r="O345" s="2"/>
       <c r="Q345" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D346" s="2"/>
+      <c r="DA345" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="346" spans="1:107">
       <c r="I346" s="2"/>
       <c r="K346" s="2"/>
       <c r="M346" s="2"/>
       <c r="O346" s="2"/>
       <c r="Q346" s="2"/>
-      <c r="DB346" t="s">
-[...4 lines deleted...]
-      <c r="D347" s="2"/>
+    </row>
+    <row r="347" spans="1:107">
       <c r="I347" s="2"/>
       <c r="K347" s="2"/>
       <c r="M347" s="2"/>
       <c r="O347" s="2"/>
       <c r="Q347" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D348" s="2"/>
+      <c r="DA347" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="348" spans="1:107">
       <c r="I348" s="2"/>
       <c r="K348" s="2"/>
       <c r="M348" s="2"/>
       <c r="O348" s="2"/>
       <c r="Q348" s="2"/>
-      <c r="DB348" t="s">
-[...4 lines deleted...]
-      <c r="D349" s="2"/>
+    </row>
+    <row r="349" spans="1:107">
       <c r="I349" s="2"/>
       <c r="K349" s="2"/>
       <c r="M349" s="2"/>
       <c r="O349" s="2"/>
       <c r="Q349" s="2"/>
     </row>
-    <row r="350" spans="1:108">
-      <c r="D350" s="2"/>
+    <row r="350" spans="1:107">
       <c r="I350" s="2"/>
       <c r="K350" s="2"/>
       <c r="M350" s="2"/>
       <c r="O350" s="2"/>
       <c r="Q350" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D351" s="2"/>
+      <c r="DA350" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="351" spans="1:107">
       <c r="I351" s="2"/>
       <c r="K351" s="2"/>
       <c r="M351" s="2"/>
       <c r="O351" s="2"/>
       <c r="Q351" s="2"/>
     </row>
-    <row r="352" spans="1:108">
-      <c r="D352" s="2"/>
+    <row r="352" spans="1:107">
       <c r="I352" s="2"/>
       <c r="K352" s="2"/>
       <c r="M352" s="2"/>
       <c r="O352" s="2"/>
       <c r="Q352" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D353" s="2"/>
+      <c r="DA352" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="353" spans="1:107">
       <c r="I353" s="2"/>
       <c r="K353" s="2"/>
       <c r="M353" s="2"/>
       <c r="O353" s="2"/>
       <c r="Q353" s="2"/>
     </row>
-    <row r="354" spans="1:108">
-      <c r="D354" s="2"/>
+    <row r="354" spans="1:107">
       <c r="I354" s="2"/>
       <c r="K354" s="2"/>
       <c r="M354" s="2"/>
       <c r="O354" s="2"/>
       <c r="Q354" s="2"/>
     </row>
-    <row r="355" spans="1:108">
-      <c r="D355" s="2"/>
+    <row r="355" spans="1:107">
       <c r="I355" s="2"/>
       <c r="K355" s="2"/>
       <c r="M355" s="2"/>
       <c r="O355" s="2"/>
       <c r="Q355" s="2"/>
     </row>
-    <row r="356" spans="1:108">
-      <c r="D356" s="2"/>
+    <row r="356" spans="1:107">
       <c r="I356" s="2"/>
       <c r="K356" s="2"/>
       <c r="M356" s="2"/>
       <c r="O356" s="2"/>
       <c r="Q356" s="2"/>
     </row>
-    <row r="357" spans="1:108">
-      <c r="D357" s="2"/>
+    <row r="357" spans="1:107">
       <c r="I357" s="2"/>
       <c r="K357" s="2"/>
       <c r="M357" s="2"/>
       <c r="O357" s="2"/>
       <c r="Q357" s="2"/>
-      <c r="DB357" t="s">
-[...4 lines deleted...]
-      <c r="D358" s="2"/>
+    </row>
+    <row r="358" spans="1:107">
       <c r="I358" s="2"/>
       <c r="K358" s="2"/>
       <c r="M358" s="2"/>
       <c r="O358" s="2"/>
       <c r="Q358" s="2"/>
     </row>
-    <row r="359" spans="1:108">
-      <c r="D359" s="2"/>
+    <row r="359" spans="1:107">
       <c r="I359" s="2"/>
       <c r="K359" s="2"/>
       <c r="M359" s="2"/>
       <c r="O359" s="2"/>
       <c r="Q359" s="2"/>
     </row>
-    <row r="360" spans="1:108">
-      <c r="D360" s="2"/>
+    <row r="360" spans="1:107">
       <c r="I360" s="2"/>
       <c r="K360" s="2"/>
       <c r="M360" s="2"/>
       <c r="O360" s="2"/>
       <c r="Q360" s="2"/>
     </row>
-    <row r="361" spans="1:108">
-      <c r="D361" s="2"/>
+    <row r="361" spans="1:107">
       <c r="I361" s="2"/>
       <c r="K361" s="2"/>
       <c r="M361" s="2"/>
       <c r="O361" s="2"/>
       <c r="Q361" s="2"/>
-      <c r="DB361" t="s">
+      <c r="DA361" t="s">
         <v>137</v>
       </c>
     </row>
-    <row r="362" spans="1:108">
-      <c r="D362" s="2"/>
+    <row r="362" spans="1:107">
       <c r="I362" s="2"/>
       <c r="K362" s="2"/>
       <c r="M362" s="2"/>
       <c r="O362" s="2"/>
       <c r="Q362" s="2"/>
     </row>
-    <row r="363" spans="1:108">
-      <c r="D363" s="2"/>
+    <row r="363" spans="1:107">
       <c r="I363" s="2"/>
       <c r="K363" s="2"/>
       <c r="M363" s="2"/>
       <c r="O363" s="2"/>
       <c r="Q363" s="2"/>
-      <c r="DB363" t="s">
-[...4 lines deleted...]
-      <c r="D364" s="2"/>
+    </row>
+    <row r="364" spans="1:107">
       <c r="I364" s="2"/>
       <c r="K364" s="2"/>
       <c r="M364" s="2"/>
       <c r="O364" s="2"/>
       <c r="Q364" s="2"/>
-      <c r="DB364" t="s">
-[...4 lines deleted...]
-      <c r="D365" s="2"/>
+    </row>
+    <row r="365" spans="1:107">
       <c r="I365" s="2"/>
       <c r="K365" s="2"/>
       <c r="M365" s="2"/>
       <c r="O365" s="2"/>
       <c r="Q365" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D366" s="2"/>
+      <c r="DA365" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="366" spans="1:107">
       <c r="I366" s="2"/>
       <c r="K366" s="2"/>
       <c r="M366" s="2"/>
       <c r="O366" s="2"/>
       <c r="Q366" s="2"/>
-      <c r="DB366" t="s">
-[...4 lines deleted...]
-      <c r="D367" s="2"/>
+    </row>
+    <row r="367" spans="1:107">
       <c r="I367" s="2"/>
       <c r="K367" s="2"/>
       <c r="M367" s="2"/>
       <c r="O367" s="2"/>
       <c r="Q367" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D368" s="2"/>
+      <c r="DA367" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="368" spans="1:107">
       <c r="I368" s="2"/>
       <c r="K368" s="2"/>
       <c r="M368" s="2"/>
       <c r="O368" s="2"/>
       <c r="Q368" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D369" s="2"/>
+      <c r="DA368" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="369" spans="1:107">
       <c r="I369" s="2"/>
       <c r="K369" s="2"/>
       <c r="M369" s="2"/>
       <c r="O369" s="2"/>
       <c r="Q369" s="2"/>
     </row>
-    <row r="370" spans="1:108">
-      <c r="D370" s="2"/>
+    <row r="370" spans="1:107">
       <c r="I370" s="2"/>
       <c r="K370" s="2"/>
       <c r="M370" s="2"/>
       <c r="O370" s="2"/>
       <c r="Q370" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D371" s="2"/>
+      <c r="DA370" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="371" spans="1:107">
       <c r="I371" s="2"/>
       <c r="K371" s="2"/>
       <c r="M371" s="2"/>
       <c r="O371" s="2"/>
       <c r="Q371" s="2"/>
     </row>
-    <row r="372" spans="1:108">
-      <c r="D372" s="2"/>
+    <row r="372" spans="1:107">
       <c r="I372" s="2"/>
       <c r="K372" s="2"/>
       <c r="M372" s="2"/>
       <c r="O372" s="2"/>
       <c r="Q372" s="2"/>
     </row>
-    <row r="373" spans="1:108">
-      <c r="D373" s="2"/>
+    <row r="373" spans="1:107">
       <c r="I373" s="2"/>
       <c r="K373" s="2"/>
       <c r="M373" s="2"/>
       <c r="O373" s="2"/>
       <c r="Q373" s="2"/>
     </row>
-    <row r="374" spans="1:108">
-      <c r="D374" s="2"/>
+    <row r="374" spans="1:107">
       <c r="I374" s="2"/>
       <c r="K374" s="2"/>
       <c r="M374" s="2"/>
       <c r="O374" s="2"/>
       <c r="Q374" s="2"/>
     </row>
-    <row r="375" spans="1:108">
-      <c r="D375" s="2"/>
+    <row r="375" spans="1:107">
       <c r="I375" s="2"/>
       <c r="K375" s="2"/>
       <c r="M375" s="2"/>
       <c r="O375" s="2"/>
       <c r="Q375" s="2"/>
     </row>
-    <row r="376" spans="1:108">
-      <c r="D376" s="2"/>
+    <row r="376" spans="1:107">
       <c r="I376" s="2"/>
       <c r="K376" s="2"/>
       <c r="M376" s="2"/>
       <c r="O376" s="2"/>
       <c r="Q376" s="2"/>
-      <c r="DB376" t="s">
-[...4 lines deleted...]
-      <c r="D377" s="2"/>
+    </row>
+    <row r="377" spans="1:107">
       <c r="I377" s="2"/>
       <c r="K377" s="2"/>
       <c r="M377" s="2"/>
       <c r="O377" s="2"/>
       <c r="Q377" s="2"/>
     </row>
-    <row r="378" spans="1:108">
-      <c r="D378" s="2"/>
+    <row r="378" spans="1:107">
       <c r="I378" s="2"/>
       <c r="K378" s="2"/>
       <c r="M378" s="2"/>
       <c r="O378" s="2"/>
       <c r="Q378" s="2"/>
-      <c r="DB378" t="s">
-[...4 lines deleted...]
-      <c r="D379" s="2"/>
+    </row>
+    <row r="379" spans="1:107">
       <c r="I379" s="2"/>
       <c r="K379" s="2"/>
       <c r="M379" s="2"/>
       <c r="O379" s="2"/>
       <c r="Q379" s="2"/>
     </row>
-    <row r="380" spans="1:108">
-      <c r="D380" s="2"/>
+    <row r="380" spans="1:107">
       <c r="I380" s="2"/>
       <c r="K380" s="2"/>
       <c r="M380" s="2"/>
       <c r="O380" s="2"/>
       <c r="Q380" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D381" s="2"/>
+      <c r="DA380" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="381" spans="1:107">
       <c r="I381" s="2"/>
       <c r="K381" s="2"/>
       <c r="M381" s="2"/>
       <c r="O381" s="2"/>
       <c r="Q381" s="2"/>
     </row>
-    <row r="382" spans="1:108">
-      <c r="D382" s="2"/>
+    <row r="382" spans="1:107">
       <c r="I382" s="2"/>
       <c r="K382" s="2"/>
       <c r="M382" s="2"/>
       <c r="O382" s="2"/>
       <c r="Q382" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D383" s="2"/>
+      <c r="DA382" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="383" spans="1:107">
       <c r="I383" s="2"/>
       <c r="K383" s="2"/>
       <c r="M383" s="2"/>
       <c r="O383" s="2"/>
       <c r="Q383" s="2"/>
     </row>
-    <row r="384" spans="1:108">
-      <c r="D384" s="2"/>
+    <row r="384" spans="1:107">
       <c r="I384" s="2"/>
       <c r="K384" s="2"/>
       <c r="M384" s="2"/>
       <c r="O384" s="2"/>
       <c r="Q384" s="2"/>
-      <c r="DB384" t="s">
-[...4 lines deleted...]
-      <c r="D385" s="2"/>
+    </row>
+    <row r="385" spans="1:107">
       <c r="I385" s="2"/>
       <c r="K385" s="2"/>
       <c r="M385" s="2"/>
       <c r="O385" s="2"/>
       <c r="Q385" s="2"/>
     </row>
-    <row r="386" spans="1:108">
-      <c r="D386" s="2"/>
+    <row r="386" spans="1:107">
       <c r="I386" s="2"/>
       <c r="K386" s="2"/>
       <c r="M386" s="2"/>
       <c r="O386" s="2"/>
       <c r="Q386" s="2"/>
     </row>
-    <row r="387" spans="1:108">
-      <c r="D387" s="2"/>
+    <row r="387" spans="1:107">
       <c r="I387" s="2"/>
       <c r="K387" s="2"/>
       <c r="M387" s="2"/>
       <c r="O387" s="2"/>
       <c r="Q387" s="2"/>
     </row>
-    <row r="388" spans="1:108">
-      <c r="D388" s="2"/>
+    <row r="388" spans="1:107">
       <c r="I388" s="2"/>
       <c r="K388" s="2"/>
       <c r="M388" s="2"/>
       <c r="O388" s="2"/>
       <c r="Q388" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D389" s="2"/>
+      <c r="DA388" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="389" spans="1:107">
       <c r="I389" s="2"/>
       <c r="K389" s="2"/>
       <c r="M389" s="2"/>
       <c r="O389" s="2"/>
       <c r="Q389" s="2"/>
     </row>
-    <row r="390" spans="1:108">
-      <c r="D390" s="2"/>
+    <row r="390" spans="1:107">
       <c r="I390" s="2"/>
       <c r="K390" s="2"/>
       <c r="M390" s="2"/>
       <c r="O390" s="2"/>
       <c r="Q390" s="2"/>
     </row>
-    <row r="391" spans="1:108">
-      <c r="D391" s="2"/>
+    <row r="391" spans="1:107">
       <c r="I391" s="2"/>
       <c r="K391" s="2"/>
       <c r="M391" s="2"/>
       <c r="O391" s="2"/>
       <c r="Q391" s="2"/>
     </row>
-    <row r="392" spans="1:108">
-      <c r="D392" s="2"/>
+    <row r="392" spans="1:107">
       <c r="I392" s="2"/>
       <c r="K392" s="2"/>
       <c r="M392" s="2"/>
       <c r="O392" s="2"/>
       <c r="Q392" s="2"/>
     </row>
-    <row r="393" spans="1:108">
-      <c r="D393" s="2"/>
+    <row r="393" spans="1:107">
       <c r="I393" s="2"/>
       <c r="K393" s="2"/>
       <c r="M393" s="2"/>
       <c r="O393" s="2"/>
       <c r="Q393" s="2"/>
-      <c r="DB393" t="s">
-[...4 lines deleted...]
-      <c r="D394" s="2"/>
+    </row>
+    <row r="394" spans="1:107">
       <c r="I394" s="2"/>
       <c r="K394" s="2"/>
       <c r="M394" s="2"/>
       <c r="O394" s="2"/>
       <c r="Q394" s="2"/>
     </row>
-    <row r="395" spans="1:108">
-      <c r="D395" s="2"/>
+    <row r="395" spans="1:107">
       <c r="I395" s="2"/>
       <c r="K395" s="2"/>
       <c r="M395" s="2"/>
       <c r="O395" s="2"/>
       <c r="Q395" s="2"/>
-      <c r="DB395" t="s">
-[...4 lines deleted...]
-      <c r="D396" s="2"/>
+    </row>
+    <row r="396" spans="1:107">
       <c r="I396" s="2"/>
       <c r="K396" s="2"/>
       <c r="M396" s="2"/>
       <c r="O396" s="2"/>
       <c r="Q396" s="2"/>
     </row>
-    <row r="397" spans="1:108">
-      <c r="D397" s="2"/>
+    <row r="397" spans="1:107">
       <c r="I397" s="2"/>
       <c r="K397" s="2"/>
       <c r="M397" s="2"/>
       <c r="O397" s="2"/>
       <c r="Q397" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D398" s="2"/>
+      <c r="DA397" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="398" spans="1:107">
       <c r="I398" s="2"/>
       <c r="K398" s="2"/>
       <c r="M398" s="2"/>
       <c r="O398" s="2"/>
       <c r="Q398" s="2"/>
     </row>
-    <row r="399" spans="1:108">
-      <c r="D399" s="2"/>
+    <row r="399" spans="1:107">
       <c r="I399" s="2"/>
       <c r="K399" s="2"/>
       <c r="M399" s="2"/>
       <c r="O399" s="2"/>
       <c r="Q399" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D400" s="2"/>
+      <c r="DA399" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="400" spans="1:107">
       <c r="I400" s="2"/>
       <c r="K400" s="2"/>
       <c r="M400" s="2"/>
       <c r="O400" s="2"/>
       <c r="Q400" s="2"/>
     </row>
-    <row r="401" spans="1:108">
-      <c r="D401" s="2"/>
+    <row r="401" spans="1:107">
       <c r="I401" s="2"/>
       <c r="K401" s="2"/>
       <c r="M401" s="2"/>
       <c r="O401" s="2"/>
       <c r="Q401" s="2"/>
-      <c r="DB401" t="s">
-[...4 lines deleted...]
-      <c r="D402" s="2"/>
+    </row>
+    <row r="402" spans="1:107">
       <c r="I402" s="2"/>
       <c r="K402" s="2"/>
       <c r="M402" s="2"/>
       <c r="O402" s="2"/>
       <c r="Q402" s="2"/>
     </row>
-    <row r="403" spans="1:108">
-      <c r="D403" s="2"/>
+    <row r="403" spans="1:107">
       <c r="I403" s="2"/>
       <c r="K403" s="2"/>
       <c r="M403" s="2"/>
       <c r="O403" s="2"/>
       <c r="Q403" s="2"/>
     </row>
-    <row r="404" spans="1:108">
-      <c r="D404" s="2"/>
+    <row r="404" spans="1:107">
       <c r="I404" s="2"/>
       <c r="K404" s="2"/>
       <c r="M404" s="2"/>
       <c r="O404" s="2"/>
       <c r="Q404" s="2"/>
     </row>
-    <row r="405" spans="1:108">
-      <c r="D405" s="2"/>
+    <row r="405" spans="1:107">
       <c r="I405" s="2"/>
       <c r="K405" s="2"/>
       <c r="M405" s="2"/>
       <c r="O405" s="2"/>
       <c r="Q405" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D406" s="2"/>
+      <c r="DA405" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="406" spans="1:107">
       <c r="I406" s="2"/>
       <c r="K406" s="2"/>
       <c r="M406" s="2"/>
       <c r="O406" s="2"/>
       <c r="Q406" s="2"/>
     </row>
-    <row r="407" spans="1:108">
-      <c r="D407" s="2"/>
+    <row r="407" spans="1:107">
       <c r="I407" s="2"/>
       <c r="K407" s="2"/>
       <c r="M407" s="2"/>
       <c r="O407" s="2"/>
       <c r="Q407" s="2"/>
     </row>
-    <row r="408" spans="1:108">
-      <c r="D408" s="2"/>
+    <row r="408" spans="1:107">
       <c r="I408" s="2"/>
       <c r="K408" s="2"/>
       <c r="M408" s="2"/>
       <c r="O408" s="2"/>
       <c r="Q408" s="2"/>
     </row>
-    <row r="409" spans="1:108">
-      <c r="D409" s="2"/>
+    <row r="409" spans="1:107">
       <c r="I409" s="2"/>
       <c r="K409" s="2"/>
       <c r="M409" s="2"/>
       <c r="O409" s="2"/>
       <c r="Q409" s="2"/>
     </row>
-    <row r="410" spans="1:108">
-      <c r="D410" s="2"/>
+    <row r="410" spans="1:107">
       <c r="I410" s="2"/>
       <c r="K410" s="2"/>
       <c r="M410" s="2"/>
       <c r="O410" s="2"/>
       <c r="Q410" s="2"/>
     </row>
-    <row r="411" spans="1:108">
-      <c r="D411" s="2"/>
+    <row r="411" spans="1:107">
       <c r="I411" s="2"/>
       <c r="K411" s="2"/>
       <c r="M411" s="2"/>
       <c r="O411" s="2"/>
       <c r="Q411" s="2"/>
     </row>
-    <row r="412" spans="1:108">
-      <c r="D412" s="2"/>
+    <row r="412" spans="1:107">
       <c r="I412" s="2"/>
       <c r="K412" s="2"/>
       <c r="M412" s="2"/>
       <c r="O412" s="2"/>
       <c r="Q412" s="2"/>
     </row>
-    <row r="413" spans="1:108">
-      <c r="D413" s="2"/>
+    <row r="413" spans="1:107">
       <c r="I413" s="2"/>
       <c r="K413" s="2"/>
       <c r="M413" s="2"/>
       <c r="O413" s="2"/>
       <c r="Q413" s="2"/>
     </row>
-    <row r="414" spans="1:108">
-      <c r="D414" s="2"/>
+    <row r="414" spans="1:107">
       <c r="I414" s="2"/>
       <c r="K414" s="2"/>
       <c r="M414" s="2"/>
       <c r="O414" s="2"/>
       <c r="Q414" s="2"/>
     </row>
-    <row r="415" spans="1:108">
-      <c r="D415" s="2"/>
+    <row r="415" spans="1:107">
       <c r="I415" s="2"/>
       <c r="K415" s="2"/>
       <c r="M415" s="2"/>
       <c r="O415" s="2"/>
       <c r="Q415" s="2"/>
     </row>
-    <row r="416" spans="1:108">
-      <c r="D416" s="2"/>
+    <row r="416" spans="1:107">
       <c r="I416" s="2"/>
       <c r="K416" s="2"/>
       <c r="M416" s="2"/>
       <c r="O416" s="2"/>
       <c r="Q416" s="2"/>
     </row>
-    <row r="417" spans="1:108">
-      <c r="D417" s="2"/>
+    <row r="417" spans="1:107">
       <c r="I417" s="2"/>
       <c r="K417" s="2"/>
       <c r="M417" s="2"/>
       <c r="O417" s="2"/>
       <c r="Q417" s="2"/>
     </row>
-    <row r="418" spans="1:108">
-      <c r="D418" s="2"/>
+    <row r="418" spans="1:107">
       <c r="I418" s="2"/>
       <c r="K418" s="2"/>
       <c r="M418" s="2"/>
       <c r="O418" s="2"/>
       <c r="Q418" s="2"/>
     </row>
-    <row r="419" spans="1:108">
-      <c r="D419" s="2"/>
+    <row r="419" spans="1:107">
       <c r="I419" s="2"/>
       <c r="K419" s="2"/>
       <c r="M419" s="2"/>
       <c r="O419" s="2"/>
       <c r="Q419" s="2"/>
-      <c r="DB419" t="s">
-[...4 lines deleted...]
-      <c r="D420" s="2"/>
+    </row>
+    <row r="420" spans="1:107">
       <c r="I420" s="2"/>
       <c r="K420" s="2"/>
       <c r="M420" s="2"/>
       <c r="O420" s="2"/>
       <c r="Q420" s="2"/>
-      <c r="DB420" t="s">
-[...4 lines deleted...]
-      <c r="D421" s="2"/>
+    </row>
+    <row r="421" spans="1:107">
       <c r="I421" s="2"/>
       <c r="K421" s="2"/>
       <c r="M421" s="2"/>
       <c r="O421" s="2"/>
       <c r="Q421" s="2"/>
     </row>
-    <row r="422" spans="1:108">
-      <c r="D422" s="2"/>
+    <row r="422" spans="1:107">
       <c r="I422" s="2"/>
       <c r="K422" s="2"/>
       <c r="M422" s="2"/>
       <c r="O422" s="2"/>
       <c r="Q422" s="2"/>
     </row>
-    <row r="423" spans="1:108">
-      <c r="D423" s="2"/>
+    <row r="423" spans="1:107">
       <c r="I423" s="2"/>
       <c r="K423" s="2"/>
       <c r="M423" s="2"/>
       <c r="O423" s="2"/>
       <c r="Q423" s="2"/>
-      <c r="DB423" t="s">
-[...4 lines deleted...]
-      <c r="D424" s="2"/>
+      <c r="DA423" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="424" spans="1:107">
       <c r="I424" s="2"/>
       <c r="K424" s="2"/>
       <c r="M424" s="2"/>
       <c r="O424" s="2"/>
       <c r="Q424" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D425" s="2"/>
+      <c r="DA424" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="425" spans="1:107">
       <c r="I425" s="2"/>
       <c r="K425" s="2"/>
       <c r="M425" s="2"/>
       <c r="O425" s="2"/>
       <c r="Q425" s="2"/>
-      <c r="DB425" t="s">
-[...4 lines deleted...]
-      <c r="D426" s="2"/>
+    </row>
+    <row r="426" spans="1:107">
       <c r="I426" s="2"/>
       <c r="K426" s="2"/>
       <c r="M426" s="2"/>
       <c r="O426" s="2"/>
       <c r="Q426" s="2"/>
     </row>
-    <row r="427" spans="1:108">
-      <c r="D427" s="2"/>
+    <row r="427" spans="1:107">
       <c r="I427" s="2"/>
       <c r="K427" s="2"/>
       <c r="M427" s="2"/>
       <c r="O427" s="2"/>
       <c r="Q427" s="2"/>
-      <c r="DB427" t="s">
-[...4 lines deleted...]
-      <c r="D428" s="2"/>
+      <c r="DA427" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="428" spans="1:107">
       <c r="I428" s="2"/>
       <c r="K428" s="2"/>
       <c r="M428" s="2"/>
       <c r="O428" s="2"/>
       <c r="Q428" s="2"/>
     </row>
-    <row r="429" spans="1:108">
-      <c r="D429" s="2"/>
+    <row r="429" spans="1:107">
       <c r="I429" s="2"/>
       <c r="K429" s="2"/>
       <c r="M429" s="2"/>
       <c r="O429" s="2"/>
       <c r="Q429" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D430" s="2"/>
+      <c r="DA429" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="430" spans="1:107">
       <c r="I430" s="2"/>
       <c r="K430" s="2"/>
       <c r="M430" s="2"/>
       <c r="O430" s="2"/>
       <c r="Q430" s="2"/>
     </row>
-    <row r="431" spans="1:108">
-      <c r="D431" s="2"/>
+    <row r="431" spans="1:107">
       <c r="I431" s="2"/>
       <c r="K431" s="2"/>
       <c r="M431" s="2"/>
       <c r="O431" s="2"/>
       <c r="Q431" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D432" s="2"/>
+      <c r="DA431" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="432" spans="1:107">
       <c r="I432" s="2"/>
       <c r="K432" s="2"/>
       <c r="M432" s="2"/>
       <c r="O432" s="2"/>
       <c r="Q432" s="2"/>
     </row>
-    <row r="433" spans="1:108">
-      <c r="D433" s="2"/>
+    <row r="433" spans="1:107">
       <c r="I433" s="2"/>
       <c r="K433" s="2"/>
       <c r="M433" s="2"/>
       <c r="O433" s="2"/>
       <c r="Q433" s="2"/>
     </row>
-    <row r="434" spans="1:108">
-      <c r="D434" s="2"/>
+    <row r="434" spans="1:107">
       <c r="I434" s="2"/>
       <c r="K434" s="2"/>
       <c r="M434" s="2"/>
       <c r="O434" s="2"/>
       <c r="Q434" s="2"/>
-      <c r="DB434" t="s">
-[...4 lines deleted...]
-      <c r="D435" s="2"/>
+    </row>
+    <row r="435" spans="1:107">
       <c r="I435" s="2"/>
       <c r="K435" s="2"/>
       <c r="M435" s="2"/>
       <c r="O435" s="2"/>
       <c r="Q435" s="2"/>
     </row>
-    <row r="436" spans="1:108">
-      <c r="D436" s="2"/>
+    <row r="436" spans="1:107">
       <c r="I436" s="2"/>
       <c r="K436" s="2"/>
       <c r="M436" s="2"/>
       <c r="O436" s="2"/>
       <c r="Q436" s="2"/>
-      <c r="DB436" t="s">
-[...4 lines deleted...]
-      <c r="D437" s="2"/>
+    </row>
+    <row r="437" spans="1:107">
       <c r="I437" s="2"/>
       <c r="K437" s="2"/>
       <c r="M437" s="2"/>
       <c r="O437" s="2"/>
       <c r="Q437" s="2"/>
     </row>
-    <row r="438" spans="1:108">
-      <c r="D438" s="2"/>
+    <row r="438" spans="1:107">
       <c r="I438" s="2"/>
       <c r="K438" s="2"/>
       <c r="M438" s="2"/>
       <c r="O438" s="2"/>
       <c r="Q438" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D439" s="2"/>
+      <c r="DA438" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="439" spans="1:107">
       <c r="I439" s="2"/>
       <c r="K439" s="2"/>
       <c r="M439" s="2"/>
       <c r="O439" s="2"/>
       <c r="Q439" s="2"/>
     </row>
-    <row r="440" spans="1:108">
-      <c r="D440" s="2"/>
+    <row r="440" spans="1:107">
       <c r="I440" s="2"/>
       <c r="K440" s="2"/>
       <c r="M440" s="2"/>
       <c r="O440" s="2"/>
       <c r="Q440" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D441" s="2"/>
+      <c r="DA440" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="441" spans="1:107">
       <c r="I441" s="2"/>
       <c r="K441" s="2"/>
       <c r="M441" s="2"/>
       <c r="O441" s="2"/>
       <c r="Q441" s="2"/>
     </row>
-    <row r="442" spans="1:108">
-      <c r="D442" s="2"/>
+    <row r="442" spans="1:107">
       <c r="I442" s="2"/>
       <c r="K442" s="2"/>
       <c r="M442" s="2"/>
       <c r="O442" s="2"/>
       <c r="Q442" s="2"/>
     </row>
-    <row r="443" spans="1:108">
-      <c r="D443" s="2"/>
+    <row r="443" spans="1:107">
       <c r="I443" s="2"/>
       <c r="K443" s="2"/>
       <c r="M443" s="2"/>
       <c r="O443" s="2"/>
       <c r="Q443" s="2"/>
     </row>
-    <row r="444" spans="1:108">
-      <c r="D444" s="2"/>
+    <row r="444" spans="1:107">
       <c r="I444" s="2"/>
       <c r="K444" s="2"/>
       <c r="M444" s="2"/>
       <c r="O444" s="2"/>
       <c r="Q444" s="2"/>
     </row>
-    <row r="445" spans="1:108">
-      <c r="D445" s="2"/>
+    <row r="445" spans="1:107">
       <c r="I445" s="2"/>
       <c r="K445" s="2"/>
       <c r="M445" s="2"/>
       <c r="O445" s="2"/>
       <c r="Q445" s="2"/>
     </row>
-    <row r="446" spans="1:108">
-      <c r="D446" s="2"/>
+    <row r="446" spans="1:107">
       <c r="I446" s="2"/>
       <c r="K446" s="2"/>
       <c r="M446" s="2"/>
       <c r="O446" s="2"/>
       <c r="Q446" s="2"/>
-      <c r="DB446" t="s">
-[...4 lines deleted...]
-      <c r="D447" s="2"/>
+    </row>
+    <row r="447" spans="1:107">
       <c r="I447" s="2"/>
       <c r="K447" s="2"/>
       <c r="M447" s="2"/>
       <c r="O447" s="2"/>
       <c r="Q447" s="2"/>
     </row>
-    <row r="448" spans="1:108">
-      <c r="D448" s="2"/>
+    <row r="448" spans="1:107">
       <c r="I448" s="2"/>
       <c r="K448" s="2"/>
       <c r="M448" s="2"/>
       <c r="O448" s="2"/>
       <c r="Q448" s="2"/>
     </row>
-    <row r="449" spans="1:108">
-      <c r="D449" s="2"/>
+    <row r="449" spans="1:107">
       <c r="I449" s="2"/>
       <c r="K449" s="2"/>
       <c r="M449" s="2"/>
       <c r="O449" s="2"/>
       <c r="Q449" s="2"/>
     </row>
-    <row r="450" spans="1:108">
-      <c r="D450" s="2"/>
+    <row r="450" spans="1:107">
       <c r="I450" s="2"/>
       <c r="K450" s="2"/>
       <c r="M450" s="2"/>
       <c r="O450" s="2"/>
       <c r="Q450" s="2"/>
-      <c r="DB450" t="s">
+      <c r="DA450" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="451" spans="1:108">
-      <c r="D451" s="2"/>
+    <row r="451" spans="1:107">
       <c r="I451" s="2"/>
       <c r="K451" s="2"/>
       <c r="M451" s="2"/>
       <c r="O451" s="2"/>
       <c r="Q451" s="2"/>
     </row>
-    <row r="452" spans="1:108">
-      <c r="D452" s="2"/>
+    <row r="452" spans="1:107">
       <c r="I452" s="2"/>
       <c r="K452" s="2"/>
       <c r="M452" s="2"/>
       <c r="O452" s="2"/>
       <c r="Q452" s="2"/>
     </row>
-    <row r="453" spans="1:108">
-      <c r="D453" s="2"/>
+    <row r="453" spans="1:107">
       <c r="I453" s="2"/>
       <c r="K453" s="2"/>
       <c r="M453" s="2"/>
       <c r="O453" s="2"/>
       <c r="Q453" s="2"/>
     </row>
-    <row r="454" spans="1:108">
-      <c r="D454" s="2"/>
+    <row r="454" spans="1:107">
       <c r="I454" s="2"/>
       <c r="K454" s="2"/>
       <c r="M454" s="2"/>
       <c r="O454" s="2"/>
       <c r="Q454" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D455" s="2"/>
+      <c r="DA454" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="455" spans="1:107">
       <c r="I455" s="2"/>
       <c r="K455" s="2"/>
       <c r="M455" s="2"/>
       <c r="O455" s="2"/>
       <c r="Q455" s="2"/>
-      <c r="DB455" t="s">
-[...4 lines deleted...]
-      <c r="D456" s="2"/>
+    </row>
+    <row r="456" spans="1:107">
       <c r="I456" s="2"/>
       <c r="K456" s="2"/>
       <c r="M456" s="2"/>
       <c r="O456" s="2"/>
       <c r="Q456" s="2"/>
-      <c r="DB456" t="s">
-[...4 lines deleted...]
-      <c r="D457" s="2"/>
+    </row>
+    <row r="457" spans="1:107">
       <c r="I457" s="2"/>
       <c r="K457" s="2"/>
       <c r="M457" s="2"/>
       <c r="O457" s="2"/>
       <c r="Q457" s="2"/>
-      <c r="DB457" t="s">
-[...4 lines deleted...]
-      <c r="D458" s="2"/>
+    </row>
+    <row r="458" spans="1:107">
       <c r="I458" s="2"/>
       <c r="K458" s="2"/>
       <c r="M458" s="2"/>
       <c r="O458" s="2"/>
       <c r="Q458" s="2"/>
     </row>
-    <row r="459" spans="1:108">
-      <c r="D459" s="2"/>
+    <row r="459" spans="1:107">
       <c r="I459" s="2"/>
       <c r="K459" s="2"/>
       <c r="M459" s="2"/>
       <c r="O459" s="2"/>
       <c r="Q459" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D460" s="2"/>
+      <c r="DA459" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="460" spans="1:107">
       <c r="I460" s="2"/>
       <c r="K460" s="2"/>
       <c r="M460" s="2"/>
       <c r="O460" s="2"/>
       <c r="Q460" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D461" s="2"/>
+      <c r="DA460" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="461" spans="1:107">
       <c r="I461" s="2"/>
       <c r="K461" s="2"/>
       <c r="M461" s="2"/>
       <c r="O461" s="2"/>
       <c r="Q461" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D462" s="2"/>
+      <c r="DA461" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="462" spans="1:107">
       <c r="I462" s="2"/>
       <c r="K462" s="2"/>
       <c r="M462" s="2"/>
       <c r="O462" s="2"/>
       <c r="Q462" s="2"/>
     </row>
-    <row r="463" spans="1:108">
-      <c r="D463" s="2"/>
+    <row r="463" spans="1:107">
       <c r="I463" s="2"/>
       <c r="K463" s="2"/>
       <c r="M463" s="2"/>
       <c r="O463" s="2"/>
       <c r="Q463" s="2"/>
     </row>
-    <row r="464" spans="1:108">
-      <c r="D464" s="2"/>
+    <row r="464" spans="1:107">
       <c r="I464" s="2"/>
       <c r="K464" s="2"/>
       <c r="M464" s="2"/>
       <c r="O464" s="2"/>
       <c r="Q464" s="2"/>
-      <c r="DB464" t="s">
-[...4 lines deleted...]
-      <c r="D465" s="2"/>
+    </row>
+    <row r="465" spans="1:107">
       <c r="I465" s="2"/>
       <c r="K465" s="2"/>
       <c r="M465" s="2"/>
       <c r="O465" s="2"/>
       <c r="Q465" s="2"/>
     </row>
-    <row r="466" spans="1:108">
-      <c r="D466" s="2"/>
+    <row r="466" spans="1:107">
       <c r="I466" s="2"/>
       <c r="K466" s="2"/>
       <c r="M466" s="2"/>
       <c r="O466" s="2"/>
       <c r="Q466" s="2"/>
     </row>
-    <row r="467" spans="1:108">
-      <c r="D467" s="2"/>
+    <row r="467" spans="1:107">
       <c r="I467" s="2"/>
       <c r="K467" s="2"/>
       <c r="M467" s="2"/>
       <c r="O467" s="2"/>
       <c r="Q467" s="2"/>
     </row>
-    <row r="468" spans="1:108">
-      <c r="D468" s="2"/>
+    <row r="468" spans="1:107">
       <c r="I468" s="2"/>
       <c r="K468" s="2"/>
       <c r="M468" s="2"/>
       <c r="O468" s="2"/>
       <c r="Q468" s="2"/>
-      <c r="DB468" t="s">
+      <c r="DA468" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="469" spans="1:108">
-      <c r="D469" s="2"/>
+    <row r="469" spans="1:107">
       <c r="I469" s="2"/>
       <c r="K469" s="2"/>
       <c r="M469" s="2"/>
       <c r="O469" s="2"/>
       <c r="Q469" s="2"/>
-      <c r="DB469" t="s">
-[...4 lines deleted...]
-      <c r="D470" s="2"/>
+    </row>
+    <row r="470" spans="1:107">
       <c r="I470" s="2"/>
       <c r="K470" s="2"/>
       <c r="M470" s="2"/>
       <c r="O470" s="2"/>
       <c r="Q470" s="2"/>
     </row>
-    <row r="471" spans="1:108">
-      <c r="D471" s="2"/>
+    <row r="471" spans="1:107">
       <c r="I471" s="2"/>
       <c r="K471" s="2"/>
       <c r="M471" s="2"/>
       <c r="O471" s="2"/>
       <c r="Q471" s="2"/>
     </row>
-    <row r="472" spans="1:108">
-      <c r="D472" s="2"/>
+    <row r="472" spans="1:107">
       <c r="I472" s="2"/>
       <c r="K472" s="2"/>
       <c r="M472" s="2"/>
       <c r="O472" s="2"/>
       <c r="Q472" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D473" s="2"/>
+      <c r="DA472" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="473" spans="1:107">
       <c r="I473" s="2"/>
       <c r="K473" s="2"/>
       <c r="M473" s="2"/>
       <c r="O473" s="2"/>
       <c r="Q473" s="2"/>
-      <c r="DB473" t="s">
+      <c r="DA473" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="474" spans="1:108">
-      <c r="D474" s="2"/>
+    <row r="474" spans="1:107">
       <c r="I474" s="2"/>
       <c r="K474" s="2"/>
       <c r="M474" s="2"/>
       <c r="O474" s="2"/>
       <c r="Q474" s="2"/>
-      <c r="DB474" t="s">
-[...4 lines deleted...]
-      <c r="D475" s="2"/>
+    </row>
+    <row r="475" spans="1:107">
       <c r="I475" s="2"/>
       <c r="K475" s="2"/>
       <c r="M475" s="2"/>
       <c r="O475" s="2"/>
       <c r="Q475" s="2"/>
-      <c r="DB475" t="s">
-[...4 lines deleted...]
-      <c r="D476" s="2"/>
+    </row>
+    <row r="476" spans="1:107">
       <c r="I476" s="2"/>
       <c r="K476" s="2"/>
       <c r="M476" s="2"/>
       <c r="O476" s="2"/>
       <c r="Q476" s="2"/>
-      <c r="DB476" t="s">
-[...4 lines deleted...]
-      <c r="D477" s="2"/>
+    </row>
+    <row r="477" spans="1:107">
       <c r="I477" s="2"/>
       <c r="K477" s="2"/>
       <c r="M477" s="2"/>
       <c r="O477" s="2"/>
       <c r="Q477" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D478" s="2"/>
+      <c r="DA477" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="478" spans="1:107">
       <c r="I478" s="2"/>
       <c r="K478" s="2"/>
       <c r="M478" s="2"/>
       <c r="O478" s="2"/>
       <c r="Q478" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D479" s="2"/>
+      <c r="DA478" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="479" spans="1:107">
       <c r="I479" s="2"/>
       <c r="K479" s="2"/>
       <c r="M479" s="2"/>
       <c r="O479" s="2"/>
       <c r="Q479" s="2"/>
-      <c r="DB479" t="s">
-[...4 lines deleted...]
-      <c r="D480" s="2"/>
+      <c r="DA479" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="480" spans="1:107">
       <c r="I480" s="2"/>
       <c r="K480" s="2"/>
       <c r="M480" s="2"/>
       <c r="O480" s="2"/>
       <c r="Q480" s="2"/>
-      <c r="DB480" t="s">
-[...4 lines deleted...]
-      <c r="D481" s="2"/>
+      <c r="DA480" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="481" spans="1:107">
       <c r="I481" s="2"/>
       <c r="K481" s="2"/>
       <c r="M481" s="2"/>
       <c r="O481" s="2"/>
       <c r="Q481" s="2"/>
-      <c r="DB481" t="s">
-[...4 lines deleted...]
-      <c r="D482" s="2"/>
+    </row>
+    <row r="482" spans="1:107">
       <c r="I482" s="2"/>
       <c r="K482" s="2"/>
       <c r="M482" s="2"/>
       <c r="O482" s="2"/>
       <c r="Q482" s="2"/>
     </row>
-    <row r="483" spans="1:108">
-      <c r="D483" s="2"/>
+    <row r="483" spans="1:107">
       <c r="I483" s="2"/>
       <c r="K483" s="2"/>
       <c r="M483" s="2"/>
       <c r="O483" s="2"/>
       <c r="Q483" s="2"/>
-      <c r="DB483" t="s">
-[...4 lines deleted...]
-      <c r="D484" s="2"/>
+      <c r="DA483" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="484" spans="1:107">
       <c r="I484" s="2"/>
       <c r="K484" s="2"/>
       <c r="M484" s="2"/>
       <c r="O484" s="2"/>
       <c r="Q484" s="2"/>
-      <c r="DB484" t="s">
-[...4 lines deleted...]
-      <c r="D485" s="2"/>
+      <c r="DA484" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="485" spans="1:107">
       <c r="I485" s="2"/>
       <c r="K485" s="2"/>
       <c r="M485" s="2"/>
       <c r="O485" s="2"/>
       <c r="Q485" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D486" s="2"/>
+      <c r="DA485" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="486" spans="1:107">
       <c r="I486" s="2"/>
       <c r="K486" s="2"/>
       <c r="M486" s="2"/>
       <c r="O486" s="2"/>
       <c r="Q486" s="2"/>
     </row>
-    <row r="487" spans="1:108">
-      <c r="D487" s="2"/>
+    <row r="487" spans="1:107">
       <c r="I487" s="2"/>
       <c r="K487" s="2"/>
       <c r="M487" s="2"/>
       <c r="O487" s="2"/>
       <c r="Q487" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D488" s="2"/>
+      <c r="DA487" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="488" spans="1:107">
       <c r="I488" s="2"/>
       <c r="K488" s="2"/>
       <c r="M488" s="2"/>
       <c r="O488" s="2"/>
       <c r="Q488" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D489" s="2"/>
+      <c r="DA488" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="489" spans="1:107">
       <c r="I489" s="2"/>
       <c r="K489" s="2"/>
       <c r="M489" s="2"/>
       <c r="O489" s="2"/>
       <c r="Q489" s="2"/>
     </row>
-    <row r="490" spans="1:108">
-      <c r="D490" s="2"/>
+    <row r="490" spans="1:107">
       <c r="I490" s="2"/>
       <c r="K490" s="2"/>
       <c r="M490" s="2"/>
       <c r="O490" s="2"/>
       <c r="Q490" s="2"/>
     </row>
-    <row r="491" spans="1:108">
-      <c r="D491" s="2"/>
+    <row r="491" spans="1:107">
       <c r="I491" s="2"/>
       <c r="K491" s="2"/>
       <c r="M491" s="2"/>
       <c r="O491" s="2"/>
       <c r="Q491" s="2"/>
-      <c r="DB491" t="s">
-[...4 lines deleted...]
-      <c r="D492" s="2"/>
+    </row>
+    <row r="492" spans="1:107">
       <c r="I492" s="2"/>
       <c r="K492" s="2"/>
       <c r="M492" s="2"/>
       <c r="O492" s="2"/>
       <c r="Q492" s="2"/>
     </row>
-    <row r="493" spans="1:108">
-      <c r="D493" s="2"/>
+    <row r="493" spans="1:107">
       <c r="I493" s="2"/>
       <c r="K493" s="2"/>
       <c r="M493" s="2"/>
       <c r="O493" s="2"/>
       <c r="Q493" s="2"/>
     </row>
-    <row r="494" spans="1:108">
-      <c r="D494" s="2"/>
+    <row r="494" spans="1:107">
       <c r="I494" s="2"/>
       <c r="K494" s="2"/>
       <c r="M494" s="2"/>
       <c r="O494" s="2"/>
       <c r="Q494" s="2"/>
     </row>
-    <row r="495" spans="1:108">
-      <c r="D495" s="2"/>
+    <row r="495" spans="1:107">
       <c r="I495" s="2"/>
       <c r="K495" s="2"/>
       <c r="M495" s="2"/>
       <c r="O495" s="2"/>
       <c r="Q495" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D496" s="2"/>
+      <c r="DA495" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="496" spans="1:107">
       <c r="I496" s="2"/>
       <c r="K496" s="2"/>
       <c r="M496" s="2"/>
       <c r="O496" s="2"/>
       <c r="Q496" s="2"/>
     </row>
-    <row r="497" spans="1:108">
-      <c r="D497" s="2"/>
+    <row r="497" spans="1:107">
       <c r="I497" s="2"/>
       <c r="K497" s="2"/>
       <c r="M497" s="2"/>
       <c r="O497" s="2"/>
       <c r="Q497" s="2"/>
-      <c r="DB497" t="s">
-[...4 lines deleted...]
-      <c r="D498" s="2"/>
+    </row>
+    <row r="498" spans="1:107">
       <c r="I498" s="2"/>
       <c r="K498" s="2"/>
       <c r="M498" s="2"/>
       <c r="O498" s="2"/>
       <c r="Q498" s="2"/>
     </row>
-    <row r="499" spans="1:108">
-      <c r="D499" s="2"/>
+    <row r="499" spans="1:107">
       <c r="I499" s="2"/>
       <c r="K499" s="2"/>
       <c r="M499" s="2"/>
       <c r="O499" s="2"/>
       <c r="Q499" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D500" s="2"/>
+      <c r="DA499" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="500" spans="1:107">
       <c r="I500" s="2"/>
       <c r="K500" s="2"/>
       <c r="M500" s="2"/>
       <c r="O500" s="2"/>
       <c r="Q500" s="2"/>
-      <c r="DB500" t="s">
-[...4 lines deleted...]
-      <c r="D501" s="2"/>
+    </row>
+    <row r="501" spans="1:107">
       <c r="I501" s="2"/>
       <c r="K501" s="2"/>
       <c r="M501" s="2"/>
       <c r="O501" s="2"/>
       <c r="Q501" s="2"/>
-      <c r="DB501" t="s">
-[...4 lines deleted...]
-      <c r="D502" s="2"/>
+    </row>
+    <row r="502" spans="1:107">
       <c r="I502" s="2"/>
       <c r="K502" s="2"/>
       <c r="M502" s="2"/>
       <c r="O502" s="2"/>
       <c r="Q502" s="2"/>
-      <c r="DB502" t="s">
-[...4 lines deleted...]
-      <c r="D503" s="2"/>
+      <c r="DA502" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="503" spans="1:107">
       <c r="I503" s="2"/>
       <c r="K503" s="2"/>
       <c r="M503" s="2"/>
       <c r="O503" s="2"/>
       <c r="Q503" s="2"/>
     </row>
-    <row r="504" spans="1:108">
-      <c r="D504" s="2"/>
+    <row r="504" spans="1:107">
       <c r="I504" s="2"/>
       <c r="K504" s="2"/>
       <c r="M504" s="2"/>
       <c r="O504" s="2"/>
       <c r="Q504" s="2"/>
     </row>
-    <row r="505" spans="1:108">
-      <c r="D505" s="2"/>
+    <row r="505" spans="1:107">
       <c r="I505" s="2"/>
       <c r="K505" s="2"/>
       <c r="M505" s="2"/>
       <c r="O505" s="2"/>
       <c r="Q505" s="2"/>
-      <c r="DB505" t="s">
-[...4 lines deleted...]
-      <c r="D506" s="2"/>
+      <c r="DA505" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="506" spans="1:107">
       <c r="I506" s="2"/>
       <c r="K506" s="2"/>
       <c r="M506" s="2"/>
       <c r="O506" s="2"/>
       <c r="Q506" s="2"/>
-      <c r="DB506" t="s">
-[...4 lines deleted...]
-      <c r="D507" s="2"/>
+      <c r="DA506" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="507" spans="1:107">
       <c r="I507" s="2"/>
       <c r="K507" s="2"/>
       <c r="M507" s="2"/>
       <c r="O507" s="2"/>
       <c r="Q507" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D508" s="2"/>
+      <c r="DA507" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="508" spans="1:107">
       <c r="I508" s="2"/>
       <c r="K508" s="2"/>
       <c r="M508" s="2"/>
       <c r="O508" s="2"/>
       <c r="Q508" s="2"/>
     </row>
-    <row r="509" spans="1:108">
-      <c r="D509" s="2"/>
+    <row r="509" spans="1:107">
       <c r="I509" s="2"/>
       <c r="K509" s="2"/>
       <c r="M509" s="2"/>
       <c r="O509" s="2"/>
       <c r="Q509" s="2"/>
-      <c r="DB509" t="s">
-[...4 lines deleted...]
-      <c r="D510" s="2"/>
+    </row>
+    <row r="510" spans="1:107">
       <c r="I510" s="2"/>
       <c r="K510" s="2"/>
       <c r="M510" s="2"/>
       <c r="O510" s="2"/>
       <c r="Q510" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D511" s="2"/>
+      <c r="DA510" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="511" spans="1:107">
       <c r="I511" s="2"/>
       <c r="K511" s="2"/>
       <c r="M511" s="2"/>
       <c r="O511" s="2"/>
       <c r="Q511" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D512" s="2"/>
+      <c r="DA511" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="512" spans="1:107">
       <c r="I512" s="2"/>
       <c r="K512" s="2"/>
       <c r="M512" s="2"/>
       <c r="O512" s="2"/>
       <c r="Q512" s="2"/>
     </row>
-    <row r="513" spans="1:108">
-      <c r="D513" s="2"/>
+    <row r="513" spans="1:107">
       <c r="I513" s="2"/>
       <c r="K513" s="2"/>
       <c r="M513" s="2"/>
       <c r="O513" s="2"/>
       <c r="Q513" s="2"/>
     </row>
-    <row r="514" spans="1:108">
-      <c r="D514" s="2"/>
+    <row r="514" spans="1:107">
       <c r="I514" s="2"/>
       <c r="K514" s="2"/>
       <c r="M514" s="2"/>
       <c r="O514" s="2"/>
       <c r="Q514" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D515" s="2"/>
+      <c r="DA514" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="515" spans="1:107">
       <c r="I515" s="2"/>
       <c r="K515" s="2"/>
       <c r="M515" s="2"/>
       <c r="O515" s="2"/>
       <c r="Q515" s="2"/>
     </row>
-    <row r="516" spans="1:108">
-      <c r="D516" s="2"/>
+    <row r="516" spans="1:107">
       <c r="I516" s="2"/>
       <c r="K516" s="2"/>
       <c r="M516" s="2"/>
       <c r="O516" s="2"/>
       <c r="Q516" s="2"/>
     </row>
-    <row r="517" spans="1:108">
-      <c r="D517" s="2"/>
+    <row r="517" spans="1:107">
       <c r="I517" s="2"/>
       <c r="K517" s="2"/>
       <c r="M517" s="2"/>
       <c r="O517" s="2"/>
       <c r="Q517" s="2"/>
     </row>
-    <row r="518" spans="1:108">
-      <c r="D518" s="2"/>
+    <row r="518" spans="1:107">
       <c r="I518" s="2"/>
       <c r="K518" s="2"/>
       <c r="M518" s="2"/>
       <c r="O518" s="2"/>
       <c r="Q518" s="2"/>
     </row>
-    <row r="519" spans="1:108">
-      <c r="D519" s="2"/>
+    <row r="519" spans="1:107">
       <c r="I519" s="2"/>
       <c r="K519" s="2"/>
       <c r="M519" s="2"/>
       <c r="O519" s="2"/>
       <c r="Q519" s="2"/>
     </row>
-    <row r="520" spans="1:108">
-      <c r="D520" s="2"/>
+    <row r="520" spans="1:107">
       <c r="I520" s="2"/>
       <c r="K520" s="2"/>
       <c r="M520" s="2"/>
       <c r="O520" s="2"/>
       <c r="Q520" s="2"/>
     </row>
-    <row r="521" spans="1:108">
-      <c r="D521" s="2"/>
+    <row r="521" spans="1:107">
       <c r="I521" s="2"/>
       <c r="K521" s="2"/>
       <c r="M521" s="2"/>
       <c r="O521" s="2"/>
       <c r="Q521" s="2"/>
     </row>
-    <row r="522" spans="1:108">
-      <c r="D522" s="2"/>
+    <row r="522" spans="1:107">
       <c r="I522" s="2"/>
       <c r="K522" s="2"/>
       <c r="M522" s="2"/>
       <c r="O522" s="2"/>
       <c r="Q522" s="2"/>
-      <c r="DB522" t="s">
-[...4 lines deleted...]
-      <c r="D523" s="2"/>
+    </row>
+    <row r="523" spans="1:107">
       <c r="I523" s="2"/>
       <c r="K523" s="2"/>
       <c r="M523" s="2"/>
       <c r="O523" s="2"/>
       <c r="Q523" s="2"/>
     </row>
-    <row r="524" spans="1:108">
-      <c r="D524" s="2"/>
+    <row r="524" spans="1:107">
       <c r="I524" s="2"/>
       <c r="K524" s="2"/>
       <c r="M524" s="2"/>
       <c r="O524" s="2"/>
       <c r="Q524" s="2"/>
     </row>
-    <row r="525" spans="1:108">
-      <c r="D525" s="2"/>
+    <row r="525" spans="1:107">
       <c r="I525" s="2"/>
       <c r="K525" s="2"/>
       <c r="M525" s="2"/>
       <c r="O525" s="2"/>
       <c r="Q525" s="2"/>
     </row>
-    <row r="526" spans="1:108">
-      <c r="D526" s="2"/>
+    <row r="526" spans="1:107">
       <c r="I526" s="2"/>
       <c r="K526" s="2"/>
       <c r="M526" s="2"/>
       <c r="O526" s="2"/>
       <c r="Q526" s="2"/>
     </row>
-    <row r="527" spans="1:108">
-      <c r="D527" s="2"/>
+    <row r="527" spans="1:107">
       <c r="I527" s="2"/>
       <c r="K527" s="2"/>
       <c r="M527" s="2"/>
       <c r="O527" s="2"/>
       <c r="Q527" s="2"/>
-      <c r="DB527" t="s">
-[...4 lines deleted...]
-      <c r="D528" s="2"/>
+      <c r="DA527" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="528" spans="1:107">
       <c r="I528" s="2"/>
       <c r="K528" s="2"/>
       <c r="M528" s="2"/>
       <c r="O528" s="2"/>
       <c r="Q528" s="2"/>
     </row>
-    <row r="529" spans="1:108">
-      <c r="D529" s="2"/>
+    <row r="529" spans="1:107">
       <c r="I529" s="2"/>
       <c r="K529" s="2"/>
       <c r="M529" s="2"/>
       <c r="O529" s="2"/>
       <c r="Q529" s="2"/>
-      <c r="DB529" t="s">
-[...4 lines deleted...]
-      <c r="D530" s="2"/>
+    </row>
+    <row r="530" spans="1:107">
       <c r="I530" s="2"/>
       <c r="K530" s="2"/>
       <c r="M530" s="2"/>
       <c r="O530" s="2"/>
       <c r="Q530" s="2"/>
     </row>
-    <row r="531" spans="1:108">
-      <c r="D531" s="2"/>
+    <row r="531" spans="1:107">
       <c r="I531" s="2"/>
       <c r="K531" s="2"/>
       <c r="M531" s="2"/>
       <c r="O531" s="2"/>
       <c r="Q531" s="2"/>
     </row>
-    <row r="532" spans="1:108">
-      <c r="D532" s="2"/>
+    <row r="532" spans="1:107">
       <c r="I532" s="2"/>
       <c r="K532" s="2"/>
       <c r="M532" s="2"/>
       <c r="O532" s="2"/>
       <c r="Q532" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D533" s="2"/>
+      <c r="DA532" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="533" spans="1:107">
       <c r="I533" s="2"/>
       <c r="K533" s="2"/>
       <c r="M533" s="2"/>
       <c r="O533" s="2"/>
       <c r="Q533" s="2"/>
     </row>
-    <row r="534" spans="1:108">
-      <c r="D534" s="2"/>
+    <row r="534" spans="1:107">
       <c r="I534" s="2"/>
       <c r="K534" s="2"/>
       <c r="M534" s="2"/>
       <c r="O534" s="2"/>
       <c r="Q534" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D535" s="2"/>
+      <c r="DA534" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="535" spans="1:107">
       <c r="I535" s="2"/>
       <c r="K535" s="2"/>
       <c r="M535" s="2"/>
       <c r="O535" s="2"/>
       <c r="Q535" s="2"/>
     </row>
-    <row r="536" spans="1:108">
-      <c r="D536" s="2"/>
+    <row r="536" spans="1:107">
       <c r="I536" s="2"/>
       <c r="K536" s="2"/>
       <c r="M536" s="2"/>
       <c r="O536" s="2"/>
       <c r="Q536" s="2"/>
-      <c r="DB536" t="s">
-[...4 lines deleted...]
-      <c r="D537" s="2"/>
+    </row>
+    <row r="537" spans="1:107">
       <c r="I537" s="2"/>
       <c r="K537" s="2"/>
       <c r="M537" s="2"/>
       <c r="O537" s="2"/>
       <c r="Q537" s="2"/>
     </row>
-    <row r="538" spans="1:108">
-      <c r="D538" s="2"/>
+    <row r="538" spans="1:107">
       <c r="I538" s="2"/>
       <c r="K538" s="2"/>
       <c r="M538" s="2"/>
       <c r="O538" s="2"/>
       <c r="Q538" s="2"/>
-      <c r="DB538" t="s">
-[...4 lines deleted...]
-      <c r="D539" s="2"/>
+    </row>
+    <row r="539" spans="1:107">
       <c r="I539" s="2"/>
       <c r="K539" s="2"/>
       <c r="M539" s="2"/>
       <c r="O539" s="2"/>
       <c r="Q539" s="2"/>
-      <c r="DB539" t="s">
-[...4 lines deleted...]
-      <c r="D540" s="2"/>
+    </row>
+    <row r="540" spans="1:107">
       <c r="I540" s="2"/>
       <c r="K540" s="2"/>
       <c r="M540" s="2"/>
       <c r="O540" s="2"/>
       <c r="Q540" s="2"/>
-      <c r="DB540" t="s">
-[...4 lines deleted...]
-      <c r="D541" s="2"/>
+    </row>
+    <row r="541" spans="1:107">
       <c r="I541" s="2"/>
       <c r="K541" s="2"/>
       <c r="M541" s="2"/>
       <c r="O541" s="2"/>
       <c r="Q541" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D542" s="2"/>
+      <c r="DA541" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="542" spans="1:107">
       <c r="I542" s="2"/>
       <c r="K542" s="2"/>
       <c r="M542" s="2"/>
       <c r="O542" s="2"/>
       <c r="Q542" s="2"/>
     </row>
-    <row r="543" spans="1:108">
-      <c r="D543" s="2"/>
+    <row r="543" spans="1:107">
       <c r="I543" s="2"/>
       <c r="K543" s="2"/>
       <c r="M543" s="2"/>
       <c r="O543" s="2"/>
       <c r="Q543" s="2"/>
-      <c r="DB543" t="s">
-[...4 lines deleted...]
-      <c r="D544" s="2"/>
+      <c r="DA543" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="544" spans="1:107">
       <c r="I544" s="2"/>
       <c r="K544" s="2"/>
       <c r="M544" s="2"/>
       <c r="O544" s="2"/>
       <c r="Q544" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D545" s="2"/>
+      <c r="DA544" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="545" spans="1:107">
       <c r="I545" s="2"/>
       <c r="K545" s="2"/>
       <c r="M545" s="2"/>
       <c r="O545" s="2"/>
       <c r="Q545" s="2"/>
-      <c r="DB545" t="s">
+      <c r="DA545" t="s">
         <v>187</v>
       </c>
     </row>
-    <row r="546" spans="1:108">
-      <c r="D546" s="2"/>
+    <row r="546" spans="1:107">
       <c r="I546" s="2"/>
       <c r="K546" s="2"/>
       <c r="M546" s="2"/>
       <c r="O546" s="2"/>
       <c r="Q546" s="2"/>
     </row>
-    <row r="547" spans="1:108">
-      <c r="D547" s="2"/>
+    <row r="547" spans="1:107">
       <c r="I547" s="2"/>
       <c r="K547" s="2"/>
       <c r="M547" s="2"/>
       <c r="O547" s="2"/>
       <c r="Q547" s="2"/>
-      <c r="DB547" t="s">
-[...4 lines deleted...]
-      <c r="D548" s="2"/>
+    </row>
+    <row r="548" spans="1:107">
       <c r="I548" s="2"/>
       <c r="K548" s="2"/>
       <c r="M548" s="2"/>
       <c r="O548" s="2"/>
       <c r="Q548" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D549" s="2"/>
+      <c r="DA548" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="549" spans="1:107">
       <c r="I549" s="2"/>
       <c r="K549" s="2"/>
       <c r="M549" s="2"/>
       <c r="O549" s="2"/>
       <c r="Q549" s="2"/>
     </row>
-    <row r="550" spans="1:108">
-      <c r="D550" s="2"/>
+    <row r="550" spans="1:107">
       <c r="I550" s="2"/>
       <c r="K550" s="2"/>
       <c r="M550" s="2"/>
       <c r="O550" s="2"/>
       <c r="Q550" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D551" s="2"/>
+      <c r="DA550" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="551" spans="1:107">
       <c r="I551" s="2"/>
       <c r="K551" s="2"/>
       <c r="M551" s="2"/>
       <c r="O551" s="2"/>
       <c r="Q551" s="2"/>
-      <c r="DB551" t="s">
-[...4 lines deleted...]
-      <c r="D552" s="2"/>
+    </row>
+    <row r="552" spans="1:107">
       <c r="I552" s="2"/>
       <c r="K552" s="2"/>
       <c r="M552" s="2"/>
       <c r="O552" s="2"/>
       <c r="Q552" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D553" s="2"/>
+      <c r="DA552" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="553" spans="1:107">
       <c r="I553" s="2"/>
       <c r="K553" s="2"/>
       <c r="M553" s="2"/>
       <c r="O553" s="2"/>
       <c r="Q553" s="2"/>
-      <c r="DB553" t="s">
-[...4 lines deleted...]
-      <c r="D554" s="2"/>
+    </row>
+    <row r="554" spans="1:107">
       <c r="I554" s="2"/>
       <c r="K554" s="2"/>
       <c r="M554" s="2"/>
       <c r="O554" s="2"/>
       <c r="Q554" s="2"/>
-      <c r="DB554" t="s">
-[...4 lines deleted...]
-      <c r="D555" s="2"/>
+    </row>
+    <row r="555" spans="1:107">
       <c r="I555" s="2"/>
       <c r="K555" s="2"/>
       <c r="M555" s="2"/>
       <c r="O555" s="2"/>
       <c r="Q555" s="2"/>
     </row>
-    <row r="556" spans="1:108">
-      <c r="D556" s="2"/>
+    <row r="556" spans="1:107">
       <c r="I556" s="2"/>
       <c r="K556" s="2"/>
       <c r="M556" s="2"/>
       <c r="O556" s="2"/>
       <c r="Q556" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D557" s="2"/>
+      <c r="DA556" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="557" spans="1:107">
       <c r="I557" s="2"/>
       <c r="K557" s="2"/>
       <c r="M557" s="2"/>
       <c r="O557" s="2"/>
       <c r="Q557" s="2"/>
-      <c r="DB557" t="s">
-[...4 lines deleted...]
-      <c r="D558" s="2"/>
+    </row>
+    <row r="558" spans="1:107">
       <c r="I558" s="2"/>
       <c r="K558" s="2"/>
       <c r="M558" s="2"/>
       <c r="O558" s="2"/>
       <c r="Q558" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D559" s="2"/>
+      <c r="DA558" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="559" spans="1:107">
       <c r="I559" s="2"/>
       <c r="K559" s="2"/>
       <c r="M559" s="2"/>
       <c r="O559" s="2"/>
       <c r="Q559" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D560" s="2"/>
+      <c r="DA559" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="560" spans="1:107">
       <c r="I560" s="2"/>
       <c r="K560" s="2"/>
       <c r="M560" s="2"/>
       <c r="O560" s="2"/>
       <c r="Q560" s="2"/>
     </row>
-    <row r="561" spans="1:108">
-      <c r="D561" s="2"/>
+    <row r="561" spans="1:107">
       <c r="I561" s="2"/>
       <c r="K561" s="2"/>
       <c r="M561" s="2"/>
       <c r="O561" s="2"/>
       <c r="Q561" s="2"/>
     </row>
-    <row r="562" spans="1:108">
-      <c r="D562" s="2"/>
+    <row r="562" spans="1:107">
       <c r="I562" s="2"/>
       <c r="K562" s="2"/>
       <c r="M562" s="2"/>
       <c r="O562" s="2"/>
       <c r="Q562" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D563" s="2"/>
+      <c r="DA562" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="563" spans="1:107">
       <c r="I563" s="2"/>
       <c r="K563" s="2"/>
       <c r="M563" s="2"/>
       <c r="O563" s="2"/>
       <c r="Q563" s="2"/>
-      <c r="DB563" t="s">
-[...4 lines deleted...]
-      <c r="D564" s="2"/>
+    </row>
+    <row r="564" spans="1:107">
       <c r="I564" s="2"/>
       <c r="K564" s="2"/>
       <c r="M564" s="2"/>
       <c r="O564" s="2"/>
       <c r="Q564" s="2"/>
-      <c r="DB564" t="s">
-[...4 lines deleted...]
-      <c r="D565" s="2"/>
+    </row>
+    <row r="565" spans="1:107">
       <c r="I565" s="2"/>
       <c r="K565" s="2"/>
       <c r="M565" s="2"/>
       <c r="O565" s="2"/>
       <c r="Q565" s="2"/>
-      <c r="DB565" t="s">
-[...4 lines deleted...]
-      <c r="D566" s="2"/>
+    </row>
+    <row r="566" spans="1:107">
       <c r="I566" s="2"/>
       <c r="K566" s="2"/>
       <c r="M566" s="2"/>
       <c r="O566" s="2"/>
       <c r="Q566" s="2"/>
-      <c r="DB566" t="s">
-[...4 lines deleted...]
-      <c r="D567" s="2"/>
+    </row>
+    <row r="567" spans="1:107">
       <c r="I567" s="2"/>
       <c r="K567" s="2"/>
       <c r="M567" s="2"/>
       <c r="O567" s="2"/>
       <c r="Q567" s="2"/>
     </row>
-    <row r="568" spans="1:108">
-      <c r="D568" s="2"/>
+    <row r="568" spans="1:107">
       <c r="I568" s="2"/>
       <c r="K568" s="2"/>
       <c r="M568" s="2"/>
       <c r="O568" s="2"/>
       <c r="Q568" s="2"/>
-      <c r="DB568" t="s">
-[...4 lines deleted...]
-      <c r="D569" s="2"/>
+      <c r="DA568" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="569" spans="1:107">
       <c r="I569" s="2"/>
       <c r="K569" s="2"/>
       <c r="M569" s="2"/>
       <c r="O569" s="2"/>
       <c r="Q569" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D570" s="2"/>
+      <c r="DA569" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="570" spans="1:107">
       <c r="I570" s="2"/>
       <c r="K570" s="2"/>
       <c r="M570" s="2"/>
       <c r="O570" s="2"/>
       <c r="Q570" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D571" s="2"/>
+      <c r="DA570" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="571" spans="1:107">
       <c r="I571" s="2"/>
       <c r="K571" s="2"/>
       <c r="M571" s="2"/>
       <c r="O571" s="2"/>
       <c r="Q571" s="2"/>
-      <c r="DB571" t="s">
+      <c r="DA571" t="s">
         <v>198</v>
       </c>
     </row>
-    <row r="572" spans="1:108">
-      <c r="D572" s="2"/>
+    <row r="572" spans="1:107">
       <c r="I572" s="2"/>
       <c r="K572" s="2"/>
       <c r="M572" s="2"/>
       <c r="O572" s="2"/>
       <c r="Q572" s="2"/>
     </row>
-    <row r="573" spans="1:108">
-      <c r="D573" s="2"/>
+    <row r="573" spans="1:107">
       <c r="I573" s="2"/>
       <c r="K573" s="2"/>
       <c r="M573" s="2"/>
       <c r="O573" s="2"/>
       <c r="Q573" s="2"/>
-      <c r="DB573" t="s">
+      <c r="DA573" t="s">
         <v>199</v>
       </c>
     </row>
-    <row r="574" spans="1:108">
-      <c r="D574" s="2"/>
+    <row r="574" spans="1:107">
       <c r="I574" s="2"/>
       <c r="K574" s="2"/>
       <c r="M574" s="2"/>
       <c r="O574" s="2"/>
       <c r="Q574" s="2"/>
     </row>
-    <row r="575" spans="1:108">
-      <c r="D575" s="2"/>
+    <row r="575" spans="1:107">
       <c r="I575" s="2"/>
       <c r="K575" s="2"/>
       <c r="M575" s="2"/>
       <c r="O575" s="2"/>
       <c r="Q575" s="2"/>
     </row>
-    <row r="576" spans="1:108">
-      <c r="D576" s="2"/>
+    <row r="576" spans="1:107">
       <c r="I576" s="2"/>
       <c r="K576" s="2"/>
       <c r="M576" s="2"/>
       <c r="O576" s="2"/>
       <c r="Q576" s="2"/>
-      <c r="DB576" t="s">
+      <c r="DA576" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="577" spans="1:108">
-      <c r="D577" s="2"/>
+    <row r="577" spans="1:107">
       <c r="I577" s="2"/>
       <c r="K577" s="2"/>
       <c r="M577" s="2"/>
       <c r="O577" s="2"/>
       <c r="Q577" s="2"/>
     </row>
-    <row r="578" spans="1:108">
-      <c r="D578" s="2"/>
+    <row r="578" spans="1:107">
       <c r="I578" s="2"/>
       <c r="K578" s="2"/>
       <c r="M578" s="2"/>
       <c r="O578" s="2"/>
       <c r="Q578" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D579" s="2"/>
+      <c r="DA578" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="579" spans="1:107">
       <c r="I579" s="2"/>
       <c r="K579" s="2"/>
       <c r="M579" s="2"/>
       <c r="O579" s="2"/>
       <c r="Q579" s="2"/>
     </row>
-    <row r="580" spans="1:108">
-      <c r="D580" s="2"/>
+    <row r="580" spans="1:107">
       <c r="I580" s="2"/>
       <c r="K580" s="2"/>
       <c r="M580" s="2"/>
       <c r="O580" s="2"/>
       <c r="Q580" s="2"/>
     </row>
-    <row r="581" spans="1:108">
-      <c r="D581" s="2"/>
+    <row r="581" spans="1:107">
       <c r="I581" s="2"/>
       <c r="K581" s="2"/>
       <c r="M581" s="2"/>
       <c r="O581" s="2"/>
       <c r="Q581" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D582" s="2"/>
+      <c r="DA581" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="582" spans="1:107">
       <c r="I582" s="2"/>
       <c r="K582" s="2"/>
       <c r="M582" s="2"/>
       <c r="O582" s="2"/>
       <c r="Q582" s="2"/>
-      <c r="DB582" t="s">
-[...4 lines deleted...]
-      <c r="D583" s="2"/>
+    </row>
+    <row r="583" spans="1:107">
       <c r="I583" s="2"/>
       <c r="K583" s="2"/>
       <c r="M583" s="2"/>
       <c r="O583" s="2"/>
       <c r="Q583" s="2"/>
     </row>
-    <row r="584" spans="1:108">
-      <c r="D584" s="2"/>
+    <row r="584" spans="1:107">
       <c r="I584" s="2"/>
       <c r="K584" s="2"/>
       <c r="M584" s="2"/>
       <c r="O584" s="2"/>
       <c r="Q584" s="2"/>
     </row>
-    <row r="585" spans="1:108">
-      <c r="D585" s="2"/>
+    <row r="585" spans="1:107">
       <c r="I585" s="2"/>
       <c r="K585" s="2"/>
       <c r="M585" s="2"/>
       <c r="O585" s="2"/>
       <c r="Q585" s="2"/>
     </row>
-    <row r="586" spans="1:108">
-      <c r="D586" s="2"/>
+    <row r="586" spans="1:107">
       <c r="I586" s="2"/>
       <c r="K586" s="2"/>
       <c r="M586" s="2"/>
       <c r="O586" s="2"/>
       <c r="Q586" s="2"/>
     </row>
-    <row r="587" spans="1:108">
-      <c r="D587" s="2"/>
+    <row r="587" spans="1:107">
       <c r="I587" s="2"/>
       <c r="K587" s="2"/>
       <c r="M587" s="2"/>
       <c r="O587" s="2"/>
       <c r="Q587" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D588" s="2"/>
+      <c r="DA587" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="588" spans="1:107">
       <c r="I588" s="2"/>
       <c r="K588" s="2"/>
       <c r="M588" s="2"/>
       <c r="O588" s="2"/>
       <c r="Q588" s="2"/>
-      <c r="DB588" t="s">
-[...4 lines deleted...]
-      <c r="D589" s="2"/>
+    </row>
+    <row r="589" spans="1:107">
       <c r="I589" s="2"/>
       <c r="K589" s="2"/>
       <c r="M589" s="2"/>
       <c r="O589" s="2"/>
       <c r="Q589" s="2"/>
     </row>
-    <row r="590" spans="1:108">
-      <c r="D590" s="2"/>
+    <row r="590" spans="1:107">
       <c r="I590" s="2"/>
       <c r="K590" s="2"/>
       <c r="M590" s="2"/>
       <c r="O590" s="2"/>
       <c r="Q590" s="2"/>
     </row>
-    <row r="591" spans="1:108">
-      <c r="D591" s="2"/>
+    <row r="591" spans="1:107">
       <c r="I591" s="2"/>
       <c r="K591" s="2"/>
       <c r="M591" s="2"/>
       <c r="O591" s="2"/>
       <c r="Q591" s="2"/>
     </row>
-    <row r="592" spans="1:108">
-      <c r="D592" s="2"/>
+    <row r="592" spans="1:107">
       <c r="I592" s="2"/>
       <c r="K592" s="2"/>
       <c r="M592" s="2"/>
       <c r="O592" s="2"/>
       <c r="Q592" s="2"/>
     </row>
-    <row r="593" spans="1:108">
-      <c r="D593" s="2"/>
+    <row r="593" spans="1:107">
       <c r="I593" s="2"/>
       <c r="K593" s="2"/>
       <c r="M593" s="2"/>
       <c r="O593" s="2"/>
       <c r="Q593" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D594" s="2"/>
+      <c r="DA593" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="594" spans="1:107">
       <c r="I594" s="2"/>
       <c r="K594" s="2"/>
       <c r="M594" s="2"/>
       <c r="O594" s="2"/>
       <c r="Q594" s="2"/>
-      <c r="DB594" t="s">
-[...4 lines deleted...]
-      <c r="D595" s="2"/>
+    </row>
+    <row r="595" spans="1:107">
       <c r="I595" s="2"/>
       <c r="K595" s="2"/>
       <c r="M595" s="2"/>
       <c r="O595" s="2"/>
       <c r="Q595" s="2"/>
-      <c r="DB595" t="s">
-[...4 lines deleted...]
-      <c r="D596" s="2"/>
+    </row>
+    <row r="596" spans="1:107">
       <c r="I596" s="2"/>
       <c r="K596" s="2"/>
       <c r="M596" s="2"/>
       <c r="O596" s="2"/>
       <c r="Q596" s="2"/>
     </row>
-    <row r="597" spans="1:108">
-      <c r="D597" s="2"/>
+    <row r="597" spans="1:107">
       <c r="I597" s="2"/>
       <c r="K597" s="2"/>
       <c r="M597" s="2"/>
       <c r="O597" s="2"/>
       <c r="Q597" s="2"/>
     </row>
-    <row r="598" spans="1:108">
-      <c r="D598" s="2"/>
+    <row r="598" spans="1:107">
       <c r="I598" s="2"/>
       <c r="K598" s="2"/>
       <c r="M598" s="2"/>
       <c r="O598" s="2"/>
       <c r="Q598" s="2"/>
     </row>
-    <row r="599" spans="1:108">
-      <c r="D599" s="2"/>
+    <row r="599" spans="1:107">
       <c r="I599" s="2"/>
       <c r="K599" s="2"/>
       <c r="M599" s="2"/>
       <c r="O599" s="2"/>
       <c r="Q599" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D600" s="2"/>
+      <c r="DA599" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="600" spans="1:107">
       <c r="I600" s="2"/>
       <c r="K600" s="2"/>
       <c r="M600" s="2"/>
       <c r="O600" s="2"/>
       <c r="Q600" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D601" s="2"/>
+      <c r="DA600" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="601" spans="1:107">
       <c r="I601" s="2"/>
       <c r="K601" s="2"/>
       <c r="M601" s="2"/>
       <c r="O601" s="2"/>
       <c r="Q601" s="2"/>
     </row>
-    <row r="602" spans="1:108">
-      <c r="D602" s="2"/>
+    <row r="602" spans="1:107">
       <c r="I602" s="2"/>
       <c r="K602" s="2"/>
       <c r="M602" s="2"/>
       <c r="O602" s="2"/>
       <c r="Q602" s="2"/>
     </row>
-    <row r="603" spans="1:108">
-      <c r="D603" s="2"/>
+    <row r="603" spans="1:107">
       <c r="I603" s="2"/>
       <c r="K603" s="2"/>
       <c r="M603" s="2"/>
       <c r="O603" s="2"/>
       <c r="Q603" s="2"/>
     </row>
-    <row r="604" spans="1:108">
-      <c r="D604" s="2"/>
+    <row r="604" spans="1:107">
       <c r="I604" s="2"/>
       <c r="K604" s="2"/>
       <c r="M604" s="2"/>
       <c r="O604" s="2"/>
       <c r="Q604" s="2"/>
     </row>
-    <row r="605" spans="1:108">
-      <c r="D605" s="2"/>
+    <row r="605" spans="1:107">
       <c r="I605" s="2"/>
       <c r="K605" s="2"/>
       <c r="M605" s="2"/>
       <c r="O605" s="2"/>
       <c r="Q605" s="2"/>
-      <c r="DB605" t="s">
-[...4 lines deleted...]
-      <c r="D606" s="2"/>
+    </row>
+    <row r="606" spans="1:107">
       <c r="I606" s="2"/>
       <c r="K606" s="2"/>
       <c r="M606" s="2"/>
       <c r="O606" s="2"/>
       <c r="Q606" s="2"/>
     </row>
-    <row r="607" spans="1:108">
-      <c r="D607" s="2"/>
+    <row r="607" spans="1:107">
       <c r="I607" s="2"/>
       <c r="K607" s="2"/>
       <c r="M607" s="2"/>
       <c r="O607" s="2"/>
       <c r="Q607" s="2"/>
     </row>
-    <row r="608" spans="1:108">
-      <c r="D608" s="2"/>
+    <row r="608" spans="1:107">
       <c r="I608" s="2"/>
       <c r="K608" s="2"/>
       <c r="M608" s="2"/>
       <c r="O608" s="2"/>
       <c r="Q608" s="2"/>
     </row>
-    <row r="609" spans="1:108">
-      <c r="D609" s="2"/>
+    <row r="609" spans="1:107">
       <c r="I609" s="2"/>
       <c r="K609" s="2"/>
       <c r="M609" s="2"/>
       <c r="O609" s="2"/>
       <c r="Q609" s="2"/>
-      <c r="DB609" t="s">
-[...4 lines deleted...]
-      <c r="D610" s="2"/>
+    </row>
+    <row r="610" spans="1:107">
       <c r="I610" s="2"/>
       <c r="K610" s="2"/>
       <c r="M610" s="2"/>
       <c r="O610" s="2"/>
       <c r="Q610" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D611" s="2"/>
+      <c r="DA610" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="611" spans="1:107">
       <c r="I611" s="2"/>
       <c r="K611" s="2"/>
       <c r="M611" s="2"/>
       <c r="O611" s="2"/>
       <c r="Q611" s="2"/>
     </row>
-    <row r="612" spans="1:108">
-      <c r="D612" s="2"/>
+    <row r="612" spans="1:107">
       <c r="I612" s="2"/>
       <c r="K612" s="2"/>
       <c r="M612" s="2"/>
       <c r="O612" s="2"/>
       <c r="Q612" s="2"/>
-      <c r="DB612" t="s">
-[...4 lines deleted...]
-      <c r="D613" s="2"/>
+    </row>
+    <row r="613" spans="1:107">
       <c r="I613" s="2"/>
       <c r="K613" s="2"/>
       <c r="M613" s="2"/>
       <c r="O613" s="2"/>
       <c r="Q613" s="2"/>
     </row>
-    <row r="614" spans="1:108">
-      <c r="D614" s="2"/>
+    <row r="614" spans="1:107">
       <c r="I614" s="2"/>
       <c r="K614" s="2"/>
       <c r="M614" s="2"/>
       <c r="O614" s="2"/>
       <c r="Q614" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D615" s="2"/>
+      <c r="DA614" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="615" spans="1:107">
       <c r="I615" s="2"/>
       <c r="K615" s="2"/>
       <c r="M615" s="2"/>
       <c r="O615" s="2"/>
       <c r="Q615" s="2"/>
     </row>
-    <row r="616" spans="1:108">
-      <c r="D616" s="2"/>
+    <row r="616" spans="1:107">
       <c r="I616" s="2"/>
       <c r="K616" s="2"/>
       <c r="M616" s="2"/>
       <c r="O616" s="2"/>
       <c r="Q616" s="2"/>
-      <c r="DB616" t="s">
-[...4 lines deleted...]
-      <c r="D617" s="2"/>
+    </row>
+    <row r="617" spans="1:107">
       <c r="I617" s="2"/>
       <c r="K617" s="2"/>
       <c r="M617" s="2"/>
       <c r="O617" s="2"/>
       <c r="Q617" s="2"/>
-      <c r="DB617" t="s">
+      <c r="DA617" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="618" spans="1:108">
-      <c r="D618" s="2"/>
+    <row r="618" spans="1:107">
       <c r="I618" s="2"/>
       <c r="K618" s="2"/>
       <c r="M618" s="2"/>
       <c r="O618" s="2"/>
       <c r="Q618" s="2"/>
-      <c r="DB618" t="s">
-[...4 lines deleted...]
-      <c r="D619" s="2"/>
+    </row>
+    <row r="619" spans="1:107">
       <c r="I619" s="2"/>
       <c r="K619" s="2"/>
       <c r="M619" s="2"/>
       <c r="O619" s="2"/>
       <c r="Q619" s="2"/>
     </row>
-    <row r="620" spans="1:108">
-      <c r="D620" s="2"/>
+    <row r="620" spans="1:107">
       <c r="I620" s="2"/>
       <c r="K620" s="2"/>
       <c r="M620" s="2"/>
       <c r="O620" s="2"/>
       <c r="Q620" s="2"/>
     </row>
-    <row r="621" spans="1:108">
-      <c r="D621" s="2"/>
+    <row r="621" spans="1:107">
       <c r="I621" s="2"/>
       <c r="K621" s="2"/>
       <c r="M621" s="2"/>
       <c r="O621" s="2"/>
       <c r="Q621" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D622" s="2"/>
+      <c r="DA621" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="622" spans="1:107">
       <c r="I622" s="2"/>
       <c r="K622" s="2"/>
       <c r="M622" s="2"/>
       <c r="O622" s="2"/>
       <c r="Q622" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D623" s="2"/>
+      <c r="DA622" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="623" spans="1:107">
       <c r="I623" s="2"/>
       <c r="K623" s="2"/>
       <c r="M623" s="2"/>
       <c r="O623" s="2"/>
       <c r="Q623" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D624" s="2"/>
+      <c r="DA623" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="624" spans="1:107">
       <c r="I624" s="2"/>
       <c r="K624" s="2"/>
       <c r="M624" s="2"/>
       <c r="O624" s="2"/>
       <c r="Q624" s="2"/>
     </row>
-    <row r="625" spans="1:108">
-      <c r="D625" s="2"/>
+    <row r="625" spans="1:107">
       <c r="I625" s="2"/>
       <c r="K625" s="2"/>
       <c r="M625" s="2"/>
       <c r="O625" s="2"/>
       <c r="Q625" s="2"/>
     </row>
-    <row r="626" spans="1:108">
-      <c r="D626" s="2"/>
+    <row r="626" spans="1:107">
       <c r="I626" s="2"/>
       <c r="K626" s="2"/>
       <c r="M626" s="2"/>
       <c r="O626" s="2"/>
       <c r="Q626" s="2"/>
     </row>
-    <row r="627" spans="1:108">
-      <c r="D627" s="2"/>
+    <row r="627" spans="1:107">
       <c r="I627" s="2"/>
       <c r="K627" s="2"/>
       <c r="M627" s="2"/>
       <c r="O627" s="2"/>
       <c r="Q627" s="2"/>
     </row>
-    <row r="628" spans="1:108">
-      <c r="D628" s="2"/>
+    <row r="628" spans="1:107">
       <c r="I628" s="2"/>
       <c r="K628" s="2"/>
       <c r="M628" s="2"/>
       <c r="O628" s="2"/>
       <c r="Q628" s="2"/>
     </row>
-    <row r="629" spans="1:108">
-      <c r="D629" s="2"/>
+    <row r="629" spans="1:107">
       <c r="I629" s="2"/>
       <c r="K629" s="2"/>
       <c r="M629" s="2"/>
       <c r="O629" s="2"/>
       <c r="Q629" s="2"/>
     </row>
-    <row r="630" spans="1:108">
-      <c r="D630" s="2"/>
+    <row r="630" spans="1:107">
       <c r="I630" s="2"/>
       <c r="K630" s="2"/>
       <c r="M630" s="2"/>
       <c r="O630" s="2"/>
       <c r="Q630" s="2"/>
     </row>
-    <row r="631" spans="1:108">
-      <c r="D631" s="2"/>
+    <row r="631" spans="1:107">
       <c r="I631" s="2"/>
       <c r="K631" s="2"/>
       <c r="M631" s="2"/>
       <c r="O631" s="2"/>
       <c r="Q631" s="2"/>
     </row>
-    <row r="632" spans="1:108">
-      <c r="D632" s="2"/>
+    <row r="632" spans="1:107">
       <c r="I632" s="2"/>
       <c r="K632" s="2"/>
       <c r="M632" s="2"/>
       <c r="O632" s="2"/>
       <c r="Q632" s="2"/>
     </row>
-    <row r="633" spans="1:108">
-      <c r="D633" s="2"/>
+    <row r="633" spans="1:107">
       <c r="I633" s="2"/>
       <c r="K633" s="2"/>
       <c r="M633" s="2"/>
       <c r="O633" s="2"/>
       <c r="Q633" s="2"/>
     </row>
-    <row r="634" spans="1:108">
-      <c r="D634" s="2"/>
+    <row r="634" spans="1:107">
       <c r="I634" s="2"/>
       <c r="K634" s="2"/>
       <c r="M634" s="2"/>
       <c r="O634" s="2"/>
       <c r="Q634" s="2"/>
-      <c r="DB634" t="s">
-[...4 lines deleted...]
-      <c r="D635" s="2"/>
+    </row>
+    <row r="635" spans="1:107">
       <c r="I635" s="2"/>
       <c r="K635" s="2"/>
       <c r="M635" s="2"/>
       <c r="O635" s="2"/>
       <c r="Q635" s="2"/>
     </row>
-    <row r="636" spans="1:108">
-      <c r="D636" s="2"/>
+    <row r="636" spans="1:107">
       <c r="I636" s="2"/>
       <c r="K636" s="2"/>
       <c r="M636" s="2"/>
       <c r="O636" s="2"/>
       <c r="Q636" s="2"/>
     </row>
-    <row r="637" spans="1:108">
-      <c r="D637" s="2"/>
+    <row r="637" spans="1:107">
       <c r="I637" s="2"/>
       <c r="K637" s="2"/>
       <c r="M637" s="2"/>
       <c r="O637" s="2"/>
       <c r="Q637" s="2"/>
     </row>
-    <row r="638" spans="1:108">
-      <c r="D638" s="2"/>
+    <row r="638" spans="1:107">
       <c r="I638" s="2"/>
       <c r="K638" s="2"/>
       <c r="M638" s="2"/>
       <c r="O638" s="2"/>
       <c r="Q638" s="2"/>
     </row>
-    <row r="639" spans="1:108">
-      <c r="D639" s="2"/>
+    <row r="639" spans="1:107">
       <c r="I639" s="2"/>
       <c r="K639" s="2"/>
       <c r="M639" s="2"/>
       <c r="O639" s="2"/>
       <c r="Q639" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D640" s="2"/>
+      <c r="DA639" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="640" spans="1:107">
       <c r="I640" s="2"/>
       <c r="K640" s="2"/>
       <c r="M640" s="2"/>
       <c r="O640" s="2"/>
       <c r="Q640" s="2"/>
     </row>
-    <row r="641" spans="1:108">
-      <c r="D641" s="2"/>
+    <row r="641" spans="1:107">
       <c r="I641" s="2"/>
       <c r="K641" s="2"/>
       <c r="M641" s="2"/>
       <c r="O641" s="2"/>
       <c r="Q641" s="2"/>
     </row>
-    <row r="642" spans="1:108">
-      <c r="D642" s="2"/>
+    <row r="642" spans="1:107">
       <c r="I642" s="2"/>
       <c r="K642" s="2"/>
       <c r="M642" s="2"/>
       <c r="O642" s="2"/>
       <c r="Q642" s="2"/>
-      <c r="DB642" t="s">
-[...4 lines deleted...]
-      <c r="D643" s="2"/>
+    </row>
+    <row r="643" spans="1:107">
       <c r="I643" s="2"/>
       <c r="K643" s="2"/>
       <c r="M643" s="2"/>
       <c r="O643" s="2"/>
       <c r="Q643" s="2"/>
     </row>
-    <row r="644" spans="1:108">
-      <c r="D644" s="2"/>
+    <row r="644" spans="1:107">
       <c r="I644" s="2"/>
       <c r="K644" s="2"/>
       <c r="M644" s="2"/>
       <c r="O644" s="2"/>
       <c r="Q644" s="2"/>
     </row>
-    <row r="645" spans="1:108">
-      <c r="D645" s="2"/>
+    <row r="645" spans="1:107">
       <c r="I645" s="2"/>
       <c r="K645" s="2"/>
       <c r="M645" s="2"/>
       <c r="O645" s="2"/>
       <c r="Q645" s="2"/>
     </row>
-    <row r="646" spans="1:108">
-      <c r="D646" s="2"/>
+    <row r="646" spans="1:107">
       <c r="I646" s="2"/>
       <c r="K646" s="2"/>
       <c r="M646" s="2"/>
       <c r="O646" s="2"/>
       <c r="Q646" s="2"/>
-      <c r="DB646" t="s">
-[...4 lines deleted...]
-      <c r="D647" s="2"/>
+    </row>
+    <row r="647" spans="1:107">
       <c r="I647" s="2"/>
       <c r="K647" s="2"/>
       <c r="M647" s="2"/>
       <c r="O647" s="2"/>
       <c r="Q647" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D648" s="2"/>
+      <c r="DA647" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="648" spans="1:107">
       <c r="I648" s="2"/>
       <c r="K648" s="2"/>
       <c r="M648" s="2"/>
       <c r="O648" s="2"/>
       <c r="Q648" s="2"/>
     </row>
-    <row r="649" spans="1:108">
-      <c r="D649" s="2"/>
+    <row r="649" spans="1:107">
       <c r="I649" s="2"/>
       <c r="K649" s="2"/>
       <c r="M649" s="2"/>
       <c r="O649" s="2"/>
       <c r="Q649" s="2"/>
     </row>
-    <row r="650" spans="1:108">
-      <c r="D650" s="2"/>
+    <row r="650" spans="1:107">
       <c r="I650" s="2"/>
       <c r="K650" s="2"/>
       <c r="M650" s="2"/>
       <c r="O650" s="2"/>
       <c r="Q650" s="2"/>
     </row>
-    <row r="651" spans="1:108">
-      <c r="D651" s="2"/>
+    <row r="651" spans="1:107">
       <c r="I651" s="2"/>
       <c r="K651" s="2"/>
       <c r="M651" s="2"/>
       <c r="O651" s="2"/>
       <c r="Q651" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D652" s="2"/>
+      <c r="DA651" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="652" spans="1:107">
       <c r="I652" s="2"/>
       <c r="K652" s="2"/>
       <c r="M652" s="2"/>
       <c r="O652" s="2"/>
       <c r="Q652" s="2"/>
-      <c r="DB652" t="s">
-[...4 lines deleted...]
-      <c r="D653" s="2"/>
+    </row>
+    <row r="653" spans="1:107">
       <c r="I653" s="2"/>
       <c r="K653" s="2"/>
       <c r="M653" s="2"/>
       <c r="O653" s="2"/>
       <c r="Q653" s="2"/>
     </row>
-    <row r="654" spans="1:108">
-      <c r="D654" s="2"/>
+    <row r="654" spans="1:107">
       <c r="I654" s="2"/>
       <c r="K654" s="2"/>
       <c r="M654" s="2"/>
       <c r="O654" s="2"/>
       <c r="Q654" s="2"/>
     </row>
-    <row r="655" spans="1:108">
-      <c r="D655" s="2"/>
+    <row r="655" spans="1:107">
       <c r="I655" s="2"/>
       <c r="K655" s="2"/>
       <c r="M655" s="2"/>
       <c r="O655" s="2"/>
       <c r="Q655" s="2"/>
-      <c r="DB655" t="s">
-[...4 lines deleted...]
-      <c r="D656" s="2"/>
+    </row>
+    <row r="656" spans="1:107">
       <c r="I656" s="2"/>
       <c r="K656" s="2"/>
       <c r="M656" s="2"/>
       <c r="O656" s="2"/>
       <c r="Q656" s="2"/>
     </row>
-    <row r="657" spans="1:108">
-      <c r="D657" s="2"/>
+    <row r="657" spans="1:107">
       <c r="I657" s="2"/>
       <c r="K657" s="2"/>
       <c r="M657" s="2"/>
       <c r="O657" s="2"/>
       <c r="Q657" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D658" s="2"/>
+      <c r="DA657" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="658" spans="1:107">
       <c r="I658" s="2"/>
       <c r="K658" s="2"/>
       <c r="M658" s="2"/>
       <c r="O658" s="2"/>
       <c r="Q658" s="2"/>
     </row>
-    <row r="659" spans="1:108">
-      <c r="D659" s="2"/>
+    <row r="659" spans="1:107">
       <c r="I659" s="2"/>
       <c r="K659" s="2"/>
       <c r="M659" s="2"/>
       <c r="O659" s="2"/>
       <c r="Q659" s="2"/>
     </row>
-    <row r="660" spans="1:108">
-      <c r="D660" s="2"/>
+    <row r="660" spans="1:107">
       <c r="I660" s="2"/>
       <c r="K660" s="2"/>
       <c r="M660" s="2"/>
       <c r="O660" s="2"/>
       <c r="Q660" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D661" s="2"/>
+      <c r="DA660" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="661" spans="1:107">
       <c r="I661" s="2"/>
       <c r="K661" s="2"/>
       <c r="M661" s="2"/>
       <c r="O661" s="2"/>
       <c r="Q661" s="2"/>
     </row>
-    <row r="662" spans="1:108">
-      <c r="D662" s="2"/>
+    <row r="662" spans="1:107">
       <c r="I662" s="2"/>
       <c r="K662" s="2"/>
       <c r="M662" s="2"/>
       <c r="O662" s="2"/>
       <c r="Q662" s="2"/>
     </row>
-    <row r="663" spans="1:108">
-      <c r="D663" s="2"/>
+    <row r="663" spans="1:107">
       <c r="I663" s="2"/>
       <c r="K663" s="2"/>
       <c r="M663" s="2"/>
       <c r="O663" s="2"/>
       <c r="Q663" s="2"/>
     </row>
-    <row r="664" spans="1:108">
-      <c r="D664" s="2"/>
+    <row r="664" spans="1:107">
       <c r="I664" s="2"/>
       <c r="K664" s="2"/>
       <c r="M664" s="2"/>
       <c r="O664" s="2"/>
       <c r="Q664" s="2"/>
-      <c r="DB664" t="s">
-[...4 lines deleted...]
-      <c r="D665" s="2"/>
+    </row>
+    <row r="665" spans="1:107">
       <c r="I665" s="2"/>
       <c r="K665" s="2"/>
       <c r="M665" s="2"/>
       <c r="O665" s="2"/>
       <c r="Q665" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D666" s="2"/>
+      <c r="DA665" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="666" spans="1:107">
       <c r="I666" s="2"/>
       <c r="K666" s="2"/>
       <c r="M666" s="2"/>
       <c r="O666" s="2"/>
       <c r="Q666" s="2"/>
-      <c r="DB666" t="s">
-[...4 lines deleted...]
-      <c r="D667" s="2"/>
+    </row>
+    <row r="667" spans="1:107">
       <c r="I667" s="2"/>
       <c r="K667" s="2"/>
       <c r="M667" s="2"/>
       <c r="O667" s="2"/>
       <c r="Q667" s="2"/>
     </row>
-    <row r="668" spans="1:108">
-      <c r="D668" s="2"/>
+    <row r="668" spans="1:107">
       <c r="I668" s="2"/>
       <c r="K668" s="2"/>
       <c r="M668" s="2"/>
       <c r="O668" s="2"/>
       <c r="Q668" s="2"/>
     </row>
-    <row r="669" spans="1:108">
-      <c r="D669" s="2"/>
+    <row r="669" spans="1:107">
       <c r="I669" s="2"/>
       <c r="K669" s="2"/>
       <c r="M669" s="2"/>
       <c r="O669" s="2"/>
       <c r="Q669" s="2"/>
     </row>
-    <row r="670" spans="1:108">
-      <c r="D670" s="2"/>
+    <row r="670" spans="1:107">
       <c r="I670" s="2"/>
       <c r="K670" s="2"/>
       <c r="M670" s="2"/>
       <c r="O670" s="2"/>
       <c r="Q670" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D671" s="2"/>
+      <c r="DA670" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="671" spans="1:107">
       <c r="I671" s="2"/>
       <c r="K671" s="2"/>
       <c r="M671" s="2"/>
       <c r="O671" s="2"/>
       <c r="Q671" s="2"/>
     </row>
-    <row r="672" spans="1:108">
-      <c r="D672" s="2"/>
+    <row r="672" spans="1:107">
       <c r="I672" s="2"/>
       <c r="K672" s="2"/>
       <c r="M672" s="2"/>
       <c r="O672" s="2"/>
       <c r="Q672" s="2"/>
-      <c r="DB672" t="s">
-[...4 lines deleted...]
-      <c r="D673" s="2"/>
+      <c r="DA672" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="673" spans="1:107">
       <c r="I673" s="2"/>
       <c r="K673" s="2"/>
       <c r="M673" s="2"/>
       <c r="O673" s="2"/>
       <c r="Q673" s="2"/>
     </row>
-    <row r="674" spans="1:108">
-      <c r="D674" s="2"/>
+    <row r="674" spans="1:107">
       <c r="I674" s="2"/>
       <c r="K674" s="2"/>
       <c r="M674" s="2"/>
       <c r="O674" s="2"/>
       <c r="Q674" s="2"/>
     </row>
-    <row r="675" spans="1:108">
-      <c r="D675" s="2"/>
+    <row r="675" spans="1:107">
       <c r="I675" s="2"/>
       <c r="K675" s="2"/>
       <c r="M675" s="2"/>
       <c r="O675" s="2"/>
       <c r="Q675" s="2"/>
-      <c r="DB675" t="s">
-[...4 lines deleted...]
-      <c r="D676" s="2"/>
+    </row>
+    <row r="676" spans="1:107">
       <c r="I676" s="2"/>
       <c r="K676" s="2"/>
       <c r="M676" s="2"/>
       <c r="O676" s="2"/>
       <c r="Q676" s="2"/>
     </row>
-    <row r="677" spans="1:108">
-      <c r="D677" s="2"/>
+    <row r="677" spans="1:107">
       <c r="I677" s="2"/>
       <c r="K677" s="2"/>
       <c r="M677" s="2"/>
       <c r="O677" s="2"/>
       <c r="Q677" s="2"/>
     </row>
-    <row r="678" spans="1:108">
-      <c r="D678" s="2"/>
+    <row r="678" spans="1:107">
       <c r="I678" s="2"/>
       <c r="K678" s="2"/>
       <c r="M678" s="2"/>
       <c r="O678" s="2"/>
       <c r="Q678" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D679" s="2"/>
+      <c r="DA678" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="679" spans="1:107">
       <c r="I679" s="2"/>
       <c r="K679" s="2"/>
       <c r="M679" s="2"/>
       <c r="O679" s="2"/>
       <c r="Q679" s="2"/>
     </row>
-    <row r="680" spans="1:108">
-      <c r="D680" s="2"/>
+    <row r="680" spans="1:107">
       <c r="I680" s="2"/>
       <c r="K680" s="2"/>
       <c r="M680" s="2"/>
       <c r="O680" s="2"/>
       <c r="Q680" s="2"/>
     </row>
-    <row r="681" spans="1:108">
-      <c r="D681" s="2"/>
+    <row r="681" spans="1:107">
       <c r="I681" s="2"/>
       <c r="K681" s="2"/>
       <c r="M681" s="2"/>
       <c r="O681" s="2"/>
       <c r="Q681" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D682" s="2"/>
+      <c r="DA681" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="682" spans="1:107">
       <c r="I682" s="2"/>
       <c r="K682" s="2"/>
       <c r="M682" s="2"/>
       <c r="O682" s="2"/>
       <c r="Q682" s="2"/>
     </row>
-    <row r="683" spans="1:108">
-      <c r="D683" s="2"/>
+    <row r="683" spans="1:107">
       <c r="I683" s="2"/>
       <c r="K683" s="2"/>
       <c r="M683" s="2"/>
       <c r="O683" s="2"/>
       <c r="Q683" s="2"/>
     </row>
-    <row r="684" spans="1:108">
-      <c r="D684" s="2"/>
+    <row r="684" spans="1:107">
       <c r="I684" s="2"/>
       <c r="K684" s="2"/>
       <c r="M684" s="2"/>
       <c r="O684" s="2"/>
       <c r="Q684" s="2"/>
     </row>
-    <row r="685" spans="1:108">
-      <c r="D685" s="2"/>
+    <row r="685" spans="1:107">
       <c r="I685" s="2"/>
       <c r="K685" s="2"/>
       <c r="M685" s="2"/>
       <c r="O685" s="2"/>
       <c r="Q685" s="2"/>
     </row>
-    <row r="686" spans="1:108">
-      <c r="D686" s="2"/>
+    <row r="686" spans="1:107">
       <c r="I686" s="2"/>
       <c r="K686" s="2"/>
       <c r="M686" s="2"/>
       <c r="O686" s="2"/>
       <c r="Q686" s="2"/>
-      <c r="DB686" t="s">
-[...4 lines deleted...]
-      <c r="D687" s="2"/>
+    </row>
+    <row r="687" spans="1:107">
       <c r="I687" s="2"/>
       <c r="K687" s="2"/>
       <c r="M687" s="2"/>
       <c r="O687" s="2"/>
       <c r="Q687" s="2"/>
     </row>
-    <row r="688" spans="1:108">
-      <c r="D688" s="2"/>
+    <row r="688" spans="1:107">
       <c r="I688" s="2"/>
       <c r="K688" s="2"/>
       <c r="M688" s="2"/>
       <c r="O688" s="2"/>
       <c r="Q688" s="2"/>
     </row>
-    <row r="689" spans="1:108">
-      <c r="D689" s="2"/>
+    <row r="689" spans="1:107">
       <c r="I689" s="2"/>
       <c r="K689" s="2"/>
       <c r="M689" s="2"/>
       <c r="O689" s="2"/>
       <c r="Q689" s="2"/>
-      <c r="DB689" t="s">
-[...4 lines deleted...]
-      <c r="D690" s="2"/>
+    </row>
+    <row r="690" spans="1:107">
       <c r="I690" s="2"/>
       <c r="K690" s="2"/>
       <c r="M690" s="2"/>
       <c r="O690" s="2"/>
       <c r="Q690" s="2"/>
     </row>
-    <row r="691" spans="1:108">
-      <c r="D691" s="2"/>
+    <row r="691" spans="1:107">
       <c r="I691" s="2"/>
       <c r="K691" s="2"/>
       <c r="M691" s="2"/>
       <c r="O691" s="2"/>
       <c r="Q691" s="2"/>
     </row>
-    <row r="692" spans="1:108">
-      <c r="D692" s="2"/>
+    <row r="692" spans="1:107">
       <c r="I692" s="2"/>
       <c r="K692" s="2"/>
       <c r="M692" s="2"/>
       <c r="O692" s="2"/>
       <c r="Q692" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D693" s="2"/>
+      <c r="DA692" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="693" spans="1:107">
       <c r="I693" s="2"/>
       <c r="K693" s="2"/>
       <c r="M693" s="2"/>
       <c r="O693" s="2"/>
       <c r="Q693" s="2"/>
     </row>
-    <row r="694" spans="1:108">
-      <c r="D694" s="2"/>
+    <row r="694" spans="1:107">
       <c r="I694" s="2"/>
       <c r="K694" s="2"/>
       <c r="M694" s="2"/>
       <c r="O694" s="2"/>
       <c r="Q694" s="2"/>
     </row>
-    <row r="695" spans="1:108">
-      <c r="D695" s="2"/>
+    <row r="695" spans="1:107">
       <c r="I695" s="2"/>
       <c r="K695" s="2"/>
       <c r="M695" s="2"/>
       <c r="O695" s="2"/>
       <c r="Q695" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D696" s="2"/>
+      <c r="DA695" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="696" spans="1:107">
       <c r="I696" s="2"/>
       <c r="K696" s="2"/>
       <c r="M696" s="2"/>
       <c r="O696" s="2"/>
       <c r="Q696" s="2"/>
     </row>
-    <row r="697" spans="1:108">
-      <c r="D697" s="2"/>
+    <row r="697" spans="1:107">
       <c r="I697" s="2"/>
       <c r="K697" s="2"/>
       <c r="M697" s="2"/>
       <c r="O697" s="2"/>
       <c r="Q697" s="2"/>
     </row>
-    <row r="698" spans="1:108">
-      <c r="D698" s="2"/>
+    <row r="698" spans="1:107">
       <c r="I698" s="2"/>
       <c r="K698" s="2"/>
       <c r="M698" s="2"/>
       <c r="O698" s="2"/>
       <c r="Q698" s="2"/>
     </row>
-    <row r="699" spans="1:108">
-      <c r="D699" s="2"/>
+    <row r="699" spans="1:107">
       <c r="I699" s="2"/>
       <c r="K699" s="2"/>
       <c r="M699" s="2"/>
       <c r="O699" s="2"/>
       <c r="Q699" s="2"/>
     </row>
-    <row r="700" spans="1:108">
-      <c r="D700" s="2"/>
+    <row r="700" spans="1:107">
       <c r="I700" s="2"/>
       <c r="K700" s="2"/>
       <c r="M700" s="2"/>
       <c r="O700" s="2"/>
       <c r="Q700" s="2"/>
-      <c r="DB700" t="s">
-[...4 lines deleted...]
-      <c r="D701" s="2"/>
+    </row>
+    <row r="701" spans="1:107">
       <c r="I701" s="2"/>
       <c r="K701" s="2"/>
       <c r="M701" s="2"/>
       <c r="O701" s="2"/>
       <c r="Q701" s="2"/>
     </row>
-    <row r="702" spans="1:108">
-      <c r="D702" s="2"/>
+    <row r="702" spans="1:107">
       <c r="I702" s="2"/>
       <c r="K702" s="2"/>
       <c r="M702" s="2"/>
       <c r="O702" s="2"/>
       <c r="Q702" s="2"/>
     </row>
-    <row r="703" spans="1:108">
-      <c r="D703" s="2"/>
+    <row r="703" spans="1:107">
       <c r="I703" s="2"/>
       <c r="K703" s="2"/>
       <c r="M703" s="2"/>
       <c r="O703" s="2"/>
       <c r="Q703" s="2"/>
     </row>
-    <row r="704" spans="1:108">
-      <c r="D704" s="2"/>
+    <row r="704" spans="1:107">
       <c r="I704" s="2"/>
       <c r="K704" s="2"/>
       <c r="M704" s="2"/>
       <c r="O704" s="2"/>
       <c r="Q704" s="2"/>
     </row>
-    <row r="705" spans="1:108">
-      <c r="D705" s="2"/>
+    <row r="705" spans="1:107">
       <c r="I705" s="2"/>
       <c r="K705" s="2"/>
       <c r="M705" s="2"/>
       <c r="O705" s="2"/>
       <c r="Q705" s="2"/>
     </row>
-    <row r="706" spans="1:108">
-      <c r="D706" s="2"/>
+    <row r="706" spans="1:107">
       <c r="I706" s="2"/>
       <c r="K706" s="2"/>
       <c r="M706" s="2"/>
       <c r="O706" s="2"/>
       <c r="Q706" s="2"/>
-      <c r="DB706" t="s">
-[...4 lines deleted...]
-      <c r="D707" s="2"/>
+      <c r="DA706" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="707" spans="1:107">
       <c r="I707" s="2"/>
       <c r="K707" s="2"/>
       <c r="M707" s="2"/>
       <c r="O707" s="2"/>
       <c r="Q707" s="2"/>
     </row>
-    <row r="708" spans="1:108">
-      <c r="D708" s="2"/>
+    <row r="708" spans="1:107">
       <c r="I708" s="2"/>
       <c r="K708" s="2"/>
       <c r="M708" s="2"/>
       <c r="O708" s="2"/>
       <c r="Q708" s="2"/>
-      <c r="DB708" t="s">
-[...4 lines deleted...]
-      <c r="D709" s="2"/>
+    </row>
+    <row r="709" spans="1:107">
       <c r="I709" s="2"/>
       <c r="K709" s="2"/>
       <c r="M709" s="2"/>
       <c r="O709" s="2"/>
       <c r="Q709" s="2"/>
-      <c r="DB709" t="s">
-[...4 lines deleted...]
-      <c r="D710" s="2"/>
+    </row>
+    <row r="710" spans="1:107">
       <c r="I710" s="2"/>
       <c r="K710" s="2"/>
       <c r="M710" s="2"/>
       <c r="O710" s="2"/>
       <c r="Q710" s="2"/>
     </row>
-    <row r="711" spans="1:108">
-      <c r="D711" s="2"/>
+    <row r="711" spans="1:107">
       <c r="I711" s="2"/>
       <c r="K711" s="2"/>
       <c r="M711" s="2"/>
       <c r="O711" s="2"/>
       <c r="Q711" s="2"/>
-      <c r="DB711" t="s">
-[...4 lines deleted...]
-      <c r="D712" s="2"/>
+    </row>
+    <row r="712" spans="1:107">
       <c r="I712" s="2"/>
       <c r="K712" s="2"/>
       <c r="M712" s="2"/>
       <c r="O712" s="2"/>
       <c r="Q712" s="2"/>
-      <c r="DB712" t="s">
-[...4 lines deleted...]
-      <c r="D713" s="2"/>
+      <c r="DA712" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="713" spans="1:107">
       <c r="I713" s="2"/>
       <c r="K713" s="2"/>
       <c r="M713" s="2"/>
       <c r="O713" s="2"/>
       <c r="Q713" s="2"/>
-      <c r="DB713" t="s">
-[...4 lines deleted...]
-      <c r="D714" s="2"/>
+    </row>
+    <row r="714" spans="1:107">
       <c r="I714" s="2"/>
       <c r="K714" s="2"/>
       <c r="M714" s="2"/>
       <c r="O714" s="2"/>
       <c r="Q714" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D715" s="2"/>
+      <c r="DA714" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="715" spans="1:107">
       <c r="I715" s="2"/>
       <c r="K715" s="2"/>
       <c r="M715" s="2"/>
       <c r="O715" s="2"/>
       <c r="Q715" s="2"/>
-      <c r="DB715" t="s">
-[...4 lines deleted...]
-      <c r="D716" s="2"/>
+      <c r="DA715" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="716" spans="1:107">
       <c r="I716" s="2"/>
       <c r="K716" s="2"/>
       <c r="M716" s="2"/>
       <c r="O716" s="2"/>
       <c r="Q716" s="2"/>
     </row>
-    <row r="717" spans="1:108">
-      <c r="D717" s="2"/>
+    <row r="717" spans="1:107">
       <c r="I717" s="2"/>
       <c r="K717" s="2"/>
       <c r="M717" s="2"/>
       <c r="O717" s="2"/>
       <c r="Q717" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D718" s="2"/>
+      <c r="DA717" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="718" spans="1:107">
       <c r="I718" s="2"/>
       <c r="K718" s="2"/>
       <c r="M718" s="2"/>
       <c r="O718" s="2"/>
       <c r="Q718" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D719" s="2"/>
+      <c r="DA718" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="719" spans="1:107">
       <c r="I719" s="2"/>
       <c r="K719" s="2"/>
       <c r="M719" s="2"/>
       <c r="O719" s="2"/>
       <c r="Q719" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D720" s="2"/>
+      <c r="DA719" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="720" spans="1:107">
       <c r="I720" s="2"/>
       <c r="K720" s="2"/>
       <c r="M720" s="2"/>
       <c r="O720" s="2"/>
       <c r="Q720" s="2"/>
     </row>
-    <row r="721" spans="1:108">
-      <c r="D721" s="2"/>
+    <row r="721" spans="1:107">
       <c r="I721" s="2"/>
       <c r="K721" s="2"/>
       <c r="M721" s="2"/>
       <c r="O721" s="2"/>
       <c r="Q721" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D722" s="2"/>
+      <c r="DA721" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="722" spans="1:107">
       <c r="I722" s="2"/>
       <c r="K722" s="2"/>
       <c r="M722" s="2"/>
       <c r="O722" s="2"/>
       <c r="Q722" s="2"/>
     </row>
-    <row r="723" spans="1:108">
-      <c r="D723" s="2"/>
+    <row r="723" spans="1:107">
       <c r="I723" s="2"/>
       <c r="K723" s="2"/>
       <c r="M723" s="2"/>
       <c r="O723" s="2"/>
       <c r="Q723" s="2"/>
     </row>
-    <row r="724" spans="1:108">
-      <c r="D724" s="2"/>
+    <row r="724" spans="1:107">
       <c r="I724" s="2"/>
       <c r="K724" s="2"/>
       <c r="M724" s="2"/>
       <c r="O724" s="2"/>
       <c r="Q724" s="2"/>
     </row>
-    <row r="725" spans="1:108">
-      <c r="D725" s="2"/>
+    <row r="725" spans="1:107">
       <c r="I725" s="2"/>
       <c r="K725" s="2"/>
       <c r="M725" s="2"/>
       <c r="O725" s="2"/>
       <c r="Q725" s="2"/>
     </row>
-    <row r="726" spans="1:108">
-      <c r="D726" s="2"/>
+    <row r="726" spans="1:107">
       <c r="I726" s="2"/>
       <c r="K726" s="2"/>
       <c r="M726" s="2"/>
       <c r="O726" s="2"/>
       <c r="Q726" s="2"/>
     </row>
-    <row r="727" spans="1:108">
-      <c r="D727" s="2"/>
+    <row r="727" spans="1:107">
       <c r="I727" s="2"/>
       <c r="K727" s="2"/>
       <c r="M727" s="2"/>
       <c r="O727" s="2"/>
       <c r="Q727" s="2"/>
     </row>
-    <row r="728" spans="1:108">
-      <c r="D728" s="2"/>
+    <row r="728" spans="1:107">
       <c r="I728" s="2"/>
       <c r="K728" s="2"/>
       <c r="M728" s="2"/>
       <c r="O728" s="2"/>
       <c r="Q728" s="2"/>
     </row>
-    <row r="729" spans="1:108">
-      <c r="D729" s="2"/>
+    <row r="729" spans="1:107">
       <c r="I729" s="2"/>
       <c r="K729" s="2"/>
       <c r="M729" s="2"/>
       <c r="O729" s="2"/>
       <c r="Q729" s="2"/>
     </row>
-    <row r="730" spans="1:108">
-      <c r="D730" s="2"/>
+    <row r="730" spans="1:107">
       <c r="I730" s="2"/>
       <c r="K730" s="2"/>
       <c r="M730" s="2"/>
       <c r="O730" s="2"/>
       <c r="Q730" s="2"/>
     </row>
-    <row r="731" spans="1:108">
-      <c r="D731" s="2"/>
+    <row r="731" spans="1:107">
       <c r="I731" s="2"/>
       <c r="K731" s="2"/>
       <c r="M731" s="2"/>
       <c r="O731" s="2"/>
       <c r="Q731" s="2"/>
     </row>
-    <row r="732" spans="1:108">
-      <c r="D732" s="2"/>
+    <row r="732" spans="1:107">
       <c r="I732" s="2"/>
       <c r="K732" s="2"/>
       <c r="M732" s="2"/>
       <c r="O732" s="2"/>
       <c r="Q732" s="2"/>
     </row>
-    <row r="733" spans="1:108">
-      <c r="D733" s="2"/>
+    <row r="733" spans="1:107">
       <c r="I733" s="2"/>
       <c r="K733" s="2"/>
       <c r="M733" s="2"/>
       <c r="O733" s="2"/>
       <c r="Q733" s="2"/>
     </row>
-    <row r="734" spans="1:108">
-      <c r="D734" s="2"/>
+    <row r="734" spans="1:107">
       <c r="I734" s="2"/>
       <c r="K734" s="2"/>
       <c r="M734" s="2"/>
       <c r="O734" s="2"/>
       <c r="Q734" s="2"/>
     </row>
-    <row r="735" spans="1:108">
-      <c r="D735" s="2"/>
+    <row r="735" spans="1:107">
       <c r="I735" s="2"/>
       <c r="K735" s="2"/>
       <c r="M735" s="2"/>
       <c r="O735" s="2"/>
       <c r="Q735" s="2"/>
     </row>
-    <row r="736" spans="1:108">
-      <c r="D736" s="2"/>
+    <row r="736" spans="1:107">
       <c r="I736" s="2"/>
       <c r="K736" s="2"/>
       <c r="M736" s="2"/>
       <c r="O736" s="2"/>
       <c r="Q736" s="2"/>
     </row>
-    <row r="737" spans="1:108">
-      <c r="D737" s="2"/>
+    <row r="737" spans="1:107">
       <c r="I737" s="2"/>
       <c r="K737" s="2"/>
       <c r="M737" s="2"/>
       <c r="O737" s="2"/>
       <c r="Q737" s="2"/>
     </row>
-    <row r="738" spans="1:108">
-      <c r="D738" s="2"/>
+    <row r="738" spans="1:107">
       <c r="I738" s="2"/>
       <c r="K738" s="2"/>
       <c r="M738" s="2"/>
       <c r="O738" s="2"/>
       <c r="Q738" s="2"/>
     </row>
-    <row r="739" spans="1:108">
-      <c r="D739" s="2"/>
+    <row r="739" spans="1:107">
       <c r="I739" s="2"/>
       <c r="K739" s="2"/>
       <c r="M739" s="2"/>
       <c r="O739" s="2"/>
       <c r="Q739" s="2"/>
     </row>
-    <row r="740" spans="1:108">
-      <c r="D740" s="2"/>
+    <row r="740" spans="1:107">
       <c r="I740" s="2"/>
       <c r="K740" s="2"/>
       <c r="M740" s="2"/>
       <c r="O740" s="2"/>
       <c r="Q740" s="2"/>
     </row>
-    <row r="741" spans="1:108">
-      <c r="D741" s="2"/>
+    <row r="741" spans="1:107">
       <c r="I741" s="2"/>
       <c r="K741" s="2"/>
       <c r="M741" s="2"/>
       <c r="O741" s="2"/>
       <c r="Q741" s="2"/>
     </row>
-    <row r="742" spans="1:108">
-      <c r="D742" s="2"/>
+    <row r="742" spans="1:107">
       <c r="I742" s="2"/>
       <c r="K742" s="2"/>
       <c r="M742" s="2"/>
       <c r="O742" s="2"/>
       <c r="Q742" s="2"/>
     </row>
-    <row r="743" spans="1:108">
-      <c r="D743" s="2"/>
+    <row r="743" spans="1:107">
       <c r="I743" s="2"/>
       <c r="K743" s="2"/>
       <c r="M743" s="2"/>
       <c r="O743" s="2"/>
       <c r="Q743" s="2"/>
     </row>
-    <row r="744" spans="1:108">
-      <c r="D744" s="2"/>
+    <row r="744" spans="1:107">
       <c r="I744" s="2"/>
       <c r="K744" s="2"/>
       <c r="M744" s="2"/>
       <c r="O744" s="2"/>
       <c r="Q744" s="2"/>
     </row>
-    <row r="745" spans="1:108">
-      <c r="D745" s="2"/>
+    <row r="745" spans="1:107">
       <c r="I745" s="2"/>
       <c r="K745" s="2"/>
       <c r="M745" s="2"/>
       <c r="O745" s="2"/>
       <c r="Q745" s="2"/>
     </row>
-    <row r="746" spans="1:108">
-      <c r="D746" s="2"/>
+    <row r="746" spans="1:107">
       <c r="I746" s="2"/>
       <c r="K746" s="2"/>
       <c r="M746" s="2"/>
       <c r="O746" s="2"/>
       <c r="Q746" s="2"/>
     </row>
-    <row r="747" spans="1:108">
-      <c r="D747" s="2"/>
+    <row r="747" spans="1:107">
       <c r="I747" s="2"/>
       <c r="K747" s="2"/>
       <c r="M747" s="2"/>
       <c r="O747" s="2"/>
       <c r="Q747" s="2"/>
     </row>
-    <row r="748" spans="1:108">
-      <c r="D748" s="2"/>
+    <row r="748" spans="1:107">
       <c r="I748" s="2"/>
       <c r="K748" s="2"/>
       <c r="M748" s="2"/>
       <c r="O748" s="2"/>
       <c r="Q748" s="2"/>
     </row>
-    <row r="749" spans="1:108">
-      <c r="D749" s="2"/>
+    <row r="749" spans="1:107">
       <c r="I749" s="2"/>
       <c r="K749" s="2"/>
       <c r="M749" s="2"/>
       <c r="O749" s="2"/>
       <c r="Q749" s="2"/>
     </row>
-    <row r="750" spans="1:108">
-      <c r="D750" s="2"/>
+    <row r="750" spans="1:107">
       <c r="I750" s="2"/>
       <c r="K750" s="2"/>
       <c r="M750" s="2"/>
       <c r="O750" s="2"/>
       <c r="Q750" s="2"/>
     </row>
-    <row r="751" spans="1:108">
-      <c r="D751" s="2"/>
+    <row r="751" spans="1:107">
       <c r="I751" s="2"/>
       <c r="K751" s="2"/>
       <c r="M751" s="2"/>
       <c r="O751" s="2"/>
       <c r="Q751" s="2"/>
     </row>
-    <row r="752" spans="1:108">
-      <c r="D752" s="2"/>
+    <row r="752" spans="1:107">
       <c r="I752" s="2"/>
       <c r="K752" s="2"/>
       <c r="M752" s="2"/>
       <c r="O752" s="2"/>
       <c r="Q752" s="2"/>
     </row>
-    <row r="753" spans="1:108">
-      <c r="D753" s="2"/>
+    <row r="753" spans="1:107">
       <c r="I753" s="2"/>
       <c r="K753" s="2"/>
       <c r="M753" s="2"/>
       <c r="O753" s="2"/>
       <c r="Q753" s="2"/>
     </row>
-    <row r="754" spans="1:108">
-      <c r="D754" s="2"/>
+    <row r="754" spans="1:107">
       <c r="I754" s="2"/>
       <c r="K754" s="2"/>
       <c r="M754" s="2"/>
       <c r="O754" s="2"/>
       <c r="Q754" s="2"/>
     </row>
-    <row r="755" spans="1:108">
-      <c r="D755" s="2"/>
+    <row r="755" spans="1:107">
       <c r="I755" s="2"/>
       <c r="K755" s="2"/>
       <c r="M755" s="2"/>
       <c r="O755" s="2"/>
       <c r="Q755" s="2"/>
     </row>
-    <row r="756" spans="1:108">
-      <c r="D756" s="2"/>
+    <row r="756" spans="1:107">
       <c r="I756" s="2"/>
       <c r="K756" s="2"/>
       <c r="M756" s="2"/>
       <c r="O756" s="2"/>
       <c r="Q756" s="2"/>
     </row>
-    <row r="757" spans="1:108">
-      <c r="D757" s="2"/>
+    <row r="757" spans="1:107">
       <c r="I757" s="2"/>
       <c r="K757" s="2"/>
       <c r="M757" s="2"/>
       <c r="O757" s="2"/>
       <c r="Q757" s="2"/>
     </row>
-    <row r="758" spans="1:108">
-      <c r="D758" s="2"/>
+    <row r="758" spans="1:107">
       <c r="I758" s="2"/>
       <c r="K758" s="2"/>
       <c r="M758" s="2"/>
       <c r="O758" s="2"/>
       <c r="Q758" s="2"/>
     </row>
-    <row r="759" spans="1:108">
-      <c r="D759" s="2"/>
+    <row r="759" spans="1:107">
       <c r="I759" s="2"/>
       <c r="K759" s="2"/>
       <c r="M759" s="2"/>
       <c r="O759" s="2"/>
       <c r="Q759" s="2"/>
     </row>
-    <row r="760" spans="1:108">
-      <c r="D760" s="2"/>
+    <row r="760" spans="1:107">
       <c r="I760" s="2"/>
       <c r="K760" s="2"/>
       <c r="M760" s="2"/>
       <c r="O760" s="2"/>
       <c r="Q760" s="2"/>
-      <c r="DB760" t="s">
-[...4 lines deleted...]
-      <c r="D761" s="2"/>
+    </row>
+    <row r="761" spans="1:107">
       <c r="I761" s="2"/>
       <c r="K761" s="2"/>
       <c r="M761" s="2"/>
       <c r="O761" s="2"/>
       <c r="Q761" s="2"/>
-      <c r="DB761" t="s">
-[...4 lines deleted...]
-      <c r="D762" s="2"/>
+    </row>
+    <row r="762" spans="1:107">
       <c r="I762" s="2"/>
       <c r="K762" s="2"/>
       <c r="M762" s="2"/>
       <c r="O762" s="2"/>
       <c r="Q762" s="2"/>
-      <c r="DB762" t="s">
-[...4 lines deleted...]
-      <c r="D763" s="2"/>
+    </row>
+    <row r="763" spans="1:107">
       <c r="I763" s="2"/>
       <c r="K763" s="2"/>
       <c r="M763" s="2"/>
       <c r="O763" s="2"/>
       <c r="Q763" s="2"/>
-      <c r="DB763" t="s">
-[...4 lines deleted...]
-      <c r="D764" s="2"/>
+    </row>
+    <row r="764" spans="1:107">
       <c r="I764" s="2"/>
       <c r="K764" s="2"/>
       <c r="M764" s="2"/>
       <c r="O764" s="2"/>
       <c r="Q764" s="2"/>
-      <c r="DB764" t="s">
-[...4 lines deleted...]
-      <c r="D765" s="2"/>
+    </row>
+    <row r="765" spans="1:107">
       <c r="I765" s="2"/>
       <c r="K765" s="2"/>
       <c r="M765" s="2"/>
       <c r="O765" s="2"/>
       <c r="Q765" s="2"/>
-      <c r="DB765" t="s">
-[...4 lines deleted...]
-      <c r="D766" s="2"/>
+    </row>
+    <row r="766" spans="1:107">
       <c r="I766" s="2"/>
       <c r="K766" s="2"/>
       <c r="M766" s="2"/>
       <c r="O766" s="2"/>
       <c r="Q766" s="2"/>
-      <c r="DB766" t="s">
-[...4 lines deleted...]
-      <c r="D767" s="2"/>
+      <c r="DA766" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="767" spans="1:107">
       <c r="I767" s="2"/>
       <c r="K767" s="2"/>
       <c r="M767" s="2"/>
       <c r="O767" s="2"/>
       <c r="Q767" s="2"/>
-      <c r="DB767" t="s">
-[...4 lines deleted...]
-      <c r="D768" s="2"/>
+      <c r="DA767" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="768" spans="1:107">
       <c r="I768" s="2"/>
       <c r="K768" s="2"/>
       <c r="M768" s="2"/>
       <c r="O768" s="2"/>
       <c r="Q768" s="2"/>
-      <c r="DB768" t="s">
-[...4 lines deleted...]
-      <c r="D769" s="2"/>
+      <c r="DA768" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="769" spans="1:107">
       <c r="I769" s="2"/>
       <c r="K769" s="2"/>
       <c r="M769" s="2"/>
       <c r="O769" s="2"/>
       <c r="Q769" s="2"/>
-      <c r="DB769" t="s">
-[...4 lines deleted...]
-      <c r="D770" s="2"/>
+      <c r="DA769" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="770" spans="1:107">
       <c r="I770" s="2"/>
       <c r="K770" s="2"/>
       <c r="M770" s="2"/>
       <c r="O770" s="2"/>
       <c r="Q770" s="2"/>
-      <c r="DB770" t="s">
-[...4 lines deleted...]
-      <c r="D771" s="2"/>
+      <c r="DA770" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="771" spans="1:107">
       <c r="I771" s="2"/>
       <c r="K771" s="2"/>
       <c r="M771" s="2"/>
       <c r="O771" s="2"/>
       <c r="Q771" s="2"/>
-      <c r="DB771" t="s">
-[...4 lines deleted...]
-      <c r="D772" s="2"/>
+      <c r="DA771" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="772" spans="1:107">
       <c r="I772" s="2"/>
       <c r="K772" s="2"/>
       <c r="M772" s="2"/>
       <c r="O772" s="2"/>
       <c r="Q772" s="2"/>
-      <c r="DB772" t="s">
-[...4 lines deleted...]
-      <c r="D773" s="2"/>
+      <c r="DA772" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="773" spans="1:107">
       <c r="I773" s="2"/>
       <c r="K773" s="2"/>
       <c r="M773" s="2"/>
       <c r="O773" s="2"/>
       <c r="Q773" s="2"/>
-      <c r="DB773" t="s">
-[...4 lines deleted...]
-      <c r="D774" s="2"/>
+      <c r="DA773" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="774" spans="1:107">
       <c r="I774" s="2"/>
       <c r="K774" s="2"/>
       <c r="M774" s="2"/>
       <c r="O774" s="2"/>
       <c r="Q774" s="2"/>
-      <c r="DB774" t="s">
-[...4 lines deleted...]
-      <c r="D775" s="2"/>
+      <c r="DA774" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="775" spans="1:107">
       <c r="I775" s="2"/>
       <c r="K775" s="2"/>
       <c r="M775" s="2"/>
       <c r="O775" s="2"/>
       <c r="Q775" s="2"/>
-      <c r="DB775" t="s">
-[...4 lines deleted...]
-      <c r="D776" s="2"/>
+      <c r="DA775" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="776" spans="1:107">
       <c r="I776" s="2"/>
       <c r="K776" s="2"/>
       <c r="M776" s="2"/>
       <c r="O776" s="2"/>
       <c r="Q776" s="2"/>
-      <c r="DB776" t="s">
-[...4 lines deleted...]
-      <c r="D777" s="2"/>
+      <c r="DA776" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="777" spans="1:107">
       <c r="I777" s="2"/>
       <c r="K777" s="2"/>
       <c r="M777" s="2"/>
       <c r="O777" s="2"/>
       <c r="Q777" s="2"/>
-      <c r="DB777" t="s">
-[...4 lines deleted...]
-      <c r="D778" s="2"/>
+      <c r="DA777" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="778" spans="1:107">
       <c r="I778" s="2"/>
       <c r="K778" s="2"/>
       <c r="M778" s="2"/>
       <c r="O778" s="2"/>
       <c r="Q778" s="2"/>
-      <c r="DB778" t="s">
-[...4 lines deleted...]
-      <c r="D779" s="2"/>
+      <c r="DA778" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="779" spans="1:107">
       <c r="I779" s="2"/>
       <c r="K779" s="2"/>
       <c r="M779" s="2"/>
       <c r="O779" s="2"/>
       <c r="Q779" s="2"/>
-      <c r="DB779" t="s">
-[...4 lines deleted...]
-      <c r="D780" s="2"/>
+      <c r="DA779" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="780" spans="1:107">
       <c r="I780" s="2"/>
       <c r="K780" s="2"/>
       <c r="M780" s="2"/>
       <c r="O780" s="2"/>
       <c r="Q780" s="2"/>
-      <c r="DB780" t="s">
-[...4 lines deleted...]
-      <c r="D781" s="2"/>
+      <c r="DA780" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="781" spans="1:107">
       <c r="I781" s="2"/>
       <c r="K781" s="2"/>
       <c r="M781" s="2"/>
       <c r="O781" s="2"/>
       <c r="Q781" s="2"/>
-      <c r="DB781" t="s">
-[...4 lines deleted...]
-      <c r="D782" s="2"/>
+      <c r="DA781" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="782" spans="1:107">
       <c r="I782" s="2"/>
       <c r="K782" s="2"/>
       <c r="M782" s="2"/>
       <c r="O782" s="2"/>
       <c r="Q782" s="2"/>
-      <c r="DB782" t="s">
-[...4 lines deleted...]
-      <c r="D783" s="2"/>
+      <c r="DA782" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="783" spans="1:107">
       <c r="I783" s="2"/>
       <c r="K783" s="2"/>
       <c r="M783" s="2"/>
       <c r="O783" s="2"/>
       <c r="Q783" s="2"/>
-      <c r="DB783" t="s">
-[...4 lines deleted...]
-      <c r="D784" s="2"/>
+      <c r="DA783" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="784" spans="1:107">
       <c r="I784" s="2"/>
       <c r="K784" s="2"/>
       <c r="M784" s="2"/>
       <c r="O784" s="2"/>
       <c r="Q784" s="2"/>
-      <c r="DB784" t="s">
-[...4 lines deleted...]
-      <c r="D785" s="2"/>
+      <c r="DA784" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="785" spans="1:107">
       <c r="I785" s="2"/>
       <c r="K785" s="2"/>
       <c r="M785" s="2"/>
       <c r="O785" s="2"/>
       <c r="Q785" s="2"/>
-      <c r="DB785" t="s">
-[...4 lines deleted...]
-      <c r="D786" s="2"/>
+      <c r="DA785" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="786" spans="1:107">
       <c r="I786" s="2"/>
       <c r="K786" s="2"/>
       <c r="M786" s="2"/>
       <c r="O786" s="2"/>
       <c r="Q786" s="2"/>
-      <c r="DB786" t="s">
-[...4 lines deleted...]
-      <c r="D787" s="2"/>
+      <c r="DA786" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="787" spans="1:107">
       <c r="I787" s="2"/>
       <c r="K787" s="2"/>
       <c r="M787" s="2"/>
       <c r="O787" s="2"/>
       <c r="Q787" s="2"/>
-      <c r="DB787" t="s">
-[...4 lines deleted...]
-      <c r="D788" s="2"/>
+      <c r="DA787" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="788" spans="1:107">
       <c r="I788" s="2"/>
       <c r="K788" s="2"/>
       <c r="M788" s="2"/>
       <c r="O788" s="2"/>
       <c r="Q788" s="2"/>
-      <c r="DB788" t="s">
-[...4 lines deleted...]
-      <c r="D789" s="2"/>
+      <c r="DA788" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="789" spans="1:107">
       <c r="I789" s="2"/>
       <c r="K789" s="2"/>
       <c r="M789" s="2"/>
       <c r="O789" s="2"/>
       <c r="Q789" s="2"/>
-      <c r="DB789" t="s">
-[...4 lines deleted...]
-      <c r="D790" s="2"/>
+      <c r="DA789" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="790" spans="1:107">
       <c r="I790" s="2"/>
       <c r="K790" s="2"/>
       <c r="M790" s="2"/>
       <c r="O790" s="2"/>
       <c r="Q790" s="2"/>
-      <c r="DB790" t="s">
-[...4 lines deleted...]
-      <c r="D791" s="2"/>
+      <c r="DA790" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="791" spans="1:107">
       <c r="I791" s="2"/>
       <c r="K791" s="2"/>
       <c r="M791" s="2"/>
       <c r="O791" s="2"/>
       <c r="Q791" s="2"/>
-      <c r="DB791" t="s">
-[...4 lines deleted...]
-      <c r="D792" s="2"/>
+      <c r="DA791" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="792" spans="1:107">
       <c r="I792" s="2"/>
       <c r="K792" s="2"/>
       <c r="M792" s="2"/>
       <c r="O792" s="2"/>
       <c r="Q792" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D793" s="2"/>
+      <c r="DA792" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="793" spans="1:107">
       <c r="I793" s="2"/>
       <c r="K793" s="2"/>
       <c r="M793" s="2"/>
       <c r="O793" s="2"/>
       <c r="Q793" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D794" s="2"/>
+      <c r="DA793" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="794" spans="1:107">
       <c r="I794" s="2"/>
       <c r="K794" s="2"/>
       <c r="M794" s="2"/>
       <c r="O794" s="2"/>
       <c r="Q794" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D795" s="2"/>
+      <c r="DA794" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="795" spans="1:107">
       <c r="I795" s="2"/>
       <c r="K795" s="2"/>
       <c r="M795" s="2"/>
       <c r="O795" s="2"/>
       <c r="Q795" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D796" s="2"/>
+      <c r="DA795" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="796" spans="1:107">
       <c r="I796" s="2"/>
       <c r="K796" s="2"/>
       <c r="M796" s="2"/>
       <c r="O796" s="2"/>
       <c r="Q796" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D797" s="2"/>
+      <c r="DA796" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="797" spans="1:107">
       <c r="I797" s="2"/>
       <c r="K797" s="2"/>
       <c r="M797" s="2"/>
       <c r="O797" s="2"/>
       <c r="Q797" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D798" s="2"/>
+      <c r="DA797" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="798" spans="1:107">
       <c r="I798" s="2"/>
       <c r="K798" s="2"/>
       <c r="M798" s="2"/>
       <c r="O798" s="2"/>
       <c r="Q798" s="2"/>
     </row>
-    <row r="799" spans="1:108">
-      <c r="D799" s="2"/>
+    <row r="799" spans="1:107">
       <c r="I799" s="2"/>
       <c r="K799" s="2"/>
       <c r="M799" s="2"/>
       <c r="O799" s="2"/>
       <c r="Q799" s="2"/>
     </row>
-    <row r="800" spans="1:108">
-      <c r="D800" s="2"/>
+    <row r="800" spans="1:107">
       <c r="I800" s="2"/>
       <c r="K800" s="2"/>
       <c r="M800" s="2"/>
       <c r="O800" s="2"/>
       <c r="Q800" s="2"/>
-      <c r="DB800" t="s">
-[...4 lines deleted...]
-      <c r="D801" s="2"/>
+    </row>
+    <row r="801" spans="1:107">
       <c r="I801" s="2"/>
       <c r="K801" s="2"/>
       <c r="M801" s="2"/>
       <c r="O801" s="2"/>
       <c r="Q801" s="2"/>
     </row>
-    <row r="802" spans="1:108">
-      <c r="D802" s="2"/>
+    <row r="802" spans="1:107">
       <c r="I802" s="2"/>
       <c r="K802" s="2"/>
       <c r="M802" s="2"/>
       <c r="O802" s="2"/>
       <c r="Q802" s="2"/>
-      <c r="DB802" t="s">
-[...4 lines deleted...]
-      <c r="D803" s="2"/>
+    </row>
+    <row r="803" spans="1:107">
       <c r="I803" s="2"/>
       <c r="K803" s="2"/>
       <c r="M803" s="2"/>
       <c r="O803" s="2"/>
       <c r="Q803" s="2"/>
     </row>
-    <row r="804" spans="1:108">
-      <c r="D804" s="2"/>
+    <row r="804" spans="1:107">
       <c r="I804" s="2"/>
       <c r="K804" s="2"/>
       <c r="M804" s="2"/>
       <c r="O804" s="2"/>
       <c r="Q804" s="2"/>
-      <c r="DB804" t="s">
-[...4 lines deleted...]
-      <c r="D805" s="2"/>
+    </row>
+    <row r="805" spans="1:107">
       <c r="I805" s="2"/>
       <c r="K805" s="2"/>
       <c r="M805" s="2"/>
       <c r="O805" s="2"/>
       <c r="Q805" s="2"/>
-      <c r="DB805" t="s">
-[...4 lines deleted...]
-      <c r="D806" s="2"/>
+    </row>
+    <row r="806" spans="1:107">
       <c r="I806" s="2"/>
       <c r="K806" s="2"/>
       <c r="M806" s="2"/>
       <c r="O806" s="2"/>
       <c r="Q806" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D807" s="2"/>
+      <c r="DA806" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="807" spans="1:107">
       <c r="I807" s="2"/>
       <c r="K807" s="2"/>
       <c r="M807" s="2"/>
       <c r="O807" s="2"/>
       <c r="Q807" s="2"/>
-      <c r="DB807" t="s">
-[...4 lines deleted...]
-      <c r="D808" s="2"/>
+    </row>
+    <row r="808" spans="1:107">
       <c r="I808" s="2"/>
       <c r="K808" s="2"/>
       <c r="M808" s="2"/>
       <c r="O808" s="2"/>
       <c r="Q808" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D809" s="2"/>
+      <c r="DA808" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="809" spans="1:107">
       <c r="I809" s="2"/>
       <c r="K809" s="2"/>
       <c r="M809" s="2"/>
       <c r="O809" s="2"/>
       <c r="Q809" s="2"/>
     </row>
-    <row r="810" spans="1:108">
-      <c r="D810" s="2"/>
+    <row r="810" spans="1:107">
       <c r="I810" s="2"/>
       <c r="K810" s="2"/>
       <c r="M810" s="2"/>
       <c r="O810" s="2"/>
       <c r="Q810" s="2"/>
-      <c r="DB810" t="s">
+      <c r="DA810" t="s">
         <v>267</v>
       </c>
     </row>
-    <row r="811" spans="1:108">
-      <c r="D811" s="2"/>
+    <row r="811" spans="1:107">
       <c r="I811" s="2"/>
       <c r="K811" s="2"/>
       <c r="M811" s="2"/>
       <c r="O811" s="2"/>
       <c r="Q811" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D812" s="2"/>
+      <c r="DA811" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="812" spans="1:107">
       <c r="I812" s="2"/>
       <c r="K812" s="2"/>
       <c r="M812" s="2"/>
       <c r="O812" s="2"/>
       <c r="Q812" s="2"/>
     </row>
-    <row r="813" spans="1:108">
-      <c r="D813" s="2"/>
+    <row r="813" spans="1:107">
       <c r="I813" s="2"/>
       <c r="K813" s="2"/>
       <c r="M813" s="2"/>
       <c r="O813" s="2"/>
       <c r="Q813" s="2"/>
-      <c r="DB813" t="s">
-[...4 lines deleted...]
-      <c r="D814" s="2"/>
+      <c r="DA813" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="814" spans="1:107">
       <c r="I814" s="2"/>
       <c r="K814" s="2"/>
       <c r="M814" s="2"/>
       <c r="O814" s="2"/>
       <c r="Q814" s="2"/>
     </row>
-    <row r="815" spans="1:108">
-      <c r="D815" s="2"/>
+    <row r="815" spans="1:107">
       <c r="I815" s="2"/>
       <c r="K815" s="2"/>
       <c r="M815" s="2"/>
       <c r="O815" s="2"/>
       <c r="Q815" s="2"/>
-      <c r="DB815" t="s">
-[...4 lines deleted...]
-      <c r="D816" s="2"/>
+    </row>
+    <row r="816" spans="1:107">
       <c r="I816" s="2"/>
       <c r="K816" s="2"/>
       <c r="M816" s="2"/>
       <c r="O816" s="2"/>
       <c r="Q816" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D817" s="2"/>
+      <c r="DA816" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="817" spans="1:107">
       <c r="I817" s="2"/>
       <c r="K817" s="2"/>
       <c r="M817" s="2"/>
       <c r="O817" s="2"/>
       <c r="Q817" s="2"/>
     </row>
-    <row r="818" spans="1:108">
-      <c r="D818" s="2"/>
+    <row r="818" spans="1:107">
       <c r="I818" s="2"/>
       <c r="K818" s="2"/>
       <c r="M818" s="2"/>
       <c r="O818" s="2"/>
       <c r="Q818" s="2"/>
     </row>
-    <row r="819" spans="1:108">
-      <c r="D819" s="2"/>
+    <row r="819" spans="1:107">
       <c r="I819" s="2"/>
       <c r="K819" s="2"/>
       <c r="M819" s="2"/>
       <c r="O819" s="2"/>
       <c r="Q819" s="2"/>
     </row>
-    <row r="820" spans="1:108">
-      <c r="D820" s="2"/>
+    <row r="820" spans="1:107">
       <c r="I820" s="2"/>
       <c r="K820" s="2"/>
       <c r="M820" s="2"/>
       <c r="O820" s="2"/>
       <c r="Q820" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D821" s="2"/>
+      <c r="DA820" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="821" spans="1:107">
       <c r="I821" s="2"/>
       <c r="K821" s="2"/>
       <c r="M821" s="2"/>
       <c r="O821" s="2"/>
       <c r="Q821" s="2"/>
-      <c r="DB821" t="s">
-[...4 lines deleted...]
-      <c r="D822" s="2"/>
+    </row>
+    <row r="822" spans="1:107">
       <c r="I822" s="2"/>
       <c r="K822" s="2"/>
       <c r="M822" s="2"/>
       <c r="O822" s="2"/>
       <c r="Q822" s="2"/>
     </row>
-    <row r="823" spans="1:108">
-      <c r="D823" s="2"/>
+    <row r="823" spans="1:107">
       <c r="I823" s="2"/>
       <c r="K823" s="2"/>
       <c r="M823" s="2"/>
       <c r="O823" s="2"/>
       <c r="Q823" s="2"/>
-      <c r="DB823" t="s">
-[...4 lines deleted...]
-      <c r="D824" s="2"/>
+    </row>
+    <row r="824" spans="1:107">
       <c r="I824" s="2"/>
       <c r="K824" s="2"/>
       <c r="M824" s="2"/>
       <c r="O824" s="2"/>
       <c r="Q824" s="2"/>
     </row>
-    <row r="825" spans="1:108">
-      <c r="D825" s="2"/>
+    <row r="825" spans="1:107">
       <c r="I825" s="2"/>
       <c r="K825" s="2"/>
       <c r="M825" s="2"/>
       <c r="O825" s="2"/>
       <c r="Q825" s="2"/>
     </row>
-    <row r="826" spans="1:108">
-      <c r="D826" s="2"/>
+    <row r="826" spans="1:107">
       <c r="I826" s="2"/>
       <c r="K826" s="2"/>
       <c r="M826" s="2"/>
       <c r="O826" s="2"/>
       <c r="Q826" s="2"/>
-      <c r="DB826" t="s">
-[...4 lines deleted...]
-      <c r="D827" s="2"/>
+    </row>
+    <row r="827" spans="1:107">
       <c r="I827" s="2"/>
       <c r="K827" s="2"/>
       <c r="M827" s="2"/>
       <c r="O827" s="2"/>
       <c r="Q827" s="2"/>
     </row>
-    <row r="828" spans="1:108">
-      <c r="D828" s="2"/>
+    <row r="828" spans="1:107">
       <c r="I828" s="2"/>
       <c r="K828" s="2"/>
       <c r="M828" s="2"/>
       <c r="O828" s="2"/>
       <c r="Q828" s="2"/>
     </row>
-    <row r="829" spans="1:108">
-      <c r="D829" s="2"/>
+    <row r="829" spans="1:107">
       <c r="I829" s="2"/>
       <c r="K829" s="2"/>
       <c r="M829" s="2"/>
       <c r="O829" s="2"/>
       <c r="Q829" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D830" s="2"/>
+      <c r="DA829" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="830" spans="1:107">
       <c r="I830" s="2"/>
       <c r="K830" s="2"/>
       <c r="M830" s="2"/>
       <c r="O830" s="2"/>
       <c r="Q830" s="2"/>
-      <c r="DB830" t="s">
-[...4 lines deleted...]
-      <c r="D831" s="2"/>
+    </row>
+    <row r="831" spans="1:107">
       <c r="I831" s="2"/>
       <c r="K831" s="2"/>
       <c r="M831" s="2"/>
       <c r="O831" s="2"/>
       <c r="Q831" s="2"/>
     </row>
-    <row r="832" spans="1:108">
-      <c r="D832" s="2"/>
+    <row r="832" spans="1:107">
       <c r="I832" s="2"/>
       <c r="K832" s="2"/>
       <c r="M832" s="2"/>
       <c r="O832" s="2"/>
       <c r="Q832" s="2"/>
-      <c r="DB832" t="s">
-[...4 lines deleted...]
-      <c r="D833" s="2"/>
+    </row>
+    <row r="833" spans="1:107">
       <c r="I833" s="2"/>
       <c r="K833" s="2"/>
       <c r="M833" s="2"/>
       <c r="O833" s="2"/>
       <c r="Q833" s="2"/>
-      <c r="DB833" t="s">
-[...4 lines deleted...]
-      <c r="D834" s="2"/>
+      <c r="DA833" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="834" spans="1:107">
       <c r="I834" s="2"/>
       <c r="K834" s="2"/>
       <c r="M834" s="2"/>
       <c r="O834" s="2"/>
       <c r="Q834" s="2"/>
     </row>
-    <row r="835" spans="1:108">
-      <c r="D835" s="2"/>
+    <row r="835" spans="1:107">
       <c r="I835" s="2"/>
       <c r="K835" s="2"/>
       <c r="M835" s="2"/>
       <c r="O835" s="2"/>
       <c r="Q835" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D836" s="2"/>
+      <c r="DA835" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="836" spans="1:107">
       <c r="I836" s="2"/>
       <c r="K836" s="2"/>
       <c r="M836" s="2"/>
       <c r="O836" s="2"/>
       <c r="Q836" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D837" s="2"/>
+      <c r="DA836" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="837" spans="1:107">
       <c r="I837" s="2"/>
       <c r="K837" s="2"/>
       <c r="M837" s="2"/>
       <c r="O837" s="2"/>
       <c r="Q837" s="2"/>
-      <c r="DB837" t="s">
-[...4 lines deleted...]
-      <c r="D838" s="2"/>
+    </row>
+    <row r="838" spans="1:107">
       <c r="I838" s="2"/>
       <c r="K838" s="2"/>
       <c r="M838" s="2"/>
       <c r="O838" s="2"/>
       <c r="Q838" s="2"/>
     </row>
-    <row r="839" spans="1:108">
-      <c r="D839" s="2"/>
+    <row r="839" spans="1:107">
       <c r="I839" s="2"/>
       <c r="K839" s="2"/>
       <c r="M839" s="2"/>
       <c r="O839" s="2"/>
       <c r="Q839" s="2"/>
     </row>
-    <row r="840" spans="1:108">
-      <c r="D840" s="2"/>
+    <row r="840" spans="1:107">
       <c r="I840" s="2"/>
       <c r="K840" s="2"/>
       <c r="M840" s="2"/>
       <c r="O840" s="2"/>
       <c r="Q840" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D841" s="2"/>
+      <c r="DA840" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="841" spans="1:107">
       <c r="I841" s="2"/>
       <c r="K841" s="2"/>
       <c r="M841" s="2"/>
       <c r="O841" s="2"/>
       <c r="Q841" s="2"/>
     </row>
-    <row r="842" spans="1:108">
-      <c r="D842" s="2"/>
+    <row r="842" spans="1:107">
       <c r="I842" s="2"/>
       <c r="K842" s="2"/>
       <c r="M842" s="2"/>
       <c r="O842" s="2"/>
       <c r="Q842" s="2"/>
     </row>
-    <row r="843" spans="1:108">
-      <c r="D843" s="2"/>
+    <row r="843" spans="1:107">
       <c r="I843" s="2"/>
       <c r="K843" s="2"/>
       <c r="M843" s="2"/>
       <c r="O843" s="2"/>
       <c r="Q843" s="2"/>
     </row>
-    <row r="844" spans="1:108">
-      <c r="D844" s="2"/>
+    <row r="844" spans="1:107">
       <c r="I844" s="2"/>
       <c r="K844" s="2"/>
       <c r="M844" s="2"/>
       <c r="O844" s="2"/>
       <c r="Q844" s="2"/>
     </row>
-    <row r="845" spans="1:108">
-      <c r="D845" s="2"/>
+    <row r="845" spans="1:107">
       <c r="I845" s="2"/>
       <c r="K845" s="2"/>
       <c r="M845" s="2"/>
       <c r="O845" s="2"/>
       <c r="Q845" s="2"/>
     </row>
-    <row r="846" spans="1:108">
-      <c r="D846" s="2"/>
+    <row r="846" spans="1:107">
       <c r="I846" s="2"/>
       <c r="K846" s="2"/>
       <c r="M846" s="2"/>
       <c r="O846" s="2"/>
       <c r="Q846" s="2"/>
     </row>
-    <row r="847" spans="1:108">
-      <c r="D847" s="2"/>
+    <row r="847" spans="1:107">
       <c r="I847" s="2"/>
       <c r="K847" s="2"/>
       <c r="M847" s="2"/>
       <c r="O847" s="2"/>
       <c r="Q847" s="2"/>
     </row>
-    <row r="848" spans="1:108">
-      <c r="D848" s="2"/>
+    <row r="848" spans="1:107">
       <c r="I848" s="2"/>
       <c r="K848" s="2"/>
       <c r="M848" s="2"/>
       <c r="O848" s="2"/>
       <c r="Q848" s="2"/>
-      <c r="DB848" t="s">
-[...4 lines deleted...]
-      <c r="D849" s="2"/>
+    </row>
+    <row r="849" spans="1:107">
       <c r="I849" s="2"/>
       <c r="K849" s="2"/>
       <c r="M849" s="2"/>
       <c r="O849" s="2"/>
       <c r="Q849" s="2"/>
     </row>
-    <row r="850" spans="1:108">
-      <c r="D850" s="2"/>
+    <row r="850" spans="1:107">
       <c r="I850" s="2"/>
       <c r="K850" s="2"/>
       <c r="M850" s="2"/>
       <c r="O850" s="2"/>
       <c r="Q850" s="2"/>
     </row>
-    <row r="851" spans="1:108">
-      <c r="D851" s="2"/>
+    <row r="851" spans="1:107">
       <c r="I851" s="2"/>
       <c r="K851" s="2"/>
       <c r="M851" s="2"/>
       <c r="O851" s="2"/>
       <c r="Q851" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D852" s="2"/>
+      <c r="DA851" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="852" spans="1:107">
       <c r="I852" s="2"/>
       <c r="K852" s="2"/>
       <c r="M852" s="2"/>
       <c r="O852" s="2"/>
       <c r="Q852" s="2"/>
     </row>
-    <row r="853" spans="1:108">
-      <c r="D853" s="2"/>
+    <row r="853" spans="1:107">
       <c r="I853" s="2"/>
       <c r="K853" s="2"/>
       <c r="M853" s="2"/>
       <c r="O853" s="2"/>
       <c r="Q853" s="2"/>
     </row>
-    <row r="854" spans="1:108">
-      <c r="D854" s="2"/>
+    <row r="854" spans="1:107">
       <c r="I854" s="2"/>
       <c r="K854" s="2"/>
       <c r="M854" s="2"/>
       <c r="O854" s="2"/>
       <c r="Q854" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D855" s="2"/>
+      <c r="DA854" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="855" spans="1:107">
       <c r="I855" s="2"/>
       <c r="K855" s="2"/>
       <c r="M855" s="2"/>
       <c r="O855" s="2"/>
       <c r="Q855" s="2"/>
     </row>
-    <row r="856" spans="1:108">
-      <c r="D856" s="2"/>
+    <row r="856" spans="1:107">
       <c r="I856" s="2"/>
       <c r="K856" s="2"/>
       <c r="M856" s="2"/>
       <c r="O856" s="2"/>
       <c r="Q856" s="2"/>
-      <c r="DB856" t="s">
-[...4 lines deleted...]
-      <c r="D857" s="2"/>
+    </row>
+    <row r="857" spans="1:107">
       <c r="I857" s="2"/>
       <c r="K857" s="2"/>
       <c r="M857" s="2"/>
       <c r="O857" s="2"/>
       <c r="Q857" s="2"/>
     </row>
-    <row r="858" spans="1:108">
-      <c r="D858" s="2"/>
+    <row r="858" spans="1:107">
       <c r="I858" s="2"/>
       <c r="K858" s="2"/>
       <c r="M858" s="2"/>
       <c r="O858" s="2"/>
       <c r="Q858" s="2"/>
     </row>
-    <row r="859" spans="1:108">
-      <c r="D859" s="2"/>
+    <row r="859" spans="1:107">
       <c r="I859" s="2"/>
       <c r="K859" s="2"/>
       <c r="M859" s="2"/>
       <c r="O859" s="2"/>
       <c r="Q859" s="2"/>
     </row>
-    <row r="860" spans="1:108">
-      <c r="D860" s="2"/>
+    <row r="860" spans="1:107">
       <c r="I860" s="2"/>
       <c r="K860" s="2"/>
       <c r="M860" s="2"/>
       <c r="O860" s="2"/>
       <c r="Q860" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D861" s="2"/>
+      <c r="DA860" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="861" spans="1:107">
       <c r="I861" s="2"/>
       <c r="K861" s="2"/>
       <c r="M861" s="2"/>
       <c r="O861" s="2"/>
       <c r="Q861" s="2"/>
     </row>
-    <row r="862" spans="1:108">
-      <c r="D862" s="2"/>
+    <row r="862" spans="1:107">
       <c r="I862" s="2"/>
       <c r="K862" s="2"/>
       <c r="M862" s="2"/>
       <c r="O862" s="2"/>
       <c r="Q862" s="2"/>
     </row>
-    <row r="863" spans="1:108">
-      <c r="D863" s="2"/>
+    <row r="863" spans="1:107">
       <c r="I863" s="2"/>
       <c r="K863" s="2"/>
       <c r="M863" s="2"/>
       <c r="O863" s="2"/>
       <c r="Q863" s="2"/>
     </row>
-    <row r="864" spans="1:108">
-      <c r="D864" s="2"/>
+    <row r="864" spans="1:107">
       <c r="I864" s="2"/>
       <c r="K864" s="2"/>
       <c r="M864" s="2"/>
       <c r="O864" s="2"/>
       <c r="Q864" s="2"/>
     </row>
-    <row r="865" spans="1:108">
-      <c r="D865" s="2"/>
+    <row r="865" spans="1:107">
       <c r="I865" s="2"/>
       <c r="K865" s="2"/>
       <c r="M865" s="2"/>
       <c r="O865" s="2"/>
       <c r="Q865" s="2"/>
     </row>
-    <row r="866" spans="1:108">
-      <c r="D866" s="2"/>
+    <row r="866" spans="1:107">
       <c r="I866" s="2"/>
       <c r="K866" s="2"/>
       <c r="M866" s="2"/>
       <c r="O866" s="2"/>
       <c r="Q866" s="2"/>
     </row>
-    <row r="867" spans="1:108">
-      <c r="D867" s="2"/>
+    <row r="867" spans="1:107">
       <c r="I867" s="2"/>
       <c r="K867" s="2"/>
       <c r="M867" s="2"/>
       <c r="O867" s="2"/>
       <c r="Q867" s="2"/>
     </row>
-    <row r="868" spans="1:108">
-      <c r="D868" s="2"/>
+    <row r="868" spans="1:107">
       <c r="I868" s="2"/>
       <c r="K868" s="2"/>
       <c r="M868" s="2"/>
       <c r="O868" s="2"/>
       <c r="Q868" s="2"/>
     </row>
-    <row r="869" spans="1:108">
-      <c r="D869" s="2"/>
+    <row r="869" spans="1:107">
       <c r="I869" s="2"/>
       <c r="K869" s="2"/>
       <c r="M869" s="2"/>
       <c r="O869" s="2"/>
       <c r="Q869" s="2"/>
-      <c r="DB869" t="s">
-[...4 lines deleted...]
-      <c r="D870" s="2"/>
+    </row>
+    <row r="870" spans="1:107">
       <c r="I870" s="2"/>
       <c r="K870" s="2"/>
       <c r="M870" s="2"/>
       <c r="O870" s="2"/>
       <c r="Q870" s="2"/>
     </row>
-    <row r="871" spans="1:108">
-      <c r="D871" s="2"/>
+    <row r="871" spans="1:107">
       <c r="I871" s="2"/>
       <c r="K871" s="2"/>
       <c r="M871" s="2"/>
       <c r="O871" s="2"/>
       <c r="Q871" s="2"/>
     </row>
-    <row r="872" spans="1:108">
-      <c r="D872" s="2"/>
+    <row r="872" spans="1:107">
       <c r="I872" s="2"/>
       <c r="K872" s="2"/>
       <c r="M872" s="2"/>
       <c r="O872" s="2"/>
       <c r="Q872" s="2"/>
     </row>
-    <row r="873" spans="1:108">
-      <c r="D873" s="2"/>
+    <row r="873" spans="1:107">
       <c r="I873" s="2"/>
       <c r="K873" s="2"/>
       <c r="M873" s="2"/>
       <c r="O873" s="2"/>
       <c r="Q873" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D874" s="2"/>
+      <c r="DA873" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="874" spans="1:107">
       <c r="I874" s="2"/>
       <c r="K874" s="2"/>
       <c r="M874" s="2"/>
       <c r="O874" s="2"/>
       <c r="Q874" s="2"/>
     </row>
-    <row r="875" spans="1:108">
-      <c r="D875" s="2"/>
+    <row r="875" spans="1:107">
       <c r="I875" s="2"/>
       <c r="K875" s="2"/>
       <c r="M875" s="2"/>
       <c r="O875" s="2"/>
       <c r="Q875" s="2"/>
     </row>
-    <row r="876" spans="1:108">
-      <c r="D876" s="2"/>
+    <row r="876" spans="1:107">
       <c r="I876" s="2"/>
       <c r="K876" s="2"/>
       <c r="M876" s="2"/>
       <c r="O876" s="2"/>
       <c r="Q876" s="2"/>
     </row>
-    <row r="877" spans="1:108">
-      <c r="D877" s="2"/>
+    <row r="877" spans="1:107">
       <c r="I877" s="2"/>
       <c r="K877" s="2"/>
       <c r="M877" s="2"/>
       <c r="O877" s="2"/>
       <c r="Q877" s="2"/>
     </row>
-    <row r="878" spans="1:108">
-      <c r="D878" s="2"/>
+    <row r="878" spans="1:107">
       <c r="I878" s="2"/>
       <c r="K878" s="2"/>
       <c r="M878" s="2"/>
       <c r="O878" s="2"/>
       <c r="Q878" s="2"/>
     </row>
-    <row r="879" spans="1:108">
-      <c r="D879" s="2"/>
+    <row r="879" spans="1:107">
       <c r="I879" s="2"/>
       <c r="K879" s="2"/>
       <c r="M879" s="2"/>
       <c r="O879" s="2"/>
       <c r="Q879" s="2"/>
-      <c r="DB879" t="s">
-[...4 lines deleted...]
-      <c r="D880" s="2"/>
+    </row>
+    <row r="880" spans="1:107">
       <c r="I880" s="2"/>
       <c r="K880" s="2"/>
       <c r="M880" s="2"/>
       <c r="O880" s="2"/>
       <c r="Q880" s="2"/>
-      <c r="DB880" t="s">
-[...4 lines deleted...]
-      <c r="D881" s="2"/>
+    </row>
+    <row r="881" spans="1:107">
       <c r="I881" s="2"/>
       <c r="K881" s="2"/>
       <c r="M881" s="2"/>
       <c r="O881" s="2"/>
       <c r="Q881" s="2"/>
     </row>
-    <row r="882" spans="1:108">
-      <c r="D882" s="2"/>
+    <row r="882" spans="1:107">
       <c r="I882" s="2"/>
       <c r="K882" s="2"/>
       <c r="M882" s="2"/>
       <c r="O882" s="2"/>
       <c r="Q882" s="2"/>
     </row>
-    <row r="883" spans="1:108">
-      <c r="D883" s="2"/>
+    <row r="883" spans="1:107">
       <c r="I883" s="2"/>
       <c r="K883" s="2"/>
       <c r="M883" s="2"/>
       <c r="O883" s="2"/>
       <c r="Q883" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D884" s="2"/>
+      <c r="DA883" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="884" spans="1:107">
       <c r="I884" s="2"/>
       <c r="K884" s="2"/>
       <c r="M884" s="2"/>
       <c r="O884" s="2"/>
       <c r="Q884" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D885" s="2"/>
+      <c r="DA884" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="885" spans="1:107">
       <c r="I885" s="2"/>
       <c r="K885" s="2"/>
       <c r="M885" s="2"/>
       <c r="O885" s="2"/>
       <c r="Q885" s="2"/>
     </row>
-    <row r="886" spans="1:108">
-      <c r="D886" s="2"/>
+    <row r="886" spans="1:107">
       <c r="I886" s="2"/>
       <c r="K886" s="2"/>
       <c r="M886" s="2"/>
       <c r="O886" s="2"/>
       <c r="Q886" s="2"/>
     </row>
-    <row r="887" spans="1:108">
-      <c r="D887" s="2"/>
+    <row r="887" spans="1:107">
       <c r="I887" s="2"/>
       <c r="K887" s="2"/>
       <c r="M887" s="2"/>
       <c r="O887" s="2"/>
       <c r="Q887" s="2"/>
     </row>
-    <row r="888" spans="1:108">
-      <c r="D888" s="2"/>
+    <row r="888" spans="1:107">
       <c r="I888" s="2"/>
       <c r="K888" s="2"/>
       <c r="M888" s="2"/>
       <c r="O888" s="2"/>
       <c r="Q888" s="2"/>
     </row>
-    <row r="889" spans="1:108">
-      <c r="D889" s="2"/>
+    <row r="889" spans="1:107">
       <c r="I889" s="2"/>
       <c r="K889" s="2"/>
       <c r="M889" s="2"/>
       <c r="O889" s="2"/>
       <c r="Q889" s="2"/>
-      <c r="DB889" t="s">
-[...4 lines deleted...]
-      <c r="D890" s="2"/>
+    </row>
+    <row r="890" spans="1:107">
       <c r="I890" s="2"/>
       <c r="K890" s="2"/>
       <c r="M890" s="2"/>
       <c r="O890" s="2"/>
       <c r="Q890" s="2"/>
     </row>
-    <row r="891" spans="1:108">
-      <c r="D891" s="2"/>
+    <row r="891" spans="1:107">
       <c r="I891" s="2"/>
       <c r="K891" s="2"/>
       <c r="M891" s="2"/>
       <c r="O891" s="2"/>
       <c r="Q891" s="2"/>
     </row>
-    <row r="892" spans="1:108">
-      <c r="D892" s="2"/>
+    <row r="892" spans="1:107">
       <c r="I892" s="2"/>
       <c r="K892" s="2"/>
       <c r="M892" s="2"/>
       <c r="O892" s="2"/>
       <c r="Q892" s="2"/>
     </row>
-    <row r="893" spans="1:108">
-      <c r="D893" s="2"/>
+    <row r="893" spans="1:107">
       <c r="I893" s="2"/>
       <c r="K893" s="2"/>
       <c r="M893" s="2"/>
       <c r="O893" s="2"/>
       <c r="Q893" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D894" s="2"/>
+      <c r="DA893" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="894" spans="1:107">
       <c r="I894" s="2"/>
       <c r="K894" s="2"/>
       <c r="M894" s="2"/>
       <c r="O894" s="2"/>
       <c r="Q894" s="2"/>
     </row>
-    <row r="895" spans="1:108">
-      <c r="D895" s="2"/>
+    <row r="895" spans="1:107">
       <c r="I895" s="2"/>
       <c r="K895" s="2"/>
       <c r="M895" s="2"/>
       <c r="O895" s="2"/>
       <c r="Q895" s="2"/>
-      <c r="DB895" t="s">
-[...4 lines deleted...]
-      <c r="D896" s="2"/>
+    </row>
+    <row r="896" spans="1:107">
       <c r="I896" s="2"/>
       <c r="K896" s="2"/>
       <c r="M896" s="2"/>
       <c r="O896" s="2"/>
       <c r="Q896" s="2"/>
     </row>
-    <row r="897" spans="1:108">
-      <c r="D897" s="2"/>
+    <row r="897" spans="1:107">
       <c r="I897" s="2"/>
       <c r="K897" s="2"/>
       <c r="M897" s="2"/>
       <c r="O897" s="2"/>
       <c r="Q897" s="2"/>
     </row>
-    <row r="898" spans="1:108">
-      <c r="D898" s="2"/>
+    <row r="898" spans="1:107">
       <c r="I898" s="2"/>
       <c r="K898" s="2"/>
       <c r="M898" s="2"/>
       <c r="O898" s="2"/>
       <c r="Q898" s="2"/>
     </row>
-    <row r="899" spans="1:108">
-      <c r="D899" s="2"/>
+    <row r="899" spans="1:107">
       <c r="I899" s="2"/>
       <c r="K899" s="2"/>
       <c r="M899" s="2"/>
       <c r="O899" s="2"/>
       <c r="Q899" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D900" s="2"/>
+      <c r="DA899" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="900" spans="1:107">
       <c r="I900" s="2"/>
       <c r="K900" s="2"/>
       <c r="M900" s="2"/>
       <c r="O900" s="2"/>
       <c r="Q900" s="2"/>
     </row>
-    <row r="901" spans="1:108">
-      <c r="D901" s="2"/>
+    <row r="901" spans="1:107">
       <c r="I901" s="2"/>
       <c r="K901" s="2"/>
       <c r="M901" s="2"/>
       <c r="O901" s="2"/>
       <c r="Q901" s="2"/>
     </row>
-    <row r="902" spans="1:108">
-      <c r="D902" s="2"/>
+    <row r="902" spans="1:107">
       <c r="I902" s="2"/>
       <c r="K902" s="2"/>
       <c r="M902" s="2"/>
       <c r="O902" s="2"/>
       <c r="Q902" s="2"/>
-      <c r="DB902" t="s">
-[...4 lines deleted...]
-      <c r="D903" s="2"/>
+    </row>
+    <row r="903" spans="1:107">
       <c r="I903" s="2"/>
       <c r="K903" s="2"/>
       <c r="M903" s="2"/>
       <c r="O903" s="2"/>
       <c r="Q903" s="2"/>
-      <c r="DB903" t="s">
-[...4 lines deleted...]
-      <c r="D904" s="2"/>
+    </row>
+    <row r="904" spans="1:107">
       <c r="I904" s="2"/>
       <c r="K904" s="2"/>
       <c r="M904" s="2"/>
       <c r="O904" s="2"/>
       <c r="Q904" s="2"/>
-      <c r="DB904" t="s">
-[...4 lines deleted...]
-      <c r="D905" s="2"/>
+    </row>
+    <row r="905" spans="1:107">
       <c r="I905" s="2"/>
       <c r="K905" s="2"/>
       <c r="M905" s="2"/>
       <c r="O905" s="2"/>
       <c r="Q905" s="2"/>
     </row>
-    <row r="906" spans="1:108">
-      <c r="D906" s="2"/>
+    <row r="906" spans="1:107">
       <c r="I906" s="2"/>
       <c r="K906" s="2"/>
       <c r="M906" s="2"/>
       <c r="O906" s="2"/>
       <c r="Q906" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D907" s="2"/>
+      <c r="DA906" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="907" spans="1:107">
       <c r="I907" s="2"/>
       <c r="K907" s="2"/>
       <c r="M907" s="2"/>
       <c r="O907" s="2"/>
       <c r="Q907" s="2"/>
-      <c r="DB907" t="s">
+      <c r="DA907" t="s">
         <v>286</v>
       </c>
     </row>
-    <row r="908" spans="1:108">
-      <c r="D908" s="2"/>
+    <row r="908" spans="1:107">
       <c r="I908" s="2"/>
       <c r="K908" s="2"/>
       <c r="M908" s="2"/>
       <c r="O908" s="2"/>
       <c r="Q908" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D909" s="2"/>
+      <c r="DA908" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="909" spans="1:107">
       <c r="I909" s="2"/>
       <c r="K909" s="2"/>
       <c r="M909" s="2"/>
       <c r="O909" s="2"/>
       <c r="Q909" s="2"/>
     </row>
-    <row r="910" spans="1:108">
-      <c r="D910" s="2"/>
+    <row r="910" spans="1:107">
       <c r="I910" s="2"/>
       <c r="K910" s="2"/>
       <c r="M910" s="2"/>
       <c r="O910" s="2"/>
       <c r="Q910" s="2"/>
     </row>
-    <row r="911" spans="1:108">
-      <c r="D911" s="2"/>
+    <row r="911" spans="1:107">
       <c r="I911" s="2"/>
       <c r="K911" s="2"/>
       <c r="M911" s="2"/>
       <c r="O911" s="2"/>
       <c r="Q911" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D912" s="2"/>
+      <c r="DA911" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="912" spans="1:107">
       <c r="I912" s="2"/>
       <c r="K912" s="2"/>
       <c r="M912" s="2"/>
       <c r="O912" s="2"/>
       <c r="Q912" s="2"/>
     </row>
-    <row r="913" spans="1:108">
-      <c r="D913" s="2"/>
+    <row r="913" spans="1:107">
       <c r="I913" s="2"/>
       <c r="K913" s="2"/>
       <c r="M913" s="2"/>
       <c r="O913" s="2"/>
       <c r="Q913" s="2"/>
     </row>
-    <row r="914" spans="1:108">
-      <c r="D914" s="2"/>
+    <row r="914" spans="1:107">
       <c r="I914" s="2"/>
       <c r="K914" s="2"/>
       <c r="M914" s="2"/>
       <c r="O914" s="2"/>
       <c r="Q914" s="2"/>
     </row>
-    <row r="915" spans="1:108">
-      <c r="D915" s="2"/>
+    <row r="915" spans="1:107">
       <c r="I915" s="2"/>
       <c r="K915" s="2"/>
       <c r="M915" s="2"/>
       <c r="O915" s="2"/>
       <c r="Q915" s="2"/>
-      <c r="DB915" t="s">
-[...4 lines deleted...]
-      <c r="D916" s="2"/>
+    </row>
+    <row r="916" spans="1:107">
       <c r="I916" s="2"/>
       <c r="K916" s="2"/>
       <c r="M916" s="2"/>
       <c r="O916" s="2"/>
       <c r="Q916" s="2"/>
-      <c r="DB916" t="s">
-[...4 lines deleted...]
-      <c r="D917" s="2"/>
+    </row>
+    <row r="917" spans="1:107">
       <c r="I917" s="2"/>
       <c r="K917" s="2"/>
       <c r="M917" s="2"/>
       <c r="O917" s="2"/>
       <c r="Q917" s="2"/>
     </row>
-    <row r="918" spans="1:108">
-      <c r="D918" s="2"/>
+    <row r="918" spans="1:107">
       <c r="I918" s="2"/>
       <c r="K918" s="2"/>
       <c r="M918" s="2"/>
       <c r="O918" s="2"/>
       <c r="Q918" s="2"/>
     </row>
-    <row r="919" spans="1:108">
-      <c r="D919" s="2"/>
+    <row r="919" spans="1:107">
       <c r="I919" s="2"/>
       <c r="K919" s="2"/>
       <c r="M919" s="2"/>
       <c r="O919" s="2"/>
       <c r="Q919" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D920" s="2"/>
+      <c r="DA919" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="920" spans="1:107">
       <c r="I920" s="2"/>
       <c r="K920" s="2"/>
       <c r="M920" s="2"/>
       <c r="O920" s="2"/>
       <c r="Q920" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D921" s="2"/>
+      <c r="DA920" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="921" spans="1:107">
       <c r="I921" s="2"/>
       <c r="K921" s="2"/>
       <c r="M921" s="2"/>
       <c r="O921" s="2"/>
       <c r="Q921" s="2"/>
     </row>
-    <row r="922" spans="1:108">
-      <c r="D922" s="2"/>
+    <row r="922" spans="1:107">
       <c r="I922" s="2"/>
       <c r="K922" s="2"/>
       <c r="M922" s="2"/>
       <c r="O922" s="2"/>
       <c r="Q922" s="2"/>
     </row>
-    <row r="923" spans="1:108">
-      <c r="D923" s="2"/>
+    <row r="923" spans="1:107">
       <c r="I923" s="2"/>
       <c r="K923" s="2"/>
       <c r="M923" s="2"/>
       <c r="O923" s="2"/>
       <c r="Q923" s="2"/>
     </row>
-    <row r="924" spans="1:108">
-      <c r="D924" s="2"/>
+    <row r="924" spans="1:107">
       <c r="I924" s="2"/>
       <c r="K924" s="2"/>
       <c r="M924" s="2"/>
       <c r="O924" s="2"/>
       <c r="Q924" s="2"/>
     </row>
-    <row r="925" spans="1:108">
-      <c r="D925" s="2"/>
+    <row r="925" spans="1:107">
       <c r="I925" s="2"/>
       <c r="K925" s="2"/>
       <c r="M925" s="2"/>
       <c r="O925" s="2"/>
       <c r="Q925" s="2"/>
-      <c r="DB925" t="s">
-[...4 lines deleted...]
-      <c r="D926" s="2"/>
+    </row>
+    <row r="926" spans="1:107">
       <c r="I926" s="2"/>
       <c r="K926" s="2"/>
       <c r="M926" s="2"/>
       <c r="O926" s="2"/>
       <c r="Q926" s="2"/>
     </row>
-    <row r="927" spans="1:108">
-      <c r="D927" s="2"/>
+    <row r="927" spans="1:107">
       <c r="I927" s="2"/>
       <c r="K927" s="2"/>
       <c r="M927" s="2"/>
       <c r="O927" s="2"/>
       <c r="Q927" s="2"/>
     </row>
-    <row r="928" spans="1:108">
-      <c r="D928" s="2"/>
+    <row r="928" spans="1:107">
       <c r="I928" s="2"/>
       <c r="K928" s="2"/>
       <c r="M928" s="2"/>
       <c r="O928" s="2"/>
       <c r="Q928" s="2"/>
     </row>
-    <row r="929" spans="1:108">
-      <c r="D929" s="2"/>
+    <row r="929" spans="1:107">
       <c r="I929" s="2"/>
       <c r="K929" s="2"/>
       <c r="M929" s="2"/>
       <c r="O929" s="2"/>
       <c r="Q929" s="2"/>
-      <c r="DB929" t="s">
+      <c r="DA929" t="s">
         <v>290</v>
       </c>
     </row>
-    <row r="930" spans="1:108">
-      <c r="D930" s="2"/>
+    <row r="930" spans="1:107">
       <c r="I930" s="2"/>
       <c r="K930" s="2"/>
       <c r="M930" s="2"/>
       <c r="O930" s="2"/>
       <c r="Q930" s="2"/>
     </row>
-    <row r="931" spans="1:108">
-      <c r="D931" s="2"/>
+    <row r="931" spans="1:107">
       <c r="I931" s="2"/>
       <c r="K931" s="2"/>
       <c r="M931" s="2"/>
       <c r="O931" s="2"/>
       <c r="Q931" s="2"/>
     </row>
-    <row r="932" spans="1:108">
-      <c r="D932" s="2"/>
+    <row r="932" spans="1:107">
       <c r="I932" s="2"/>
       <c r="K932" s="2"/>
       <c r="M932" s="2"/>
       <c r="O932" s="2"/>
       <c r="Q932" s="2"/>
     </row>
-    <row r="933" spans="1:108">
-      <c r="D933" s="2"/>
+    <row r="933" spans="1:107">
       <c r="I933" s="2"/>
       <c r="K933" s="2"/>
       <c r="M933" s="2"/>
       <c r="O933" s="2"/>
       <c r="Q933" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D934" s="2"/>
+      <c r="DA933" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="934" spans="1:107">
       <c r="I934" s="2"/>
       <c r="K934" s="2"/>
       <c r="M934" s="2"/>
       <c r="O934" s="2"/>
       <c r="Q934" s="2"/>
     </row>
-    <row r="935" spans="1:108">
-      <c r="D935" s="2"/>
+    <row r="935" spans="1:107">
       <c r="I935" s="2"/>
       <c r="K935" s="2"/>
       <c r="M935" s="2"/>
       <c r="O935" s="2"/>
       <c r="Q935" s="2"/>
     </row>
-    <row r="936" spans="1:108">
-      <c r="D936" s="2"/>
+    <row r="936" spans="1:107">
       <c r="I936" s="2"/>
       <c r="K936" s="2"/>
       <c r="M936" s="2"/>
       <c r="O936" s="2"/>
       <c r="Q936" s="2"/>
     </row>
-    <row r="937" spans="1:108">
-      <c r="D937" s="2"/>
+    <row r="937" spans="1:107">
       <c r="I937" s="2"/>
       <c r="K937" s="2"/>
       <c r="M937" s="2"/>
       <c r="O937" s="2"/>
       <c r="Q937" s="2"/>
     </row>
-    <row r="938" spans="1:108">
-      <c r="D938" s="2"/>
+    <row r="938" spans="1:107">
       <c r="I938" s="2"/>
       <c r="K938" s="2"/>
       <c r="M938" s="2"/>
       <c r="O938" s="2"/>
       <c r="Q938" s="2"/>
     </row>
-    <row r="939" spans="1:108">
-      <c r="D939" s="2"/>
+    <row r="939" spans="1:107">
       <c r="I939" s="2"/>
       <c r="K939" s="2"/>
       <c r="M939" s="2"/>
       <c r="O939" s="2"/>
       <c r="Q939" s="2"/>
     </row>
-    <row r="940" spans="1:108">
-      <c r="D940" s="2"/>
+    <row r="940" spans="1:107">
       <c r="I940" s="2"/>
       <c r="K940" s="2"/>
       <c r="M940" s="2"/>
       <c r="O940" s="2"/>
       <c r="Q940" s="2"/>
     </row>
-    <row r="941" spans="1:108">
-      <c r="D941" s="2"/>
+    <row r="941" spans="1:107">
       <c r="I941" s="2"/>
       <c r="K941" s="2"/>
       <c r="M941" s="2"/>
       <c r="O941" s="2"/>
       <c r="Q941" s="2"/>
     </row>
-    <row r="942" spans="1:108">
-      <c r="D942" s="2"/>
+    <row r="942" spans="1:107">
       <c r="I942" s="2"/>
       <c r="K942" s="2"/>
       <c r="M942" s="2"/>
       <c r="O942" s="2"/>
       <c r="Q942" s="2"/>
     </row>
-    <row r="943" spans="1:108">
-      <c r="D943" s="2"/>
+    <row r="943" spans="1:107">
       <c r="I943" s="2"/>
       <c r="K943" s="2"/>
       <c r="M943" s="2"/>
       <c r="O943" s="2"/>
       <c r="Q943" s="2"/>
     </row>
-    <row r="944" spans="1:108">
-      <c r="D944" s="2"/>
+    <row r="944" spans="1:107">
       <c r="I944" s="2"/>
       <c r="K944" s="2"/>
       <c r="M944" s="2"/>
       <c r="O944" s="2"/>
       <c r="Q944" s="2"/>
     </row>
-    <row r="945" spans="1:108">
-      <c r="D945" s="2"/>
+    <row r="945" spans="1:107">
       <c r="I945" s="2"/>
       <c r="K945" s="2"/>
       <c r="M945" s="2"/>
       <c r="O945" s="2"/>
       <c r="Q945" s="2"/>
     </row>
-    <row r="946" spans="1:108">
-      <c r="D946" s="2"/>
+    <row r="946" spans="1:107">
       <c r="I946" s="2"/>
       <c r="K946" s="2"/>
       <c r="M946" s="2"/>
       <c r="O946" s="2"/>
       <c r="Q946" s="2"/>
     </row>
-    <row r="947" spans="1:108">
-      <c r="D947" s="2"/>
+    <row r="947" spans="1:107">
       <c r="I947" s="2"/>
       <c r="K947" s="2"/>
       <c r="M947" s="2"/>
       <c r="O947" s="2"/>
       <c r="Q947" s="2"/>
     </row>
-    <row r="948" spans="1:108">
-      <c r="D948" s="2"/>
+    <row r="948" spans="1:107">
       <c r="I948" s="2"/>
       <c r="K948" s="2"/>
       <c r="M948" s="2"/>
       <c r="O948" s="2"/>
       <c r="Q948" s="2"/>
     </row>
-    <row r="949" spans="1:108">
-      <c r="D949" s="2"/>
+    <row r="949" spans="1:107">
       <c r="I949" s="2"/>
       <c r="K949" s="2"/>
       <c r="M949" s="2"/>
       <c r="O949" s="2"/>
       <c r="Q949" s="2"/>
     </row>
-    <row r="950" spans="1:108">
-      <c r="D950" s="2"/>
+    <row r="950" spans="1:107">
       <c r="I950" s="2"/>
       <c r="K950" s="2"/>
       <c r="M950" s="2"/>
       <c r="O950" s="2"/>
       <c r="Q950" s="2"/>
     </row>
-    <row r="951" spans="1:108">
-      <c r="D951" s="2"/>
+    <row r="951" spans="1:107">
       <c r="I951" s="2"/>
       <c r="K951" s="2"/>
       <c r="M951" s="2"/>
       <c r="O951" s="2"/>
       <c r="Q951" s="2"/>
     </row>
-    <row r="952" spans="1:108">
-      <c r="D952" s="2"/>
+    <row r="952" spans="1:107">
       <c r="I952" s="2"/>
       <c r="K952" s="2"/>
       <c r="M952" s="2"/>
       <c r="O952" s="2"/>
       <c r="Q952" s="2"/>
     </row>
-    <row r="953" spans="1:108">
-      <c r="D953" s="2"/>
+    <row r="953" spans="1:107">
       <c r="I953" s="2"/>
       <c r="K953" s="2"/>
       <c r="M953" s="2"/>
       <c r="O953" s="2"/>
       <c r="Q953" s="2"/>
     </row>
-    <row r="954" spans="1:108">
-      <c r="D954" s="2"/>
+    <row r="954" spans="1:107">
       <c r="I954" s="2"/>
       <c r="K954" s="2"/>
       <c r="M954" s="2"/>
       <c r="O954" s="2"/>
       <c r="Q954" s="2"/>
     </row>
-    <row r="955" spans="1:108">
-      <c r="D955" s="2"/>
+    <row r="955" spans="1:107">
       <c r="I955" s="2"/>
       <c r="K955" s="2"/>
       <c r="M955" s="2"/>
       <c r="O955" s="2"/>
       <c r="Q955" s="2"/>
     </row>
-    <row r="956" spans="1:108">
-      <c r="D956" s="2"/>
+    <row r="956" spans="1:107">
       <c r="I956" s="2"/>
       <c r="K956" s="2"/>
       <c r="M956" s="2"/>
       <c r="O956" s="2"/>
       <c r="Q956" s="2"/>
     </row>
-    <row r="957" spans="1:108">
-      <c r="D957" s="2"/>
+    <row r="957" spans="1:107">
       <c r="I957" s="2"/>
       <c r="K957" s="2"/>
       <c r="M957" s="2"/>
       <c r="O957" s="2"/>
       <c r="Q957" s="2"/>
     </row>
-    <row r="958" spans="1:108">
-      <c r="D958" s="2"/>
+    <row r="958" spans="1:107">
       <c r="I958" s="2"/>
       <c r="K958" s="2"/>
       <c r="M958" s="2"/>
       <c r="O958" s="2"/>
       <c r="Q958" s="2"/>
     </row>
-    <row r="959" spans="1:108">
-      <c r="D959" s="2"/>
+    <row r="959" spans="1:107">
       <c r="I959" s="2"/>
       <c r="K959" s="2"/>
       <c r="M959" s="2"/>
       <c r="O959" s="2"/>
       <c r="Q959" s="2"/>
     </row>
-    <row r="960" spans="1:108">
-      <c r="D960" s="2"/>
+    <row r="960" spans="1:107">
       <c r="I960" s="2"/>
       <c r="K960" s="2"/>
       <c r="M960" s="2"/>
       <c r="O960" s="2"/>
       <c r="Q960" s="2"/>
     </row>
-    <row r="961" spans="1:108">
-      <c r="D961" s="2"/>
+    <row r="961" spans="1:107">
       <c r="I961" s="2"/>
       <c r="K961" s="2"/>
       <c r="M961" s="2"/>
       <c r="O961" s="2"/>
       <c r="Q961" s="2"/>
     </row>
-    <row r="962" spans="1:108">
-      <c r="D962" s="2"/>
+    <row r="962" spans="1:107">
       <c r="I962" s="2"/>
       <c r="K962" s="2"/>
       <c r="M962" s="2"/>
       <c r="O962" s="2"/>
       <c r="Q962" s="2"/>
     </row>
-    <row r="963" spans="1:108">
-      <c r="D963" s="2"/>
+    <row r="963" spans="1:107">
       <c r="I963" s="2"/>
       <c r="K963" s="2"/>
       <c r="M963" s="2"/>
       <c r="O963" s="2"/>
       <c r="Q963" s="2"/>
     </row>
-    <row r="964" spans="1:108">
-      <c r="D964" s="2"/>
+    <row r="964" spans="1:107">
       <c r="I964" s="2"/>
       <c r="K964" s="2"/>
       <c r="M964" s="2"/>
       <c r="O964" s="2"/>
       <c r="Q964" s="2"/>
     </row>
-    <row r="965" spans="1:108">
-      <c r="D965" s="2"/>
+    <row r="965" spans="1:107">
       <c r="I965" s="2"/>
       <c r="K965" s="2"/>
       <c r="M965" s="2"/>
       <c r="O965" s="2"/>
       <c r="Q965" s="2"/>
     </row>
-    <row r="966" spans="1:108">
-      <c r="D966" s="2"/>
+    <row r="966" spans="1:107">
       <c r="I966" s="2"/>
       <c r="K966" s="2"/>
       <c r="M966" s="2"/>
       <c r="O966" s="2"/>
       <c r="Q966" s="2"/>
     </row>
-    <row r="967" spans="1:108">
-      <c r="D967" s="2"/>
+    <row r="967" spans="1:107">
       <c r="I967" s="2"/>
       <c r="K967" s="2"/>
       <c r="M967" s="2"/>
       <c r="O967" s="2"/>
       <c r="Q967" s="2"/>
     </row>
-    <row r="968" spans="1:108">
-      <c r="D968" s="2"/>
+    <row r="968" spans="1:107">
       <c r="I968" s="2"/>
       <c r="K968" s="2"/>
       <c r="M968" s="2"/>
       <c r="O968" s="2"/>
       <c r="Q968" s="2"/>
     </row>
-    <row r="969" spans="1:108">
-      <c r="D969" s="2"/>
+    <row r="969" spans="1:107">
       <c r="I969" s="2"/>
       <c r="K969" s="2"/>
       <c r="M969" s="2"/>
       <c r="O969" s="2"/>
       <c r="Q969" s="2"/>
     </row>
-    <row r="970" spans="1:108">
-      <c r="D970" s="2"/>
+    <row r="970" spans="1:107">
       <c r="I970" s="2"/>
       <c r="K970" s="2"/>
       <c r="M970" s="2"/>
       <c r="O970" s="2"/>
       <c r="Q970" s="2"/>
     </row>
-    <row r="971" spans="1:108">
-      <c r="D971" s="2"/>
+    <row r="971" spans="1:107">
       <c r="I971" s="2"/>
       <c r="K971" s="2"/>
       <c r="M971" s="2"/>
       <c r="O971" s="2"/>
       <c r="Q971" s="2"/>
     </row>
-    <row r="972" spans="1:108">
-      <c r="D972" s="2"/>
+    <row r="972" spans="1:107">
       <c r="I972" s="2"/>
       <c r="K972" s="2"/>
       <c r="M972" s="2"/>
       <c r="O972" s="2"/>
       <c r="Q972" s="2"/>
     </row>
-    <row r="973" spans="1:108">
-      <c r="D973" s="2"/>
+    <row r="973" spans="1:107">
       <c r="I973" s="2"/>
       <c r="K973" s="2"/>
       <c r="M973" s="2"/>
       <c r="O973" s="2"/>
       <c r="Q973" s="2"/>
     </row>
-    <row r="974" spans="1:108">
-      <c r="D974" s="2"/>
+    <row r="974" spans="1:107">
       <c r="I974" s="2"/>
       <c r="K974" s="2"/>
       <c r="M974" s="2"/>
       <c r="O974" s="2"/>
       <c r="Q974" s="2"/>
     </row>
-    <row r="975" spans="1:108">
-      <c r="D975" s="2"/>
+    <row r="975" spans="1:107">
       <c r="I975" s="2"/>
       <c r="K975" s="2"/>
       <c r="M975" s="2"/>
       <c r="O975" s="2"/>
       <c r="Q975" s="2"/>
     </row>
-    <row r="976" spans="1:108">
-      <c r="D976" s="2"/>
+    <row r="976" spans="1:107">
       <c r="I976" s="2"/>
       <c r="K976" s="2"/>
       <c r="M976" s="2"/>
       <c r="O976" s="2"/>
       <c r="Q976" s="2"/>
     </row>
-    <row r="977" spans="1:108">
-      <c r="D977" s="2"/>
+    <row r="977" spans="1:107">
       <c r="I977" s="2"/>
       <c r="K977" s="2"/>
       <c r="M977" s="2"/>
       <c r="O977" s="2"/>
       <c r="Q977" s="2"/>
     </row>
-    <row r="978" spans="1:108">
-      <c r="D978" s="2"/>
+    <row r="978" spans="1:107">
       <c r="I978" s="2"/>
       <c r="K978" s="2"/>
       <c r="M978" s="2"/>
       <c r="O978" s="2"/>
       <c r="Q978" s="2"/>
     </row>
-    <row r="979" spans="1:108">
-      <c r="D979" s="2"/>
+    <row r="979" spans="1:107">
       <c r="I979" s="2"/>
       <c r="K979" s="2"/>
       <c r="M979" s="2"/>
       <c r="O979" s="2"/>
       <c r="Q979" s="2"/>
     </row>
-    <row r="980" spans="1:108">
-      <c r="D980" s="2"/>
+    <row r="980" spans="1:107">
       <c r="I980" s="2"/>
       <c r="K980" s="2"/>
       <c r="M980" s="2"/>
       <c r="O980" s="2"/>
       <c r="Q980" s="2"/>
     </row>
-    <row r="981" spans="1:108">
-      <c r="D981" s="2"/>
+    <row r="981" spans="1:107">
       <c r="I981" s="2"/>
       <c r="K981" s="2"/>
       <c r="M981" s="2"/>
       <c r="O981" s="2"/>
       <c r="Q981" s="2"/>
     </row>
-    <row r="982" spans="1:108">
-      <c r="D982" s="2"/>
+    <row r="982" spans="1:107">
       <c r="I982" s="2"/>
       <c r="K982" s="2"/>
       <c r="M982" s="2"/>
       <c r="O982" s="2"/>
       <c r="Q982" s="2"/>
     </row>
-    <row r="983" spans="1:108">
-      <c r="D983" s="2"/>
+    <row r="983" spans="1:107">
       <c r="I983" s="2"/>
       <c r="K983" s="2"/>
       <c r="M983" s="2"/>
       <c r="O983" s="2"/>
       <c r="Q983" s="2"/>
     </row>
-    <row r="984" spans="1:108">
-      <c r="D984" s="2"/>
+    <row r="984" spans="1:107">
       <c r="I984" s="2"/>
       <c r="K984" s="2"/>
       <c r="M984" s="2"/>
       <c r="O984" s="2"/>
       <c r="Q984" s="2"/>
     </row>
-    <row r="985" spans="1:108">
-      <c r="D985" s="2"/>
+    <row r="985" spans="1:107">
       <c r="I985" s="2"/>
       <c r="K985" s="2"/>
       <c r="M985" s="2"/>
       <c r="O985" s="2"/>
       <c r="Q985" s="2"/>
     </row>
-    <row r="986" spans="1:108">
-      <c r="D986" s="2"/>
+    <row r="986" spans="1:107">
       <c r="I986" s="2"/>
       <c r="K986" s="2"/>
       <c r="M986" s="2"/>
       <c r="O986" s="2"/>
       <c r="Q986" s="2"/>
     </row>
-    <row r="987" spans="1:108">
-      <c r="D987" s="2"/>
+    <row r="987" spans="1:107">
       <c r="I987" s="2"/>
       <c r="K987" s="2"/>
       <c r="M987" s="2"/>
       <c r="O987" s="2"/>
       <c r="Q987" s="2"/>
     </row>
-    <row r="988" spans="1:108">
-      <c r="D988" s="2"/>
+    <row r="988" spans="1:107">
       <c r="I988" s="2"/>
       <c r="K988" s="2"/>
       <c r="M988" s="2"/>
       <c r="O988" s="2"/>
       <c r="Q988" s="2"/>
     </row>
-    <row r="989" spans="1:108">
-      <c r="D989" s="2"/>
+    <row r="989" spans="1:107">
       <c r="I989" s="2"/>
       <c r="K989" s="2"/>
       <c r="M989" s="2"/>
       <c r="O989" s="2"/>
       <c r="Q989" s="2"/>
     </row>
-    <row r="990" spans="1:108">
-      <c r="D990" s="2"/>
+    <row r="990" spans="1:107">
       <c r="I990" s="2"/>
       <c r="K990" s="2"/>
       <c r="M990" s="2"/>
       <c r="O990" s="2"/>
       <c r="Q990" s="2"/>
     </row>
-    <row r="991" spans="1:108">
-      <c r="D991" s="2"/>
+    <row r="991" spans="1:107">
       <c r="I991" s="2"/>
       <c r="K991" s="2"/>
       <c r="M991" s="2"/>
       <c r="O991" s="2"/>
       <c r="Q991" s="2"/>
     </row>
-    <row r="992" spans="1:108">
-      <c r="D992" s="2"/>
+    <row r="992" spans="1:107">
       <c r="I992" s="2"/>
       <c r="K992" s="2"/>
       <c r="M992" s="2"/>
       <c r="O992" s="2"/>
       <c r="Q992" s="2"/>
     </row>
-    <row r="993" spans="1:108">
-      <c r="D993" s="2"/>
+    <row r="993" spans="1:107">
       <c r="I993" s="2"/>
       <c r="K993" s="2"/>
       <c r="M993" s="2"/>
       <c r="O993" s="2"/>
       <c r="Q993" s="2"/>
     </row>
-    <row r="994" spans="1:108">
-      <c r="D994" s="2"/>
+    <row r="994" spans="1:107">
       <c r="I994" s="2"/>
       <c r="K994" s="2"/>
       <c r="M994" s="2"/>
       <c r="O994" s="2"/>
       <c r="Q994" s="2"/>
     </row>
-    <row r="995" spans="1:108">
-      <c r="D995" s="2"/>
+    <row r="995" spans="1:107">
       <c r="I995" s="2"/>
       <c r="K995" s="2"/>
       <c r="M995" s="2"/>
       <c r="O995" s="2"/>
       <c r="Q995" s="2"/>
     </row>
-    <row r="996" spans="1:108">
-      <c r="D996" s="2"/>
+    <row r="996" spans="1:107">
       <c r="I996" s="2"/>
       <c r="K996" s="2"/>
       <c r="M996" s="2"/>
       <c r="O996" s="2"/>
       <c r="Q996" s="2"/>
-      <c r="DB996" t="s">
-[...4 lines deleted...]
-      <c r="D997" s="2"/>
+    </row>
+    <row r="997" spans="1:107">
       <c r="I997" s="2"/>
       <c r="K997" s="2"/>
       <c r="M997" s="2"/>
       <c r="O997" s="2"/>
       <c r="Q997" s="2"/>
-      <c r="DB997" t="s">
-[...4 lines deleted...]
-      <c r="D998" s="2"/>
+    </row>
+    <row r="998" spans="1:107">
       <c r="I998" s="2"/>
       <c r="K998" s="2"/>
       <c r="M998" s="2"/>
       <c r="O998" s="2"/>
       <c r="Q998" s="2"/>
     </row>
-    <row r="999" spans="1:108">
-      <c r="D999" s="2"/>
+    <row r="999" spans="1:107">
       <c r="I999" s="2"/>
       <c r="K999" s="2"/>
       <c r="M999" s="2"/>
       <c r="O999" s="2"/>
       <c r="Q999" s="2"/>
     </row>
-    <row r="1000" spans="1:108">
-      <c r="D1000" s="2"/>
+    <row r="1000" spans="1:107">
       <c r="I1000" s="2"/>
       <c r="K1000" s="2"/>
       <c r="M1000" s="2"/>
       <c r="O1000" s="2"/>
       <c r="Q1000" s="2"/>
-    </row>
-[...1 lines deleted...]
-      <c r="DB1004" t="s">
+      <c r="DA1000" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:107">
+      <c r="DA1001" t="s">
         <v>293</v>
       </c>
     </row>
-    <row r="1011" spans="1:108">
-      <c r="DB1011" t="s">
+    <row r="1008" spans="1:107">
+      <c r="DA1008" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="1021" spans="1:108">
-      <c r="DB1021" t="s">
+    <row r="1015" spans="1:107">
+      <c r="DA1015" t="s">
         <v>295</v>
       </c>
     </row>
-    <row r="1026" spans="1:108">
-      <c r="DB1026" t="s">
+    <row r="1025" spans="1:107">
+      <c r="DA1025" t="s">
         <v>296</v>
       </c>
     </row>
-    <row r="1031" spans="1:108">
-      <c r="DB1031" t="s">
+    <row r="1030" spans="1:107">
+      <c r="DA1030" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="1041" spans="1:108">
-      <c r="DB1041" t="s">
+    <row r="1035" spans="1:107">
+      <c r="DA1035" t="s">
         <v>298</v>
       </c>
     </row>
-    <row r="1047" spans="1:108">
-      <c r="DB1047" t="s">
+    <row r="1045" spans="1:107">
+      <c r="DA1045" t="s">
         <v>299</v>
       </c>
     </row>
-    <row r="1048" spans="1:108">
-      <c r="DB1048" t="s">
+    <row r="1051" spans="1:107">
+      <c r="DA1051" t="s">
         <v>300</v>
       </c>
     </row>
-    <row r="1049" spans="1:108">
-      <c r="DB1049" t="s">
+    <row r="1052" spans="1:107">
+      <c r="DA1052" t="s">
         <v>301</v>
       </c>
     </row>
-    <row r="1051" spans="1:108">
-      <c r="DB1051" t="s">
+    <row r="1053" spans="1:107">
+      <c r="DA1053" t="s">
         <v>302</v>
       </c>
     </row>
-    <row r="1052" spans="1:108">
-      <c r="DB1052" t="s">
+    <row r="1055" spans="1:107">
+      <c r="DA1055" t="s">
         <v>303</v>
       </c>
     </row>
-    <row r="1054" spans="1:108">
-      <c r="DB1054" t="s">
+    <row r="1056" spans="1:107">
+      <c r="DA1056" t="s">
         <v>304</v>
       </c>
     </row>
-    <row r="1067" spans="1:108">
-      <c r="DB1067" t="s">
+    <row r="1058" spans="1:107">
+      <c r="DA1058" t="s">
         <v>305</v>
       </c>
     </row>
-    <row r="1073" spans="1:108">
-      <c r="DB1073" t="s">
+    <row r="1071" spans="1:107">
+      <c r="DA1071" t="s">
         <v>306</v>
       </c>
     </row>
-    <row r="1080" spans="1:108">
-      <c r="DB1080" t="s">
+    <row r="1077" spans="1:107">
+      <c r="DA1077" t="s">
         <v>307</v>
       </c>
     </row>
-    <row r="1084" spans="1:108">
-      <c r="DB1084" t="s">
+    <row r="1084" spans="1:107">
+      <c r="DA1084" t="s">
         <v>308</v>
       </c>
     </row>
-    <row r="1085" spans="1:108">
-      <c r="DB1085" t="s">
+    <row r="1088" spans="1:107">
+      <c r="DA1088" t="s">
         <v>309</v>
       </c>
     </row>
-    <row r="1086" spans="1:108">
-      <c r="DB1086" t="s">
+    <row r="1089" spans="1:107">
+      <c r="DA1089" t="s">
         <v>310</v>
       </c>
     </row>
-    <row r="1088" spans="1:108">
-      <c r="DB1088" t="s">
+    <row r="1090" spans="1:107">
+      <c r="DA1090" t="s">
         <v>311</v>
       </c>
     </row>
-    <row r="1089" spans="1:108">
-      <c r="DB1089" t="s">
+    <row r="1092" spans="1:107">
+      <c r="DA1092" t="s">
         <v>312</v>
       </c>
     </row>
-    <row r="1096" spans="1:108">
-      <c r="DB1096" t="s">
+    <row r="1093" spans="1:107">
+      <c r="DA1093" t="s">
         <v>313</v>
       </c>
     </row>
-    <row r="1106" spans="1:108">
-      <c r="DB1106" t="s">
+    <row r="1100" spans="1:107">
+      <c r="DA1100" t="s">
         <v>314</v>
       </c>
     </row>
-    <row r="1114" spans="1:108">
-      <c r="DB1114" t="s">
+    <row r="1110" spans="1:107">
+      <c r="DA1110" t="s">
         <v>315</v>
       </c>
     </row>
-    <row r="1117" spans="1:108">
-      <c r="DB1117" t="s">
+    <row r="1118" spans="1:107">
+      <c r="DA1118" t="s">
         <v>316</v>
       </c>
     </row>
-    <row r="1119" spans="1:108">
-      <c r="DB1119" t="s">
+    <row r="1121" spans="1:107">
+      <c r="DA1121" t="s">
         <v>317</v>
       </c>
     </row>
-    <row r="1127" spans="1:108">
-      <c r="DB1127" t="s">
+    <row r="1123" spans="1:107">
+      <c r="DA1123" t="s">
         <v>318</v>
       </c>
     </row>
-    <row r="1132" spans="1:108">
-      <c r="DB1132" t="s">
+    <row r="1131" spans="1:107">
+      <c r="DA1131" t="s">
         <v>319</v>
       </c>
     </row>
-    <row r="1138" spans="1:108">
-      <c r="DB1138" t="s">
+    <row r="1136" spans="1:107">
+      <c r="DA1136" t="s">
         <v>320</v>
       </c>
     </row>
-    <row r="1147" spans="1:108">
-      <c r="DB1147" t="s">
+    <row r="1142" spans="1:107">
+      <c r="DA1142" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="1148" spans="1:108">
-      <c r="DB1148" t="s">
+    <row r="1151" spans="1:107">
+      <c r="DA1151" t="s">
         <v>322</v>
       </c>
     </row>
-    <row r="1149" spans="1:108">
-      <c r="DB1149" t="s">
+    <row r="1152" spans="1:107">
+      <c r="DA1152" t="s">
         <v>323</v>
       </c>
     </row>
-    <row r="1150" spans="1:108">
-      <c r="DB1150" t="s">
+    <row r="1153" spans="1:107">
+      <c r="DA1153" t="s">
         <v>324</v>
       </c>
     </row>
-    <row r="1151" spans="1:108">
-      <c r="DB1151" t="s">
+    <row r="1154" spans="1:107">
+      <c r="DA1154" t="s">
         <v>325</v>
       </c>
     </row>
-    <row r="1152" spans="1:108">
-      <c r="DB1152" t="s">
+    <row r="1155" spans="1:107">
+      <c r="DA1155" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="1153" spans="1:108">
-      <c r="DB1153" t="s">
+    <row r="1156" spans="1:107">
+      <c r="DA1156" t="s">
         <v>327</v>
       </c>
     </row>
-    <row r="1154" spans="1:108">
-      <c r="DB1154" t="s">
+    <row r="1157" spans="1:107">
+      <c r="DA1157" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="1155" spans="1:108">
-      <c r="DB1155" t="s">
+    <row r="1158" spans="1:107">
+      <c r="DA1158" t="s">
         <v>329</v>
       </c>
     </row>
-    <row r="1156" spans="1:108">
-      <c r="DB1156" t="s">
+    <row r="1159" spans="1:107">
+      <c r="DA1159" t="s">
         <v>330</v>
       </c>
     </row>
-    <row r="1157" spans="1:108">
-      <c r="DB1157" t="s">
+    <row r="1160" spans="1:107">
+      <c r="DA1160" t="s">
         <v>331</v>
       </c>
     </row>
-    <row r="1158" spans="1:108">
-      <c r="DB1158" t="s">
+    <row r="1161" spans="1:107">
+      <c r="DA1161" t="s">
         <v>332</v>
       </c>
     </row>
-    <row r="1159" spans="1:108">
-      <c r="DB1159" t="s">
+    <row r="1162" spans="1:107">
+      <c r="DA1162" t="s">
         <v>333</v>
       </c>
     </row>
-    <row r="1160" spans="1:108">
-      <c r="DB1160" t="s">
+    <row r="1163" spans="1:107">
+      <c r="DA1163" t="s">
         <v>334</v>
       </c>
     </row>
-    <row r="1163" spans="1:108">
-      <c r="DB1163" t="s">
+    <row r="1164" spans="1:107">
+      <c r="DA1164" t="s">
         <v>335</v>
       </c>
     </row>
-    <row r="1164" spans="1:108">
-      <c r="DB1164" t="s">
+    <row r="1165" spans="1:107">
+      <c r="DA1165" t="s">
         <v>336</v>
       </c>
     </row>
-    <row r="1168" spans="1:108">
-      <c r="DB1168" t="s">
+    <row r="1166" spans="1:107">
+      <c r="DA1166" t="s">
         <v>337</v>
       </c>
     </row>
-    <row r="1169" spans="1:108">
-      <c r="DB1169" t="s">
+    <row r="1167" spans="1:107">
+      <c r="DA1167" t="s">
         <v>338</v>
       </c>
     </row>
-    <row r="1170" spans="1:108">
-      <c r="DB1170" t="s">
+    <row r="1170" spans="1:107">
+      <c r="DA1170" t="s">
         <v>339</v>
       </c>
     </row>
-    <row r="1172" spans="1:108">
-      <c r="DB1172" t="s">
+    <row r="1171" spans="1:107">
+      <c r="DA1171" t="s">
         <v>340</v>
       </c>
     </row>
-    <row r="1175" spans="1:108">
-      <c r="DB1175" t="s">
+    <row r="1175" spans="1:107">
+      <c r="DA1175" t="s">
         <v>341</v>
       </c>
     </row>
-    <row r="1194" spans="1:108">
-      <c r="DB1194" t="s">
+    <row r="1176" spans="1:107">
+      <c r="DA1176" t="s">
         <v>342</v>
       </c>
     </row>
-    <row r="1195" spans="1:108">
-      <c r="DB1195" t="s">
+    <row r="1177" spans="1:107">
+      <c r="DA1177" t="s">
         <v>343</v>
       </c>
     </row>
-    <row r="1198" spans="1:108">
-      <c r="DB1198" t="s">
+    <row r="1178" spans="1:107">
+      <c r="DA1178" t="s">
         <v>344</v>
       </c>
     </row>
-    <row r="1199" spans="1:108">
-      <c r="DB1199" t="s">
+    <row r="1179" spans="1:107">
+      <c r="DA1179" t="s">
         <v>345</v>
       </c>
     </row>
-    <row r="1201" spans="1:108">
-      <c r="DB1201" t="s">
+    <row r="1180" spans="1:107">
+      <c r="DA1180" t="s">
         <v>346</v>
       </c>
     </row>
-    <row r="1202" spans="1:108">
-      <c r="DB1202" t="s">
+    <row r="1182" spans="1:107">
+      <c r="DA1182" t="s">
         <v>347</v>
       </c>
     </row>
-    <row r="1203" spans="1:108">
-      <c r="DB1203" t="s">
+    <row r="1185" spans="1:107">
+      <c r="DA1185" t="s">
         <v>348</v>
       </c>
     </row>
-    <row r="1207" spans="1:108">
-      <c r="DB1207" t="s">
+    <row r="1204" spans="1:107">
+      <c r="DA1204" t="s">
         <v>349</v>
       </c>
     </row>
-    <row r="1211" spans="1:108">
-      <c r="DB1211" t="s">
+    <row r="1205" spans="1:107">
+      <c r="DA1205" t="s">
         <v>350</v>
       </c>
     </row>
-    <row r="1216" spans="1:108">
-      <c r="DB1216" t="s">
+    <row r="1208" spans="1:107">
+      <c r="DA1208" t="s">
         <v>351</v>
       </c>
     </row>
-    <row r="1217" spans="1:108">
-      <c r="DB1217" t="s">
+    <row r="1209" spans="1:107">
+      <c r="DA1209" t="s">
         <v>352</v>
       </c>
     </row>
-    <row r="1218" spans="1:108">
-      <c r="DB1218" t="s">
+    <row r="1211" spans="1:107">
+      <c r="DA1211" t="s">
         <v>353</v>
       </c>
     </row>
-    <row r="1220" spans="1:108">
-      <c r="DB1220" t="s">
+    <row r="1212" spans="1:107">
+      <c r="DA1212" t="s">
         <v>354</v>
       </c>
     </row>
-    <row r="1225" spans="1:108">
-      <c r="DB1225" t="s">
+    <row r="1213" spans="1:107">
+      <c r="DA1213" t="s">
         <v>355</v>
       </c>
     </row>
-    <row r="1228" spans="1:108">
-      <c r="DB1228" t="s">
+    <row r="1217" spans="1:107">
+      <c r="DA1217" t="s">
         <v>356</v>
       </c>
     </row>
-    <row r="1230" spans="1:108">
-      <c r="DB1230" t="s">
+    <row r="1221" spans="1:107">
+      <c r="DA1221" t="s">
         <v>357</v>
       </c>
     </row>
-    <row r="1239" spans="1:108">
-      <c r="DB1239" t="s">
+    <row r="1226" spans="1:107">
+      <c r="DA1226" t="s">
         <v>358</v>
       </c>
     </row>
-    <row r="1241" spans="1:108">
-      <c r="DB1241" t="s">
+    <row r="1227" spans="1:107">
+      <c r="DA1227" t="s">
         <v>359</v>
       </c>
     </row>
-    <row r="1242" spans="1:108">
-      <c r="DB1242" t="s">
+    <row r="1228" spans="1:107">
+      <c r="DA1228" t="s">
         <v>360</v>
       </c>
     </row>
-    <row r="1243" spans="1:108">
-      <c r="DB1243" t="s">
+    <row r="1230" spans="1:107">
+      <c r="DA1230" t="s">
         <v>361</v>
       </c>
     </row>
-    <row r="1251" spans="1:108">
-      <c r="DB1251" t="s">
+    <row r="1235" spans="1:107">
+      <c r="DA1235" t="s">
         <v>362</v>
       </c>
     </row>
-    <row r="1253" spans="1:108">
-      <c r="DB1253" t="s">
+    <row r="1238" spans="1:107">
+      <c r="DA1238" t="s">
         <v>363</v>
       </c>
     </row>
-    <row r="1255" spans="1:108">
-      <c r="DB1255" t="s">
+    <row r="1240" spans="1:107">
+      <c r="DA1240" t="s">
         <v>364</v>
       </c>
     </row>
-    <row r="1256" spans="1:108">
-      <c r="DB1256" t="s">
+    <row r="1249" spans="1:107">
+      <c r="DA1249" t="s">
         <v>365</v>
       </c>
     </row>
-    <row r="1257" spans="1:108">
-      <c r="DB1257" t="s">
+    <row r="1251" spans="1:107">
+      <c r="DA1251" t="s">
         <v>366</v>
       </c>
     </row>
-    <row r="1258" spans="1:108">
-      <c r="DB1258" t="s">
+    <row r="1252" spans="1:107">
+      <c r="DA1252" t="s">
         <v>367</v>
       </c>
     </row>
-    <row r="1259" spans="1:108">
-      <c r="DB1259" t="s">
+    <row r="1253" spans="1:107">
+      <c r="DA1253" t="s">
         <v>368</v>
       </c>
     </row>
-    <row r="1260" spans="1:108">
-      <c r="DB1260" t="s">
+    <row r="1261" spans="1:107">
+      <c r="DA1261" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="1261" spans="1:108">
-      <c r="DB1261" t="s">
+    <row r="1263" spans="1:107">
+      <c r="DA1263" t="s">
         <v>370</v>
       </c>
     </row>
-    <row r="1262" spans="1:108">
-      <c r="DB1262" t="s">
+    <row r="1265" spans="1:107">
+      <c r="DA1265" t="s">
         <v>371</v>
       </c>
     </row>
-    <row r="1263" spans="1:108">
-      <c r="DB1263" t="s">
+    <row r="1266" spans="1:107">
+      <c r="DA1266" t="s">
         <v>372</v>
       </c>
     </row>
-    <row r="1266" spans="1:108">
-      <c r="DB1266" t="s">
+    <row r="1267" spans="1:107">
+      <c r="DA1267" t="s">
         <v>373</v>
       </c>
     </row>
-    <row r="1271" spans="1:108">
-      <c r="DB1271" t="s">
+    <row r="1268" spans="1:107">
+      <c r="DA1268" t="s">
         <v>374</v>
       </c>
     </row>
-    <row r="1278" spans="1:108">
-      <c r="DB1278" t="s">
+    <row r="1269" spans="1:107">
+      <c r="DA1269" t="s">
         <v>375</v>
       </c>
     </row>
-    <row r="1282" spans="1:108">
-      <c r="DB1282" t="s">
+    <row r="1270" spans="1:107">
+      <c r="DA1270" t="s">
         <v>376</v>
       </c>
     </row>
-    <row r="1287" spans="1:108">
-      <c r="DB1287" t="s">
+    <row r="1271" spans="1:107">
+      <c r="DA1271" t="s">
         <v>377</v>
       </c>
     </row>
-    <row r="1291" spans="1:108">
-      <c r="DB1291" t="s">
+    <row r="1272" spans="1:107">
+      <c r="DA1272" t="s">
         <v>378</v>
       </c>
     </row>
-    <row r="1300" spans="1:108">
-      <c r="DB1300" t="s">
+    <row r="1273" spans="1:107">
+      <c r="DA1273" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="1302" spans="1:108">
-      <c r="DB1302" t="s">
+    <row r="1276" spans="1:107">
+      <c r="DA1276" t="s">
         <v>380</v>
       </c>
     </row>
-    <row r="1312" spans="1:108">
-      <c r="DB1312" t="s">
+    <row r="1281" spans="1:107">
+      <c r="DA1281" t="s">
         <v>381</v>
       </c>
     </row>
-    <row r="1313" spans="1:108">
-      <c r="DB1313" t="s">
+    <row r="1282" spans="1:107">
+      <c r="DA1282" t="s">
         <v>382</v>
       </c>
     </row>
-    <row r="1315" spans="1:108">
-      <c r="DB1315" t="s">
+    <row r="1283" spans="1:107">
+      <c r="DA1283" t="s">
         <v>383</v>
       </c>
     </row>
-    <row r="1317" spans="1:108">
-      <c r="DB1317" t="s">
+    <row r="1290" spans="1:107">
+      <c r="DA1290" t="s">
         <v>384</v>
       </c>
     </row>
-    <row r="1319" spans="1:108">
-      <c r="DB1319" t="s">
+    <row r="1294" spans="1:107">
+      <c r="DA1294" t="s">
         <v>385</v>
       </c>
     </row>
-    <row r="1320" spans="1:108">
-      <c r="DB1320" t="s">
+    <row r="1299" spans="1:107">
+      <c r="DA1299" t="s">
         <v>386</v>
       </c>
     </row>
-    <row r="1332" spans="1:108">
-      <c r="DB1332" t="s">
+    <row r="1303" spans="1:107">
+      <c r="DA1303" t="s">
         <v>387</v>
       </c>
     </row>
-    <row r="1333" spans="1:108">
-      <c r="DB1333" t="s">
+    <row r="1312" spans="1:107">
+      <c r="DA1312" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="1334" spans="1:108">
-      <c r="DB1334" t="s">
+    <row r="1314" spans="1:107">
+      <c r="DA1314" t="s">
         <v>389</v>
       </c>
     </row>
-    <row r="1337" spans="1:108">
-      <c r="DB1337" t="s">
+    <row r="1324" spans="1:107">
+      <c r="DA1324" t="s">
         <v>390</v>
       </c>
     </row>
-    <row r="1343" spans="1:108">
-      <c r="DB1343" t="s">
+    <row r="1325" spans="1:107">
+      <c r="DA1325" t="s">
         <v>391</v>
       </c>
     </row>
-    <row r="1349" spans="1:108">
-      <c r="DB1349" t="s">
+    <row r="1327" spans="1:107">
+      <c r="DA1327" t="s">
         <v>392</v>
       </c>
     </row>
-    <row r="1350" spans="1:108">
-      <c r="DB1350" t="s">
+    <row r="1329" spans="1:107">
+      <c r="DA1329" t="s">
         <v>393</v>
       </c>
     </row>
-    <row r="1360" spans="1:108">
-      <c r="DB1360" t="s">
+    <row r="1331" spans="1:107">
+      <c r="DA1331" t="s">
         <v>394</v>
       </c>
     </row>
-    <row r="1365" spans="1:108">
-      <c r="DB1365" t="s">
+    <row r="1332" spans="1:107">
+      <c r="DA1332" t="s">
         <v>395</v>
       </c>
     </row>
-    <row r="1367" spans="1:108">
-      <c r="DB1367" t="s">
+    <row r="1338" spans="1:107">
+      <c r="DA1338" t="s">
         <v>396</v>
       </c>
     </row>
-    <row r="1369" spans="1:108">
-      <c r="DB1369" t="s">
+    <row r="1345" spans="1:107">
+      <c r="DA1345" t="s">
         <v>397</v>
       </c>
     </row>
-    <row r="1370" spans="1:108">
-      <c r="DB1370" t="s">
+    <row r="1346" spans="1:107">
+      <c r="DA1346" t="s">
         <v>398</v>
       </c>
     </row>
-    <row r="1372" spans="1:108">
-      <c r="DB1372" t="s">
+    <row r="1347" spans="1:107">
+      <c r="DA1347" t="s">
         <v>399</v>
       </c>
     </row>
-    <row r="1376" spans="1:108">
-      <c r="DB1376" t="s">
+    <row r="1350" spans="1:107">
+      <c r="DA1350" t="s">
         <v>400</v>
       </c>
     </row>
-    <row r="1377" spans="1:108">
-      <c r="DB1377" t="s">
+    <row r="1356" spans="1:107">
+      <c r="DA1356" t="s">
         <v>401</v>
       </c>
     </row>
-    <row r="1378" spans="1:108">
-      <c r="DB1378" t="s">
+    <row r="1362" spans="1:107">
+      <c r="DA1362" t="s">
         <v>402</v>
       </c>
     </row>
-    <row r="1379" spans="1:108">
-      <c r="DB1379" t="s">
+    <row r="1363" spans="1:107">
+      <c r="DA1363" t="s">
         <v>403</v>
       </c>
     </row>
-    <row r="1388" spans="1:108">
-      <c r="DB1388" t="s">
+    <row r="1373" spans="1:107">
+      <c r="DA1373" t="s">
         <v>404</v>
       </c>
     </row>
-    <row r="1398" spans="1:108">
-      <c r="DB1398" t="s">
+    <row r="1378" spans="1:107">
+      <c r="DA1378" t="s">
         <v>405</v>
       </c>
     </row>
-    <row r="1400" spans="1:108">
-      <c r="DB1400" t="s">
+    <row r="1380" spans="1:107">
+      <c r="DA1380" t="s">
         <v>406</v>
       </c>
     </row>
-    <row r="1404" spans="1:108">
-      <c r="DB1404" t="s">
+    <row r="1382" spans="1:107">
+      <c r="DA1382" t="s">
         <v>407</v>
       </c>
     </row>
-    <row r="1406" spans="1:108">
-      <c r="DB1406" t="s">
+    <row r="1383" spans="1:107">
+      <c r="DA1383" t="s">
         <v>408</v>
       </c>
     </row>
-    <row r="1409" spans="1:108">
-      <c r="DB1409" t="s">
+    <row r="1385" spans="1:107">
+      <c r="DA1385" t="s">
         <v>409</v>
       </c>
     </row>
-    <row r="1412" spans="1:108">
-      <c r="DB1412" t="s">
+    <row r="1389" spans="1:107">
+      <c r="DA1389" t="s">
         <v>410</v>
       </c>
     </row>
-    <row r="1419" spans="1:108">
-      <c r="DB1419" t="s">
+    <row r="1390" spans="1:107">
+      <c r="DA1390" t="s">
         <v>411</v>
       </c>
     </row>
-    <row r="1420" spans="1:108">
-      <c r="DB1420" t="s">
+    <row r="1391" spans="1:107">
+      <c r="DA1391" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="1421" spans="1:108">
-      <c r="DB1421" t="s">
+    <row r="1392" spans="1:107">
+      <c r="DA1392" t="s">
         <v>413</v>
       </c>
     </row>
-    <row r="1422" spans="1:108">
-      <c r="DB1422" t="s">
+    <row r="1401" spans="1:107">
+      <c r="DA1401" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="1423" spans="1:108">
-      <c r="DB1423" t="s">
+    <row r="1411" spans="1:107">
+      <c r="DA1411" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="1424" spans="1:108">
-      <c r="DB1424" t="s">
+    <row r="1412" spans="1:107">
+      <c r="DA1412" t="s">
         <v>416</v>
       </c>
     </row>
-    <row r="1425" spans="1:108">
-      <c r="DB1425" t="s">
+    <row r="1414" spans="1:107">
+      <c r="DA1414" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="1426" spans="1:108">
-      <c r="DB1426" t="s">
+    <row r="1418" spans="1:107">
+      <c r="DA1418" t="s">
         <v>418</v>
       </c>
     </row>
-    <row r="1427" spans="1:108">
-      <c r="DB1427" t="s">
+    <row r="1420" spans="1:107">
+      <c r="DA1420" t="s">
         <v>419</v>
       </c>
     </row>
-    <row r="1428" spans="1:108">
-      <c r="DB1428" t="s">
+    <row r="1423" spans="1:107">
+      <c r="DA1423" t="s">
         <v>420</v>
       </c>
     </row>
-    <row r="1431" spans="1:108">
-      <c r="DB1431" t="s">
+    <row r="1426" spans="1:107">
+      <c r="DA1426" t="s">
         <v>421</v>
       </c>
     </row>
-    <row r="1432" spans="1:108">
-      <c r="DB1432" t="s">
+    <row r="1433" spans="1:107">
+      <c r="DA1433" t="s">
         <v>422</v>
       </c>
     </row>
-    <row r="1434" spans="1:108">
-      <c r="DB1434" t="s">
+    <row r="1434" spans="1:107">
+      <c r="DA1434" t="s">
         <v>423</v>
       </c>
     </row>
-    <row r="1439" spans="1:108">
-      <c r="DB1439" t="s">
+    <row r="1435" spans="1:107">
+      <c r="DA1435" t="s">
         <v>424</v>
       </c>
     </row>
-    <row r="1443" spans="1:108">
-      <c r="DB1443" t="s">
+    <row r="1436" spans="1:107">
+      <c r="DA1436" t="s">
         <v>425</v>
       </c>
     </row>
-    <row r="1448" spans="1:108">
-      <c r="DB1448" t="s">
+    <row r="1437" spans="1:107">
+      <c r="DA1437" t="s">
         <v>426</v>
       </c>
     </row>
-    <row r="1449" spans="1:108">
-      <c r="DB1449" t="s">
+    <row r="1438" spans="1:107">
+      <c r="DA1438" t="s">
         <v>427</v>
       </c>
     </row>
-    <row r="1459" spans="1:108">
-      <c r="DB1459" t="s">
+    <row r="1439" spans="1:107">
+      <c r="DA1439" t="s">
         <v>428</v>
       </c>
     </row>
-    <row r="1463" spans="1:108">
-      <c r="DB1463" t="s">
+    <row r="1440" spans="1:107">
+      <c r="DA1440" t="s">
         <v>429</v>
       </c>
     </row>
-    <row r="1470" spans="1:108">
-      <c r="DB1470" t="s">
+    <row r="1441" spans="1:107">
+      <c r="DA1441" t="s">
         <v>430</v>
       </c>
     </row>
-    <row r="1477" spans="1:108">
-      <c r="DB1477" t="s">
+    <row r="1442" spans="1:107">
+      <c r="DA1442" t="s">
         <v>431</v>
       </c>
     </row>
-    <row r="1487" spans="1:108">
-      <c r="DB1487" t="s">
+    <row r="1445" spans="1:107">
+      <c r="DA1445" t="s">
         <v>432</v>
       </c>
     </row>
-    <row r="1494" spans="1:108">
-      <c r="DB1494" t="s">
+    <row r="1446" spans="1:107">
+      <c r="DA1446" t="s">
         <v>433</v>
       </c>
     </row>
-    <row r="1495" spans="1:108">
-      <c r="DB1495" t="s">
+    <row r="1448" spans="1:107">
+      <c r="DA1448" t="s">
         <v>434</v>
       </c>
     </row>
-    <row r="1496" spans="1:108">
-      <c r="DB1496" t="s">
+    <row r="1453" spans="1:107">
+      <c r="DA1453" t="s">
         <v>435</v>
       </c>
     </row>
-    <row r="1498" spans="1:108">
-      <c r="DB1498" t="s">
+    <row r="1457" spans="1:107">
+      <c r="DA1457" t="s">
         <v>436</v>
       </c>
     </row>
-    <row r="1499" spans="1:108">
-      <c r="DB1499" t="s">
+    <row r="1462" spans="1:107">
+      <c r="DA1462" t="s">
         <v>437</v>
       </c>
     </row>
-    <row r="1500" spans="1:108">
-      <c r="DB1500" t="s">
+    <row r="1463" spans="1:107">
+      <c r="DA1463" t="s">
         <v>438</v>
       </c>
     </row>
-    <row r="1503" spans="1:108">
-      <c r="DB1503" t="s">
+    <row r="1473" spans="1:107">
+      <c r="DA1473" t="s">
         <v>439</v>
       </c>
     </row>
-    <row r="1506" spans="1:108">
-      <c r="DB1506" t="s">
+    <row r="1477" spans="1:107">
+      <c r="DA1477" t="s">
         <v>440</v>
       </c>
     </row>
-    <row r="1507" spans="1:108">
-      <c r="DB1507" t="s">
+    <row r="1484" spans="1:107">
+      <c r="DA1484" t="s">
         <v>441</v>
       </c>
     </row>
-    <row r="1508" spans="1:108">
-      <c r="DB1508" t="s">
+    <row r="1491" spans="1:107">
+      <c r="DA1491" t="s">
         <v>442</v>
       </c>
     </row>
-    <row r="1510" spans="1:108">
-      <c r="DB1510" t="s">
+    <row r="1501" spans="1:107">
+      <c r="DA1501" t="s">
         <v>443</v>
       </c>
     </row>
-    <row r="1514" spans="1:108">
-      <c r="DB1514" t="s">
+    <row r="1508" spans="1:107">
+      <c r="DA1508" t="s">
         <v>444</v>
       </c>
     </row>
-    <row r="1530" spans="1:108">
-      <c r="DB1530" t="s">
+    <row r="1509" spans="1:107">
+      <c r="DA1509" t="s">
         <v>445</v>
       </c>
     </row>
-    <row r="1537" spans="1:108">
-      <c r="DB1537" t="s">
+    <row r="1510" spans="1:107">
+      <c r="DA1510" t="s">
         <v>446</v>
       </c>
     </row>
-    <row r="1538" spans="1:108">
-      <c r="DB1538" t="s">
+    <row r="1512" spans="1:107">
+      <c r="DA1512" t="s">
         <v>447</v>
       </c>
     </row>
-    <row r="1540" spans="1:108">
-      <c r="DB1540" t="s">
+    <row r="1513" spans="1:107">
+      <c r="DA1513" t="s">
         <v>448</v>
       </c>
     </row>
-    <row r="1544" spans="1:108">
-      <c r="DB1544" t="s">
+    <row r="1514" spans="1:107">
+      <c r="DA1514" t="s">
         <v>449</v>
       </c>
     </row>
-    <row r="1560" spans="1:108">
-      <c r="DB1560" t="s">
+    <row r="1517" spans="1:107">
+      <c r="DA1517" t="s">
         <v>450</v>
       </c>
     </row>
-    <row r="1564" spans="1:108">
-      <c r="DB1564" t="s">
+    <row r="1520" spans="1:107">
+      <c r="DA1520" t="s">
         <v>451</v>
       </c>
     </row>
-    <row r="1566" spans="1:108">
-      <c r="DB1566" t="s">
+    <row r="1521" spans="1:107">
+      <c r="DA1521" t="s">
         <v>452</v>
       </c>
     </row>
-    <row r="1567" spans="1:108">
-      <c r="DB1567" t="s">
+    <row r="1522" spans="1:107">
+      <c r="DA1522" t="s">
         <v>453</v>
       </c>
     </row>
-    <row r="1570" spans="1:108">
-      <c r="DB1570" t="s">
+    <row r="1524" spans="1:107">
+      <c r="DA1524" t="s">
         <v>454</v>
       </c>
     </row>
-    <row r="1575" spans="1:108">
-      <c r="DB1575" t="s">
+    <row r="1528" spans="1:107">
+      <c r="DA1528" t="s">
         <v>455</v>
       </c>
     </row>
-    <row r="1578" spans="1:108">
-      <c r="DB1578" t="s">
+    <row r="1535" spans="1:107">
+      <c r="DA1535" t="s">
         <v>456</v>
       </c>
     </row>
-    <row r="1584" spans="1:108">
-      <c r="DB1584" t="s">
+    <row r="1539" spans="1:107">
+      <c r="DA1539" t="s">
         <v>457</v>
       </c>
     </row>
-    <row r="1594" spans="1:108">
-      <c r="DB1594" t="s">
+    <row r="1546" spans="1:107">
+      <c r="DA1546" t="s">
         <v>458</v>
       </c>
     </row>
-    <row r="1603" spans="1:108">
-      <c r="DB1603" t="s">
+    <row r="1553" spans="1:107">
+      <c r="DA1553" t="s">
         <v>459</v>
       </c>
     </row>
-    <row r="1606" spans="1:108">
-      <c r="DB1606" t="s">
+    <row r="1554" spans="1:107">
+      <c r="DA1554" t="s">
         <v>460</v>
       </c>
     </row>
-    <row r="1623" spans="1:108">
-      <c r="DB1623" t="s">
+    <row r="1556" spans="1:107">
+      <c r="DA1556" t="s">
         <v>461</v>
       </c>
     </row>
-    <row r="1627" spans="1:108">
-      <c r="DB1627" t="s">
+    <row r="1560" spans="1:107">
+      <c r="DA1560" t="s">
         <v>462</v>
       </c>
     </row>
-    <row r="1628" spans="1:108">
-      <c r="DB1628" t="s">
+    <row r="1576" spans="1:107">
+      <c r="DA1576" t="s">
         <v>463</v>
       </c>
     </row>
-    <row r="1629" spans="1:108">
-      <c r="DB1629" t="s">
+    <row r="1580" spans="1:107">
+      <c r="DA1580" t="s">
         <v>464</v>
       </c>
     </row>
-    <row r="1634" spans="1:108">
-      <c r="DB1634" t="s">
+    <row r="1582" spans="1:107">
+      <c r="DA1582" t="s">
         <v>465</v>
       </c>
     </row>
-    <row r="1640" spans="1:108">
-      <c r="DB1640" t="s">
+    <row r="1583" spans="1:107">
+      <c r="DA1583" t="s">
         <v>466</v>
       </c>
     </row>
-    <row r="1647" spans="1:108">
-      <c r="DB1647" t="s">
+    <row r="1586" spans="1:107">
+      <c r="DA1586" t="s">
         <v>467</v>
       </c>
     </row>
-    <row r="1650" spans="1:108">
-      <c r="DB1650" t="s">
+    <row r="1591" spans="1:107">
+      <c r="DA1591" t="s">
         <v>468</v>
       </c>
     </row>
-    <row r="1663" spans="1:108">
-      <c r="DB1663" t="s">
+    <row r="1594" spans="1:107">
+      <c r="DA1594" t="s">
         <v>469</v>
       </c>
     </row>
-    <row r="1669" spans="1:108">
-      <c r="DB1669" t="s">
+    <row r="1600" spans="1:107">
+      <c r="DA1600" t="s">
         <v>470</v>
       </c>
     </row>
-    <row r="1670" spans="1:108">
-      <c r="DB1670" t="s">
+    <row r="1610" spans="1:107">
+      <c r="DA1610" t="s">
         <v>471</v>
       </c>
     </row>
-    <row r="1671" spans="1:108">
-      <c r="DB1671" t="s">
+    <row r="1619" spans="1:107">
+      <c r="DA1619" t="s">
         <v>472</v>
       </c>
     </row>
-    <row r="1672" spans="1:108">
-      <c r="DB1672" t="s">
+    <row r="1622" spans="1:107">
+      <c r="DA1622" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="1673" spans="1:108">
-      <c r="DB1673" t="s">
+    <row r="1639" spans="1:107">
+      <c r="DA1639" t="s">
         <v>474</v>
       </c>
     </row>
-    <row r="1674" spans="1:108">
-      <c r="DB1674" t="s">
+    <row r="1643" spans="1:107">
+      <c r="DA1643" t="s">
         <v>475</v>
       </c>
     </row>
-    <row r="1675" spans="1:108">
-      <c r="DB1675" t="s">
+    <row r="1644" spans="1:107">
+      <c r="DA1644" t="s">
         <v>476</v>
       </c>
     </row>
-    <row r="1677" spans="1:108">
-      <c r="DB1677" t="s">
+    <row r="1645" spans="1:107">
+      <c r="DA1645" t="s">
         <v>477</v>
       </c>
     </row>
-    <row r="1683" spans="1:108">
-      <c r="DB1683" t="s">
+    <row r="1650" spans="1:107">
+      <c r="DA1650" t="s">
         <v>478</v>
       </c>
     </row>
-    <row r="1687" spans="1:108">
-      <c r="DB1687" t="s">
+    <row r="1656" spans="1:107">
+      <c r="DA1656" t="s">
         <v>479</v>
       </c>
     </row>
-    <row r="1688" spans="1:108">
-      <c r="DB1688" t="s">
+    <row r="1663" spans="1:107">
+      <c r="DA1663" t="s">
         <v>480</v>
       </c>
     </row>
-    <row r="1708" spans="1:108">
-      <c r="DB1708" t="s">
+    <row r="1666" spans="1:107">
+      <c r="DA1666" t="s">
         <v>481</v>
       </c>
     </row>
-    <row r="1715" spans="1:108">
-      <c r="DB1715" t="s">
+    <row r="1679" spans="1:107">
+      <c r="DA1679" t="s">
         <v>482</v>
       </c>
     </row>
-    <row r="1716" spans="1:108">
-      <c r="DB1716" t="s">
+    <row r="1683" spans="1:107">
+      <c r="DA1683" t="s">
         <v>483</v>
       </c>
     </row>
-    <row r="1733" spans="1:108">
-      <c r="DB1733" t="s">
+    <row r="1686" spans="1:107">
+      <c r="DA1686" t="s">
         <v>484</v>
       </c>
     </row>
-    <row r="1739" spans="1:108">
-      <c r="DB1739" t="s">
+    <row r="1687" spans="1:107">
+      <c r="DA1687" t="s">
         <v>485</v>
       </c>
     </row>
-    <row r="1747" spans="1:108">
-      <c r="DB1747" t="s">
+    <row r="1688" spans="1:107">
+      <c r="DA1688" t="s">
         <v>486</v>
       </c>
     </row>
-    <row r="1767" spans="1:108">
-      <c r="DB1767" t="s">
+    <row r="1689" spans="1:107">
+      <c r="DA1689" t="s">
         <v>487</v>
       </c>
     </row>
-    <row r="1784" spans="1:108">
-      <c r="DB1784" t="s">
+    <row r="1690" spans="1:107">
+      <c r="DA1690" t="s">
         <v>488</v>
       </c>
     </row>
-    <row r="1798" spans="1:108">
-      <c r="DB1798" t="s">
+    <row r="1691" spans="1:107">
+      <c r="DA1691" t="s">
         <v>489</v>
       </c>
     </row>
-    <row r="1806" spans="1:108">
-      <c r="DB1806" t="s">
+    <row r="1692" spans="1:107">
+      <c r="DA1692" t="s">
         <v>490</v>
       </c>
     </row>
-    <row r="1818" spans="1:108">
-      <c r="DB1818" t="s">
+    <row r="1694" spans="1:107">
+      <c r="DA1694" t="s">
         <v>491</v>
       </c>
     </row>
-    <row r="1820" spans="1:108">
-      <c r="DB1820" t="s">
+    <row r="1700" spans="1:107">
+      <c r="DA1700" t="s">
         <v>492</v>
       </c>
     </row>
-    <row r="1828" spans="1:108">
-      <c r="DB1828" t="s">
+    <row r="1704" spans="1:107">
+      <c r="DA1704" t="s">
         <v>493</v>
       </c>
     </row>
-    <row r="1832" spans="1:108">
-      <c r="DB1832" t="s">
+    <row r="1705" spans="1:107">
+      <c r="DA1705" t="s">
         <v>494</v>
       </c>
     </row>
-    <row r="1833" spans="1:108">
-      <c r="DB1833" t="s">
+    <row r="1720" spans="1:107">
+      <c r="DA1720" t="s">
         <v>495</v>
       </c>
     </row>
-    <row r="1836" spans="1:108">
-      <c r="DB1836" t="s">
+    <row r="1726" spans="1:107">
+      <c r="DA1726" t="s">
         <v>496</v>
       </c>
     </row>
-    <row r="1838" spans="1:108">
-      <c r="DB1838" t="s">
+    <row r="1733" spans="1:107">
+      <c r="DA1733" t="s">
         <v>497</v>
       </c>
     </row>
-    <row r="1842" spans="1:108">
-      <c r="DB1842" t="s">
+    <row r="1734" spans="1:107">
+      <c r="DA1734" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="1847" spans="1:108">
-      <c r="DB1847" t="s">
+    <row r="1751" spans="1:107">
+      <c r="DA1751" t="s">
         <v>499</v>
       </c>
     </row>
-    <row r="1854" spans="1:108">
-      <c r="DB1854" t="s">
+    <row r="1757" spans="1:107">
+      <c r="DA1757" t="s">
         <v>500</v>
       </c>
     </row>
-    <row r="1862" spans="1:108">
-      <c r="DB1862" t="s">
+    <row r="1765" spans="1:107">
+      <c r="DA1765" t="s">
         <v>501</v>
       </c>
     </row>
-    <row r="1864" spans="1:108">
-      <c r="DB1864" t="s">
+    <row r="1785" spans="1:107">
+      <c r="DA1785" t="s">
         <v>502</v>
       </c>
     </row>
-    <row r="1866" spans="1:108">
-      <c r="DB1866" t="s">
+    <row r="1802" spans="1:107">
+      <c r="DA1802" t="s">
         <v>503</v>
       </c>
     </row>
-    <row r="1868" spans="1:108">
-      <c r="DB1868" t="s">
+    <row r="1816" spans="1:107">
+      <c r="DA1816" t="s">
         <v>504</v>
       </c>
     </row>
-    <row r="1878" spans="1:108">
-      <c r="DB1878" t="s">
+    <row r="1824" spans="1:107">
+      <c r="DA1824" t="s">
         <v>505</v>
       </c>
     </row>
-    <row r="1882" spans="1:108">
-      <c r="DB1882" t="s">
+    <row r="1836" spans="1:107">
+      <c r="DA1836" t="s">
         <v>506</v>
       </c>
     </row>
-    <row r="1887" spans="1:108">
-      <c r="DB1887" t="s">
+    <row r="1838" spans="1:107">
+      <c r="DA1838" t="s">
         <v>507</v>
       </c>
     </row>
-    <row r="1892" spans="1:108">
-      <c r="DB1892" t="s">
+    <row r="1846" spans="1:107">
+      <c r="DA1846" t="s">
         <v>508</v>
       </c>
     </row>
-    <row r="1895" spans="1:108">
-      <c r="DB1895" t="s">
+    <row r="1850" spans="1:107">
+      <c r="DA1850" t="s">
         <v>509</v>
       </c>
     </row>
-    <row r="1905" spans="1:108">
-      <c r="DB1905" t="s">
+    <row r="1851" spans="1:107">
+      <c r="DA1851" t="s">
         <v>510</v>
       </c>
     </row>
-    <row r="1906" spans="1:108">
-      <c r="DB1906" t="s">
+    <row r="1854" spans="1:107">
+      <c r="DA1854" t="s">
         <v>511</v>
       </c>
     </row>
-    <row r="1912" spans="1:108">
-      <c r="DB1912" t="s">
+    <row r="1856" spans="1:107">
+      <c r="DA1856" t="s">
         <v>512</v>
       </c>
     </row>
-    <row r="1913" spans="1:108">
-      <c r="DB1913" t="s">
+    <row r="1860" spans="1:107">
+      <c r="DA1860" t="s">
         <v>513</v>
       </c>
     </row>
-    <row r="1914" spans="1:108">
-[...5 lines deleted...]
-      <c r="DB1924" t="s">
+    <row r="1865" spans="1:107">
+      <c r="DA1865" t="s">
         <v>514</v>
       </c>
     </row>
-    <row r="1925" spans="1:108">
-      <c r="DB1925" t="s">
+    <row r="1872" spans="1:107">
+      <c r="DA1872" t="s">
         <v>515</v>
       </c>
     </row>
-    <row r="1959" spans="1:108">
-      <c r="DB1959" t="s">
+    <row r="1880" spans="1:107">
+      <c r="DA1880" t="s">
         <v>516</v>
       </c>
     </row>
-    <row r="1983" spans="1:108">
-      <c r="DB1983" t="s">
+    <row r="1882" spans="1:107">
+      <c r="DA1882" t="s">
         <v>517</v>
       </c>
     </row>
-    <row r="1992" spans="1:108">
-      <c r="DB1992" t="s">
+    <row r="1884" spans="1:107">
+      <c r="DA1884" t="s">
         <v>518</v>
       </c>
     </row>
-    <row r="1996" spans="1:108">
-      <c r="DB1996" t="s">
+    <row r="1886" spans="1:107">
+      <c r="DA1886" t="s">
         <v>519</v>
       </c>
     </row>
-    <row r="1997" spans="1:108">
-      <c r="DB1997" t="s">
+    <row r="1896" spans="1:107">
+      <c r="DA1896" t="s">
         <v>520</v>
       </c>
     </row>
-    <row r="1998" spans="1:108">
-      <c r="DB1998" t="s">
+    <row r="1900" spans="1:107">
+      <c r="DA1900" t="s">
         <v>521</v>
       </c>
     </row>
-    <row r="2002" spans="1:108">
-      <c r="DB2002" t="s">
+    <row r="1905" spans="1:107">
+      <c r="DA1905" t="s">
         <v>522</v>
       </c>
     </row>
-    <row r="2003" spans="1:108">
-      <c r="DB2003" t="s">
+    <row r="1910" spans="1:107">
+      <c r="DA1910" t="s">
         <v>523</v>
       </c>
     </row>
-    <row r="2004" spans="1:108">
-      <c r="DB2004" t="s">
+    <row r="1913" spans="1:107">
+      <c r="DA1913" t="s">
         <v>524</v>
       </c>
     </row>
-    <row r="2006" spans="1:108">
-      <c r="DB2006" t="s">
+    <row r="1923" spans="1:107">
+      <c r="DA1923" t="s">
         <v>525</v>
       </c>
     </row>
-    <row r="2009" spans="1:108">
-      <c r="DB2009" t="s">
+    <row r="1924" spans="1:107">
+      <c r="DA1924" t="s">
         <v>526</v>
       </c>
     </row>
-    <row r="2012" spans="1:108">
-      <c r="DB2012" t="s">
+    <row r="1930" spans="1:107">
+      <c r="DA1930" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="2014" spans="1:108">
-      <c r="DB2014" t="s">
+    <row r="1931" spans="1:107">
+      <c r="DA1931" t="s">
         <v>528</v>
       </c>
     </row>
-    <row r="2015" spans="1:108">
-      <c r="DB2015" t="s">
+    <row r="1932" spans="1:107">
+      <c r="DA1932" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="1942" spans="1:107">
+      <c r="DA1942" t="s">
         <v>529</v>
       </c>
     </row>
-    <row r="2016" spans="1:108">
-      <c r="DB2016" t="s">
+    <row r="1943" spans="1:107">
+      <c r="DA1943" t="s">
         <v>530</v>
       </c>
     </row>
-    <row r="2018" spans="1:108">
-      <c r="DB2018" t="s">
+    <row r="1977" spans="1:107">
+      <c r="DA1977" t="s">
         <v>531</v>
       </c>
     </row>
-    <row r="2020" spans="1:108">
-      <c r="DB2020" t="s">
+    <row r="1997" spans="1:107">
+      <c r="DA1997" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="2031" spans="1:108">
-      <c r="DB2031" t="s">
+    <row r="2002" spans="1:107">
+      <c r="DA2002" t="s">
         <v>533</v>
       </c>
     </row>
-    <row r="2041" spans="1:108">
-      <c r="DB2041" t="s">
+    <row r="2011" spans="1:107">
+      <c r="DA2011" t="s">
         <v>534</v>
       </c>
     </row>
-    <row r="2042" spans="1:108">
-      <c r="DB2042" t="s">
+    <row r="2015" spans="1:107">
+      <c r="DA2015" t="s">
         <v>535</v>
       </c>
     </row>
-    <row r="2053" spans="1:108">
-      <c r="DB2053" t="s">
+    <row r="2016" spans="1:107">
+      <c r="DA2016" t="s">
         <v>536</v>
       </c>
     </row>
-    <row r="2054" spans="1:108">
-      <c r="DB2054" t="s">
+    <row r="2017" spans="1:107">
+      <c r="DA2017" t="s">
         <v>537</v>
       </c>
     </row>
-    <row r="2060" spans="1:108">
-      <c r="DB2060" t="s">
+    <row r="2021" spans="1:107">
+      <c r="DA2021" t="s">
         <v>538</v>
       </c>
     </row>
-    <row r="2061" spans="1:108">
-      <c r="DB2061" t="s">
+    <row r="2022" spans="1:107">
+      <c r="DA2022" t="s">
         <v>539</v>
       </c>
     </row>
-    <row r="2063" spans="1:108">
-      <c r="DB2063" t="s">
+    <row r="2023" spans="1:107">
+      <c r="DA2023" t="s">
         <v>540</v>
       </c>
     </row>
-    <row r="2071" spans="1:108">
-      <c r="DB2071" t="s">
+    <row r="2025" spans="1:107">
+      <c r="DA2025" t="s">
         <v>541</v>
       </c>
     </row>
-    <row r="2077" spans="1:108">
-      <c r="DB2077" t="s">
+    <row r="2028" spans="1:107">
+      <c r="DA2028" t="s">
         <v>542</v>
       </c>
     </row>
-    <row r="2078" spans="1:108">
-      <c r="DB2078" t="s">
+    <row r="2031" spans="1:107">
+      <c r="DA2031" t="s">
         <v>543</v>
       </c>
     </row>
-    <row r="2083" spans="1:108">
-      <c r="DB2083" t="s">
+    <row r="2033" spans="1:107">
+      <c r="DA2033" t="s">
         <v>544</v>
       </c>
     </row>
-    <row r="2087" spans="1:108">
-      <c r="DB2087" t="s">
+    <row r="2034" spans="1:107">
+      <c r="DA2034" t="s">
         <v>545</v>
       </c>
     </row>
-    <row r="2088" spans="1:108">
-      <c r="DB2088" t="s">
+    <row r="2035" spans="1:107">
+      <c r="DA2035" t="s">
         <v>546</v>
       </c>
     </row>
-    <row r="2095" spans="1:108">
-      <c r="DB2095" t="s">
+    <row r="2037" spans="1:107">
+      <c r="DA2037" t="s">
         <v>547</v>
       </c>
     </row>
-    <row r="2097" spans="1:108">
-      <c r="DB2097" t="s">
+    <row r="2039" spans="1:107">
+      <c r="DA2039" t="s">
         <v>548</v>
       </c>
     </row>
-    <row r="2098" spans="1:108">
-      <c r="DB2098" t="s">
+    <row r="2050" spans="1:107">
+      <c r="DA2050" t="s">
         <v>549</v>
       </c>
     </row>
-    <row r="2101" spans="1:108">
-      <c r="DB2101" t="s">
+    <row r="2060" spans="1:107">
+      <c r="DA2060" t="s">
         <v>550</v>
       </c>
     </row>
-    <row r="2106" spans="1:108">
-      <c r="DB2106" t="s">
+    <row r="2061" spans="1:107">
+      <c r="DA2061" t="s">
         <v>551</v>
       </c>
     </row>
-    <row r="2114" spans="1:108">
-      <c r="DB2114" t="s">
+    <row r="2062" spans="1:107">
+      <c r="DA2062" t="s">
         <v>552</v>
       </c>
     </row>
-    <row r="2117" spans="1:108">
-      <c r="DB2117" t="s">
+    <row r="2073" spans="1:107">
+      <c r="DA2073" t="s">
         <v>553</v>
       </c>
     </row>
-    <row r="2121" spans="1:108">
-      <c r="DB2121" t="s">
+    <row r="2074" spans="1:107">
+      <c r="DA2074" t="s">
         <v>554</v>
       </c>
     </row>
-    <row r="2122" spans="1:108">
-      <c r="DB2122" t="s">
+    <row r="2080" spans="1:107">
+      <c r="DA2080" t="s">
         <v>555</v>
       </c>
     </row>
-    <row r="2123" spans="1:108">
-      <c r="DB2123" t="s">
+    <row r="2081" spans="1:107">
+      <c r="DA2081" t="s">
         <v>556</v>
       </c>
     </row>
-    <row r="2125" spans="1:108">
-      <c r="DB2125" t="s">
+    <row r="2083" spans="1:107">
+      <c r="DA2083" t="s">
         <v>557</v>
       </c>
     </row>
-    <row r="2130" spans="1:108">
-      <c r="DB2130" t="s">
+    <row r="2091" spans="1:107">
+      <c r="DA2091" t="s">
         <v>558</v>
       </c>
     </row>
-    <row r="2133" spans="1:108">
-      <c r="DB2133" t="s">
+    <row r="2097" spans="1:107">
+      <c r="DA2097" t="s">
         <v>559</v>
       </c>
     </row>
-    <row r="2135" spans="1:108">
-      <c r="DB2135" t="s">
+    <row r="2098" spans="1:107">
+      <c r="DA2098" t="s">
         <v>560</v>
       </c>
     </row>
-    <row r="2140" spans="1:108">
-      <c r="DB2140" t="s">
+    <row r="2099" spans="1:107">
+      <c r="DA2099" t="s">
         <v>561</v>
       </c>
     </row>
-    <row r="2141" spans="1:108">
-      <c r="DB2141" t="s">
+    <row r="2104" spans="1:107">
+      <c r="DA2104" t="s">
         <v>562</v>
       </c>
     </row>
-    <row r="2150" spans="1:108">
-      <c r="DB2150" t="s">
+    <row r="2108" spans="1:107">
+      <c r="DA2108" t="s">
         <v>563</v>
       </c>
     </row>
-    <row r="2154" spans="1:108">
-      <c r="DB2154" t="s">
+    <row r="2109" spans="1:107">
+      <c r="DA2109" t="s">
         <v>564</v>
       </c>
     </row>
-    <row r="2157" spans="1:108">
-      <c r="DB2157" t="s">
+    <row r="2116" spans="1:107">
+      <c r="DA2116" t="s">
         <v>565</v>
       </c>
     </row>
-    <row r="2160" spans="1:108">
-      <c r="DB2160" t="s">
+    <row r="2118" spans="1:107">
+      <c r="DA2118" t="s">
         <v>566</v>
       </c>
     </row>
-    <row r="2165" spans="1:108">
-      <c r="DB2165" t="s">
+    <row r="2119" spans="1:107">
+      <c r="DA2119" t="s">
         <v>567</v>
       </c>
     </row>
-    <row r="2169" spans="1:108">
-      <c r="DB2169" t="s">
+    <row r="2122" spans="1:107">
+      <c r="DA2122" t="s">
         <v>568</v>
       </c>
     </row>
-    <row r="2179" spans="1:108">
-      <c r="DB2179" t="s">
+    <row r="2127" spans="1:107">
+      <c r="DA2127" t="s">
         <v>569</v>
       </c>
     </row>
-    <row r="2184" spans="1:108">
-      <c r="DB2184" t="s">
+    <row r="2135" spans="1:107">
+      <c r="DA2135" t="s">
         <v>570</v>
       </c>
     </row>
-    <row r="2185" spans="1:108">
-      <c r="DB2185" t="s">
+    <row r="2138" spans="1:107">
+      <c r="DA2138" t="s">
         <v>571</v>
       </c>
     </row>
-    <row r="2192" spans="1:108">
-      <c r="DB2192" t="s">
+    <row r="2142" spans="1:107">
+      <c r="DA2142" t="s">
         <v>572</v>
       </c>
     </row>
-    <row r="2194" spans="1:108">
-      <c r="DB2194" t="s">
+    <row r="2143" spans="1:107">
+      <c r="DA2143" t="s">
         <v>573</v>
       </c>
     </row>
-    <row r="2197" spans="1:108">
-      <c r="DB2197" t="s">
+    <row r="2144" spans="1:107">
+      <c r="DA2144" t="s">
         <v>574</v>
       </c>
     </row>
-    <row r="2198" spans="1:108">
-      <c r="DB2198" t="s">
+    <row r="2146" spans="1:107">
+      <c r="DA2146" t="s">
         <v>575</v>
       </c>
     </row>
-    <row r="2206" spans="1:108">
-      <c r="DB2206" t="s">
+    <row r="2151" spans="1:107">
+      <c r="DA2151" t="s">
         <v>576</v>
       </c>
     </row>
-    <row r="2207" spans="1:108">
-      <c r="DB2207" t="s">
+    <row r="2154" spans="1:107">
+      <c r="DA2154" t="s">
         <v>577</v>
       </c>
     </row>
-    <row r="2211" spans="1:108">
-      <c r="DB2211" t="s">
+    <row r="2156" spans="1:107">
+      <c r="DA2156" t="s">
         <v>578</v>
       </c>
     </row>
-    <row r="2212" spans="1:108">
-      <c r="DB2212" t="s">
+    <row r="2161" spans="1:107">
+      <c r="DA2161" t="s">
         <v>579</v>
       </c>
     </row>
-    <row r="2222" spans="1:108">
-      <c r="DB2222" t="s">
+    <row r="2162" spans="1:107">
+      <c r="DA2162" t="s">
         <v>580</v>
       </c>
     </row>
-    <row r="2223" spans="1:108">
-      <c r="DB2223" t="s">
+    <row r="2163" spans="1:107">
+      <c r="DA2163" t="s">
         <v>581</v>
       </c>
     </row>
-    <row r="2224" spans="1:108">
-      <c r="DB2224" t="s">
+    <row r="2172" spans="1:107">
+      <c r="DA2172" t="s">
         <v>582</v>
       </c>
     </row>
-    <row r="2231" spans="1:108">
-      <c r="DB2231" t="s">
+    <row r="2176" spans="1:107">
+      <c r="DA2176" t="s">
         <v>583</v>
       </c>
     </row>
-    <row r="2232" spans="1:108">
-      <c r="DB2232" t="s">
+    <row r="2179" spans="1:107">
+      <c r="DA2179" t="s">
         <v>584</v>
       </c>
     </row>
-    <row r="2237" spans="1:108">
-      <c r="DB2237" t="s">
+    <row r="2182" spans="1:107">
+      <c r="DA2182" t="s">
         <v>585</v>
       </c>
     </row>
-    <row r="2242" spans="1:108">
-      <c r="DB2242" t="s">
+    <row r="2187" spans="1:107">
+      <c r="DA2187" t="s">
         <v>586</v>
       </c>
     </row>
-    <row r="2246" spans="1:108">
-      <c r="DB2246" t="s">
+    <row r="2191" spans="1:107">
+      <c r="DA2191" t="s">
         <v>587</v>
       </c>
     </row>
-    <row r="2249" spans="1:108">
-      <c r="DB2249" t="s">
+    <row r="2201" spans="1:107">
+      <c r="DA2201" t="s">
         <v>588</v>
       </c>
     </row>
-    <row r="2250" spans="1:108">
-      <c r="DB2250" t="s">
+    <row r="2206" spans="1:107">
+      <c r="DA2206" t="s">
         <v>589</v>
       </c>
     </row>
-    <row r="2251" spans="1:108">
-      <c r="DB2251" t="s">
+    <row r="2207" spans="1:107">
+      <c r="DA2207" t="s">
         <v>590</v>
       </c>
     </row>
-    <row r="2262" spans="1:108">
-      <c r="DB2262" t="s">
+    <row r="2214" spans="1:107">
+      <c r="DA2214" t="s">
         <v>591</v>
       </c>
     </row>
-    <row r="2263" spans="1:108">
-      <c r="DB2263" t="s">
+    <row r="2216" spans="1:107">
+      <c r="DA2216" t="s">
         <v>592</v>
       </c>
     </row>
-    <row r="2265" spans="1:108">
-      <c r="DB2265" t="s">
+    <row r="2219" spans="1:107">
+      <c r="DA2219" t="s">
         <v>593</v>
       </c>
     </row>
-    <row r="2266" spans="1:108">
-      <c r="DB2266" t="s">
+    <row r="2220" spans="1:107">
+      <c r="DA2220" t="s">
         <v>594</v>
       </c>
     </row>
-    <row r="2267" spans="1:108">
-      <c r="DB2267" t="s">
+    <row r="2228" spans="1:107">
+      <c r="DA2228" t="s">
         <v>595</v>
       </c>
     </row>
-    <row r="2271" spans="1:108">
-      <c r="DB2271" t="s">
+    <row r="2229" spans="1:107">
+      <c r="DA2229" t="s">
         <v>596</v>
       </c>
     </row>
-    <row r="2279" spans="1:108">
-      <c r="DB2279" t="s">
+    <row r="2233" spans="1:107">
+      <c r="DA2233" t="s">
         <v>597</v>
       </c>
     </row>
-    <row r="2280" spans="1:108">
-      <c r="DB2280" t="s">
+    <row r="2234" spans="1:107">
+      <c r="DA2234" t="s">
         <v>598</v>
       </c>
     </row>
-    <row r="2289" spans="1:108">
-      <c r="DB2289" t="s">
+    <row r="2244" spans="1:107">
+      <c r="DA2244" t="s">
         <v>599</v>
       </c>
     </row>
-    <row r="2292" spans="1:108">
-      <c r="DB2292" t="s">
+    <row r="2245" spans="1:107">
+      <c r="DA2245" t="s">
         <v>600</v>
       </c>
     </row>
-    <row r="2294" spans="1:108">
-      <c r="DB2294" t="s">
+    <row r="2246" spans="1:107">
+      <c r="DA2246" t="s">
         <v>601</v>
       </c>
     </row>
-    <row r="2295" spans="1:108">
-      <c r="DB2295" t="s">
+    <row r="2253" spans="1:107">
+      <c r="DA2253" t="s">
         <v>602</v>
       </c>
     </row>
-    <row r="2299" spans="1:108">
-      <c r="DB2299" t="s">
+    <row r="2254" spans="1:107">
+      <c r="DA2254" t="s">
         <v>603</v>
       </c>
     </row>
-    <row r="2305" spans="1:108">
-      <c r="DB2305" t="s">
+    <row r="2259" spans="1:107">
+      <c r="DA2259" t="s">
         <v>604</v>
       </c>
     </row>
-    <row r="2306" spans="1:108">
-      <c r="DB2306" t="s">
+    <row r="2264" spans="1:107">
+      <c r="DA2264" t="s">
         <v>605</v>
       </c>
     </row>
-    <row r="2312" spans="1:108">
-      <c r="DB2312" t="s">
+    <row r="2268" spans="1:107">
+      <c r="DA2268" t="s">
         <v>606</v>
       </c>
     </row>
-    <row r="2324" spans="1:108">
-      <c r="DB2324" t="s">
+    <row r="2271" spans="1:107">
+      <c r="DA2271" t="s">
         <v>607</v>
       </c>
     </row>
-    <row r="2330" spans="1:108">
-      <c r="DB2330" t="s">
+    <row r="2272" spans="1:107">
+      <c r="DA2272" t="s">
         <v>608</v>
       </c>
     </row>
-    <row r="2331" spans="1:108">
-      <c r="DB2331" t="s">
+    <row r="2273" spans="1:107">
+      <c r="DA2273" t="s">
         <v>609</v>
       </c>
     </row>
-    <row r="2332" spans="1:108">
-      <c r="DB2332" t="s">
+    <row r="2284" spans="1:107">
+      <c r="DA2284" t="s">
         <v>610</v>
       </c>
     </row>
-    <row r="2334" spans="1:108">
-      <c r="DB2334" t="s">
+    <row r="2285" spans="1:107">
+      <c r="DA2285" t="s">
         <v>611</v>
       </c>
     </row>
-    <row r="2335" spans="1:108">
-      <c r="DB2335" t="s">
+    <row r="2287" spans="1:107">
+      <c r="DA2287" t="s">
         <v>612</v>
       </c>
     </row>
-    <row r="2336" spans="1:108">
-      <c r="DB2336" t="s">
+    <row r="2288" spans="1:107">
+      <c r="DA2288" t="s">
         <v>613</v>
       </c>
     </row>
-    <row r="2338" spans="1:108">
-      <c r="DB2338" t="s">
+    <row r="2289" spans="1:107">
+      <c r="DA2289" t="s">
         <v>614</v>
       </c>
     </row>
-    <row r="2344" spans="1:108">
-      <c r="DB2344" t="s">
+    <row r="2293" spans="1:107">
+      <c r="DA2293" t="s">
         <v>615</v>
       </c>
     </row>
-    <row r="2345" spans="1:108">
-      <c r="DB2345" t="s">
+    <row r="2298" spans="1:107">
+      <c r="DA2298" t="s">
         <v>616</v>
       </c>
     </row>
-    <row r="2349" spans="1:108">
-      <c r="DB2349" t="s">
+    <row r="2302" spans="1:107">
+      <c r="DA2302" t="s">
         <v>617</v>
       </c>
     </row>
-    <row r="2365" spans="1:108">
-      <c r="DB2365" t="s">
+    <row r="2303" spans="1:107">
+      <c r="DA2303" t="s">
         <v>618</v>
       </c>
     </row>
-    <row r="2370" spans="1:108">
-      <c r="DB2370" t="s">
+    <row r="2312" spans="1:107">
+      <c r="DA2312" t="s">
         <v>619</v>
       </c>
     </row>
-    <row r="2371" spans="1:108">
-      <c r="DB2371" t="s">
+    <row r="2315" spans="1:107">
+      <c r="DA2315" t="s">
         <v>620</v>
       </c>
     </row>
-    <row r="2373" spans="1:108">
-      <c r="DB2373" t="s">
+    <row r="2317" spans="1:107">
+      <c r="DA2317" t="s">
         <v>621</v>
       </c>
     </row>
-    <row r="2374" spans="1:108">
-      <c r="DB2374" t="s">
+    <row r="2318" spans="1:107">
+      <c r="DA2318" t="s">
         <v>622</v>
       </c>
     </row>
-    <row r="2375" spans="1:108">
-      <c r="DB2375" t="s">
+    <row r="2322" spans="1:107">
+      <c r="DA2322" t="s">
         <v>623</v>
       </c>
     </row>
-    <row r="2382" spans="1:108">
-      <c r="DB2382" t="s">
+    <row r="2328" spans="1:107">
+      <c r="DA2328" t="s">
         <v>624</v>
       </c>
     </row>
-    <row r="2385" spans="1:108">
-      <c r="DB2385" t="s">
+    <row r="2329" spans="1:107">
+      <c r="DA2329" t="s">
         <v>625</v>
       </c>
     </row>
-    <row r="2397" spans="1:108">
-      <c r="DB2397" t="s">
+    <row r="2335" spans="1:107">
+      <c r="DA2335" t="s">
         <v>626</v>
       </c>
     </row>
-    <row r="2410" spans="1:108">
-      <c r="DB2410" t="s">
+    <row r="2347" spans="1:107">
+      <c r="DA2347" t="s">
         <v>627</v>
       </c>
     </row>
-    <row r="2414" spans="1:108">
-      <c r="DB2414" t="s">
+    <row r="2353" spans="1:107">
+      <c r="DA2353" t="s">
         <v>628</v>
       </c>
     </row>
-    <row r="2415" spans="1:108">
-      <c r="DB2415" t="s">
+    <row r="2354" spans="1:107">
+      <c r="DA2354" t="s">
         <v>629</v>
       </c>
     </row>
-    <row r="2421" spans="1:108">
-      <c r="DB2421" t="s">
+    <row r="2355" spans="1:107">
+      <c r="DA2355" t="s">
         <v>630</v>
       </c>
     </row>
-    <row r="2428" spans="1:108">
-      <c r="DB2428" t="s">
+    <row r="2356" spans="1:107">
+      <c r="DA2356" t="s">
         <v>631</v>
       </c>
     </row>
-    <row r="2430" spans="1:108">
-      <c r="DB2430" t="s">
+    <row r="2358" spans="1:107">
+      <c r="DA2358" t="s">
         <v>632</v>
       </c>
     </row>
-    <row r="2442" spans="1:108">
-      <c r="DB2442" t="s">
+    <row r="2359" spans="1:107">
+      <c r="DA2359" t="s">
         <v>633</v>
       </c>
     </row>
-    <row r="2444" spans="1:108">
-      <c r="DB2444" t="s">
+    <row r="2360" spans="1:107">
+      <c r="DA2360" t="s">
         <v>634</v>
       </c>
     </row>
-    <row r="2445" spans="1:108">
-      <c r="DB2445" t="s">
+    <row r="2362" spans="1:107">
+      <c r="DA2362" t="s">
         <v>635</v>
       </c>
     </row>
-    <row r="2449" spans="1:108">
-      <c r="DB2449" t="s">
+    <row r="2368" spans="1:107">
+      <c r="DA2368" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="2451" spans="1:108">
-      <c r="DB2451" t="s">
+    <row r="2369" spans="1:107">
+      <c r="DA2369" t="s">
         <v>637</v>
       </c>
     </row>
-    <row r="2455" spans="1:108">
-      <c r="DB2455" t="s">
+    <row r="2373" spans="1:107">
+      <c r="DA2373" t="s">
         <v>638</v>
       </c>
     </row>
-    <row r="2461" spans="1:108">
-      <c r="DB2461" t="s">
+    <row r="2374" spans="1:107">
+      <c r="DA2374" t="s">
         <v>639</v>
       </c>
     </row>
-    <row r="2471" spans="1:108">
-      <c r="DB2471" t="s">
+    <row r="2375" spans="1:107">
+      <c r="DA2375" t="s">
         <v>640</v>
       </c>
     </row>
-    <row r="2472" spans="1:108">
-      <c r="DB2472" t="s">
+    <row r="2391" spans="1:107">
+      <c r="DA2391" t="s">
         <v>641</v>
       </c>
     </row>
-    <row r="2475" spans="1:108">
-      <c r="DB2475" t="s">
+    <row r="2396" spans="1:107">
+      <c r="DA2396" t="s">
         <v>642</v>
       </c>
     </row>
-    <row r="2477" spans="1:108">
-      <c r="DB2477" t="s">
+    <row r="2397" spans="1:107">
+      <c r="DA2397" t="s">
         <v>643</v>
       </c>
     </row>
-    <row r="2478" spans="1:108">
-      <c r="DB2478" t="s">
+    <row r="2399" spans="1:107">
+      <c r="DA2399" t="s">
         <v>644</v>
       </c>
     </row>
-    <row r="2486" spans="1:108">
-      <c r="DB2486" t="s">
+    <row r="2406" spans="1:107">
+      <c r="DA2406" t="s">
         <v>645</v>
       </c>
     </row>
-    <row r="2505" spans="1:108">
-      <c r="DB2505" t="s">
+    <row r="2409" spans="1:107">
+      <c r="DA2409" t="s">
         <v>646</v>
       </c>
     </row>
-    <row r="2507" spans="1:108">
-      <c r="DB2507" t="s">
+    <row r="2421" spans="1:107">
+      <c r="DA2421" t="s">
         <v>647</v>
       </c>
     </row>
-    <row r="2517" spans="1:108">
-      <c r="DB2517" t="s">
+    <row r="2434" spans="1:107">
+      <c r="DA2434" t="s">
         <v>648</v>
       </c>
     </row>
-    <row r="2519" spans="1:108">
-      <c r="DB2519" t="s">
+    <row r="2438" spans="1:107">
+      <c r="DA2438" t="s">
         <v>649</v>
       </c>
     </row>
-    <row r="2520" spans="1:108">
-      <c r="DB2520" t="s">
+    <row r="2439" spans="1:107">
+      <c r="DA2439" t="s">
         <v>650</v>
       </c>
     </row>
-    <row r="2524" spans="1:108">
-      <c r="DB2524" t="s">
+    <row r="2445" spans="1:107">
+      <c r="DA2445" t="s">
         <v>651</v>
       </c>
     </row>
-    <row r="2536" spans="1:108">
-      <c r="DB2536" t="s">
+    <row r="2452" spans="1:107">
+      <c r="DA2452" t="s">
         <v>652</v>
       </c>
     </row>
-    <row r="2537" spans="1:108">
-      <c r="DB2537" t="s">
+    <row r="2454" spans="1:107">
+      <c r="DA2454" t="s">
         <v>653</v>
       </c>
     </row>
-    <row r="2541" spans="1:108">
-      <c r="DB2541" t="s">
+    <row r="2466" spans="1:107">
+      <c r="DA2466" t="s">
         <v>654</v>
       </c>
     </row>
-    <row r="2542" spans="1:108">
-      <c r="DB2542" t="s">
+    <row r="2468" spans="1:107">
+      <c r="DA2468" t="s">
         <v>655</v>
       </c>
     </row>
-    <row r="2543" spans="1:108">
-      <c r="DB2543" t="s">
+    <row r="2469" spans="1:107">
+      <c r="DA2469" t="s">
         <v>656</v>
       </c>
     </row>
-    <row r="2544" spans="1:108">
-      <c r="DB2544" t="s">
+    <row r="2473" spans="1:107">
+      <c r="DA2473" t="s">
         <v>657</v>
       </c>
     </row>
-    <row r="2550" spans="1:108">
-      <c r="DB2550" t="s">
+    <row r="2475" spans="1:107">
+      <c r="DA2475" t="s">
         <v>658</v>
       </c>
     </row>
-    <row r="2555" spans="1:108">
-      <c r="DB2555" t="s">
+    <row r="2479" spans="1:107">
+      <c r="DA2479" t="s">
         <v>659</v>
       </c>
     </row>
-    <row r="2557" spans="1:108">
-      <c r="DB2557" t="s">
+    <row r="2485" spans="1:107">
+      <c r="DA2485" t="s">
         <v>660</v>
       </c>
     </row>
-    <row r="2558" spans="1:108">
-      <c r="DB2558" t="s">
+    <row r="2495" spans="1:107">
+      <c r="DA2495" t="s">
         <v>661</v>
       </c>
     </row>
-    <row r="2561" spans="1:108">
-      <c r="DB2561" t="s">
+    <row r="2496" spans="1:107">
+      <c r="DA2496" t="s">
         <v>662</v>
       </c>
     </row>
-    <row r="2563" spans="1:108">
-      <c r="DB2563" t="s">
+    <row r="2499" spans="1:107">
+      <c r="DA2499" t="s">
         <v>663</v>
       </c>
     </row>
-    <row r="2564" spans="1:108">
-      <c r="DB2564" t="s">
+    <row r="2501" spans="1:107">
+      <c r="DA2501" t="s">
         <v>664</v>
       </c>
     </row>
-    <row r="2565" spans="1:108">
-      <c r="DB2565" t="s">
+    <row r="2502" spans="1:107">
+      <c r="DA2502" t="s">
         <v>665</v>
       </c>
     </row>
-    <row r="2570" spans="1:108">
-      <c r="DB2570" t="s">
+    <row r="2510" spans="1:107">
+      <c r="DA2510" t="s">
         <v>666</v>
       </c>
     </row>
-    <row r="2572" spans="1:108">
-      <c r="DB2572" t="s">
+    <row r="2529" spans="1:107">
+      <c r="DA2529" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="2575" spans="1:108">
-      <c r="DB2575" t="s">
+    <row r="2531" spans="1:107">
+      <c r="DA2531" t="s">
         <v>668</v>
       </c>
     </row>
-    <row r="2576" spans="1:108">
-      <c r="DB2576" t="s">
+    <row r="2541" spans="1:107">
+      <c r="DA2541" t="s">
         <v>669</v>
       </c>
     </row>
-    <row r="2579" spans="1:108">
-      <c r="DB2579" t="s">
+    <row r="2543" spans="1:107">
+      <c r="DA2543" t="s">
         <v>670</v>
       </c>
     </row>
-    <row r="2582" spans="1:108">
-      <c r="DB2582" t="s">
+    <row r="2544" spans="1:107">
+      <c r="DA2544" t="s">
         <v>671</v>
       </c>
     </row>
-    <row r="2613" spans="1:108">
-      <c r="DB2613" t="s">
+    <row r="2548" spans="1:107">
+      <c r="DA2548" t="s">
         <v>672</v>
       </c>
     </row>
-    <row r="2627" spans="1:108">
-      <c r="DB2627" t="s">
+    <row r="2560" spans="1:107">
+      <c r="DA2560" t="s">
         <v>673</v>
       </c>
     </row>
-    <row r="2628" spans="1:108">
-      <c r="DB2628" t="s">
+    <row r="2561" spans="1:107">
+      <c r="DA2561" t="s">
         <v>674</v>
       </c>
     </row>
-    <row r="2630" spans="1:108">
-      <c r="DB2630" t="s">
+    <row r="2565" spans="1:107">
+      <c r="DA2565" t="s">
         <v>675</v>
       </c>
     </row>
-    <row r="2661" spans="1:108">
-      <c r="DB2661" t="s">
+    <row r="2566" spans="1:107">
+      <c r="DA2566" t="s">
         <v>676</v>
       </c>
     </row>
-    <row r="2666" spans="1:108">
-      <c r="DB2666" t="s">
+    <row r="2567" spans="1:107">
+      <c r="DA2567" t="s">
         <v>677</v>
       </c>
     </row>
-    <row r="2669" spans="1:108">
-      <c r="DB2669" t="s">
+    <row r="2568" spans="1:107">
+      <c r="DA2568" t="s">
         <v>678</v>
       </c>
     </row>
-    <row r="2684" spans="1:108">
-      <c r="DB2684" t="s">
+    <row r="2574" spans="1:107">
+      <c r="DA2574" t="s">
         <v>679</v>
       </c>
     </row>
-    <row r="2694" spans="1:108">
-      <c r="DB2694" t="s">
+    <row r="2579" spans="1:107">
+      <c r="DA2579" t="s">
         <v>680</v>
       </c>
     </row>
-    <row r="2697" spans="1:108">
-      <c r="DB2697" t="s">
+    <row r="2581" spans="1:107">
+      <c r="DA2581" t="s">
         <v>681</v>
       </c>
     </row>
-    <row r="2701" spans="1:108">
-      <c r="DB2701" t="s">
+    <row r="2582" spans="1:107">
+      <c r="DA2582" t="s">
         <v>682</v>
       </c>
     </row>
-    <row r="2703" spans="1:108">
-      <c r="DB2703" t="s">
+    <row r="2585" spans="1:107">
+      <c r="DA2585" t="s">
         <v>683</v>
       </c>
     </row>
-    <row r="2704" spans="1:108">
-      <c r="DB2704" t="s">
+    <row r="2587" spans="1:107">
+      <c r="DA2587" t="s">
         <v>684</v>
       </c>
     </row>
-    <row r="2707" spans="1:108">
-      <c r="DB2707" t="s">
+    <row r="2588" spans="1:107">
+      <c r="DA2588" t="s">
         <v>685</v>
       </c>
     </row>
-    <row r="2712" spans="1:108">
-      <c r="DB2712" t="s">
+    <row r="2589" spans="1:107">
+      <c r="DA2589" t="s">
         <v>686</v>
       </c>
     </row>
-    <row r="2713" spans="1:108">
-      <c r="DB2713" t="s">
+    <row r="2594" spans="1:107">
+      <c r="DA2594" t="s">
         <v>687</v>
       </c>
     </row>
-    <row r="2716" spans="1:108">
-      <c r="DB2716" t="s">
+    <row r="2596" spans="1:107">
+      <c r="DA2596" t="s">
         <v>688</v>
       </c>
     </row>
-    <row r="2721" spans="1:108">
-      <c r="DB2721" t="s">
+    <row r="2599" spans="1:107">
+      <c r="DA2599" t="s">
         <v>689</v>
       </c>
     </row>
-    <row r="2728" spans="1:108">
-      <c r="DB2728" t="s">
+    <row r="2600" spans="1:107">
+      <c r="DA2600" t="s">
         <v>690</v>
       </c>
     </row>
-    <row r="2735" spans="1:108">
-      <c r="DB2735" t="s">
+    <row r="2603" spans="1:107">
+      <c r="DA2603" t="s">
         <v>691</v>
       </c>
     </row>
-    <row r="2739" spans="1:108">
-      <c r="DB2739" t="s">
+    <row r="2606" spans="1:107">
+      <c r="DA2606" t="s">
         <v>692</v>
       </c>
     </row>
-    <row r="2747" spans="1:108">
-      <c r="DB2747" t="s">
+    <row r="2637" spans="1:107">
+      <c r="DA2637" t="s">
         <v>693</v>
       </c>
     </row>
-    <row r="2753" spans="1:108">
-      <c r="DB2753" t="s">
+    <row r="2651" spans="1:107">
+      <c r="DA2651" t="s">
         <v>694</v>
       </c>
     </row>
-    <row r="2755" spans="1:108">
-      <c r="DB2755" t="s">
+    <row r="2652" spans="1:107">
+      <c r="DA2652" t="s">
         <v>695</v>
       </c>
     </row>
-    <row r="2761" spans="1:108">
-      <c r="DB2761" t="s">
+    <row r="2654" spans="1:107">
+      <c r="DA2654" t="s">
         <v>696</v>
       </c>
     </row>
-    <row r="2774" spans="1:108">
-      <c r="DB2774" t="s">
+    <row r="2685" spans="1:107">
+      <c r="DA2685" t="s">
         <v>697</v>
       </c>
     </row>
-    <row r="2775" spans="1:108">
-      <c r="DB2775" t="s">
+    <row r="2686" spans="1:107">
+      <c r="DA2686" t="s">
         <v>698</v>
       </c>
     </row>
-    <row r="2782" spans="1:108">
-      <c r="DB2782" t="s">
+    <row r="2691" spans="1:107">
+      <c r="DA2691" t="s">
         <v>699</v>
       </c>
     </row>
-    <row r="2784" spans="1:108">
-      <c r="DB2784" t="s">
+    <row r="2694" spans="1:107">
+      <c r="DA2694" t="s">
         <v>700</v>
       </c>
     </row>
-    <row r="2790" spans="1:108">
-      <c r="DB2790" t="s">
+    <row r="2709" spans="1:107">
+      <c r="DA2709" t="s">
         <v>701</v>
       </c>
     </row>
-    <row r="2809" spans="1:108">
-      <c r="DB2809" t="s">
+    <row r="2711" spans="1:107">
+      <c r="DA2711" t="s">
         <v>702</v>
       </c>
     </row>
-    <row r="2816" spans="1:108">
-      <c r="DB2816" t="s">
+    <row r="2720" spans="1:107">
+      <c r="DA2720" t="s">
         <v>703</v>
       </c>
     </row>
-    <row r="2817" spans="1:108">
-      <c r="DB2817" t="s">
+    <row r="2723" spans="1:107">
+      <c r="DA2723" t="s">
         <v>704</v>
       </c>
     </row>
-    <row r="2821" spans="1:108">
-      <c r="DB2821" t="s">
+    <row r="2727" spans="1:107">
+      <c r="DA2727" t="s">
         <v>705</v>
       </c>
     </row>
-    <row r="2822" spans="1:108">
-      <c r="DB2822" t="s">
+    <row r="2729" spans="1:107">
+      <c r="DA2729" t="s">
         <v>706</v>
       </c>
     </row>
-    <row r="2823" spans="1:108">
-      <c r="DB2823" t="s">
+    <row r="2730" spans="1:107">
+      <c r="DA2730" t="s">
         <v>707</v>
       </c>
     </row>
-    <row r="2828" spans="1:108">
-      <c r="DB2828" t="s">
+    <row r="2733" spans="1:107">
+      <c r="DA2733" t="s">
         <v>708</v>
       </c>
     </row>
-    <row r="2844" spans="1:108">
-      <c r="DB2844" t="s">
+    <row r="2738" spans="1:107">
+      <c r="DA2738" t="s">
         <v>709</v>
       </c>
     </row>
-    <row r="2845" spans="1:108">
-      <c r="DB2845" t="s">
+    <row r="2739" spans="1:107">
+      <c r="DA2739" t="s">
         <v>710</v>
       </c>
     </row>
-    <row r="2846" spans="1:108">
-      <c r="DB2846" t="s">
+    <row r="2742" spans="1:107">
+      <c r="DA2742" t="s">
         <v>711</v>
       </c>
     </row>
-    <row r="2847" spans="1:108">
-      <c r="DB2847" t="s">
+    <row r="2747" spans="1:107">
+      <c r="DA2747" t="s">
         <v>712</v>
       </c>
     </row>
-    <row r="2857" spans="1:108">
-      <c r="DB2857" t="s">
+    <row r="2754" spans="1:107">
+      <c r="DA2754" t="s">
         <v>713</v>
       </c>
     </row>
-    <row r="2859" spans="1:108">
-      <c r="DB2859" t="s">
+    <row r="2761" spans="1:107">
+      <c r="DA2761" t="s">
         <v>714</v>
       </c>
     </row>
-    <row r="2864" spans="1:108">
-      <c r="DB2864" t="s">
+    <row r="2765" spans="1:107">
+      <c r="DA2765" t="s">
         <v>715</v>
       </c>
     </row>
-    <row r="2870" spans="1:108">
-      <c r="DB2870" t="s">
+    <row r="2773" spans="1:107">
+      <c r="DA2773" t="s">
         <v>716</v>
       </c>
     </row>
-    <row r="2879" spans="1:108">
-      <c r="DB2879" t="s">
+    <row r="2779" spans="1:107">
+      <c r="DA2779" t="s">
         <v>717</v>
       </c>
     </row>
-    <row r="2880" spans="1:108">
-      <c r="DB2880" t="s">
+    <row r="2781" spans="1:107">
+      <c r="DA2781" t="s">
         <v>718</v>
       </c>
     </row>
-    <row r="2885" spans="1:108">
-      <c r="DB2885" t="s">
+    <row r="2787" spans="1:107">
+      <c r="DA2787" t="s">
         <v>719</v>
       </c>
     </row>
-    <row r="2891" spans="1:108">
-      <c r="DB2891" t="s">
+    <row r="2800" spans="1:107">
+      <c r="DA2800" t="s">
         <v>720</v>
       </c>
     </row>
-    <row r="2895" spans="1:108">
-      <c r="DB2895" t="s">
+    <row r="2801" spans="1:107">
+      <c r="DA2801" t="s">
         <v>721</v>
       </c>
     </row>
-    <row r="2899" spans="1:108">
-      <c r="DB2899" t="s">
+    <row r="2808" spans="1:107">
+      <c r="DA2808" t="s">
         <v>722</v>
       </c>
     </row>
-    <row r="2900" spans="1:108">
-      <c r="DB2900" t="s">
+    <row r="2810" spans="1:107">
+      <c r="DA2810" t="s">
         <v>723</v>
       </c>
     </row>
-    <row r="2912" spans="1:108">
-      <c r="DB2912" t="s">
+    <row r="2816" spans="1:107">
+      <c r="DA2816" t="s">
         <v>724</v>
       </c>
     </row>
-    <row r="2913" spans="1:108">
-      <c r="DB2913" t="s">
+    <row r="2835" spans="1:107">
+      <c r="DA2835" t="s">
         <v>725</v>
       </c>
     </row>
-    <row r="2916" spans="1:108">
-      <c r="DB2916" t="s">
+    <row r="2842" spans="1:107">
+      <c r="DA2842" t="s">
         <v>726</v>
       </c>
     </row>
-    <row r="2921" spans="1:108">
-      <c r="DB2921" t="s">
+    <row r="2843" spans="1:107">
+      <c r="DA2843" t="s">
         <v>727</v>
       </c>
     </row>
-    <row r="2922" spans="1:108">
-      <c r="DB2922" t="s">
+    <row r="2847" spans="1:107">
+      <c r="DA2847" t="s">
         <v>728</v>
       </c>
     </row>
-    <row r="2929" spans="1:108">
-      <c r="DB2929" t="s">
+    <row r="2848" spans="1:107">
+      <c r="DA2848" t="s">
         <v>729</v>
       </c>
     </row>
-    <row r="2930" spans="1:108">
-      <c r="DB2930" t="s">
+    <row r="2849" spans="1:107">
+      <c r="DA2849" t="s">
         <v>730</v>
       </c>
     </row>
-    <row r="2931" spans="1:108">
-      <c r="DB2931" t="s">
+    <row r="2854" spans="1:107">
+      <c r="DA2854" t="s">
         <v>731</v>
       </c>
     </row>
-    <row r="2932" spans="1:108">
-      <c r="DB2932" t="s">
+    <row r="2870" spans="1:107">
+      <c r="DA2870" t="s">
         <v>732</v>
       </c>
     </row>
-    <row r="2933" spans="1:108">
-      <c r="DB2933" t="s">
+    <row r="2871" spans="1:107">
+      <c r="DA2871" t="s">
         <v>733</v>
       </c>
     </row>
-    <row r="2934" spans="1:108">
-      <c r="DB2934" t="s">
+    <row r="2872" spans="1:107">
+      <c r="DA2872" t="s">
         <v>734</v>
       </c>
     </row>
-    <row r="2936" spans="1:108">
-      <c r="DB2936" t="s">
+    <row r="2873" spans="1:107">
+      <c r="DA2873" t="s">
         <v>735</v>
       </c>
     </row>
-    <row r="2940" spans="1:108">
-      <c r="DB2940" t="s">
+    <row r="2883" spans="1:107">
+      <c r="DA2883" t="s">
         <v>736</v>
       </c>
     </row>
-    <row r="2941" spans="1:108">
-      <c r="DB2941" t="s">
+    <row r="2885" spans="1:107">
+      <c r="DA2885" t="s">
         <v>737</v>
       </c>
     </row>
-    <row r="2942" spans="1:108">
-      <c r="DB2942" t="s">
+    <row r="2890" spans="1:107">
+      <c r="DA2890" t="s">
         <v>738</v>
       </c>
     </row>
-    <row r="2943" spans="1:108">
-      <c r="DB2943" t="s">
+    <row r="2896" spans="1:107">
+      <c r="DA2896" t="s">
         <v>739</v>
       </c>
     </row>
-    <row r="2946" spans="1:108">
-      <c r="DB2946" t="s">
+    <row r="2905" spans="1:107">
+      <c r="DA2905" t="s">
         <v>740</v>
       </c>
     </row>
-    <row r="2948" spans="1:108">
-      <c r="DB2948" t="s">
+    <row r="2906" spans="1:107">
+      <c r="DA2906" t="s">
         <v>741</v>
       </c>
     </row>
-    <row r="2958" spans="1:108">
-      <c r="DB2958" t="s">
+    <row r="2911" spans="1:107">
+      <c r="DA2911" t="s">
         <v>742</v>
       </c>
     </row>
-    <row r="2960" spans="1:108">
-      <c r="DB2960" t="s">
+    <row r="2917" spans="1:107">
+      <c r="DA2917" t="s">
         <v>743</v>
       </c>
     </row>
-    <row r="2962" spans="1:108">
-      <c r="DB2962" t="s">
+    <row r="2921" spans="1:107">
+      <c r="DA2921" t="s">
         <v>744</v>
       </c>
     </row>
-    <row r="2973" spans="1:108">
-      <c r="DB2973" t="s">
+    <row r="2925" spans="1:107">
+      <c r="DA2925" t="s">
         <v>745</v>
       </c>
     </row>
-    <row r="2980" spans="1:108">
-      <c r="DB2980" t="s">
+    <row r="2926" spans="1:107">
+      <c r="DA2926" t="s">
         <v>746</v>
       </c>
     </row>
-    <row r="2981" spans="1:108">
-      <c r="DB2981" t="s">
+    <row r="2938" spans="1:107">
+      <c r="DA2938" t="s">
         <v>747</v>
       </c>
     </row>
-    <row r="2985" spans="1:108">
-      <c r="DB2985" t="s">
+    <row r="2939" spans="1:107">
+      <c r="DA2939" t="s">
         <v>748</v>
       </c>
     </row>
-    <row r="3009" spans="1:108">
-      <c r="DB3009" t="s">
+    <row r="2942" spans="1:107">
+      <c r="DA2942" t="s">
         <v>749</v>
       </c>
     </row>
-    <row r="3010" spans="1:108">
-      <c r="DB3010" t="s">
+    <row r="2947" spans="1:107">
+      <c r="DA2947" t="s">
         <v>750</v>
       </c>
     </row>
-    <row r="3012" spans="1:108">
-      <c r="DB3012" t="s">
+    <row r="2948" spans="1:107">
+      <c r="DA2948" t="s">
         <v>751</v>
       </c>
     </row>
-    <row r="3013" spans="1:108">
-      <c r="DB3013" t="s">
+    <row r="2955" spans="1:107">
+      <c r="DA2955" t="s">
         <v>752</v>
       </c>
     </row>
-    <row r="3014" spans="1:108">
-      <c r="DB3014" t="s">
+    <row r="2956" spans="1:107">
+      <c r="DA2956" t="s">
         <v>753</v>
       </c>
     </row>
-    <row r="3027" spans="1:108">
-      <c r="DB3027" t="s">
+    <row r="2957" spans="1:107">
+      <c r="DA2957" t="s">
         <v>754</v>
       </c>
     </row>
-    <row r="3033" spans="1:108">
-      <c r="DB3033" t="s">
+    <row r="2958" spans="1:107">
+      <c r="DA2958" t="s">
         <v>755</v>
       </c>
     </row>
-    <row r="3035" spans="1:108">
-      <c r="DB3035" t="s">
+    <row r="2959" spans="1:107">
+      <c r="DA2959" t="s">
         <v>756</v>
       </c>
     </row>
-    <row r="3037" spans="1:108">
-      <c r="DB3037" t="s">
+    <row r="2960" spans="1:107">
+      <c r="DA2960" t="s">
         <v>757</v>
       </c>
     </row>
-    <row r="3044" spans="1:108">
-      <c r="DB3044" t="s">
+    <row r="2962" spans="1:107">
+      <c r="DA2962" t="s">
         <v>758</v>
       </c>
     </row>
-    <row r="3048" spans="1:108">
-      <c r="DB3048" t="s">
+    <row r="2966" spans="1:107">
+      <c r="DA2966" t="s">
         <v>759</v>
       </c>
     </row>
-    <row r="3050" spans="1:108">
-      <c r="DB3050" t="s">
+    <row r="2967" spans="1:107">
+      <c r="DA2967" t="s">
         <v>760</v>
       </c>
     </row>
-    <row r="3055" spans="1:108">
-      <c r="DB3055" t="s">
+    <row r="2968" spans="1:107">
+      <c r="DA2968" t="s">
         <v>761</v>
       </c>
     </row>
-    <row r="3065" spans="1:108">
-      <c r="DB3065" t="s">
+    <row r="2969" spans="1:107">
+      <c r="DA2969" t="s">
         <v>762</v>
       </c>
     </row>
-    <row r="3066" spans="1:108">
-      <c r="DB3066" t="s">
+    <row r="2972" spans="1:107">
+      <c r="DA2972" t="s">
         <v>763</v>
       </c>
     </row>
-    <row r="3068" spans="1:108">
-      <c r="DB3068" t="s">
+    <row r="2974" spans="1:107">
+      <c r="DA2974" t="s">
         <v>764</v>
       </c>
     </row>
-    <row r="3077" spans="1:108">
-      <c r="DB3077" t="s">
+    <row r="2984" spans="1:107">
+      <c r="DA2984" t="s">
         <v>765</v>
       </c>
     </row>
-    <row r="3078" spans="1:108">
-      <c r="DB3078" t="s">
+    <row r="2986" spans="1:107">
+      <c r="DA2986" t="s">
         <v>766</v>
       </c>
     </row>
-    <row r="3082" spans="1:108">
-      <c r="DB3082" t="s">
+    <row r="2988" spans="1:107">
+      <c r="DA2988" t="s">
         <v>767</v>
       </c>
     </row>
-    <row r="3083" spans="1:108">
-      <c r="DB3083" t="s">
+    <row r="2999" spans="1:107">
+      <c r="DA2999" t="s">
         <v>768</v>
       </c>
     </row>
-    <row r="3084" spans="1:108">
-      <c r="DB3084" t="s">
+    <row r="3006" spans="1:107">
+      <c r="DA3006" t="s">
         <v>769</v>
       </c>
     </row>
-    <row r="3085" spans="1:108">
-      <c r="DB3085" t="s">
+    <row r="3007" spans="1:107">
+      <c r="DA3007" t="s">
         <v>770</v>
       </c>
     </row>
-    <row r="3086" spans="1:108">
-      <c r="DB3086" t="s">
+    <row r="3009" spans="1:107">
+      <c r="DA3009" t="s">
         <v>771</v>
       </c>
     </row>
-    <row r="3093" spans="1:108">
-      <c r="DB3093" t="s">
+    <row r="3012" spans="1:107">
+      <c r="DA3012" t="s">
         <v>772</v>
       </c>
     </row>
-    <row r="3098" spans="1:108">
-      <c r="DB3098" t="s">
+    <row r="3036" spans="1:107">
+      <c r="DA3036" t="s">
         <v>773</v>
       </c>
     </row>
-    <row r="3099" spans="1:108">
-      <c r="DB3099" t="s">
+    <row r="3037" spans="1:107">
+      <c r="DA3037" t="s">
         <v>774</v>
       </c>
     </row>
-    <row r="3101" spans="1:108">
-      <c r="DB3101" t="s">
+    <row r="3039" spans="1:107">
+      <c r="DA3039" t="s">
         <v>775</v>
       </c>
     </row>
-    <row r="3104" spans="1:108">
-      <c r="DB3104" t="s">
+    <row r="3040" spans="1:107">
+      <c r="DA3040" t="s">
         <v>776</v>
       </c>
     </row>
-    <row r="3105" spans="1:108">
-      <c r="DB3105" t="s">
+    <row r="3041" spans="1:107">
+      <c r="DA3041" t="s">
         <v>777</v>
       </c>
     </row>
-    <row r="3106" spans="1:108">
-      <c r="DB3106" t="s">
+    <row r="3054" spans="1:107">
+      <c r="DA3054" t="s">
         <v>778</v>
       </c>
     </row>
-    <row r="3111" spans="1:108">
-      <c r="DB3111" t="s">
+    <row r="3060" spans="1:107">
+      <c r="DA3060" t="s">
         <v>779</v>
       </c>
     </row>
-    <row r="3128" spans="1:108">
-      <c r="DB3128" t="s">
+    <row r="3062" spans="1:107">
+      <c r="DA3062" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="3129" spans="1:108">
-      <c r="DB3129" t="s">
+    <row r="3064" spans="1:107">
+      <c r="DA3064" t="s">
         <v>781</v>
       </c>
     </row>
-    <row r="3130" spans="1:108">
-      <c r="DB3130" t="s">
+    <row r="3071" spans="1:107">
+      <c r="DA3071" t="s">
         <v>782</v>
       </c>
     </row>
-    <row r="3142" spans="1:108">
-      <c r="DB3142" t="s">
+    <row r="3075" spans="1:107">
+      <c r="DA3075" t="s">
         <v>783</v>
       </c>
     </row>
-    <row r="3148" spans="1:108">
-      <c r="DB3148" t="s">
+    <row r="3077" spans="1:107">
+      <c r="DA3077" t="s">
         <v>784</v>
       </c>
     </row>
-    <row r="3150" spans="1:108">
-      <c r="DB3150" t="s">
+    <row r="3082" spans="1:107">
+      <c r="DA3082" t="s">
         <v>785</v>
       </c>
     </row>
-    <row r="3153" spans="1:108">
-      <c r="DB3153" t="s">
+    <row r="3092" spans="1:107">
+      <c r="DA3092" t="s">
         <v>786</v>
       </c>
     </row>
-    <row r="3158" spans="1:108">
-      <c r="DB3158" t="s">
+    <row r="3093" spans="1:107">
+      <c r="DA3093" t="s">
         <v>787</v>
       </c>
     </row>
-    <row r="3160" spans="1:108">
-      <c r="DB3160" t="s">
+    <row r="3095" spans="1:107">
+      <c r="DA3095" t="s">
         <v>788</v>
       </c>
     </row>
-    <row r="3166" spans="1:108">
-      <c r="DB3166" t="s">
+    <row r="3104" spans="1:107">
+      <c r="DA3104" t="s">
         <v>789</v>
       </c>
     </row>
-    <row r="3171" spans="1:108">
-      <c r="DB3171" t="s">
+    <row r="3105" spans="1:107">
+      <c r="DA3105" t="s">
         <v>790</v>
       </c>
     </row>
-    <row r="3183" spans="1:108">
-      <c r="DB3183" t="s">
+    <row r="3109" spans="1:107">
+      <c r="DA3109" t="s">
         <v>791</v>
       </c>
     </row>
-    <row r="3186" spans="1:108">
-      <c r="DB3186" t="s">
+    <row r="3110" spans="1:107">
+      <c r="DA3110" t="s">
         <v>792</v>
       </c>
     </row>
-    <row r="3192" spans="1:108">
-      <c r="DB3192" t="s">
+    <row r="3111" spans="1:107">
+      <c r="DA3111" t="s">
         <v>793</v>
       </c>
     </row>
-    <row r="3197" spans="1:108">
-      <c r="DB3197" t="s">
+    <row r="3112" spans="1:107">
+      <c r="DA3112" t="s">
         <v>794</v>
       </c>
     </row>
-    <row r="3201" spans="1:108">
-      <c r="DB3201" t="s">
+    <row r="3113" spans="1:107">
+      <c r="DA3113" t="s">
         <v>795</v>
       </c>
     </row>
-    <row r="3203" spans="1:108">
-      <c r="DB3203" t="s">
+    <row r="3120" spans="1:107">
+      <c r="DA3120" t="s">
         <v>796</v>
       </c>
     </row>
-    <row r="3205" spans="1:108">
-      <c r="DB3205" t="s">
+    <row r="3124" spans="1:107">
+      <c r="DA3124" t="s">
         <v>797</v>
       </c>
     </row>
-    <row r="3226" spans="1:108">
-      <c r="DB3226" t="s">
+    <row r="3126" spans="1:107">
+      <c r="DA3126" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="3230" spans="1:108">
-      <c r="DB3230" t="s">
+    <row r="3127" spans="1:107">
+      <c r="DA3127" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="3235" spans="1:108">
-      <c r="DB3235" t="s">
+    <row r="3129" spans="1:107">
+      <c r="DA3129" t="s">
         <v>800</v>
       </c>
     </row>
-    <row r="3238" spans="1:108">
-      <c r="DB3238" t="s">
+    <row r="3132" spans="1:107">
+      <c r="DA3132" t="s">
         <v>801</v>
       </c>
     </row>
-    <row r="3240" spans="1:108">
-      <c r="DB3240" t="s">
+    <row r="3133" spans="1:107">
+      <c r="DA3133" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="3242" spans="1:108">
-      <c r="DB3242" t="s">
+    <row r="3134" spans="1:107">
+      <c r="DA3134" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="3244" spans="1:108">
-      <c r="DB3244" t="s">
+    <row r="3139" spans="1:107">
+      <c r="DA3139" t="s">
         <v>804</v>
       </c>
     </row>
-    <row r="3247" spans="1:108">
-      <c r="DB3247" t="s">
+    <row r="3156" spans="1:107">
+      <c r="DA3156" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="3251" spans="1:108">
-      <c r="DB3251" t="s">
+    <row r="3157" spans="1:107">
+      <c r="DA3157" t="s">
         <v>806</v>
       </c>
     </row>
-    <row r="3252" spans="1:108">
-      <c r="DB3252" t="s">
+    <row r="3158" spans="1:107">
+      <c r="DA3158" t="s">
         <v>807</v>
       </c>
     </row>
-    <row r="3257" spans="1:108">
-      <c r="DB3257" t="s">
+    <row r="3170" spans="1:107">
+      <c r="DA3170" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="3266" spans="1:108">
-      <c r="DB3266" t="s">
+    <row r="3176" spans="1:107">
+      <c r="DA3176" t="s">
         <v>809</v>
       </c>
     </row>
-    <row r="3267" spans="1:108">
-      <c r="DB3267" t="s">
+    <row r="3178" spans="1:107">
+      <c r="DA3178" t="s">
         <v>810</v>
       </c>
     </row>
-    <row r="3270" spans="1:108">
-      <c r="DB3270" t="s">
+    <row r="3181" spans="1:107">
+      <c r="DA3181" t="s">
         <v>811</v>
       </c>
     </row>
-    <row r="3275" spans="1:108">
-      <c r="DB3275" t="s">
+    <row r="3186" spans="1:107">
+      <c r="DA3186" t="s">
         <v>812</v>
       </c>
     </row>
-    <row r="3286" spans="1:108">
-      <c r="DB3286" t="s">
+    <row r="3188" spans="1:107">
+      <c r="DA3188" t="s">
         <v>813</v>
       </c>
     </row>
-    <row r="3289" spans="1:108">
-      <c r="DB3289" t="s">
+    <row r="3194" spans="1:107">
+      <c r="DA3194" t="s">
         <v>814</v>
       </c>
     </row>
-    <row r="3312" spans="1:108">
-      <c r="DB3312" t="s">
+    <row r="3199" spans="1:107">
+      <c r="DA3199" t="s">
         <v>815</v>
       </c>
     </row>
-    <row r="3316" spans="1:108">
-      <c r="DB3316" t="s">
+    <row r="3211" spans="1:107">
+      <c r="DA3211" t="s">
         <v>816</v>
       </c>
     </row>
-    <row r="3317" spans="1:108">
-      <c r="DB3317" t="s">
+    <row r="3214" spans="1:107">
+      <c r="DA3214" t="s">
         <v>817</v>
       </c>
     </row>
-    <row r="3322" spans="1:108">
-      <c r="DB3322" t="s">
+    <row r="3220" spans="1:107">
+      <c r="DA3220" t="s">
         <v>818</v>
       </c>
     </row>
-    <row r="3336" spans="1:108">
-      <c r="DB3336" t="s">
+    <row r="3225" spans="1:107">
+      <c r="DA3225" t="s">
         <v>819</v>
       </c>
     </row>
-    <row r="3345" spans="1:108">
-      <c r="DB3345" t="s">
+    <row r="3229" spans="1:107">
+      <c r="DA3229" t="s">
         <v>820</v>
       </c>
     </row>
-    <row r="3348" spans="1:108">
-      <c r="DB3348" t="s">
+    <row r="3231" spans="1:107">
+      <c r="DA3231" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="3349" spans="1:108">
-      <c r="DB3349" t="s">
+    <row r="3233" spans="1:107">
+      <c r="DA3233" t="s">
         <v>822</v>
       </c>
     </row>
-    <row r="3355" spans="1:108">
-      <c r="DB3355" t="s">
+    <row r="3254" spans="1:107">
+      <c r="DA3254" t="s">
         <v>823</v>
       </c>
     </row>
-    <row r="3357" spans="1:108">
-      <c r="DB3357" t="s">
+    <row r="3258" spans="1:107">
+      <c r="DA3258" t="s">
         <v>824</v>
       </c>
     </row>
-    <row r="3359" spans="1:108">
-      <c r="DB3359" t="s">
+    <row r="3263" spans="1:107">
+      <c r="DA3263" t="s">
         <v>825</v>
       </c>
     </row>
-    <row r="3360" spans="1:108">
-      <c r="DB3360" t="s">
+    <row r="3266" spans="1:107">
+      <c r="DA3266" t="s">
         <v>826</v>
       </c>
     </row>
-    <row r="3364" spans="1:108">
-      <c r="DB3364" t="s">
+    <row r="3268" spans="1:107">
+      <c r="DA3268" t="s">
         <v>827</v>
       </c>
     </row>
-    <row r="3368" spans="1:108">
-      <c r="DB3368" t="s">
+    <row r="3270" spans="1:107">
+      <c r="DA3270" t="s">
         <v>828</v>
       </c>
     </row>
-    <row r="3369" spans="1:108">
-      <c r="DB3369" t="s">
+    <row r="3272" spans="1:107">
+      <c r="DA3272" t="s">
         <v>829</v>
       </c>
     </row>
-    <row r="3373" spans="1:108">
-      <c r="DB3373" t="s">
+    <row r="3275" spans="1:107">
+      <c r="DA3275" t="s">
         <v>830</v>
       </c>
     </row>
-    <row r="3376" spans="1:108">
-      <c r="DB3376" t="s">
+    <row r="3279" spans="1:107">
+      <c r="DA3279" t="s">
         <v>831</v>
       </c>
     </row>
-    <row r="3379" spans="1:108">
-      <c r="DB3379" t="s">
+    <row r="3280" spans="1:107">
+      <c r="DA3280" t="s">
         <v>832</v>
       </c>
     </row>
-    <row r="3385" spans="1:108">
-      <c r="DB3385" t="s">
+    <row r="3285" spans="1:107">
+      <c r="DA3285" t="s">
         <v>833</v>
       </c>
     </row>
-    <row r="3396" spans="1:108">
-      <c r="DB3396" t="s">
+    <row r="3294" spans="1:107">
+      <c r="DA3294" t="s">
         <v>834</v>
       </c>
     </row>
-    <row r="3405" spans="1:108">
-      <c r="DB3405" t="s">
+    <row r="3295" spans="1:107">
+      <c r="DA3295" t="s">
         <v>835</v>
       </c>
     </row>
-    <row r="3406" spans="1:108">
-      <c r="DB3406" t="s">
+    <row r="3298" spans="1:107">
+      <c r="DA3298" t="s">
         <v>836</v>
       </c>
     </row>
-    <row r="3407" spans="1:108">
-      <c r="DB3407" t="s">
+    <row r="3303" spans="1:107">
+      <c r="DA3303" t="s">
         <v>837</v>
       </c>
     </row>
-    <row r="3412" spans="1:108">
-      <c r="DB3412" t="s">
+    <row r="3314" spans="1:107">
+      <c r="DA3314" t="s">
         <v>838</v>
       </c>
     </row>
-    <row r="3420" spans="1:108">
-      <c r="DB3420" t="s">
+    <row r="3317" spans="1:107">
+      <c r="DA3317" t="s">
         <v>839</v>
       </c>
     </row>
-    <row r="3421" spans="1:108">
-      <c r="DB3421" t="s">
+    <row r="3340" spans="1:107">
+      <c r="DA3340" t="s">
         <v>840</v>
       </c>
     </row>
-    <row r="3427" spans="1:108">
-      <c r="DB3427" t="s">
+    <row r="3344" spans="1:107">
+      <c r="DA3344" t="s">
         <v>841</v>
       </c>
     </row>
-    <row r="3428" spans="1:108">
-      <c r="DB3428" t="s">
+    <row r="3345" spans="1:107">
+      <c r="DA3345" t="s">
         <v>842</v>
       </c>
     </row>
-    <row r="3431" spans="1:108">
-      <c r="DB3431" t="s">
+    <row r="3350" spans="1:107">
+      <c r="DA3350" t="s">
         <v>843</v>
       </c>
     </row>
-    <row r="3434" spans="1:108">
-      <c r="DB3434" t="s">
+    <row r="3364" spans="1:107">
+      <c r="DA3364" t="s">
         <v>844</v>
       </c>
     </row>
-    <row r="3435" spans="1:108">
-      <c r="DB3435" t="s">
+    <row r="3370" spans="1:107">
+      <c r="DA3370" t="s">
         <v>845</v>
       </c>
     </row>
-    <row r="3436" spans="1:108">
-      <c r="DB3436" t="s">
+    <row r="3374" spans="1:107">
+      <c r="DA3374" t="s">
         <v>846</v>
       </c>
     </row>
-    <row r="3442" spans="1:108">
-      <c r="DB3442" t="s">
+    <row r="3377" spans="1:107">
+      <c r="DA3377" t="s">
         <v>847</v>
       </c>
     </row>
-    <row r="3451" spans="1:108">
-      <c r="DB3451" t="s">
+    <row r="3378" spans="1:107">
+      <c r="DA3378" t="s">
         <v>848</v>
       </c>
     </row>
-    <row r="3453" spans="1:108">
-      <c r="DB3453" t="s">
+    <row r="3384" spans="1:107">
+      <c r="DA3384" t="s">
         <v>849</v>
       </c>
     </row>
-    <row r="3456" spans="1:108">
-      <c r="DB3456" t="s">
+    <row r="3386" spans="1:107">
+      <c r="DA3386" t="s">
         <v>850</v>
       </c>
     </row>
-    <row r="3458" spans="1:108">
-      <c r="DB3458" t="s">
+    <row r="3388" spans="1:107">
+      <c r="DA3388" t="s">
         <v>851</v>
       </c>
     </row>
-    <row r="3460" spans="1:108">
-      <c r="DB3460" t="s">
+    <row r="3389" spans="1:107">
+      <c r="DA3389" t="s">
         <v>852</v>
       </c>
     </row>
-    <row r="3463" spans="1:108">
-      <c r="DB3463" t="s">
+    <row r="3393" spans="1:107">
+      <c r="DA3393" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="3466" spans="1:108">
-      <c r="DB3466" t="s">
+    <row r="3397" spans="1:107">
+      <c r="DA3397" t="s">
         <v>854</v>
       </c>
     </row>
-    <row r="3473" spans="1:108">
-      <c r="DB3473" t="s">
+    <row r="3398" spans="1:107">
+      <c r="DA3398" t="s">
         <v>855</v>
       </c>
     </row>
-    <row r="3492" spans="1:108">
-      <c r="DB3492" t="s">
+    <row r="3402" spans="1:107">
+      <c r="DA3402" t="s">
         <v>856</v>
       </c>
     </row>
-    <row r="3493" spans="1:108">
-      <c r="DB3493" t="s">
+    <row r="3405" spans="1:107">
+      <c r="DA3405" t="s">
         <v>857</v>
       </c>
     </row>
-    <row r="3494" spans="1:108">
-      <c r="DB3494" t="s">
+    <row r="3408" spans="1:107">
+      <c r="DA3408" t="s">
         <v>858</v>
       </c>
     </row>
-    <row r="3495" spans="1:108">
-      <c r="DB3495" t="s">
+    <row r="3414" spans="1:107">
+      <c r="DA3414" t="s">
         <v>859</v>
       </c>
     </row>
-    <row r="3496" spans="1:108">
-      <c r="DB3496" t="s">
+    <row r="3425" spans="1:107">
+      <c r="DA3425" t="s">
         <v>860</v>
       </c>
     </row>
-    <row r="3497" spans="1:108">
-      <c r="DB3497" t="s">
+    <row r="3434" spans="1:107">
+      <c r="DA3434" t="s">
         <v>861</v>
       </c>
     </row>
-    <row r="3500" spans="1:108">
-      <c r="DB3500" t="s">
+    <row r="3435" spans="1:107">
+      <c r="DA3435" t="s">
         <v>862</v>
       </c>
     </row>
-    <row r="3501" spans="1:108">
-      <c r="DB3501" t="s">
+    <row r="3436" spans="1:107">
+      <c r="DA3436" t="s">
         <v>863</v>
       </c>
     </row>
-    <row r="3503" spans="1:108">
-      <c r="DB3503" t="s">
+    <row r="3441" spans="1:107">
+      <c r="DA3441" t="s">
         <v>864</v>
       </c>
     </row>
-    <row r="3504" spans="1:108">
-      <c r="DB3504" t="s">
+    <row r="3443" spans="1:107">
+      <c r="DA3443" t="s">
         <v>865</v>
       </c>
     </row>
-    <row r="3505" spans="1:108">
-      <c r="DB3505" t="s">
+    <row r="3450" spans="1:107">
+      <c r="DA3450" t="s">
         <v>866</v>
       </c>
     </row>
-    <row r="3506" spans="1:108">
-      <c r="DB3506" t="s">
+    <row r="3451" spans="1:107">
+      <c r="DA3451" t="s">
         <v>867</v>
       </c>
     </row>
-    <row r="3507" spans="1:108">
-      <c r="DB3507" t="s">
+    <row r="3457" spans="1:107">
+      <c r="DA3457" t="s">
         <v>868</v>
       </c>
     </row>
-    <row r="3508" spans="1:108">
-      <c r="DB3508" t="s">
+    <row r="3458" spans="1:107">
+      <c r="DA3458" t="s">
         <v>869</v>
       </c>
     </row>
-    <row r="3509" spans="1:108">
-      <c r="DB3509" t="s">
+    <row r="3461" spans="1:107">
+      <c r="DA3461" t="s">
         <v>870</v>
       </c>
     </row>
-    <row r="3513" spans="1:108">
-      <c r="DB3513" t="s">
+    <row r="3464" spans="1:107">
+      <c r="DA3464" t="s">
         <v>871</v>
       </c>
     </row>
-    <row r="3514" spans="1:108">
-      <c r="DB3514" t="s">
+    <row r="3465" spans="1:107">
+      <c r="DA3465" t="s">
         <v>872</v>
       </c>
     </row>
-    <row r="3516" spans="1:108">
-      <c r="DB3516" t="s">
+    <row r="3466" spans="1:107">
+      <c r="DA3466" t="s">
         <v>873</v>
       </c>
     </row>
-    <row r="3527" spans="1:108">
-      <c r="DB3527" t="s">
+    <row r="3472" spans="1:107">
+      <c r="DA3472" t="s">
         <v>874</v>
       </c>
     </row>
-    <row r="3543" spans="1:108">
-      <c r="DB3543" t="s">
+    <row r="3481" spans="1:107">
+      <c r="DA3481" t="s">
         <v>875</v>
       </c>
     </row>
-    <row r="3549" spans="1:108">
-      <c r="DB3549" t="s">
+    <row r="3483" spans="1:107">
+      <c r="DA3483" t="s">
         <v>876</v>
       </c>
     </row>
-    <row r="3550" spans="1:108">
-      <c r="DB3550" t="s">
+    <row r="3486" spans="1:107">
+      <c r="DA3486" t="s">
         <v>877</v>
       </c>
     </row>
-    <row r="3557" spans="1:108">
-      <c r="DB3557" t="s">
+    <row r="3488" spans="1:107">
+      <c r="DA3488" t="s">
         <v>878</v>
       </c>
     </row>
-    <row r="3559" spans="1:108">
-      <c r="DB3559" t="s">
+    <row r="3489" spans="1:107">
+      <c r="DA3489" t="s">
         <v>879</v>
       </c>
     </row>
-    <row r="3564" spans="1:108">
-      <c r="DB3564" t="s">
+    <row r="3491" spans="1:107">
+      <c r="DA3491" t="s">
         <v>880</v>
       </c>
     </row>
-    <row r="3570" spans="1:108">
-      <c r="DB3570" t="s">
+    <row r="3494" spans="1:107">
+      <c r="DA3494" t="s">
         <v>881</v>
       </c>
     </row>
-    <row r="3571" spans="1:108">
-      <c r="DB3571" t="s">
+    <row r="3497" spans="1:107">
+      <c r="DA3497" t="s">
         <v>882</v>
       </c>
     </row>
-    <row r="3574" spans="1:108">
-      <c r="DB3574" t="s">
+    <row r="3504" spans="1:107">
+      <c r="DA3504" t="s">
         <v>883</v>
       </c>
     </row>
-    <row r="3575" spans="1:108">
-      <c r="DB3575" t="s">
+    <row r="3523" spans="1:107">
+      <c r="DA3523" t="s">
         <v>884</v>
       </c>
     </row>
-    <row r="3578" spans="1:108">
-      <c r="DB3578" t="s">
+    <row r="3524" spans="1:107">
+      <c r="DA3524" t="s">
         <v>885</v>
       </c>
     </row>
-    <row r="3579" spans="1:108">
-      <c r="DB3579" t="s">
+    <row r="3525" spans="1:107">
+      <c r="DA3525" t="s">
         <v>886</v>
       </c>
     </row>
-    <row r="3583" spans="1:108">
-      <c r="DB3583" t="s">
+    <row r="3526" spans="1:107">
+      <c r="DA3526" t="s">
         <v>887</v>
       </c>
     </row>
-    <row r="3586" spans="1:108">
-      <c r="DB3586" t="s">
+    <row r="3527" spans="1:107">
+      <c r="DA3527" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="3588" spans="1:108">
-      <c r="DB3588" t="s">
+    <row r="3528" spans="1:107">
+      <c r="DA3528" t="s">
         <v>889</v>
       </c>
     </row>
-    <row r="3599" spans="1:108">
-      <c r="DB3599" t="s">
+    <row r="3531" spans="1:107">
+      <c r="DA3531" t="s">
         <v>890</v>
       </c>
     </row>
-    <row r="3601" spans="1:108">
-      <c r="DB3601" t="s">
+    <row r="3532" spans="1:107">
+      <c r="DA3532" t="s">
         <v>891</v>
       </c>
     </row>
-    <row r="3607" spans="1:108">
-      <c r="DB3607" t="s">
+    <row r="3534" spans="1:107">
+      <c r="DA3534" t="s">
         <v>892</v>
       </c>
     </row>
-    <row r="3612" spans="1:108">
-      <c r="DB3612" t="s">
+    <row r="3535" spans="1:107">
+      <c r="DA3535" t="s">
         <v>893</v>
       </c>
     </row>
-    <row r="3620" spans="1:108">
-      <c r="DB3620" t="s">
+    <row r="3536" spans="1:107">
+      <c r="DA3536" t="s">
         <v>894</v>
       </c>
     </row>
-    <row r="3627" spans="1:108">
-      <c r="DB3627" t="s">
+    <row r="3537" spans="1:107">
+      <c r="DA3537" t="s">
         <v>895</v>
       </c>
     </row>
-    <row r="3628" spans="1:108">
-      <c r="DB3628" t="s">
+    <row r="3538" spans="1:107">
+      <c r="DA3538" t="s">
         <v>896</v>
       </c>
     </row>
-    <row r="3630" spans="1:108">
-      <c r="DB3630" t="s">
+    <row r="3539" spans="1:107">
+      <c r="DA3539" t="s">
         <v>897</v>
       </c>
     </row>
-    <row r="3650" spans="1:108">
-      <c r="DB3650" t="s">
+    <row r="3540" spans="1:107">
+      <c r="DA3540" t="s">
         <v>898</v>
       </c>
     </row>
-    <row r="3654" spans="1:108">
-      <c r="DB3654" t="s">
+    <row r="3542" spans="1:107">
+      <c r="DA3542" t="s">
         <v>899</v>
       </c>
     </row>
-    <row r="3662" spans="1:108">
-      <c r="DB3662" t="s">
+    <row r="3545" spans="1:107">
+      <c r="DA3545" t="s">
         <v>900</v>
       </c>
     </row>
-    <row r="3664" spans="1:108">
-      <c r="DB3664" t="s">
+    <row r="3546" spans="1:107">
+      <c r="DA3546" t="s">
         <v>901</v>
       </c>
     </row>
-    <row r="3670" spans="1:108">
-      <c r="DB3670" t="s">
+    <row r="3547" spans="1:107">
+      <c r="DA3547" t="s">
         <v>902</v>
       </c>
     </row>
-    <row r="3671" spans="1:108">
-      <c r="DB3671" t="s">
+    <row r="3548" spans="1:107">
+      <c r="DA3548" t="s">
         <v>903</v>
       </c>
     </row>
-    <row r="3673" spans="1:108">
-      <c r="DB3673" t="s">
+    <row r="3550" spans="1:107">
+      <c r="DA3550" t="s">
         <v>904</v>
       </c>
     </row>
-    <row r="3678" spans="1:108">
-      <c r="DB3678" t="s">
+    <row r="3561" spans="1:107">
+      <c r="DA3561" t="s">
         <v>905</v>
       </c>
     </row>
-    <row r="3688" spans="1:108">
-      <c r="DB3688" t="s">
+    <row r="3577" spans="1:107">
+      <c r="DA3577" t="s">
         <v>906</v>
       </c>
     </row>
-    <row r="3689" spans="1:108">
-      <c r="DB3689" t="s">
+    <row r="3583" spans="1:107">
+      <c r="DA3583" t="s">
         <v>907</v>
       </c>
     </row>
-    <row r="3691" spans="1:108">
-      <c r="DB3691" t="s">
+    <row r="3584" spans="1:107">
+      <c r="DA3584" t="s">
         <v>908</v>
       </c>
     </row>
-    <row r="3695" spans="1:108">
-      <c r="DB3695" t="s">
+    <row r="3589" spans="1:107">
+      <c r="DA3589" t="s">
         <v>909</v>
       </c>
     </row>
-    <row r="3696" spans="1:108">
-      <c r="DB3696" t="s">
+    <row r="3592" spans="1:107">
+      <c r="DA3592" t="s">
         <v>910</v>
       </c>
     </row>
-    <row r="3702" spans="1:108">
-      <c r="DB3702" t="s">
+    <row r="3594" spans="1:107">
+      <c r="DA3594" t="s">
         <v>911</v>
       </c>
     </row>
-    <row r="3706" spans="1:108">
-      <c r="DB3706" t="s">
+    <row r="3599" spans="1:107">
+      <c r="DA3599" t="s">
         <v>912</v>
       </c>
     </row>
-    <row r="3707" spans="1:108">
-      <c r="DB3707" t="s">
+    <row r="3605" spans="1:107">
+      <c r="DA3605" t="s">
         <v>913</v>
       </c>
     </row>
-    <row r="3711" spans="1:108">
-      <c r="DB3711" t="s">
+    <row r="3606" spans="1:107">
+      <c r="DA3606" t="s">
         <v>914</v>
       </c>
     </row>
-    <row r="3713" spans="1:108">
-      <c r="DB3713" t="s">
+    <row r="3609" spans="1:107">
+      <c r="DA3609" t="s">
         <v>915</v>
       </c>
     </row>
-    <row r="3727" spans="1:108">
-      <c r="DB3727" t="s">
+    <row r="3610" spans="1:107">
+      <c r="DA3610" t="s">
         <v>916</v>
       </c>
     </row>
-    <row r="3744" spans="1:108">
-      <c r="DB3744" t="s">
+    <row r="3613" spans="1:107">
+      <c r="DA3613" t="s">
         <v>917</v>
       </c>
     </row>
-    <row r="3745" spans="1:108">
-      <c r="DB3745" t="s">
+    <row r="3614" spans="1:107">
+      <c r="DA3614" t="s">
         <v>918</v>
       </c>
     </row>
-    <row r="3747" spans="1:108">
-      <c r="DB3747" t="s">
+    <row r="3618" spans="1:107">
+      <c r="DA3618" t="s">
         <v>919</v>
       </c>
     </row>
-    <row r="3752" spans="1:108">
-      <c r="DB3752" t="s">
+    <row r="3621" spans="1:107">
+      <c r="DA3621" t="s">
         <v>920</v>
       </c>
     </row>
-    <row r="3761" spans="1:108">
-      <c r="DB3761" t="s">
+    <row r="3623" spans="1:107">
+      <c r="DA3623" t="s">
         <v>921</v>
       </c>
     </row>
-    <row r="3765" spans="1:108">
-      <c r="DB3765" t="s">
+    <row r="3634" spans="1:107">
+      <c r="DA3634" t="s">
         <v>922</v>
       </c>
     </row>
-    <row r="3768" spans="1:108">
-      <c r="DB3768" t="s">
+    <row r="3636" spans="1:107">
+      <c r="DA3636" t="s">
         <v>923</v>
       </c>
     </row>
-    <row r="3770" spans="1:108">
-      <c r="DB3770" t="s">
+    <row r="3642" spans="1:107">
+      <c r="DA3642" t="s">
         <v>924</v>
       </c>
     </row>
-    <row r="3771" spans="1:108">
-      <c r="DB3771" t="s">
+    <row r="3647" spans="1:107">
+      <c r="DA3647" t="s">
         <v>925</v>
       </c>
     </row>
-    <row r="3772" spans="1:108">
-[...5 lines deleted...]
-      <c r="DB3784" t="s">
+    <row r="3655" spans="1:107">
+      <c r="DA3655" t="s">
         <v>926</v>
       </c>
     </row>
-    <row r="3785" spans="1:108">
-      <c r="DB3785" t="s">
+    <row r="3662" spans="1:107">
+      <c r="DA3662" t="s">
         <v>927</v>
       </c>
     </row>
-    <row r="3788" spans="1:108">
-      <c r="DB3788" t="s">
+    <row r="3663" spans="1:107">
+      <c r="DA3663" t="s">
         <v>928</v>
       </c>
     </row>
-    <row r="3789" spans="1:108">
-[...5 lines deleted...]
-      <c r="DB3795" t="s">
+    <row r="3664" spans="1:107">
+      <c r="DA3664" t="s">
         <v>929</v>
       </c>
     </row>
-    <row r="3808" spans="1:108">
-      <c r="DB3808" t="s">
+    <row r="3666" spans="1:107">
+      <c r="DA3666" t="s">
         <v>930</v>
       </c>
     </row>
-    <row r="3810" spans="1:108">
-      <c r="DB3810" t="s">
+    <row r="3686" spans="1:107">
+      <c r="DA3686" t="s">
         <v>931</v>
       </c>
     </row>
-    <row r="3814" spans="1:108">
-      <c r="DB3814" t="s">
+    <row r="3690" spans="1:107">
+      <c r="DA3690" t="s">
         <v>932</v>
       </c>
     </row>
-    <row r="3819" spans="1:108">
-      <c r="DB3819" t="s">
+    <row r="3698" spans="1:107">
+      <c r="DA3698" t="s">
         <v>933</v>
       </c>
     </row>
-    <row r="3823" spans="1:108">
-      <c r="DB3823" t="s">
+    <row r="3700" spans="1:107">
+      <c r="DA3700" t="s">
         <v>934</v>
       </c>
     </row>
-    <row r="3827" spans="1:108">
-      <c r="DB3827" t="s">
+    <row r="3706" spans="1:107">
+      <c r="DA3706" t="s">
         <v>935</v>
       </c>
     </row>
-    <row r="3828" spans="1:108">
-      <c r="DB3828" t="s">
+    <row r="3707" spans="1:107">
+      <c r="DA3707" t="s">
         <v>936</v>
       </c>
     </row>
-    <row r="3829" spans="1:108">
-      <c r="DB3829" t="s">
+    <row r="3709" spans="1:107">
+      <c r="DA3709" t="s">
         <v>937</v>
       </c>
     </row>
-    <row r="3830" spans="1:108">
-      <c r="DB3830" t="s">
+    <row r="3714" spans="1:107">
+      <c r="DA3714" t="s">
         <v>938</v>
       </c>
     </row>
-    <row r="3845" spans="1:108">
-      <c r="DB3845" t="s">
+    <row r="3722" spans="1:107">
+      <c r="DA3722" t="s">
         <v>939</v>
       </c>
     </row>
-    <row r="3846" spans="1:108">
-      <c r="DB3846" t="s">
+    <row r="3723" spans="1:107">
+      <c r="DA3723" t="s">
         <v>940</v>
       </c>
     </row>
-    <row r="3847" spans="1:108">
-      <c r="DB3847" t="s">
+    <row r="3726" spans="1:107">
+      <c r="DA3726" t="s">
         <v>941</v>
       </c>
     </row>
-    <row r="3850" spans="1:108">
-      <c r="DB3850" t="s">
+    <row r="3727" spans="1:107">
+      <c r="DA3727" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="3854" spans="1:108">
-      <c r="DB3854" t="s">
+    <row r="3729" spans="1:107">
+      <c r="DA3729" t="s">
         <v>943</v>
       </c>
     </row>
-    <row r="3856" spans="1:108">
-      <c r="DB3856" t="s">
+    <row r="3733" spans="1:107">
+      <c r="DA3733" t="s">
         <v>944</v>
       </c>
     </row>
-    <row r="3858" spans="1:108">
-      <c r="DB3858" t="s">
+    <row r="3734" spans="1:107">
+      <c r="DA3734" t="s">
         <v>945</v>
       </c>
     </row>
-    <row r="3860" spans="1:108">
-      <c r="DB3860" t="s">
+    <row r="3740" spans="1:107">
+      <c r="DA3740" t="s">
         <v>946</v>
       </c>
     </row>
-    <row r="3862" spans="1:108">
-      <c r="DB3862" t="s">
+    <row r="3744" spans="1:107">
+      <c r="DA3744" t="s">
         <v>947</v>
       </c>
     </row>
-    <row r="3870" spans="1:108">
-      <c r="DB3870" t="s">
+    <row r="3745" spans="1:107">
+      <c r="DA3745" t="s">
         <v>948</v>
       </c>
     </row>
-    <row r="3873" spans="1:108">
-      <c r="DB3873" t="s">
+    <row r="3749" spans="1:107">
+      <c r="DA3749" t="s">
         <v>949</v>
       </c>
     </row>
-    <row r="3874" spans="1:108">
-      <c r="DB3874" t="s">
+    <row r="3751" spans="1:107">
+      <c r="DA3751" t="s">
         <v>950</v>
       </c>
     </row>
-    <row r="3884" spans="1:108">
-      <c r="DB3884" t="s">
+    <row r="3756" spans="1:107">
+      <c r="DA3756" t="s">
         <v>951</v>
       </c>
     </row>
-    <row r="3891" spans="1:108">
-      <c r="DB3891" t="s">
+    <row r="3766" spans="1:107">
+      <c r="DA3766" t="s">
         <v>952</v>
       </c>
     </row>
-    <row r="3895" spans="1:108">
-      <c r="DB3895" t="s">
+    <row r="3772" spans="1:107">
+      <c r="DA3772" t="s">
         <v>953</v>
       </c>
     </row>
-    <row r="3896" spans="1:108">
-      <c r="DB3896" t="s">
+    <row r="3784" spans="1:107">
+      <c r="DA3784" t="s">
         <v>954</v>
       </c>
     </row>
-    <row r="3897" spans="1:108">
-      <c r="DB3897" t="s">
+    <row r="3785" spans="1:107">
+      <c r="DA3785" t="s">
         <v>955</v>
       </c>
     </row>
-    <row r="3907" spans="1:108">
-      <c r="DB3907" t="s">
+    <row r="3787" spans="1:107">
+      <c r="DA3787" t="s">
         <v>956</v>
       </c>
     </row>
-    <row r="3909" spans="1:108">
-      <c r="DB3909" t="s">
+    <row r="3792" spans="1:107">
+      <c r="DA3792" t="s">
         <v>957</v>
       </c>
     </row>
-    <row r="3910" spans="1:108">
-      <c r="DB3910" t="s">
+    <row r="3801" spans="1:107">
+      <c r="DA3801" t="s">
         <v>958</v>
       </c>
     </row>
-    <row r="3913" spans="1:108">
-      <c r="DB3913" t="s">
+    <row r="3805" spans="1:107">
+      <c r="DA3805" t="s">
         <v>959</v>
       </c>
     </row>
-    <row r="3919" spans="1:108">
-      <c r="DB3919" t="s">
+    <row r="3808" spans="1:107">
+      <c r="DA3808" t="s">
         <v>960</v>
       </c>
     </row>
-    <row r="3929" spans="1:108">
-      <c r="DB3929" t="s">
+    <row r="3810" spans="1:107">
+      <c r="DA3810" t="s">
         <v>961</v>
       </c>
     </row>
-    <row r="3940" spans="1:108">
-      <c r="DB3940" t="s">
+    <row r="3811" spans="1:107">
+      <c r="DA3811" t="s">
         <v>962</v>
       </c>
     </row>
-    <row r="3953" spans="1:108">
-      <c r="DB3953" t="s">
+    <row r="3812" spans="1:107">
+      <c r="DA3812" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="3824" spans="1:107">
+      <c r="DA3824" t="s">
         <v>963</v>
       </c>
     </row>
-    <row r="3985" spans="1:108">
-      <c r="DB3985" t="s">
+    <row r="3825" spans="1:107">
+      <c r="DA3825" t="s">
         <v>964</v>
       </c>
     </row>
-    <row r="4004" spans="1:108">
-      <c r="DB4004" t="s">
+    <row r="3828" spans="1:107">
+      <c r="DA3828" t="s">
         <v>965</v>
       </c>
     </row>
-    <row r="4012" spans="1:108">
-      <c r="DB4012" t="s">
+    <row r="3829" spans="1:107">
+      <c r="DA3829" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="3835" spans="1:107">
+      <c r="DA3835" t="s">
         <v>966</v>
       </c>
     </row>
-    <row r="4016" spans="1:108">
-      <c r="DB4016" t="s">
+    <row r="3848" spans="1:107">
+      <c r="DA3848" t="s">
         <v>967</v>
       </c>
     </row>
-    <row r="4017" spans="1:108">
-      <c r="DB4017" t="s">
+    <row r="3850" spans="1:107">
+      <c r="DA3850" t="s">
         <v>968</v>
       </c>
     </row>
-    <row r="4023" spans="1:108">
-      <c r="DB4023" t="s">
+    <row r="3854" spans="1:107">
+      <c r="DA3854" t="s">
         <v>969</v>
       </c>
     </row>
-    <row r="4024" spans="1:108">
-      <c r="DB4024" t="s">
+    <row r="3859" spans="1:107">
+      <c r="DA3859" t="s">
         <v>970</v>
       </c>
     </row>
-    <row r="4035" spans="1:108">
-      <c r="DB4035" t="s">
+    <row r="3863" spans="1:107">
+      <c r="DA3863" t="s">
         <v>971</v>
       </c>
     </row>
-    <row r="4051" spans="1:108">
-      <c r="DB4051" t="s">
+    <row r="3867" spans="1:107">
+      <c r="DA3867" t="s">
         <v>972</v>
       </c>
     </row>
-    <row r="4053" spans="1:108">
-      <c r="DB4053" t="s">
+    <row r="3868" spans="1:107">
+      <c r="DA3868" t="s">
         <v>973</v>
       </c>
     </row>
-    <row r="4054" spans="1:108">
-      <c r="DB4054" t="s">
+    <row r="3869" spans="1:107">
+      <c r="DA3869" t="s">
         <v>974</v>
       </c>
     </row>
-    <row r="4065" spans="1:108">
-      <c r="DB4065" t="s">
+    <row r="3870" spans="1:107">
+      <c r="DA3870" t="s">
         <v>975</v>
       </c>
     </row>
-    <row r="4081" spans="1:108">
-      <c r="DB4081" t="s">
+    <row r="3885" spans="1:107">
+      <c r="DA3885" t="s">
         <v>976</v>
       </c>
     </row>
-    <row r="4082" spans="1:108">
-      <c r="DB4082" t="s">
+    <row r="3886" spans="1:107">
+      <c r="DA3886" t="s">
         <v>977</v>
       </c>
     </row>
-    <row r="4083" spans="1:108">
-      <c r="DB4083" t="s">
+    <row r="3887" spans="1:107">
+      <c r="DA3887" t="s">
         <v>978</v>
       </c>
     </row>
-    <row r="4084" spans="1:108">
-      <c r="DB4084" t="s">
+    <row r="3890" spans="1:107">
+      <c r="DA3890" t="s">
         <v>979</v>
       </c>
     </row>
-    <row r="4085" spans="1:108">
-      <c r="DB4085" t="s">
+    <row r="3894" spans="1:107">
+      <c r="DA3894" t="s">
         <v>980</v>
       </c>
     </row>
-    <row r="4086" spans="1:108">
-      <c r="DB4086" t="s">
+    <row r="3896" spans="1:107">
+      <c r="DA3896" t="s">
         <v>981</v>
       </c>
     </row>
-    <row r="4087" spans="1:108">
-      <c r="DB4087" t="s">
+    <row r="3898" spans="1:107">
+      <c r="DA3898" t="s">
         <v>982</v>
       </c>
     </row>
-    <row r="4090" spans="1:108">
-      <c r="DB4090" t="s">
+    <row r="3900" spans="1:107">
+      <c r="DA3900" t="s">
         <v>983</v>
       </c>
     </row>
-    <row r="4099" spans="1:108">
-      <c r="DB4099" t="s">
+    <row r="3902" spans="1:107">
+      <c r="DA3902" t="s">
         <v>984</v>
       </c>
     </row>
-    <row r="4112" spans="1:108">
-      <c r="DB4112" t="s">
+    <row r="3910" spans="1:107">
+      <c r="DA3910" t="s">
         <v>985</v>
       </c>
     </row>
-    <row r="4127" spans="1:108">
-      <c r="DB4127" t="s">
+    <row r="3913" spans="1:107">
+      <c r="DA3913" t="s">
         <v>986</v>
       </c>
     </row>
-    <row r="4130" spans="1:108">
-      <c r="DB4130" t="s">
+    <row r="3914" spans="1:107">
+      <c r="DA3914" t="s">
         <v>987</v>
       </c>
     </row>
-    <row r="4131" spans="1:108">
-      <c r="DB4131" t="s">
+    <row r="3924" spans="1:107">
+      <c r="DA3924" t="s">
         <v>988</v>
       </c>
     </row>
-    <row r="4133" spans="1:108">
-      <c r="DB4133" t="s">
+    <row r="3931" spans="1:107">
+      <c r="DA3931" t="s">
         <v>989</v>
       </c>
     </row>
-    <row r="4137" spans="1:108">
-      <c r="DB4137" t="s">
+    <row r="3935" spans="1:107">
+      <c r="DA3935" t="s">
         <v>990</v>
       </c>
     </row>
-    <row r="4139" spans="1:108">
-      <c r="DB4139" t="s">
+    <row r="3936" spans="1:107">
+      <c r="DA3936" t="s">
         <v>991</v>
       </c>
     </row>
-    <row r="4140" spans="1:108">
-      <c r="DB4140" t="s">
+    <row r="3937" spans="1:107">
+      <c r="DA3937" t="s">
         <v>992</v>
       </c>
     </row>
-    <row r="4141" spans="1:108">
-      <c r="DB4141" t="s">
+    <row r="3947" spans="1:107">
+      <c r="DA3947" t="s">
         <v>993</v>
       </c>
     </row>
-    <row r="4142" spans="1:108">
-      <c r="DB4142" t="s">
+    <row r="3949" spans="1:107">
+      <c r="DA3949" t="s">
         <v>994</v>
       </c>
     </row>
-    <row r="4143" spans="1:108">
-      <c r="DB4143" t="s">
+    <row r="3950" spans="1:107">
+      <c r="DA3950" t="s">
         <v>995</v>
       </c>
     </row>
-    <row r="4148" spans="1:108">
-      <c r="DB4148" t="s">
+    <row r="3953" spans="1:107">
+      <c r="DA3953" t="s">
         <v>996</v>
       </c>
     </row>
-    <row r="4149" spans="1:108">
-      <c r="DB4149" t="s">
+    <row r="3959" spans="1:107">
+      <c r="DA3959" t="s">
         <v>997</v>
       </c>
     </row>
-    <row r="4150" spans="1:108">
-      <c r="DB4150" t="s">
+    <row r="3969" spans="1:107">
+      <c r="DA3969" t="s">
         <v>998</v>
       </c>
     </row>
-    <row r="4152" spans="1:108">
-      <c r="DB4152" t="s">
+    <row r="3980" spans="1:107">
+      <c r="DA3980" t="s">
         <v>999</v>
       </c>
     </row>
-    <row r="4159" spans="1:108">
-      <c r="DB4159" t="s">
+    <row r="3993" spans="1:107">
+      <c r="DA3993" t="s">
         <v>1000</v>
       </c>
     </row>
-    <row r="4167" spans="1:108">
-      <c r="DB4167" t="s">
+    <row r="4025" spans="1:107">
+      <c r="DA4025" t="s">
         <v>1001</v>
       </c>
     </row>
-    <row r="4170" spans="1:108">
-      <c r="DB4170" t="s">
+    <row r="4044" spans="1:107">
+      <c r="DA4044" t="s">
         <v>1002</v>
       </c>
     </row>
-    <row r="4172" spans="1:108">
-      <c r="DB4172" t="s">
+    <row r="4052" spans="1:107">
+      <c r="DA4052" t="s">
         <v>1003</v>
       </c>
     </row>
-    <row r="4178" spans="1:108">
-      <c r="DB4178" t="s">
+    <row r="4056" spans="1:107">
+      <c r="DA4056" t="s">
         <v>1004</v>
       </c>
     </row>
-    <row r="4180" spans="1:108">
-      <c r="DB4180" t="s">
+    <row r="4057" spans="1:107">
+      <c r="DA4057" t="s">
         <v>1005</v>
       </c>
     </row>
-    <row r="4185" spans="1:108">
-      <c r="DB4185" t="s">
+    <row r="4063" spans="1:107">
+      <c r="DA4063" t="s">
         <v>1006</v>
       </c>
     </row>
-    <row r="4186" spans="1:108">
-      <c r="DB4186" t="s">
+    <row r="4064" spans="1:107">
+      <c r="DA4064" t="s">
         <v>1007</v>
       </c>
     </row>
-    <row r="4187" spans="1:108">
-      <c r="DB4187" t="s">
+    <row r="4075" spans="1:107">
+      <c r="DA4075" t="s">
         <v>1008</v>
       </c>
     </row>
-    <row r="4188" spans="1:108">
-      <c r="DB4188" t="s">
+    <row r="4091" spans="1:107">
+      <c r="DA4091" t="s">
         <v>1009</v>
       </c>
     </row>
-    <row r="4190" spans="1:108">
-      <c r="DB4190" t="s">
+    <row r="4092" spans="1:107">
+      <c r="DA4092" t="s">
         <v>1010</v>
       </c>
     </row>
-    <row r="4197" spans="1:108">
-      <c r="DB4197" t="s">
+    <row r="4094" spans="1:107">
+      <c r="DA4094" t="s">
         <v>1011</v>
       </c>
     </row>
-    <row r="4240" spans="1:108">
-      <c r="DB4240" t="s">
+    <row r="4095" spans="1:107">
+      <c r="DA4095" t="s">
         <v>1012</v>
       </c>
     </row>
-    <row r="4288" spans="1:108">
-      <c r="DB4288" t="s">
+    <row r="4106" spans="1:107">
+      <c r="DA4106" t="s">
         <v>1013</v>
       </c>
     </row>
-    <row r="4293" spans="1:108">
-      <c r="DB4293" t="s">
+    <row r="4122" spans="1:107">
+      <c r="DA4122" t="s">
         <v>1014</v>
       </c>
     </row>
-    <row r="4301" spans="1:108">
-      <c r="DB4301" t="s">
+    <row r="4123" spans="1:107">
+      <c r="DA4123" t="s">
         <v>1015</v>
       </c>
     </row>
-    <row r="4303" spans="1:108">
-      <c r="DB4303" t="s">
+    <row r="4124" spans="1:107">
+      <c r="DA4124" t="s">
         <v>1016</v>
       </c>
     </row>
-    <row r="4305" spans="1:108">
-      <c r="DB4305" t="s">
+    <row r="4125" spans="1:107">
+      <c r="DA4125" t="s">
         <v>1017</v>
       </c>
     </row>
-    <row r="4312" spans="1:108">
-      <c r="DB4312" t="s">
+    <row r="4126" spans="1:107">
+      <c r="DA4126" t="s">
         <v>1018</v>
       </c>
     </row>
-    <row r="4313" spans="1:108">
-      <c r="DB4313" t="s">
+    <row r="4127" spans="1:107">
+      <c r="DA4127" t="s">
         <v>1019</v>
       </c>
     </row>
-    <row r="4314" spans="1:108">
-      <c r="DB4314" t="s">
+    <row r="4128" spans="1:107">
+      <c r="DA4128" t="s">
         <v>1020</v>
       </c>
     </row>
-    <row r="4315" spans="1:108">
-      <c r="DB4315" t="s">
+    <row r="4131" spans="1:107">
+      <c r="DA4131" t="s">
         <v>1021</v>
       </c>
     </row>
-    <row r="4317" spans="1:108">
-      <c r="DB4317" t="s">
+    <row r="4140" spans="1:107">
+      <c r="DA4140" t="s">
         <v>1022</v>
       </c>
     </row>
-    <row r="4322" spans="1:108">
-      <c r="DB4322" t="s">
+    <row r="4153" spans="1:107">
+      <c r="DA4153" t="s">
         <v>1023</v>
       </c>
     </row>
-    <row r="4323" spans="1:108">
-      <c r="DB4323" t="s">
+    <row r="4168" spans="1:107">
+      <c r="DA4168" t="s">
         <v>1024</v>
       </c>
     </row>
-    <row r="4324" spans="1:108">
-      <c r="DB4324" t="s">
+    <row r="4171" spans="1:107">
+      <c r="DA4171" t="s">
         <v>1025</v>
       </c>
     </row>
-    <row r="4327" spans="1:108">
-      <c r="DB4327" t="s">
+    <row r="4172" spans="1:107">
+      <c r="DA4172" t="s">
         <v>1026</v>
       </c>
     </row>
-    <row r="4329" spans="1:108">
-      <c r="DB4329" t="s">
+    <row r="4174" spans="1:107">
+      <c r="DA4174" t="s">
         <v>1027</v>
       </c>
     </row>
-    <row r="4330" spans="1:108">
-      <c r="DB4330" t="s">
+    <row r="4178" spans="1:107">
+      <c r="DA4178" t="s">
         <v>1028</v>
       </c>
     </row>
-    <row r="4331" spans="1:108">
-      <c r="DB4331" t="s">
+    <row r="4180" spans="1:107">
+      <c r="DA4180" t="s">
         <v>1029</v>
       </c>
     </row>
-    <row r="4335" spans="1:108">
-      <c r="DB4335" t="s">
+    <row r="4181" spans="1:107">
+      <c r="DA4181" t="s">
         <v>1030</v>
       </c>
     </row>
-    <row r="4336" spans="1:108">
-      <c r="DB4336" t="s">
+    <row r="4182" spans="1:107">
+      <c r="DA4182" t="s">
         <v>1031</v>
       </c>
     </row>
-    <row r="4337" spans="1:108">
-      <c r="DB4337" t="s">
+    <row r="4183" spans="1:107">
+      <c r="DA4183" t="s">
         <v>1032</v>
       </c>
     </row>
-    <row r="4338" spans="1:108">
-      <c r="DB4338" t="s">
+    <row r="4184" spans="1:107">
+      <c r="DA4184" t="s">
         <v>1033</v>
       </c>
     </row>
-    <row r="4339" spans="1:108">
-      <c r="DB4339" t="s">
+    <row r="4189" spans="1:107">
+      <c r="DA4189" t="s">
         <v>1034</v>
       </c>
     </row>
-    <row r="4357" spans="1:108">
-      <c r="DB4357" t="s">
+    <row r="4190" spans="1:107">
+      <c r="DA4190" t="s">
         <v>1035</v>
       </c>
     </row>
-    <row r="4360" spans="1:108">
-      <c r="DB4360" t="s">
+    <row r="4191" spans="1:107">
+      <c r="DA4191" t="s">
         <v>1036</v>
       </c>
     </row>
-    <row r="4363" spans="1:108">
-      <c r="DB4363" t="s">
+    <row r="4193" spans="1:107">
+      <c r="DA4193" t="s">
         <v>1037</v>
       </c>
     </row>
-    <row r="4364" spans="1:108">
-      <c r="DB4364" t="s">
+    <row r="4200" spans="1:107">
+      <c r="DA4200" t="s">
         <v>1038</v>
       </c>
     </row>
-    <row r="4368" spans="1:108">
-      <c r="DB4368" t="s">
+    <row r="4208" spans="1:107">
+      <c r="DA4208" t="s">
         <v>1039</v>
       </c>
     </row>
-    <row r="4369" spans="1:108">
-      <c r="DB4369" t="s">
+    <row r="4211" spans="1:107">
+      <c r="DA4211" t="s">
         <v>1040</v>
       </c>
     </row>
-    <row r="4372" spans="1:108">
-      <c r="DB4372" t="s">
+    <row r="4213" spans="1:107">
+      <c r="DA4213" t="s">
         <v>1041</v>
       </c>
     </row>
-    <row r="4374" spans="1:108">
-      <c r="DB4374" t="s">
+    <row r="4219" spans="1:107">
+      <c r="DA4219" t="s">
         <v>1042</v>
       </c>
     </row>
-    <row r="4377" spans="1:108">
-      <c r="DB4377" t="s">
+    <row r="4221" spans="1:107">
+      <c r="DA4221" t="s">
         <v>1043</v>
       </c>
     </row>
-    <row r="4379" spans="1:108">
-      <c r="DB4379" t="s">
+    <row r="4224" spans="1:107">
+      <c r="DA4224" t="s">
         <v>1044</v>
       </c>
     </row>
-    <row r="4383" spans="1:108">
-      <c r="DB4383" t="s">
+    <row r="4227" spans="1:107">
+      <c r="DA4227" t="s">
         <v>1045</v>
       </c>
     </row>
-    <row r="4384" spans="1:108">
-      <c r="DB4384" t="s">
+    <row r="4228" spans="1:107">
+      <c r="DA4228" t="s">
         <v>1046</v>
       </c>
     </row>
-    <row r="4387" spans="1:108">
-      <c r="DB4387" t="s">
+    <row r="4229" spans="1:107">
+      <c r="DA4229" t="s">
         <v>1047</v>
       </c>
     </row>
-    <row r="4389" spans="1:108">
-      <c r="DB4389" t="s">
+    <row r="4230" spans="1:107">
+      <c r="DA4230" t="s">
         <v>1048</v>
       </c>
     </row>
-    <row r="4393" spans="1:108">
-      <c r="DB4393" t="s">
+    <row r="4232" spans="1:107">
+      <c r="DA4232" t="s">
         <v>1049</v>
       </c>
     </row>
-    <row r="4395" spans="1:108">
-      <c r="DB4395" t="s">
+    <row r="4239" spans="1:107">
+      <c r="DA4239" t="s">
         <v>1050</v>
       </c>
     </row>
-    <row r="4397" spans="1:108">
-      <c r="DB4397" t="s">
+    <row r="4282" spans="1:107">
+      <c r="DA4282" t="s">
         <v>1051</v>
       </c>
     </row>
-    <row r="4404" spans="1:108">
-      <c r="DB4404" t="s">
+    <row r="4330" spans="1:107">
+      <c r="DA4330" t="s">
         <v>1052</v>
       </c>
     </row>
-    <row r="4405" spans="1:108">
-      <c r="DB4405" t="s">
+    <row r="4335" spans="1:107">
+      <c r="DA4335" t="s">
         <v>1053</v>
       </c>
     </row>
-    <row r="4407" spans="1:108">
-      <c r="DB4407" t="s">
+    <row r="4343" spans="1:107">
+      <c r="DA4343" t="s">
         <v>1054</v>
       </c>
     </row>
-    <row r="4408" spans="1:108">
-      <c r="DB4408" t="s">
+    <row r="4345" spans="1:107">
+      <c r="DA4345" t="s">
         <v>1055</v>
       </c>
     </row>
-    <row r="4410" spans="1:108">
-      <c r="DB4410" t="s">
+    <row r="4347" spans="1:107">
+      <c r="DA4347" t="s">
         <v>1056</v>
       </c>
     </row>
-    <row r="4413" spans="1:108">
-      <c r="DB4413" t="s">
+    <row r="4354" spans="1:107">
+      <c r="DA4354" t="s">
         <v>1057</v>
       </c>
     </row>
-    <row r="4417" spans="1:108">
-      <c r="DB4417" t="s">
+    <row r="4355" spans="1:107">
+      <c r="DA4355" t="s">
         <v>1058</v>
       </c>
     </row>
-    <row r="4427" spans="1:108">
-      <c r="DB4427" t="s">
+    <row r="4356" spans="1:107">
+      <c r="DA4356" t="s">
         <v>1059</v>
       </c>
     </row>
-    <row r="4429" spans="1:108">
-      <c r="DB4429" t="s">
+    <row r="4357" spans="1:107">
+      <c r="DA4357" t="s">
         <v>1060</v>
       </c>
     </row>
-    <row r="4433" spans="1:108">
-      <c r="DB4433" t="s">
+    <row r="4359" spans="1:107">
+      <c r="DA4359" t="s">
         <v>1061</v>
       </c>
     </row>
-    <row r="4434" spans="1:108">
-      <c r="DB4434" t="s">
+    <row r="4364" spans="1:107">
+      <c r="DA4364" t="s">
         <v>1062</v>
       </c>
     </row>
-    <row r="4436" spans="1:108">
-      <c r="DB4436" t="s">
+    <row r="4365" spans="1:107">
+      <c r="DA4365" t="s">
         <v>1063</v>
       </c>
     </row>
-    <row r="4437" spans="1:108">
-      <c r="DB4437" t="s">
+    <row r="4366" spans="1:107">
+      <c r="DA4366" t="s">
         <v>1064</v>
       </c>
     </row>
-    <row r="4439" spans="1:108">
-      <c r="DB4439" t="s">
+    <row r="4369" spans="1:107">
+      <c r="DA4369" t="s">
         <v>1065</v>
       </c>
     </row>
-    <row r="4440" spans="1:108">
-      <c r="DB4440" t="s">
+    <row r="4371" spans="1:107">
+      <c r="DA4371" t="s">
         <v>1066</v>
       </c>
     </row>
-    <row r="4447" spans="1:108">
-      <c r="DB4447" t="s">
+    <row r="4372" spans="1:107">
+      <c r="DA4372" t="s">
         <v>1067</v>
       </c>
     </row>
-    <row r="4452" spans="1:108">
-      <c r="DB4452" t="s">
+    <row r="4373" spans="1:107">
+      <c r="DA4373" t="s">
         <v>1068</v>
       </c>
     </row>
-    <row r="4456" spans="1:108">
-      <c r="DB4456" t="s">
+    <row r="4377" spans="1:107">
+      <c r="DA4377" t="s">
         <v>1069</v>
       </c>
     </row>
-    <row r="4461" spans="1:108">
-      <c r="DB4461" t="s">
+    <row r="4378" spans="1:107">
+      <c r="DA4378" t="s">
         <v>1070</v>
       </c>
     </row>
-    <row r="4475" spans="1:108">
-      <c r="DB4475" t="s">
+    <row r="4379" spans="1:107">
+      <c r="DA4379" t="s">
         <v>1071</v>
       </c>
     </row>
-    <row r="4476" spans="1:108">
-      <c r="DB4476" t="s">
+    <row r="4380" spans="1:107">
+      <c r="DA4380" t="s">
         <v>1072</v>
       </c>
     </row>
-    <row r="4483" spans="1:108">
-      <c r="DB4483" t="s">
+    <row r="4381" spans="1:107">
+      <c r="DA4381" t="s">
         <v>1073</v>
       </c>
     </row>
-    <row r="4484" spans="1:108">
-      <c r="DB4484" t="s">
+    <row r="4395" spans="1:107">
+      <c r="DA4395" t="s">
         <v>1074</v>
       </c>
     </row>
-    <row r="4489" spans="1:108">
-      <c r="DB4489" t="s">
+    <row r="4400" spans="1:107">
+      <c r="DA4400" t="s">
         <v>1075</v>
       </c>
     </row>
-    <row r="4494" spans="1:108">
-      <c r="DB4494" t="s">
+    <row r="4403" spans="1:107">
+      <c r="DA4403" t="s">
         <v>1076</v>
       </c>
     </row>
-    <row r="4495" spans="1:108">
-      <c r="DB4495" t="s">
+    <row r="4406" spans="1:107">
+      <c r="DA4406" t="s">
         <v>1077</v>
       </c>
     </row>
-    <row r="4496" spans="1:108">
-      <c r="DB4496" t="s">
+    <row r="4407" spans="1:107">
+      <c r="DA4407" t="s">
         <v>1078</v>
       </c>
     </row>
-    <row r="4497" spans="1:108">
-      <c r="DB4497" t="s">
+    <row r="4411" spans="1:107">
+      <c r="DA4411" t="s">
         <v>1079</v>
       </c>
     </row>
-    <row r="4499" spans="1:108">
-      <c r="DB4499" t="s">
+    <row r="4412" spans="1:107">
+      <c r="DA4412" t="s">
         <v>1080</v>
       </c>
     </row>
-    <row r="4500" spans="1:108">
-      <c r="DB4500" t="s">
+    <row r="4415" spans="1:107">
+      <c r="DA4415" t="s">
         <v>1081</v>
       </c>
     </row>
-    <row r="4511" spans="1:108">
-      <c r="DB4511" t="s">
+    <row r="4417" spans="1:107">
+      <c r="DA4417" t="s">
         <v>1082</v>
       </c>
     </row>
-    <row r="4523" spans="1:108">
-      <c r="DB4523" t="s">
+    <row r="4420" spans="1:107">
+      <c r="DA4420" t="s">
         <v>1083</v>
       </c>
     </row>
-    <row r="4526" spans="1:108">
-      <c r="DB4526" t="s">
+    <row r="4422" spans="1:107">
+      <c r="DA4422" t="s">
         <v>1084</v>
       </c>
     </row>
-    <row r="4529" spans="1:108">
-      <c r="DB4529" t="s">
+    <row r="4426" spans="1:107">
+      <c r="DA4426" t="s">
         <v>1085</v>
       </c>
     </row>
-    <row r="4532" spans="1:108">
-      <c r="DB4532" t="s">
+    <row r="4427" spans="1:107">
+      <c r="DA4427" t="s">
         <v>1086</v>
       </c>
     </row>
-    <row r="4536" spans="1:108">
-      <c r="DB4536" t="s">
+    <row r="4428" spans="1:107">
+      <c r="DA4428" t="s">
         <v>1087</v>
       </c>
     </row>
-    <row r="4538" spans="1:108">
-      <c r="DB4538" t="s">
+    <row r="4431" spans="1:107">
+      <c r="DA4431" t="s">
         <v>1088</v>
       </c>
     </row>
-    <row r="4540" spans="1:108">
-      <c r="DB4540" t="s">
+    <row r="4433" spans="1:107">
+      <c r="DA4433" t="s">
         <v>1089</v>
       </c>
     </row>
-    <row r="4541" spans="1:108">
-      <c r="DB4541" t="s">
+    <row r="4437" spans="1:107">
+      <c r="DA4437" t="s">
         <v>1090</v>
       </c>
     </row>
-    <row r="4542" spans="1:108">
-      <c r="DB4542" t="s">
+    <row r="4439" spans="1:107">
+      <c r="DA4439" t="s">
         <v>1091</v>
       </c>
     </row>
-    <row r="4546" spans="1:108">
-      <c r="DB4546" t="s">
+    <row r="4441" spans="1:107">
+      <c r="DA4441" t="s">
         <v>1092</v>
       </c>
     </row>
-    <row r="4549" spans="1:108">
-      <c r="DB4549" t="s">
+    <row r="4448" spans="1:107">
+      <c r="DA4448" t="s">
         <v>1093</v>
       </c>
     </row>
-    <row r="4552" spans="1:108">
-      <c r="DB4552" t="s">
+    <row r="4449" spans="1:107">
+      <c r="DA4449" t="s">
         <v>1094</v>
       </c>
     </row>
-    <row r="4553" spans="1:108">
-      <c r="DB4553" t="s">
+    <row r="4451" spans="1:107">
+      <c r="DA4451" t="s">
         <v>1095</v>
       </c>
     </row>
-    <row r="4556" spans="1:108">
-      <c r="DB4556" t="s">
+    <row r="4452" spans="1:107">
+      <c r="DA4452" t="s">
         <v>1096</v>
       </c>
     </row>
-    <row r="4560" spans="1:108">
-      <c r="DB4560" t="s">
+    <row r="4454" spans="1:107">
+      <c r="DA4454" t="s">
         <v>1097</v>
       </c>
     </row>
-    <row r="4566" spans="1:108">
-      <c r="DB4566" t="s">
+    <row r="4457" spans="1:107">
+      <c r="DA4457" t="s">
         <v>1098</v>
       </c>
     </row>
-    <row r="4568" spans="1:108">
-      <c r="DB4568" t="s">
+    <row r="4461" spans="1:107">
+      <c r="DA4461" t="s">
         <v>1099</v>
       </c>
     </row>
-    <row r="4575" spans="1:108">
-      <c r="DB4575" t="s">
+    <row r="4471" spans="1:107">
+      <c r="DA4471" t="s">
         <v>1100</v>
       </c>
     </row>
-    <row r="4578" spans="1:108">
-      <c r="DB4578" t="s">
+    <row r="4473" spans="1:107">
+      <c r="DA4473" t="s">
         <v>1101</v>
       </c>
     </row>
-    <row r="4579" spans="1:108">
-      <c r="DB4579" t="s">
+    <row r="4477" spans="1:107">
+      <c r="DA4477" t="s">
         <v>1102</v>
       </c>
     </row>
-    <row r="4585" spans="1:108">
-      <c r="DB4585" t="s">
+    <row r="4478" spans="1:107">
+      <c r="DA4478" t="s">
         <v>1103</v>
       </c>
     </row>
-    <row r="4589" spans="1:108">
-      <c r="DB4589" t="s">
+    <row r="4480" spans="1:107">
+      <c r="DA4480" t="s">
         <v>1104</v>
       </c>
     </row>
-    <row r="4601" spans="1:108">
-      <c r="DB4601" t="s">
+    <row r="4481" spans="1:107">
+      <c r="DA4481" t="s">
         <v>1105</v>
       </c>
     </row>
-    <row r="4612" spans="1:108">
-      <c r="DB4612" t="s">
+    <row r="4483" spans="1:107">
+      <c r="DA4483" t="s">
         <v>1106</v>
       </c>
     </row>
-    <row r="4615" spans="1:108">
-      <c r="DB4615" t="s">
+    <row r="4484" spans="1:107">
+      <c r="DA4484" t="s">
         <v>1107</v>
       </c>
     </row>
-    <row r="4620" spans="1:108">
-      <c r="DB4620" t="s">
+    <row r="4491" spans="1:107">
+      <c r="DA4491" t="s">
         <v>1108</v>
       </c>
     </row>
-    <row r="4623" spans="1:108">
-      <c r="DB4623" t="s">
+    <row r="4496" spans="1:107">
+      <c r="DA4496" t="s">
         <v>1109</v>
       </c>
     </row>
-    <row r="4626" spans="1:108">
-      <c r="DB4626" t="s">
+    <row r="4500" spans="1:107">
+      <c r="DA4500" t="s">
         <v>1110</v>
       </c>
     </row>
-    <row r="4627" spans="1:108">
-      <c r="DB4627" t="s">
+    <row r="4505" spans="1:107">
+      <c r="DA4505" t="s">
         <v>1111</v>
       </c>
     </row>
-    <row r="4630" spans="1:108">
-      <c r="DB4630" t="s">
+    <row r="4519" spans="1:107">
+      <c r="DA4519" t="s">
         <v>1112</v>
       </c>
     </row>
-    <row r="4631" spans="1:108">
-      <c r="DB4631" t="s">
+    <row r="4520" spans="1:107">
+      <c r="DA4520" t="s">
         <v>1113</v>
       </c>
     </row>
-    <row r="4633" spans="1:108">
-      <c r="DB4633" t="s">
+    <row r="4527" spans="1:107">
+      <c r="DA4527" t="s">
         <v>1114</v>
       </c>
     </row>
-    <row r="4639" spans="1:108">
-      <c r="DB4639" t="s">
+    <row r="4528" spans="1:107">
+      <c r="DA4528" t="s">
         <v>1115</v>
       </c>
     </row>
-    <row r="4640" spans="1:108">
-      <c r="DB4640" t="s">
+    <row r="4533" spans="1:107">
+      <c r="DA4533" t="s">
         <v>1116</v>
       </c>
     </row>
-    <row r="4644" spans="1:108">
-      <c r="DB4644" t="s">
+    <row r="4538" spans="1:107">
+      <c r="DA4538" t="s">
         <v>1117</v>
       </c>
     </row>
-    <row r="4651" spans="1:108">
-      <c r="DB4651" t="s">
+    <row r="4539" spans="1:107">
+      <c r="DA4539" t="s">
         <v>1118</v>
       </c>
     </row>
-    <row r="4654" spans="1:108">
-      <c r="DB4654" t="s">
+    <row r="4540" spans="1:107">
+      <c r="DA4540" t="s">
         <v>1119</v>
       </c>
     </row>
-    <row r="4656" spans="1:108">
-      <c r="DB4656" t="s">
+    <row r="4541" spans="1:107">
+      <c r="DA4541" t="s">
         <v>1120</v>
       </c>
     </row>
-    <row r="4665" spans="1:108">
-      <c r="DB4665" t="s">
+    <row r="4543" spans="1:107">
+      <c r="DA4543" t="s">
         <v>1121</v>
       </c>
     </row>
-    <row r="4672" spans="1:108">
-      <c r="DB4672" t="s">
+    <row r="4544" spans="1:107">
+      <c r="DA4544" t="s">
         <v>1122</v>
       </c>
     </row>
-    <row r="4673" spans="1:108">
-      <c r="DB4673" t="s">
+    <row r="4555" spans="1:107">
+      <c r="DA4555" t="s">
         <v>1123</v>
       </c>
     </row>
-    <row r="4674" spans="1:108">
-      <c r="DB4674" t="s">
+    <row r="4567" spans="1:107">
+      <c r="DA4567" t="s">
         <v>1124</v>
       </c>
     </row>
-    <row r="4675" spans="1:108">
-      <c r="DB4675" t="s">
+    <row r="4570" spans="1:107">
+      <c r="DA4570" t="s">
         <v>1125</v>
       </c>
     </row>
-    <row r="4677" spans="1:108">
-      <c r="DB4677" t="s">
+    <row r="4573" spans="1:107">
+      <c r="DA4573" t="s">
         <v>1126</v>
       </c>
     </row>
-    <row r="4678" spans="1:108">
-      <c r="DB4678" t="s">
+    <row r="4576" spans="1:107">
+      <c r="DA4576" t="s">
         <v>1127</v>
       </c>
     </row>
-    <row r="4679" spans="1:108">
-      <c r="DB4679" t="s">
+    <row r="4580" spans="1:107">
+      <c r="DA4580" t="s">
         <v>1128</v>
       </c>
     </row>
-    <row r="4680" spans="1:108">
-      <c r="DB4680" t="s">
+    <row r="4582" spans="1:107">
+      <c r="DA4582" t="s">
         <v>1129</v>
       </c>
     </row>
-    <row r="4681" spans="1:108">
-      <c r="DB4681" t="s">
+    <row r="4584" spans="1:107">
+      <c r="DA4584" t="s">
         <v>1130</v>
       </c>
     </row>
-    <row r="4687" spans="1:108">
-      <c r="DB4687" t="s">
+    <row r="4585" spans="1:107">
+      <c r="DA4585" t="s">
         <v>1131</v>
       </c>
     </row>
-    <row r="4689" spans="1:108">
-      <c r="DB4689" t="s">
+    <row r="4586" spans="1:107">
+      <c r="DA4586" t="s">
         <v>1132</v>
       </c>
     </row>
-    <row r="4693" spans="1:108">
-      <c r="DB4693" t="s">
+    <row r="4590" spans="1:107">
+      <c r="DA4590" t="s">
         <v>1133</v>
       </c>
     </row>
-    <row r="4713" spans="1:108">
-      <c r="DB4713" t="s">
+    <row r="4593" spans="1:107">
+      <c r="DA4593" t="s">
         <v>1134</v>
       </c>
     </row>
-    <row r="4719" spans="1:108">
-      <c r="DB4719" t="s">
+    <row r="4596" spans="1:107">
+      <c r="DA4596" t="s">
         <v>1135</v>
       </c>
     </row>
-    <row r="4721" spans="1:108">
-      <c r="DB4721" t="s">
+    <row r="4597" spans="1:107">
+      <c r="DA4597" t="s">
         <v>1136</v>
       </c>
     </row>
-    <row r="4724" spans="1:108">
-      <c r="DB4724" t="s">
+    <row r="4600" spans="1:107">
+      <c r="DA4600" t="s">
         <v>1137</v>
       </c>
     </row>
-    <row r="4725" spans="1:108">
-      <c r="DB4725" t="s">
+    <row r="4604" spans="1:107">
+      <c r="DA4604" t="s">
         <v>1138</v>
       </c>
     </row>
-    <row r="4726" spans="1:108">
-      <c r="DB4726" t="s">
+    <row r="4610" spans="1:107">
+      <c r="DA4610" t="s">
         <v>1139</v>
       </c>
     </row>
-    <row r="4729" spans="1:108">
-      <c r="DB4729" t="s">
+    <row r="4612" spans="1:107">
+      <c r="DA4612" t="s">
         <v>1140</v>
       </c>
     </row>
-    <row r="4732" spans="1:108">
-      <c r="DB4732" t="s">
+    <row r="4619" spans="1:107">
+      <c r="DA4619" t="s">
         <v>1141</v>
       </c>
     </row>
-    <row r="4735" spans="1:108">
-      <c r="DB4735" t="s">
+    <row r="4621" spans="1:107">
+      <c r="DA4621" t="s">
         <v>1142</v>
       </c>
     </row>
-    <row r="4748" spans="1:108">
-      <c r="DB4748" t="s">
+    <row r="4623" spans="1:107">
+      <c r="DA4623" t="s">
         <v>1143</v>
       </c>
     </row>
-    <row r="4749" spans="1:108">
-      <c r="DB4749" t="s">
+    <row r="4624" spans="1:107">
+      <c r="DA4624" t="s">
         <v>1144</v>
       </c>
     </row>
-    <row r="4750" spans="1:108">
-      <c r="DB4750" t="s">
+    <row r="4630" spans="1:107">
+      <c r="DA4630" t="s">
         <v>1145</v>
       </c>
     </row>
-    <row r="4752" spans="1:108">
-      <c r="DB4752" t="s">
+    <row r="4634" spans="1:107">
+      <c r="DA4634" t="s">
         <v>1146</v>
       </c>
     </row>
-    <row r="4754" spans="1:108">
-      <c r="DB4754" t="s">
+    <row r="4646" spans="1:107">
+      <c r="DA4646" t="s">
         <v>1147</v>
       </c>
     </row>
-    <row r="4755" spans="1:108">
-      <c r="DB4755" t="s">
+    <row r="4657" spans="1:107">
+      <c r="DA4657" t="s">
         <v>1148</v>
       </c>
     </row>
-    <row r="4756" spans="1:108">
-      <c r="DB4756" t="s">
+    <row r="4660" spans="1:107">
+      <c r="DA4660" t="s">
         <v>1149</v>
       </c>
     </row>
-    <row r="4762" spans="1:108">
-      <c r="DB4762" t="s">
+    <row r="4662" spans="1:107">
+      <c r="DA4662" t="s">
         <v>1150</v>
       </c>
     </row>
-    <row r="4763" spans="1:108">
-      <c r="DB4763" t="s">
+    <row r="4666" spans="1:107">
+      <c r="DA4666" t="s">
         <v>1151</v>
       </c>
     </row>
-    <row r="4764" spans="1:108">
-      <c r="DB4764" t="s">
+    <row r="4669" spans="1:107">
+      <c r="DA4669" t="s">
         <v>1152</v>
       </c>
     </row>
-    <row r="4766" spans="1:108">
-      <c r="DB4766" t="s">
+    <row r="4672" spans="1:107">
+      <c r="DA4672" t="s">
         <v>1153</v>
       </c>
     </row>
-    <row r="4767" spans="1:108">
-      <c r="DB4767" t="s">
+    <row r="4673" spans="1:107">
+      <c r="DA4673" t="s">
         <v>1154</v>
       </c>
     </row>
-    <row r="4768" spans="1:108">
-      <c r="DB4768" t="s">
+    <row r="4676" spans="1:107">
+      <c r="DA4676" t="s">
         <v>1155</v>
       </c>
     </row>
-    <row r="4769" spans="1:108">
-      <c r="DB4769" t="s">
+    <row r="4677" spans="1:107">
+      <c r="DA4677" t="s">
         <v>1156</v>
       </c>
     </row>
-    <row r="4770" spans="1:108">
-      <c r="DB4770" t="s">
+    <row r="4679" spans="1:107">
+      <c r="DA4679" t="s">
         <v>1157</v>
       </c>
     </row>
-    <row r="4771" spans="1:108">
-      <c r="DB4771" t="s">
+    <row r="4682" spans="1:107">
+      <c r="DA4682" t="s">
         <v>1158</v>
       </c>
     </row>
-    <row r="4786" spans="1:108">
-      <c r="DB4786" t="s">
+    <row r="4686" spans="1:107">
+      <c r="DA4686" t="s">
         <v>1159</v>
       </c>
     </row>
-    <row r="4787" spans="1:108">
-      <c r="DB4787" t="s">
+    <row r="4687" spans="1:107">
+      <c r="DA4687" t="s">
         <v>1160</v>
       </c>
     </row>
-    <row r="4788" spans="1:108">
-      <c r="DB4788" t="s">
+    <row r="4691" spans="1:107">
+      <c r="DA4691" t="s">
         <v>1161</v>
       </c>
     </row>
-    <row r="4789" spans="1:108">
-      <c r="DB4789" t="s">
+    <row r="4698" spans="1:107">
+      <c r="DA4698" t="s">
         <v>1162</v>
       </c>
     </row>
-    <row r="4794" spans="1:108">
-      <c r="DB4794" t="s">
+    <row r="4701" spans="1:107">
+      <c r="DA4701" t="s">
         <v>1163</v>
       </c>
     </row>
-    <row r="4795" spans="1:108">
-      <c r="DB4795" t="s">
+    <row r="4703" spans="1:107">
+      <c r="DA4703" t="s">
         <v>1164</v>
       </c>
     </row>
-    <row r="4797" spans="1:108">
-      <c r="DB4797" t="s">
+    <row r="4712" spans="1:107">
+      <c r="DA4712" t="s">
         <v>1165</v>
       </c>
     </row>
-    <row r="4799" spans="1:108">
-      <c r="DB4799" t="s">
+    <row r="4719" spans="1:107">
+      <c r="DA4719" t="s">
         <v>1166</v>
       </c>
     </row>
-    <row r="4800" spans="1:108">
-[...5 lines deleted...]
-      <c r="DB4801" t="s">
+    <row r="4720" spans="1:107">
+      <c r="DA4720" t="s">
         <v>1167</v>
       </c>
     </row>
-    <row r="4804" spans="1:108">
-      <c r="DB4804" t="s">
+    <row r="4721" spans="1:107">
+      <c r="DA4721" t="s">
         <v>1168</v>
       </c>
     </row>
-    <row r="4805" spans="1:108">
-      <c r="DB4805" t="s">
+    <row r="4722" spans="1:107">
+      <c r="DA4722" t="s">
         <v>1169</v>
       </c>
     </row>
-    <row r="4809" spans="1:108">
-      <c r="DB4809" t="s">
+    <row r="4723" spans="1:107">
+      <c r="DA4723" t="s">
         <v>1170</v>
       </c>
     </row>
-    <row r="4821" spans="1:108">
-      <c r="DB4821" t="s">
+    <row r="4725" spans="1:107">
+      <c r="DA4725" t="s">
         <v>1171</v>
       </c>
     </row>
-    <row r="4829" spans="1:108">
-      <c r="DB4829" t="s">
+    <row r="4726" spans="1:107">
+      <c r="DA4726" t="s">
         <v>1172</v>
       </c>
     </row>
-    <row r="4831" spans="1:108">
-      <c r="DB4831" t="s">
+    <row r="4727" spans="1:107">
+      <c r="DA4727" t="s">
         <v>1173</v>
       </c>
     </row>
-    <row r="4832" spans="1:108">
-      <c r="DB4832" t="s">
+    <row r="4728" spans="1:107">
+      <c r="DA4728" t="s">
         <v>1174</v>
       </c>
     </row>
-    <row r="4840" spans="1:108">
-      <c r="DB4840" t="s">
+    <row r="4729" spans="1:107">
+      <c r="DA4729" t="s">
         <v>1175</v>
       </c>
     </row>
-    <row r="4843" spans="1:108">
-      <c r="DB4843" t="s">
+    <row r="4730" spans="1:107">
+      <c r="DA4730" t="s">
         <v>1176</v>
       </c>
     </row>
-    <row r="4851" spans="1:108">
-      <c r="DB4851" t="s">
+    <row r="4736" spans="1:107">
+      <c r="DA4736" t="s">
         <v>1177</v>
       </c>
     </row>
-    <row r="4857" spans="1:108">
-      <c r="DB4857" t="s">
+    <row r="4738" spans="1:107">
+      <c r="DA4738" t="s">
         <v>1178</v>
       </c>
     </row>
-    <row r="4859" spans="1:108">
-      <c r="DB4859" t="s">
+    <row r="4742" spans="1:107">
+      <c r="DA4742" t="s">
         <v>1179</v>
       </c>
     </row>
-    <row r="4860" spans="1:108">
-      <c r="DB4860" t="s">
+    <row r="4762" spans="1:107">
+      <c r="DA4762" t="s">
         <v>1180</v>
       </c>
     </row>
-    <row r="4862" spans="1:108">
-      <c r="DB4862" t="s">
+    <row r="4768" spans="1:107">
+      <c r="DA4768" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="4866" spans="1:108">
-      <c r="DB4866" t="s">
+    <row r="4770" spans="1:107">
+      <c r="DA4770" t="s">
         <v>1182</v>
       </c>
     </row>
-    <row r="4873" spans="1:108">
-      <c r="DB4873" t="s">
+    <row r="4773" spans="1:107">
+      <c r="DA4773" t="s">
         <v>1183</v>
       </c>
     </row>
-    <row r="4876" spans="1:108">
-      <c r="DB4876" t="s">
+    <row r="4774" spans="1:107">
+      <c r="DA4774" t="s">
         <v>1184</v>
       </c>
     </row>
-    <row r="4877" spans="1:108">
-      <c r="DB4877" t="s">
+    <row r="4775" spans="1:107">
+      <c r="DA4775" t="s">
         <v>1185</v>
       </c>
     </row>
-    <row r="4887" spans="1:108">
-      <c r="DB4887" t="s">
+    <row r="4778" spans="1:107">
+      <c r="DA4778" t="s">
         <v>1186</v>
       </c>
     </row>
-    <row r="4888" spans="1:108">
-      <c r="DB4888" t="s">
+    <row r="4779" spans="1:107">
+      <c r="DA4779" t="s">
         <v>1187</v>
       </c>
     </row>
-    <row r="4890" spans="1:108">
-      <c r="DB4890" t="s">
+    <row r="4782" spans="1:107">
+      <c r="DA4782" t="s">
         <v>1188</v>
       </c>
     </row>
-    <row r="4897" spans="1:108">
-      <c r="DB4897" t="s">
+    <row r="4785" spans="1:107">
+      <c r="DA4785" t="s">
         <v>1189</v>
       </c>
     </row>
-    <row r="4898" spans="1:108">
-      <c r="DB4898" t="s">
+    <row r="4798" spans="1:107">
+      <c r="DA4798" t="s">
         <v>1190</v>
       </c>
     </row>
-    <row r="4901" spans="1:108">
-      <c r="DB4901" t="s">
+    <row r="4799" spans="1:107">
+      <c r="DA4799" t="s">
         <v>1191</v>
       </c>
     </row>
-    <row r="4905" spans="1:108">
-      <c r="DB4905" t="s">
+    <row r="4800" spans="1:107">
+      <c r="DA4800" t="s">
         <v>1192</v>
       </c>
     </row>
-    <row r="4907" spans="1:108">
-      <c r="DB4907" t="s">
+    <row r="4802" spans="1:107">
+      <c r="DA4802" t="s">
         <v>1193</v>
       </c>
     </row>
-    <row r="4927" spans="1:108">
-      <c r="DB4927" t="s">
+    <row r="4804" spans="1:107">
+      <c r="DA4804" t="s">
         <v>1194</v>
       </c>
     </row>
-    <row r="4930" spans="1:108">
-      <c r="DB4930" t="s">
+    <row r="4805" spans="1:107">
+      <c r="DA4805" t="s">
         <v>1195</v>
       </c>
     </row>
-    <row r="4938" spans="1:108">
-      <c r="DB4938" t="s">
+    <row r="4806" spans="1:107">
+      <c r="DA4806" t="s">
         <v>1196</v>
       </c>
     </row>
-    <row r="4939" spans="1:108">
-      <c r="DB4939" t="s">
+    <row r="4812" spans="1:107">
+      <c r="DA4812" t="s">
         <v>1197</v>
       </c>
     </row>
-    <row r="4940" spans="1:108">
-      <c r="DB4940" t="s">
+    <row r="4813" spans="1:107">
+      <c r="DA4813" t="s">
         <v>1198</v>
       </c>
     </row>
-    <row r="4941" spans="1:108">
-      <c r="DB4941" t="s">
+    <row r="4814" spans="1:107">
+      <c r="DA4814" t="s">
         <v>1199</v>
       </c>
     </row>
-    <row r="4942" spans="1:108">
-      <c r="DB4942" t="s">
+    <row r="4816" spans="1:107">
+      <c r="DA4816" t="s">
         <v>1200</v>
       </c>
     </row>
-    <row r="4951" spans="1:108">
-      <c r="DB4951" t="s">
+    <row r="4817" spans="1:107">
+      <c r="DA4817" t="s">
         <v>1201</v>
       </c>
     </row>
-    <row r="4953" spans="1:108">
-      <c r="DB4953" t="s">
+    <row r="4818" spans="1:107">
+      <c r="DA4818" t="s">
         <v>1202</v>
       </c>
     </row>
-    <row r="4955" spans="1:108">
-      <c r="DB4955" t="s">
+    <row r="4819" spans="1:107">
+      <c r="DA4819" t="s">
         <v>1203</v>
       </c>
     </row>
-    <row r="4959" spans="1:108">
-      <c r="DB4959" t="s">
+    <row r="4820" spans="1:107">
+      <c r="DA4820" t="s">
         <v>1204</v>
       </c>
     </row>
-    <row r="4963" spans="1:108">
-      <c r="DB4963" t="s">
+    <row r="4821" spans="1:107">
+      <c r="DA4821" t="s">
         <v>1205</v>
       </c>
     </row>
-    <row r="4971" spans="1:108">
-      <c r="DB4971" t="s">
+    <row r="4836" spans="1:107">
+      <c r="DA4836" t="s">
         <v>1206</v>
       </c>
     </row>
-    <row r="4991" spans="1:108">
-      <c r="DB4991" t="s">
+    <row r="4837" spans="1:107">
+      <c r="DA4837" t="s">
         <v>1207</v>
       </c>
     </row>
-    <row r="4992" spans="1:108">
-[...5 lines deleted...]
-      <c r="DB4993" t="s">
+    <row r="4838" spans="1:107">
+      <c r="DA4838" t="s">
         <v>1208</v>
       </c>
     </row>
-    <row r="4994" spans="1:108">
-      <c r="DB4994" t="s">
+    <row r="4839" spans="1:107">
+      <c r="DA4839" t="s">
         <v>1209</v>
       </c>
     </row>
-    <row r="4998" spans="1:108">
-      <c r="DB4998" t="s">
+    <row r="4844" spans="1:107">
+      <c r="DA4844" t="s">
         <v>1210</v>
       </c>
     </row>
-    <row r="5000" spans="1:108">
-      <c r="DB5000" t="s">
+    <row r="4845" spans="1:107">
+      <c r="DA4845" t="s">
         <v>1211</v>
       </c>
     </row>
-    <row r="5002" spans="1:108">
-      <c r="DB5002" t="s">
+    <row r="4847" spans="1:107">
+      <c r="DA4847" t="s">
         <v>1212</v>
       </c>
     </row>
-    <row r="5005" spans="1:108">
-      <c r="DB5005" t="s">
+    <row r="4849" spans="1:107">
+      <c r="DA4849" t="s">
         <v>1213</v>
       </c>
     </row>
-    <row r="5006" spans="1:108">
-      <c r="DB5006" t="s">
+    <row r="4850" spans="1:107">
+      <c r="DA4850" t="s">
         <v>1213</v>
       </c>
     </row>
-    <row r="5009" spans="1:108">
-      <c r="DB5009" t="s">
+    <row r="4851" spans="1:107">
+      <c r="DA4851" t="s">
         <v>1214</v>
       </c>
     </row>
-    <row r="5012" spans="1:108">
-      <c r="DB5012" t="s">
+    <row r="4854" spans="1:107">
+      <c r="DA4854" t="s">
         <v>1215</v>
       </c>
     </row>
-    <row r="5014" spans="1:108">
-      <c r="DB5014" t="s">
+    <row r="4855" spans="1:107">
+      <c r="DA4855" t="s">
         <v>1216</v>
       </c>
     </row>
-    <row r="5015" spans="1:108">
-      <c r="DB5015" t="s">
+    <row r="4859" spans="1:107">
+      <c r="DA4859" t="s">
         <v>1217</v>
       </c>
     </row>
-    <row r="5017" spans="1:108">
-      <c r="DB5017" t="s">
+    <row r="4871" spans="1:107">
+      <c r="DA4871" t="s">
         <v>1218</v>
       </c>
     </row>
-    <row r="5019" spans="1:108">
-      <c r="DB5019" t="s">
+    <row r="4879" spans="1:107">
+      <c r="DA4879" t="s">
         <v>1219</v>
       </c>
     </row>
-    <row r="5028" spans="1:108">
-      <c r="DB5028" t="s">
+    <row r="4881" spans="1:107">
+      <c r="DA4881" t="s">
         <v>1220</v>
       </c>
     </row>
-    <row r="5030" spans="1:108">
-      <c r="DB5030" t="s">
+    <row r="4882" spans="1:107">
+      <c r="DA4882" t="s">
         <v>1221</v>
       </c>
     </row>
-    <row r="5051" spans="1:108">
-      <c r="DB5051" t="s">
+    <row r="4890" spans="1:107">
+      <c r="DA4890" t="s">
         <v>1222</v>
       </c>
     </row>
-    <row r="5056" spans="1:108">
-      <c r="DB5056" t="s">
+    <row r="4893" spans="1:107">
+      <c r="DA4893" t="s">
         <v>1223</v>
       </c>
     </row>
-    <row r="5057" spans="1:108">
-      <c r="DB5057" t="s">
+    <row r="4901" spans="1:107">
+      <c r="DA4901" t="s">
         <v>1224</v>
       </c>
     </row>
-    <row r="5059" spans="1:108">
-      <c r="DB5059" t="s">
+    <row r="4907" spans="1:107">
+      <c r="DA4907" t="s">
         <v>1225</v>
       </c>
     </row>
-    <row r="5060" spans="1:108">
-      <c r="DB5060" t="s">
+    <row r="4909" spans="1:107">
+      <c r="DA4909" t="s">
         <v>1226</v>
       </c>
     </row>
-    <row r="5061" spans="1:108">
-      <c r="DB5061" t="s">
+    <row r="4910" spans="1:107">
+      <c r="DA4910" t="s">
         <v>1227</v>
       </c>
     </row>
-    <row r="5076" spans="1:108">
-      <c r="DB5076" t="s">
+    <row r="4912" spans="1:107">
+      <c r="DA4912" t="s">
         <v>1228</v>
       </c>
     </row>
-    <row r="5095" spans="1:108">
-      <c r="DB5095" t="s">
+    <row r="4916" spans="1:107">
+      <c r="DA4916" t="s">
         <v>1229</v>
       </c>
     </row>
-    <row r="5096" spans="1:108">
-      <c r="DB5096" t="s">
+    <row r="4923" spans="1:107">
+      <c r="DA4923" t="s">
         <v>1230</v>
       </c>
     </row>
-    <row r="5098" spans="1:108">
-      <c r="DB5098" t="s">
+    <row r="4926" spans="1:107">
+      <c r="DA4926" t="s">
         <v>1231</v>
       </c>
     </row>
-    <row r="5100" spans="1:108">
-      <c r="DB5100" t="s">
+    <row r="4927" spans="1:107">
+      <c r="DA4927" t="s">
         <v>1232</v>
       </c>
     </row>
-    <row r="5107" spans="1:108">
-      <c r="DB5107" t="s">
+    <row r="4937" spans="1:107">
+      <c r="DA4937" t="s">
         <v>1233</v>
       </c>
     </row>
-    <row r="5113" spans="1:108">
-      <c r="DB5113" t="s">
+    <row r="4938" spans="1:107">
+      <c r="DA4938" t="s">
         <v>1234</v>
       </c>
     </row>
-    <row r="5114" spans="1:108">
-      <c r="DB5114" t="s">
+    <row r="4940" spans="1:107">
+      <c r="DA4940" t="s">
         <v>1235</v>
       </c>
     </row>
-    <row r="5118" spans="1:108">
-      <c r="DB5118" t="s">
+    <row r="4947" spans="1:107">
+      <c r="DA4947" t="s">
         <v>1236</v>
       </c>
     </row>
-    <row r="5129" spans="1:108">
-      <c r="DB5129" t="s">
+    <row r="4948" spans="1:107">
+      <c r="DA4948" t="s">
         <v>1237</v>
       </c>
     </row>
-    <row r="5130" spans="1:108">
-      <c r="DB5130" t="s">
+    <row r="4951" spans="1:107">
+      <c r="DA4951" t="s">
         <v>1238</v>
       </c>
     </row>
-    <row r="5131" spans="1:108">
-      <c r="DB5131" t="s">
+    <row r="4955" spans="1:107">
+      <c r="DA4955" t="s">
         <v>1239</v>
       </c>
     </row>
-    <row r="5138" spans="1:108">
-      <c r="DB5138" t="s">
+    <row r="4957" spans="1:107">
+      <c r="DA4957" t="s">
         <v>1240</v>
       </c>
     </row>
-    <row r="5139" spans="1:108">
-      <c r="DB5139" t="s">
+    <row r="4977" spans="1:107">
+      <c r="DA4977" t="s">
         <v>1241</v>
       </c>
     </row>
-    <row r="5143" spans="1:108">
-      <c r="DB5143" t="s">
+    <row r="4980" spans="1:107">
+      <c r="DA4980" t="s">
         <v>1242</v>
       </c>
     </row>
-    <row r="5163" spans="1:108">
-      <c r="DB5163" t="s">
+    <row r="4988" spans="1:107">
+      <c r="DA4988" t="s">
         <v>1243</v>
       </c>
     </row>
-    <row r="5223" spans="1:108">
-      <c r="DB5223" t="s">
+    <row r="4989" spans="1:107">
+      <c r="DA4989" t="s">
         <v>1244</v>
       </c>
     </row>
-    <row r="5224" spans="1:108">
-      <c r="DB5224" t="s">
+    <row r="4990" spans="1:107">
+      <c r="DA4990" t="s">
         <v>1245</v>
       </c>
     </row>
-    <row r="5225" spans="1:108">
-      <c r="DB5225" t="s">
+    <row r="4991" spans="1:107">
+      <c r="DA4991" t="s">
         <v>1246</v>
       </c>
     </row>
-    <row r="5226" spans="1:108">
-      <c r="DB5226" t="s">
+    <row r="4992" spans="1:107">
+      <c r="DA4992" t="s">
         <v>1247</v>
       </c>
     </row>
-    <row r="5227" spans="1:108">
-      <c r="DB5227" t="s">
+    <row r="4993" spans="1:107">
+      <c r="DA4993" t="s">
         <v>1248</v>
       </c>
     </row>
-    <row r="5229" spans="1:108">
-      <c r="DB5229" t="s">
+    <row r="5002" spans="1:107">
+      <c r="DA5002" t="s">
         <v>1249</v>
       </c>
     </row>
-    <row r="5232" spans="1:108">
-      <c r="DB5232" t="s">
+    <row r="5004" spans="1:107">
+      <c r="DA5004" t="s">
         <v>1250</v>
       </c>
     </row>
-    <row r="5233" spans="1:108">
-      <c r="DB5233" t="s">
+    <row r="5006" spans="1:107">
+      <c r="DA5006" t="s">
         <v>1251</v>
       </c>
     </row>
-    <row r="5235" spans="1:108">
-      <c r="DB5235" t="s">
+    <row r="5010" spans="1:107">
+      <c r="DA5010" t="s">
         <v>1252</v>
       </c>
     </row>
-    <row r="5236" spans="1:108">
-      <c r="DB5236" t="s">
+    <row r="5014" spans="1:107">
+      <c r="DA5014" t="s">
         <v>1253</v>
       </c>
     </row>
-    <row r="5238" spans="1:108">
-      <c r="DB5238" t="s">
+    <row r="5015" spans="1:107">
+      <c r="DA5015" t="s">
         <v>1254</v>
       </c>
     </row>
-    <row r="5239" spans="1:108">
-      <c r="DB5239" t="s">
+    <row r="5023" spans="1:107">
+      <c r="DA5023" t="s">
         <v>1255</v>
       </c>
     </row>
-    <row r="5240" spans="1:108">
-      <c r="DB5240" t="s">
+    <row r="5043" spans="1:107">
+      <c r="DA5043" t="s">
         <v>1256</v>
       </c>
     </row>
-    <row r="5251" spans="1:108">
-      <c r="DB5251" t="s">
+    <row r="5044" spans="1:107">
+      <c r="DA5044" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="5045" spans="1:107">
+      <c r="DA5045" t="s">
         <v>1257</v>
       </c>
     </row>
-    <row r="5254" spans="1:108">
-      <c r="DB5254" t="s">
+    <row r="5046" spans="1:107">
+      <c r="DA5046" t="s">
         <v>1258</v>
       </c>
     </row>
-    <row r="5258" spans="1:108">
-      <c r="DB5258" t="s">
+    <row r="5050" spans="1:107">
+      <c r="DA5050" t="s">
         <v>1259</v>
       </c>
     </row>
-    <row r="5261" spans="1:108">
-      <c r="DB5261" t="s">
+    <row r="5052" spans="1:107">
+      <c r="DA5052" t="s">
         <v>1260</v>
       </c>
     </row>
-    <row r="5263" spans="1:108">
-      <c r="DB5263" t="s">
+    <row r="5054" spans="1:107">
+      <c r="DA5054" t="s">
         <v>1261</v>
       </c>
     </row>
-    <row r="5264" spans="1:108">
-      <c r="DB5264" t="s">
+    <row r="5057" spans="1:107">
+      <c r="DA5057" t="s">
         <v>1262</v>
       </c>
     </row>
-    <row r="5271" spans="1:108">
-      <c r="DB5271" t="s">
+    <row r="5058" spans="1:107">
+      <c r="DA5058" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="5061" spans="1:107">
+      <c r="DA5061" t="s">
         <v>1263</v>
       </c>
     </row>
-    <row r="5272" spans="1:108">
-      <c r="DB5272" t="s">
+    <row r="5064" spans="1:107">
+      <c r="DA5064" t="s">
         <v>1264</v>
       </c>
     </row>
-    <row r="5283" spans="1:108">
-      <c r="DB5283" t="s">
+    <row r="5066" spans="1:107">
+      <c r="DA5066" t="s">
         <v>1265</v>
       </c>
     </row>
-    <row r="5299" spans="1:108">
-      <c r="DB5299" t="s">
+    <row r="5067" spans="1:107">
+      <c r="DA5067" t="s">
         <v>1266</v>
       </c>
     </row>
-    <row r="5300" spans="1:108">
-      <c r="DB5300" t="s">
+    <row r="5069" spans="1:107">
+      <c r="DA5069" t="s">
         <v>1267</v>
       </c>
     </row>
-    <row r="5301" spans="1:108">
-      <c r="DB5301" t="s">
+    <row r="5071" spans="1:107">
+      <c r="DA5071" t="s">
         <v>1268</v>
       </c>
     </row>
-    <row r="5303" spans="1:108">
-      <c r="DB5303" t="s">
+    <row r="5080" spans="1:107">
+      <c r="DA5080" t="s">
         <v>1269</v>
       </c>
     </row>
-    <row r="5304" spans="1:108">
-      <c r="DB5304" t="s">
+    <row r="5082" spans="1:107">
+      <c r="DA5082" t="s">
         <v>1270</v>
       </c>
     </row>
-    <row r="5306" spans="1:108">
-      <c r="DB5306" t="s">
+    <row r="5103" spans="1:107">
+      <c r="DA5103" t="s">
         <v>1271</v>
       </c>
     </row>
-    <row r="5307" spans="1:108">
-      <c r="DB5307" t="s">
+    <row r="5108" spans="1:107">
+      <c r="DA5108" t="s">
         <v>1272</v>
       </c>
     </row>
-    <row r="5313" spans="1:108">
-      <c r="DB5313" t="s">
+    <row r="5109" spans="1:107">
+      <c r="DA5109" t="s">
         <v>1273</v>
       </c>
     </row>
-    <row r="5314" spans="1:108">
-      <c r="DB5314" t="s">
+    <row r="5111" spans="1:107">
+      <c r="DA5111" t="s">
         <v>1274</v>
       </c>
     </row>
-    <row r="5326" spans="1:108">
-      <c r="DB5326" t="s">
+    <row r="5112" spans="1:107">
+      <c r="DA5112" t="s">
         <v>1275</v>
       </c>
     </row>
-    <row r="5329" spans="1:108">
-      <c r="DB5329" t="s">
+    <row r="5113" spans="1:107">
+      <c r="DA5113" t="s">
         <v>1276</v>
       </c>
     </row>
-    <row r="5332" spans="1:108">
-      <c r="DB5332" t="s">
+    <row r="5128" spans="1:107">
+      <c r="DA5128" t="s">
         <v>1277</v>
       </c>
     </row>
-    <row r="5338" spans="1:108">
-      <c r="DB5338" t="s">
+    <row r="5147" spans="1:107">
+      <c r="DA5147" t="s">
         <v>1278</v>
       </c>
     </row>
-    <row r="5339" spans="1:108">
-      <c r="DB5339" t="s">
+    <row r="5148" spans="1:107">
+      <c r="DA5148" t="s">
         <v>1279</v>
       </c>
     </row>
-    <row r="5353" spans="1:108">
-      <c r="DB5353" t="s">
+    <row r="5150" spans="1:107">
+      <c r="DA5150" t="s">
         <v>1280</v>
       </c>
     </row>
-    <row r="5356" spans="1:108">
-      <c r="DB5356" t="s">
+    <row r="5152" spans="1:107">
+      <c r="DA5152" t="s">
         <v>1281</v>
       </c>
     </row>
-    <row r="5357" spans="1:108">
-      <c r="DB5357" t="s">
+    <row r="5159" spans="1:107">
+      <c r="DA5159" t="s">
         <v>1282</v>
       </c>
     </row>
-    <row r="5358" spans="1:108">
-      <c r="DB5358" t="s">
+    <row r="5165" spans="1:107">
+      <c r="DA5165" t="s">
         <v>1283</v>
       </c>
     </row>
-    <row r="5363" spans="1:108">
-      <c r="DB5363" t="s">
+    <row r="5166" spans="1:107">
+      <c r="DA5166" t="s">
         <v>1284</v>
       </c>
     </row>
-    <row r="5364" spans="1:108">
-      <c r="DB5364" t="s">
+    <row r="5170" spans="1:107">
+      <c r="DA5170" t="s">
         <v>1285</v>
       </c>
     </row>
-    <row r="5366" spans="1:108">
-      <c r="DB5366" t="s">
+    <row r="5181" spans="1:107">
+      <c r="DA5181" t="s">
         <v>1286</v>
       </c>
     </row>
-    <row r="5367" spans="1:108">
-      <c r="DB5367" t="s">
+    <row r="5182" spans="1:107">
+      <c r="DA5182" t="s">
         <v>1287</v>
       </c>
     </row>
-    <row r="5368" spans="1:108">
-[...5 lines deleted...]
-      <c r="DB5370" t="s">
+    <row r="5183" spans="1:107">
+      <c r="DA5183" t="s">
         <v>1288</v>
       </c>
     </row>
-    <row r="5372" spans="1:108">
-      <c r="DB5372" t="s">
+    <row r="5190" spans="1:107">
+      <c r="DA5190" t="s">
         <v>1289</v>
       </c>
     </row>
-    <row r="5373" spans="1:108">
-      <c r="DB5373" t="s">
+    <row r="5191" spans="1:107">
+      <c r="DA5191" t="s">
         <v>1290</v>
       </c>
     </row>
-    <row r="5381" spans="1:108">
-      <c r="DB5381" t="s">
+    <row r="5195" spans="1:107">
+      <c r="DA5195" t="s">
         <v>1291</v>
       </c>
     </row>
-    <row r="5394" spans="1:108">
-      <c r="DB5394" t="s">
+    <row r="5215" spans="1:107">
+      <c r="DA5215" t="s">
         <v>1292</v>
       </c>
     </row>
-    <row r="5419" spans="1:108">
-      <c r="DB5419" t="s">
+    <row r="5275" spans="1:107">
+      <c r="DA5275" t="s">
         <v>1293</v>
       </c>
     </row>
-    <row r="5421" spans="1:108">
-      <c r="DB5421" t="s">
+    <row r="5276" spans="1:107">
+      <c r="DA5276" t="s">
         <v>1294</v>
       </c>
     </row>
-    <row r="5427" spans="1:108">
-      <c r="DB5427" t="s">
+    <row r="5277" spans="1:107">
+      <c r="DA5277" t="s">
         <v>1295</v>
       </c>
     </row>
-    <row r="5428" spans="1:108">
-      <c r="DB5428" t="s">
+    <row r="5278" spans="1:107">
+      <c r="DA5278" t="s">
         <v>1296</v>
       </c>
     </row>
-    <row r="5431" spans="1:108">
-      <c r="DB5431" t="s">
+    <row r="5279" spans="1:107">
+      <c r="DA5279" t="s">
         <v>1297</v>
       </c>
     </row>
-    <row r="5432" spans="1:108">
-      <c r="DB5432" t="s">
+    <row r="5281" spans="1:107">
+      <c r="DA5281" t="s">
         <v>1298</v>
       </c>
     </row>
-    <row r="5433" spans="1:108">
-      <c r="DB5433" t="s">
+    <row r="5284" spans="1:107">
+      <c r="DA5284" t="s">
         <v>1299</v>
       </c>
     </row>
-    <row r="5436" spans="1:108">
-      <c r="DB5436" t="s">
+    <row r="5285" spans="1:107">
+      <c r="DA5285" t="s">
         <v>1300</v>
       </c>
     </row>
-    <row r="5444" spans="1:108">
-      <c r="DB5444" t="s">
+    <row r="5287" spans="1:107">
+      <c r="DA5287" t="s">
         <v>1301</v>
       </c>
     </row>
-    <row r="5445" spans="1:108">
-      <c r="DB5445" t="s">
+    <row r="5288" spans="1:107">
+      <c r="DA5288" t="s">
         <v>1302</v>
       </c>
     </row>
-    <row r="5448" spans="1:108">
-      <c r="DB5448" t="s">
+    <row r="5290" spans="1:107">
+      <c r="DA5290" t="s">
         <v>1303</v>
       </c>
     </row>
-    <row r="5449" spans="1:108">
-      <c r="DB5449" t="s">
+    <row r="5291" spans="1:107">
+      <c r="DA5291" t="s">
         <v>1304</v>
       </c>
     </row>
-    <row r="5461" spans="1:108">
-      <c r="DB5461" t="s">
+    <row r="5292" spans="1:107">
+      <c r="DA5292" t="s">
         <v>1305</v>
       </c>
     </row>
-    <row r="5467" spans="1:108">
-      <c r="DB5467" t="s">
+    <row r="5303" spans="1:107">
+      <c r="DA5303" t="s">
         <v>1306</v>
       </c>
     </row>
-    <row r="5471" spans="1:108">
-      <c r="DB5471" t="s">
+    <row r="5306" spans="1:107">
+      <c r="DA5306" t="s">
         <v>1307</v>
       </c>
     </row>
-    <row r="5472" spans="1:108">
-      <c r="DB5472" t="s">
+    <row r="5310" spans="1:107">
+      <c r="DA5310" t="s">
         <v>1308</v>
       </c>
     </row>
-    <row r="5474" spans="1:108">
-      <c r="DB5474" t="s">
+    <row r="5313" spans="1:107">
+      <c r="DA5313" t="s">
         <v>1309</v>
       </c>
     </row>
-    <row r="5478" spans="1:108">
-      <c r="DB5478" t="s">
+    <row r="5315" spans="1:107">
+      <c r="DA5315" t="s">
         <v>1310</v>
       </c>
     </row>
-    <row r="5479" spans="1:108">
-      <c r="DB5479" t="s">
+    <row r="5316" spans="1:107">
+      <c r="DA5316" t="s">
         <v>1311</v>
       </c>
     </row>
-    <row r="5492" spans="1:108">
-      <c r="DB5492" t="s">
+    <row r="5323" spans="1:107">
+      <c r="DA5323" t="s">
         <v>1312</v>
       </c>
     </row>
-    <row r="5493" spans="1:108">
-      <c r="DB5493" t="s">
+    <row r="5324" spans="1:107">
+      <c r="DA5324" t="s">
         <v>1313</v>
       </c>
     </row>
-    <row r="5501" spans="1:108">
-      <c r="DB5501" t="s">
+    <row r="5327" spans="1:107">
+      <c r="DA5327" t="s">
         <v>1314</v>
       </c>
     </row>
-    <row r="5502" spans="1:108">
-      <c r="DB5502" t="s">
+    <row r="5336" spans="1:107">
+      <c r="DA5336" t="s">
         <v>1315</v>
       </c>
     </row>
-    <row r="5511" spans="1:108">
-      <c r="DB5511" t="s">
+    <row r="5352" spans="1:107">
+      <c r="DA5352" t="s">
         <v>1316</v>
       </c>
     </row>
-    <row r="5512" spans="1:108">
-      <c r="DB5512" t="s">
+    <row r="5353" spans="1:107">
+      <c r="DA5353" t="s">
         <v>1317</v>
       </c>
     </row>
-    <row r="5513" spans="1:108">
-      <c r="DB5513" t="s">
+    <row r="5354" spans="1:107">
+      <c r="DA5354" t="s">
         <v>1318</v>
       </c>
     </row>
-    <row r="5518" spans="1:108">
-      <c r="DB5518" t="s">
+    <row r="5356" spans="1:107">
+      <c r="DA5356" t="s">
         <v>1319</v>
       </c>
     </row>
-    <row r="5519" spans="1:108">
-      <c r="DB5519" t="s">
+    <row r="5357" spans="1:107">
+      <c r="DA5357" t="s">
         <v>1320</v>
       </c>
     </row>
-    <row r="5521" spans="1:108">
-      <c r="DB5521" t="s">
+    <row r="5359" spans="1:107">
+      <c r="DA5359" t="s">
         <v>1321</v>
       </c>
     </row>
-    <row r="5528" spans="1:108">
-      <c r="DB5528" t="s">
+    <row r="5360" spans="1:107">
+      <c r="DA5360" t="s">
         <v>1322</v>
       </c>
     </row>
-    <row r="5529" spans="1:108">
-      <c r="DB5529" t="s">
+    <row r="5366" spans="1:107">
+      <c r="DA5366" t="s">
         <v>1323</v>
       </c>
     </row>
-    <row r="5530" spans="1:108">
-      <c r="DB5530" t="s">
+    <row r="5367" spans="1:107">
+      <c r="DA5367" t="s">
         <v>1324</v>
       </c>
     </row>
-    <row r="5541" spans="1:108">
-      <c r="DB5541" t="s">
+    <row r="5368" spans="1:107">
+      <c r="DA5368" t="s">
         <v>1325</v>
       </c>
     </row>
-    <row r="5574" spans="1:108">
-      <c r="DB5574" t="s">
+    <row r="5380" spans="1:107">
+      <c r="DA5380" t="s">
         <v>1326</v>
       </c>
     </row>
-    <row r="5596" spans="1:108">
-      <c r="DB5596" t="s">
+    <row r="5383" spans="1:107">
+      <c r="DA5383" t="s">
         <v>1327</v>
       </c>
     </row>
-    <row r="5598" spans="1:108">
-      <c r="DB5598" t="s">
+    <row r="5386" spans="1:107">
+      <c r="DA5386" t="s">
         <v>1328</v>
       </c>
     </row>
-    <row r="5599" spans="1:108">
-      <c r="DB5599" t="s">
+    <row r="5392" spans="1:107">
+      <c r="DA5392" t="s">
         <v>1329</v>
       </c>
     </row>
-    <row r="5600" spans="1:108">
-      <c r="DB5600" t="s">
+    <row r="5393" spans="1:107">
+      <c r="DA5393" t="s">
         <v>1330</v>
       </c>
     </row>
-    <row r="5601" spans="1:108">
-      <c r="DB5601" t="s">
+    <row r="5394" spans="1:107">
+      <c r="DA5394" t="s">
         <v>1331</v>
       </c>
     </row>
-    <row r="5602" spans="1:108">
-      <c r="DB5602" t="s">
+    <row r="5408" spans="1:107">
+      <c r="DA5408" t="s">
         <v>1332</v>
       </c>
     </row>
-    <row r="5604" spans="1:108">
-      <c r="DB5604" t="s">
+    <row r="5411" spans="1:107">
+      <c r="DA5411" t="s">
         <v>1333</v>
       </c>
     </row>
-    <row r="5605" spans="1:108">
-      <c r="DB5605" t="s">
+    <row r="5412" spans="1:107">
+      <c r="DA5412" t="s">
         <v>1334</v>
       </c>
     </row>
-    <row r="5606" spans="1:108">
-      <c r="DB5606" t="s">
+    <row r="5413" spans="1:107">
+      <c r="DA5413" t="s">
         <v>1335</v>
       </c>
     </row>
-    <row r="5607" spans="1:108">
-      <c r="DB5607" t="s">
+    <row r="5418" spans="1:107">
+      <c r="DA5418" t="s">
         <v>1336</v>
       </c>
     </row>
-    <row r="5608" spans="1:108">
-      <c r="DB5608" t="s">
+    <row r="5419" spans="1:107">
+      <c r="DA5419" t="s">
         <v>1337</v>
       </c>
     </row>
-    <row r="5611" spans="1:108">
-      <c r="DB5611" t="s">
+    <row r="5421" spans="1:107">
+      <c r="DA5421" t="s">
         <v>1338</v>
       </c>
     </row>
-    <row r="5615" spans="1:108">
-      <c r="DB5615" t="s">
+    <row r="5422" spans="1:107">
+      <c r="DA5422" t="s">
         <v>1339</v>
       </c>
     </row>
-    <row r="5616" spans="1:108">
-      <c r="DB5616" t="s">
+    <row r="5423" spans="1:107">
+      <c r="DA5423" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="5425" spans="1:107">
+      <c r="DA5425" t="s">
         <v>1340</v>
       </c>
     </row>
-    <row r="5617" spans="1:108">
-      <c r="DB5617" t="s">
+    <row r="5427" spans="1:107">
+      <c r="DA5427" t="s">
         <v>1341</v>
       </c>
     </row>
-    <row r="5618" spans="1:108">
-      <c r="DB5618" t="s">
+    <row r="5428" spans="1:107">
+      <c r="DA5428" t="s">
         <v>1342</v>
       </c>
     </row>
-    <row r="5619" spans="1:108">
-      <c r="DB5619" t="s">
+    <row r="5432" spans="1:107">
+      <c r="DA5432" t="s">
         <v>1343</v>
       </c>
     </row>
-    <row r="5620" spans="1:108">
-      <c r="DB5620" t="s">
+    <row r="5437" spans="1:107">
+      <c r="DA5437" t="s">
         <v>1344</v>
       </c>
     </row>
-    <row r="5621" spans="1:108">
-      <c r="DB5621" t="s">
+    <row r="5450" spans="1:107">
+      <c r="DA5450" t="s">
         <v>1345</v>
       </c>
     </row>
-    <row r="5624" spans="1:108">
-      <c r="DB5624" t="s">
+    <row r="5475" spans="1:107">
+      <c r="DA5475" t="s">
         <v>1346</v>
       </c>
     </row>
-    <row r="5625" spans="1:108">
-      <c r="DB5625" t="s">
+    <row r="5477" spans="1:107">
+      <c r="DA5477" t="s">
         <v>1347</v>
       </c>
     </row>
-    <row r="5627" spans="1:108">
-      <c r="DB5627" t="s">
+    <row r="5483" spans="1:107">
+      <c r="DA5483" t="s">
         <v>1348</v>
       </c>
     </row>
-    <row r="5628" spans="1:108">
-      <c r="DB5628" t="s">
+    <row r="5484" spans="1:107">
+      <c r="DA5484" t="s">
         <v>1349</v>
       </c>
     </row>
-    <row r="5629" spans="1:108">
-      <c r="DB5629" t="s">
+    <row r="5487" spans="1:107">
+      <c r="DA5487" t="s">
         <v>1350</v>
       </c>
     </row>
-    <row r="5632" spans="1:108">
-      <c r="DB5632" t="s">
+    <row r="5488" spans="1:107">
+      <c r="DA5488" t="s">
         <v>1351</v>
       </c>
     </row>
-    <row r="5634" spans="1:108">
-      <c r="DB5634" t="s">
+    <row r="5489" spans="1:107">
+      <c r="DA5489" t="s">
         <v>1352</v>
       </c>
     </row>
-    <row r="5637" spans="1:108">
-      <c r="DB5637" t="s">
+    <row r="5492" spans="1:107">
+      <c r="DA5492" t="s">
         <v>1353</v>
       </c>
     </row>
-    <row r="5638" spans="1:108">
-      <c r="DB5638" t="s">
+    <row r="5500" spans="1:107">
+      <c r="DA5500" t="s">
         <v>1354</v>
       </c>
     </row>
-    <row r="5640" spans="1:108">
-      <c r="DB5640" t="s">
+    <row r="5501" spans="1:107">
+      <c r="DA5501" t="s">
         <v>1355</v>
       </c>
     </row>
-    <row r="5642" spans="1:108">
-      <c r="DB5642" t="s">
+    <row r="5504" spans="1:107">
+      <c r="DA5504" t="s">
         <v>1356</v>
       </c>
     </row>
-    <row r="5644" spans="1:108">
-      <c r="DB5644" t="s">
+    <row r="5505" spans="1:107">
+      <c r="DA5505" t="s">
         <v>1357</v>
       </c>
     </row>
-    <row r="5645" spans="1:108">
-      <c r="DB5645" t="s">
+    <row r="5517" spans="1:107">
+      <c r="DA5517" t="s">
         <v>1358</v>
       </c>
     </row>
-    <row r="5651" spans="1:108">
-      <c r="DB5651" t="s">
+    <row r="5523" spans="1:107">
+      <c r="DA5523" t="s">
         <v>1359</v>
       </c>
     </row>
-    <row r="5655" spans="1:108">
-      <c r="DB5655" t="s">
+    <row r="5527" spans="1:107">
+      <c r="DA5527" t="s">
         <v>1360</v>
       </c>
     </row>
-    <row r="5659" spans="1:108">
-      <c r="DB5659" t="s">
+    <row r="5528" spans="1:107">
+      <c r="DA5528" t="s">
         <v>1361</v>
       </c>
     </row>
-    <row r="5661" spans="1:108">
-      <c r="DB5661" t="s">
+    <row r="5530" spans="1:107">
+      <c r="DA5530" t="s">
         <v>1362</v>
       </c>
     </row>
-    <row r="5663" spans="1:108">
-      <c r="DB5663" t="s">
+    <row r="5534" spans="1:107">
+      <c r="DA5534" t="s">
         <v>1363</v>
       </c>
     </row>
-    <row r="5670" spans="1:108">
-      <c r="DB5670" t="s">
+    <row r="5535" spans="1:107">
+      <c r="DA5535" t="s">
         <v>1364</v>
       </c>
     </row>
-    <row r="5671" spans="1:108">
-      <c r="DB5671" t="s">
+    <row r="5547" spans="1:107">
+      <c r="DA5547" t="s">
         <v>1365</v>
       </c>
     </row>
-    <row r="5674" spans="1:108">
-      <c r="DB5674" t="s">
+    <row r="5549" spans="1:107">
+      <c r="DA5549" t="s">
         <v>1366</v>
       </c>
     </row>
-    <row r="5678" spans="1:108">
-      <c r="DB5678" t="s">
+    <row r="5550" spans="1:107">
+      <c r="DA5550" t="s">
         <v>1367</v>
       </c>
     </row>
-    <row r="5680" spans="1:108">
-      <c r="DB5680" t="s">
+    <row r="5558" spans="1:107">
+      <c r="DA5558" t="s">
         <v>1368</v>
       </c>
     </row>
-    <row r="5683" spans="1:108">
-      <c r="DB5683" t="s">
+    <row r="5559" spans="1:107">
+      <c r="DA5559" t="s">
         <v>1369</v>
       </c>
     </row>
-    <row r="5688" spans="1:108">
-      <c r="DB5688" t="s">
+    <row r="5568" spans="1:107">
+      <c r="DA5568" t="s">
         <v>1370</v>
       </c>
     </row>
-    <row r="5701" spans="1:108">
-      <c r="DB5701" t="s">
+    <row r="5569" spans="1:107">
+      <c r="DA5569" t="s">
         <v>1371</v>
       </c>
     </row>
-    <row r="5703" spans="1:108">
-      <c r="DB5703" t="s">
+    <row r="5570" spans="1:107">
+      <c r="DA5570" t="s">
         <v>1372</v>
       </c>
     </row>
-    <row r="5708" spans="1:108">
-      <c r="DB5708" t="s">
+    <row r="5575" spans="1:107">
+      <c r="DA5575" t="s">
         <v>1373</v>
       </c>
     </row>
-    <row r="5714" spans="1:108">
-      <c r="DB5714" t="s">
+    <row r="5576" spans="1:107">
+      <c r="DA5576" t="s">
         <v>1374</v>
       </c>
     </row>
-    <row r="5737" spans="1:108">
-      <c r="DB5737" t="s">
+    <row r="5578" spans="1:107">
+      <c r="DA5578" t="s">
         <v>1375</v>
       </c>
     </row>
-    <row r="5738" spans="1:108">
-      <c r="DB5738" t="s">
+    <row r="5585" spans="1:107">
+      <c r="DA5585" t="s">
         <v>1376</v>
       </c>
     </row>
-    <row r="5739" spans="1:108">
-      <c r="DB5739" t="s">
+    <row r="5586" spans="1:107">
+      <c r="DA5586" t="s">
         <v>1377</v>
       </c>
     </row>
-    <row r="5742" spans="1:108">
-      <c r="DB5742" t="s">
+    <row r="5587" spans="1:107">
+      <c r="DA5587" t="s">
         <v>1378</v>
       </c>
     </row>
-    <row r="5744" spans="1:108">
-      <c r="DB5744" t="s">
+    <row r="5598" spans="1:107">
+      <c r="DA5598" t="s">
         <v>1379</v>
       </c>
     </row>
-    <row r="5745" spans="1:108">
-      <c r="DB5745" t="s">
+    <row r="5631" spans="1:107">
+      <c r="DA5631" t="s">
         <v>1380</v>
       </c>
     </row>
-    <row r="5748" spans="1:108">
-      <c r="DB5748" t="s">
+    <row r="5653" spans="1:107">
+      <c r="DA5653" t="s">
         <v>1381</v>
       </c>
     </row>
-    <row r="5767" spans="1:108">
-      <c r="DB5767" t="s">
+    <row r="5655" spans="1:107">
+      <c r="DA5655" t="s">
         <v>1382</v>
       </c>
     </row>
-    <row r="5768" spans="1:108">
-      <c r="DB5768" t="s">
+    <row r="5656" spans="1:107">
+      <c r="DA5656" t="s">
         <v>1383</v>
       </c>
     </row>
-    <row r="5769" spans="1:108">
-      <c r="DB5769" t="s">
+    <row r="5657" spans="1:107">
+      <c r="DA5657" t="s">
         <v>1384</v>
       </c>
     </row>
-    <row r="5779" spans="1:108">
-      <c r="DB5779" t="s">
+    <row r="5658" spans="1:107">
+      <c r="DA5658" t="s">
         <v>1385</v>
       </c>
     </row>
-    <row r="5781" spans="1:108">
-      <c r="DB5781" t="s">
+    <row r="5659" spans="1:107">
+      <c r="DA5659" t="s">
         <v>1386</v>
       </c>
     </row>
-    <row r="5784" spans="1:108">
-      <c r="DB5784" t="s">
+    <row r="5660" spans="1:107">
+      <c r="DA5660" t="s">
         <v>1387</v>
       </c>
     </row>
-    <row r="5785" spans="1:108">
-[...5 lines deleted...]
-      <c r="DB5787" t="s">
+    <row r="5662" spans="1:107">
+      <c r="DA5662" t="s">
         <v>1388</v>
       </c>
     </row>
-    <row r="5788" spans="1:108">
-      <c r="DB5788" t="s">
+    <row r="5663" spans="1:107">
+      <c r="DA5663" t="s">
         <v>1389</v>
       </c>
     </row>
-    <row r="5789" spans="1:108">
-      <c r="DB5789" t="s">
+    <row r="5664" spans="1:107">
+      <c r="DA5664" t="s">
         <v>1390</v>
       </c>
     </row>
-    <row r="5792" spans="1:108">
-      <c r="DB5792" t="s">
+    <row r="5665" spans="1:107">
+      <c r="DA5665" t="s">
         <v>1391</v>
       </c>
     </row>
-    <row r="5793" spans="1:108">
-      <c r="DB5793" t="s">
+    <row r="5666" spans="1:107">
+      <c r="DA5666" t="s">
         <v>1392</v>
       </c>
     </row>
-    <row r="5795" spans="1:108">
-      <c r="DB5795" t="s">
+    <row r="5669" spans="1:107">
+      <c r="DA5669" t="s">
         <v>1393</v>
       </c>
     </row>
-    <row r="5797" spans="1:108">
-      <c r="DB5797" t="s">
+    <row r="5673" spans="1:107">
+      <c r="DA5673" t="s">
         <v>1394</v>
       </c>
     </row>
-    <row r="5806" spans="1:108">
-      <c r="DB5806" t="s">
+    <row r="5674" spans="1:107">
+      <c r="DA5674" t="s">
         <v>1395</v>
       </c>
     </row>
-    <row r="5810" spans="1:108">
-      <c r="DB5810" t="s">
+    <row r="5675" spans="1:107">
+      <c r="DA5675" t="s">
         <v>1396</v>
       </c>
     </row>
-    <row r="5811" spans="1:108">
-      <c r="DB5811" t="s">
+    <row r="5676" spans="1:107">
+      <c r="DA5676" t="s">
         <v>1397</v>
       </c>
     </row>
-    <row r="5824" spans="1:108">
-      <c r="DB5824" t="s">
+    <row r="5677" spans="1:107">
+      <c r="DA5677" t="s">
         <v>1398</v>
       </c>
     </row>
-    <row r="5828" spans="1:108">
-      <c r="DB5828" t="s">
+    <row r="5678" spans="1:107">
+      <c r="DA5678" t="s">
         <v>1399</v>
       </c>
     </row>
-    <row r="5831" spans="1:108">
-      <c r="DB5831" t="s">
+    <row r="5679" spans="1:107">
+      <c r="DA5679" t="s">
         <v>1400</v>
       </c>
     </row>
-    <row r="5834" spans="1:108">
-      <c r="DB5834" t="s">
+    <row r="5680" spans="1:107">
+      <c r="DA5680" t="s">
         <v>1401</v>
       </c>
     </row>
-    <row r="5838" spans="1:108">
-      <c r="DB5838" t="s">
+    <row r="5683" spans="1:107">
+      <c r="DA5683" t="s">
         <v>1402</v>
       </c>
     </row>
-    <row r="5844" spans="1:108">
-      <c r="DB5844" t="s">
+    <row r="5684" spans="1:107">
+      <c r="DA5684" t="s">
         <v>1403</v>
       </c>
     </row>
-    <row r="5850" spans="1:108">
-      <c r="DB5850" t="s">
+    <row r="5686" spans="1:107">
+      <c r="DA5686" t="s">
         <v>1404</v>
       </c>
     </row>
-    <row r="5852" spans="1:108">
-      <c r="DB5852" t="s">
+    <row r="5687" spans="1:107">
+      <c r="DA5687" t="s">
         <v>1405</v>
       </c>
     </row>
-    <row r="5854" spans="1:108">
-      <c r="DB5854" t="s">
+    <row r="5688" spans="1:107">
+      <c r="DA5688" t="s">
         <v>1406</v>
       </c>
     </row>
-    <row r="5857" spans="1:108">
-      <c r="DB5857" t="s">
+    <row r="5689" spans="1:107">
+      <c r="DA5689" t="s">
         <v>1407</v>
       </c>
     </row>
-    <row r="5865" spans="1:108">
-      <c r="DB5865" t="s">
+    <row r="5692" spans="1:107">
+      <c r="DA5692" t="s">
         <v>1408</v>
       </c>
     </row>
-    <row r="5873" spans="1:108">
-      <c r="DB5873" t="s">
+    <row r="5694" spans="1:107">
+      <c r="DA5694" t="s">
         <v>1409</v>
       </c>
     </row>
-    <row r="5895" spans="1:108">
-      <c r="DB5895" t="s">
+    <row r="5697" spans="1:107">
+      <c r="DA5697" t="s">
         <v>1410</v>
       </c>
     </row>
-    <row r="5897" spans="1:108">
-      <c r="DB5897" t="s">
+    <row r="5698" spans="1:107">
+      <c r="DA5698" t="s">
         <v>1411</v>
       </c>
     </row>
-    <row r="5909" spans="1:108">
-      <c r="DB5909" t="s">
+    <row r="5700" spans="1:107">
+      <c r="DA5700" t="s">
         <v>1412</v>
       </c>
     </row>
-    <row r="5910" spans="1:108">
-      <c r="DB5910" t="s">
+    <row r="5702" spans="1:107">
+      <c r="DA5702" t="s">
         <v>1413</v>
       </c>
     </row>
-    <row r="5915" spans="1:108">
-      <c r="DB5915" t="s">
+    <row r="5704" spans="1:107">
+      <c r="DA5704" t="s">
         <v>1414</v>
       </c>
     </row>
-    <row r="5931" spans="1:108">
-      <c r="DB5931" t="s">
+    <row r="5705" spans="1:107">
+      <c r="DA5705" t="s">
         <v>1415</v>
       </c>
     </row>
-    <row r="5932" spans="1:108">
-      <c r="DB5932" t="s">
+    <row r="5711" spans="1:107">
+      <c r="DA5711" t="s">
         <v>1416</v>
       </c>
     </row>
-    <row r="5944" spans="1:108">
-      <c r="DB5944" t="s">
+    <row r="5715" spans="1:107">
+      <c r="DA5715" t="s">
         <v>1417</v>
       </c>
     </row>
-    <row r="5951" spans="1:108">
-      <c r="DB5951" t="s">
+    <row r="5719" spans="1:107">
+      <c r="DA5719" t="s">
         <v>1418</v>
       </c>
     </row>
-    <row r="5957" spans="1:108">
-      <c r="DB5957" t="s">
+    <row r="5721" spans="1:107">
+      <c r="DA5721" t="s">
         <v>1419</v>
       </c>
     </row>
-    <row r="5961" spans="1:108">
-      <c r="DB5961" t="s">
+    <row r="5723" spans="1:107">
+      <c r="DA5723" t="s">
         <v>1420</v>
       </c>
     </row>
-    <row r="5962" spans="1:108">
-      <c r="DB5962" t="s">
+    <row r="5730" spans="1:107">
+      <c r="DA5730" t="s">
         <v>1421</v>
       </c>
     </row>
-    <row r="5965" spans="1:108">
-      <c r="DB5965" t="s">
+    <row r="5731" spans="1:107">
+      <c r="DA5731" t="s">
         <v>1422</v>
       </c>
     </row>
-    <row r="5970" spans="1:108">
-      <c r="DB5970" t="s">
+    <row r="5732" spans="1:107">
+      <c r="DA5732" t="s">
         <v>1423</v>
       </c>
     </row>
-    <row r="5974" spans="1:108">
-      <c r="DB5974" t="s">
+    <row r="5735" spans="1:107">
+      <c r="DA5735" t="s">
         <v>1424</v>
       </c>
     </row>
-    <row r="5978" spans="1:108">
-      <c r="DB5978" t="s">
+    <row r="5739" spans="1:107">
+      <c r="DA5739" t="s">
         <v>1425</v>
       </c>
     </row>
-    <row r="5980" spans="1:108">
-      <c r="DB5980" t="s">
+    <row r="5741" spans="1:107">
+      <c r="DA5741" t="s">
         <v>1426</v>
       </c>
     </row>
-    <row r="5984" spans="1:108">
-      <c r="DB5984" t="s">
+    <row r="5744" spans="1:107">
+      <c r="DA5744" t="s">
         <v>1427</v>
       </c>
     </row>
-    <row r="6017" spans="1:108">
-      <c r="DB6017" t="s">
+    <row r="5746" spans="1:107">
+      <c r="DA5746" t="s">
         <v>1428</v>
       </c>
     </row>
-    <row r="6022" spans="1:108">
-      <c r="DB6022" t="s">
+    <row r="5750" spans="1:107">
+      <c r="DA5750" t="s">
         <v>1429</v>
       </c>
     </row>
-    <row r="6028" spans="1:108">
-      <c r="DB6028" t="s">
+    <row r="5751" spans="1:107">
+      <c r="DA5751" t="s">
         <v>1430</v>
       </c>
     </row>
-    <row r="6029" spans="1:108">
-      <c r="DB6029" t="s">
+    <row r="5764" spans="1:107">
+      <c r="DA5764" t="s">
         <v>1431</v>
       </c>
     </row>
-    <row r="6032" spans="1:108">
-      <c r="DB6032" t="s">
+    <row r="5766" spans="1:107">
+      <c r="DA5766" t="s">
         <v>1432</v>
       </c>
     </row>
-    <row r="6037" spans="1:108">
-      <c r="DB6037" t="s">
+    <row r="5771" spans="1:107">
+      <c r="DA5771" t="s">
         <v>1433</v>
       </c>
     </row>
-    <row r="6039" spans="1:108">
-      <c r="DB6039" t="s">
+    <row r="5777" spans="1:107">
+      <c r="DA5777" t="s">
         <v>1434</v>
       </c>
     </row>
-    <row r="6041" spans="1:108">
-      <c r="DB6041" t="s">
+    <row r="5798" spans="1:107">
+      <c r="DA5798" t="s">
         <v>1435</v>
       </c>
     </row>
-    <row r="6042" spans="1:108">
-      <c r="DB6042" t="s">
+    <row r="5801" spans="1:107">
+      <c r="DA5801" t="s">
         <v>1436</v>
       </c>
     </row>
-    <row r="6045" spans="1:108">
-      <c r="DB6045" t="s">
+    <row r="5802" spans="1:107">
+      <c r="DA5802" t="s">
         <v>1437</v>
       </c>
     </row>
-    <row r="6046" spans="1:108">
-      <c r="DB6046" t="s">
+    <row r="5803" spans="1:107">
+      <c r="DA5803" t="s">
         <v>1438</v>
       </c>
     </row>
-    <row r="6047" spans="1:108">
-      <c r="DB6047" t="s">
+    <row r="5806" spans="1:107">
+      <c r="DA5806" t="s">
         <v>1439</v>
       </c>
     </row>
-    <row r="6049" spans="1:108">
-      <c r="DB6049" t="s">
+    <row r="5808" spans="1:107">
+      <c r="DA5808" t="s">
         <v>1440</v>
       </c>
     </row>
-    <row r="6053" spans="1:108">
-      <c r="DB6053" t="s">
+    <row r="5809" spans="1:107">
+      <c r="DA5809" t="s">
         <v>1441</v>
       </c>
     </row>
-    <row r="6054" spans="1:108">
-      <c r="DB6054" t="s">
+    <row r="5812" spans="1:107">
+      <c r="DA5812" t="s">
         <v>1442</v>
       </c>
     </row>
-    <row r="6056" spans="1:108">
-      <c r="DB6056" t="s">
+    <row r="5831" spans="1:107">
+      <c r="DA5831" t="s">
         <v>1443</v>
       </c>
     </row>
-    <row r="6058" spans="1:108">
-      <c r="DB6058" t="s">
+    <row r="5832" spans="1:107">
+      <c r="DA5832" t="s">
         <v>1444</v>
       </c>
     </row>
-    <row r="6062" spans="1:108">
-      <c r="DB6062" t="s">
+    <row r="5833" spans="1:107">
+      <c r="DA5833" t="s">
         <v>1445</v>
       </c>
     </row>
-    <row r="6063" spans="1:108">
-      <c r="DB6063" t="s">
+    <row r="5843" spans="1:107">
+      <c r="DA5843" t="s">
         <v>1446</v>
       </c>
     </row>
-    <row r="6067" spans="1:108">
-      <c r="DB6067" t="s">
+    <row r="5845" spans="1:107">
+      <c r="DA5845" t="s">
         <v>1447</v>
       </c>
     </row>
-    <row r="6068" spans="1:108">
-      <c r="DB6068" t="s">
+    <row r="5847" spans="1:107">
+      <c r="DA5847" t="s">
         <v>1448</v>
       </c>
     </row>
-    <row r="6070" spans="1:108">
-      <c r="DB6070" t="s">
+    <row r="5848" spans="1:107">
+      <c r="DA5848" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="5850" spans="1:107">
+      <c r="DA5850" t="s">
         <v>1449</v>
       </c>
     </row>
-    <row r="6077" spans="1:108">
-      <c r="DB6077" t="s">
+    <row r="5851" spans="1:107">
+      <c r="DA5851" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="5853" spans="1:107">
+      <c r="DA5853" t="s">
         <v>1450</v>
       </c>
     </row>
-    <row r="6078" spans="1:108">
-      <c r="DB6078" t="s">
+    <row r="5854" spans="1:107">
+      <c r="DA5854" t="s">
         <v>1451</v>
       </c>
     </row>
-    <row r="6079" spans="1:108">
-      <c r="DB6079" t="s">
+    <row r="5855" spans="1:107">
+      <c r="DA5855" t="s">
         <v>1452</v>
       </c>
     </row>
-    <row r="6080" spans="1:108">
-      <c r="DB6080" t="s">
+    <row r="5858" spans="1:107">
+      <c r="DA5858" t="s">
         <v>1453</v>
       </c>
     </row>
-    <row r="6092" spans="1:108">
-      <c r="DB6092" t="s">
+    <row r="5859" spans="1:107">
+      <c r="DA5859" t="s">
         <v>1454</v>
       </c>
     </row>
-    <row r="6094" spans="1:108">
-      <c r="DB6094" t="s">
+    <row r="5861" spans="1:107">
+      <c r="DA5861" t="s">
         <v>1455</v>
       </c>
     </row>
-    <row r="6097" spans="1:108">
-      <c r="DB6097" t="s">
+    <row r="5863" spans="1:107">
+      <c r="DA5863" t="s">
         <v>1456</v>
       </c>
     </row>
-    <row r="6107" spans="1:108">
-      <c r="DB6107" t="s">
+    <row r="5872" spans="1:107">
+      <c r="DA5872" t="s">
         <v>1457</v>
       </c>
     </row>
-    <row r="6108" spans="1:108">
-      <c r="DB6108" t="s">
+    <row r="5876" spans="1:107">
+      <c r="DA5876" t="s">
         <v>1458</v>
       </c>
     </row>
-    <row r="6111" spans="1:108">
-      <c r="DB6111" t="s">
+    <row r="5877" spans="1:107">
+      <c r="DA5877" t="s">
         <v>1459</v>
       </c>
     </row>
-    <row r="6121" spans="1:108">
-      <c r="DB6121" t="s">
+    <row r="5890" spans="1:107">
+      <c r="DA5890" t="s">
         <v>1460</v>
       </c>
     </row>
-    <row r="6126" spans="1:108">
-      <c r="DB6126" t="s">
+    <row r="5891" spans="1:107">
+      <c r="DA5891" t="s">
         <v>1461</v>
       </c>
     </row>
-    <row r="6129" spans="1:108">
-      <c r="DB6129" t="s">
+    <row r="5895" spans="1:107">
+      <c r="DA5895" t="s">
         <v>1462</v>
       </c>
     </row>
-    <row r="6131" spans="1:108">
-      <c r="DB6131" t="s">
+    <row r="5898" spans="1:107">
+      <c r="DA5898" t="s">
         <v>1463</v>
       </c>
     </row>
-    <row r="6133" spans="1:108">
-      <c r="DB6133" t="s">
+    <row r="5901" spans="1:107">
+      <c r="DA5901" t="s">
         <v>1464</v>
       </c>
     </row>
-    <row r="6134" spans="1:108">
-      <c r="DB6134" t="s">
+    <row r="5905" spans="1:107">
+      <c r="DA5905" t="s">
         <v>1465</v>
       </c>
     </row>
-    <row r="6137" spans="1:108">
-      <c r="DB6137" t="s">
+    <row r="5911" spans="1:107">
+      <c r="DA5911" t="s">
         <v>1466</v>
       </c>
     </row>
-    <row r="6138" spans="1:108">
-      <c r="DB6138" t="s">
+    <row r="5917" spans="1:107">
+      <c r="DA5917" t="s">
         <v>1467</v>
       </c>
     </row>
-    <row r="6140" spans="1:108">
-      <c r="DB6140" t="s">
+    <row r="5919" spans="1:107">
+      <c r="DA5919" t="s">
         <v>1468</v>
       </c>
     </row>
-    <row r="6150" spans="1:108">
-      <c r="DB6150" t="s">
+    <row r="5921" spans="1:107">
+      <c r="DA5921" t="s">
         <v>1469</v>
       </c>
     </row>
-    <row r="6152" spans="1:108">
-      <c r="DB6152" t="s">
+    <row r="5922" spans="1:107">
+      <c r="DA5922" t="s">
         <v>1470</v>
       </c>
     </row>
-    <row r="6164" spans="1:108">
-      <c r="DB6164" t="s">
+    <row r="5923" spans="1:107">
+      <c r="DA5923" t="s">
         <v>1471</v>
       </c>
     </row>
-    <row r="6165" spans="1:108">
-      <c r="DB6165" t="s">
+    <row r="5926" spans="1:107">
+      <c r="DA5926" t="s">
         <v>1472</v>
       </c>
     </row>
-    <row r="6176" spans="1:108">
-      <c r="DB6176" t="s">
+    <row r="5934" spans="1:107">
+      <c r="DA5934" t="s">
         <v>1473</v>
       </c>
     </row>
-    <row r="6177" spans="1:108">
-      <c r="DB6177" t="s">
+    <row r="5942" spans="1:107">
+      <c r="DA5942" t="s">
         <v>1474</v>
       </c>
     </row>
-    <row r="6178" spans="1:108">
-      <c r="DB6178" t="s">
+    <row r="5964" spans="1:107">
+      <c r="DA5964" t="s">
         <v>1475</v>
       </c>
     </row>
-    <row r="6179" spans="1:108">
-      <c r="DB6179" t="s">
+    <row r="5965" spans="1:107">
+      <c r="DA5965" t="s">
         <v>1476</v>
       </c>
     </row>
-    <row r="6182" spans="1:108">
-      <c r="DB6182" t="s">
+    <row r="5966" spans="1:107">
+      <c r="DA5966" t="s">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="5967" spans="1:107">
+      <c r="DA5967" t="s">
         <v>1477</v>
       </c>
     </row>
-    <row r="6183" spans="1:108">
-      <c r="DB6183" t="s">
+    <row r="5969" spans="1:107">
+      <c r="DA5969" t="s">
         <v>1478</v>
       </c>
     </row>
-    <row r="6184" spans="1:108">
-      <c r="DB6184" t="s">
+    <row r="5981" spans="1:107">
+      <c r="DA5981" t="s">
         <v>1479</v>
       </c>
     </row>
-    <row r="6185" spans="1:108">
-      <c r="DB6185" t="s">
+    <row r="5982" spans="1:107">
+      <c r="DA5982" t="s">
         <v>1480</v>
       </c>
     </row>
-    <row r="6186" spans="1:108">
-      <c r="DB6186" t="s">
+    <row r="5987" spans="1:107">
+      <c r="DA5987" t="s">
         <v>1481</v>
       </c>
     </row>
-    <row r="6205" spans="1:108">
-      <c r="DB6205" t="s">
+    <row r="6003" spans="1:107">
+      <c r="DA6003" t="s">
         <v>1482</v>
       </c>
     </row>
-    <row r="6209" spans="1:108">
-      <c r="DB6209" t="s">
+    <row r="6004" spans="1:107">
+      <c r="DA6004" t="s">
         <v>1483</v>
       </c>
     </row>
-    <row r="6210" spans="1:108">
-      <c r="DB6210" t="s">
+    <row r="6016" spans="1:107">
+      <c r="DA6016" t="s">
         <v>1484</v>
       </c>
     </row>
-    <row r="6213" spans="1:108">
-      <c r="DB6213" t="s">
+    <row r="6023" spans="1:107">
+      <c r="DA6023" t="s">
         <v>1485</v>
       </c>
     </row>
-    <row r="6215" spans="1:108">
-      <c r="DB6215" t="s">
+    <row r="6029" spans="1:107">
+      <c r="DA6029" t="s">
         <v>1486</v>
       </c>
     </row>
-    <row r="6222" spans="1:108">
-      <c r="DB6222" t="s">
+    <row r="6033" spans="1:107">
+      <c r="DA6033" t="s">
         <v>1487</v>
       </c>
     </row>
-    <row r="6223" spans="1:108">
-      <c r="DB6223" t="s">
+    <row r="6034" spans="1:107">
+      <c r="DA6034" t="s">
         <v>1488</v>
       </c>
     </row>
-    <row r="6224" spans="1:108">
-      <c r="DB6224" t="s">
+    <row r="6037" spans="1:107">
+      <c r="DA6037" t="s">
         <v>1489</v>
       </c>
     </row>
-    <row r="6234" spans="1:108">
-      <c r="DB6234" t="s">
+    <row r="6042" spans="1:107">
+      <c r="DA6042" t="s">
         <v>1490</v>
       </c>
     </row>
-    <row r="6236" spans="1:108">
-      <c r="DB6236" t="s">
+    <row r="6043" spans="1:107">
+      <c r="DA6043" t="s">
         <v>1491</v>
       </c>
     </row>
-    <row r="6240" spans="1:108">
-      <c r="DB6240" t="s">
+    <row r="6047" spans="1:107">
+      <c r="DA6047" t="s">
         <v>1492</v>
       </c>
     </row>
-    <row r="6243" spans="1:108">
-      <c r="DB6243" t="s">
+    <row r="6051" spans="1:107">
+      <c r="DA6051" t="s">
         <v>1493</v>
       </c>
     </row>
-    <row r="6245" spans="1:108">
-      <c r="DB6245" t="s">
+    <row r="6053" spans="1:107">
+      <c r="DA6053" t="s">
         <v>1494</v>
       </c>
     </row>
-    <row r="6246" spans="1:108">
-      <c r="DB6246" t="s">
+    <row r="6057" spans="1:107">
+      <c r="DA6057" t="s">
         <v>1495</v>
       </c>
     </row>
-    <row r="6247" spans="1:108">
-      <c r="DB6247" t="s">
+    <row r="6090" spans="1:107">
+      <c r="DA6090" t="s">
         <v>1496</v>
       </c>
     </row>
-    <row r="6248" spans="1:108">
-      <c r="DB6248" t="s">
+    <row r="6095" spans="1:107">
+      <c r="DA6095" t="s">
         <v>1497</v>
       </c>
     </row>
-    <row r="6252" spans="1:108">
-      <c r="DB6252" t="s">
+    <row r="6101" spans="1:107">
+      <c r="DA6101" t="s">
         <v>1498</v>
       </c>
     </row>
-    <row r="6258" spans="1:108">
-      <c r="DB6258" t="s">
+    <row r="6102" spans="1:107">
+      <c r="DA6102" t="s">
         <v>1499</v>
       </c>
     </row>
-    <row r="6265" spans="1:108">
-      <c r="DB6265" t="s">
+    <row r="6105" spans="1:107">
+      <c r="DA6105" t="s">
         <v>1500</v>
       </c>
     </row>
-    <row r="6267" spans="1:108">
-      <c r="DB6267" t="s">
+    <row r="6110" spans="1:107">
+      <c r="DA6110" t="s">
         <v>1501</v>
       </c>
     </row>
-    <row r="6275" spans="1:108">
-      <c r="DB6275" t="s">
+    <row r="6112" spans="1:107">
+      <c r="DA6112" t="s">
         <v>1502</v>
       </c>
     </row>
-    <row r="6276" spans="1:108">
-      <c r="DB6276" t="s">
+    <row r="6114" spans="1:107">
+      <c r="DA6114" t="s">
         <v>1503</v>
       </c>
     </row>
-    <row r="6278" spans="1:108">
-      <c r="DB6278" t="s">
+    <row r="6115" spans="1:107">
+      <c r="DA6115" t="s">
         <v>1504</v>
       </c>
     </row>
-    <row r="6284" spans="1:108">
-      <c r="DB6284" t="s">
+    <row r="6118" spans="1:107">
+      <c r="DA6118" t="s">
         <v>1505</v>
       </c>
     </row>
-    <row r="6286" spans="1:108">
-      <c r="DB6286" t="s">
+    <row r="6119" spans="1:107">
+      <c r="DA6119" t="s">
         <v>1506</v>
       </c>
     </row>
-    <row r="6288" spans="1:108">
-      <c r="DB6288" t="s">
+    <row r="6120" spans="1:107">
+      <c r="DA6120" t="s">
         <v>1507</v>
       </c>
     </row>
-    <row r="6290" spans="1:108">
-      <c r="DB6290" t="s">
+    <row r="6122" spans="1:107">
+      <c r="DA6122" t="s">
         <v>1508</v>
       </c>
     </row>
-    <row r="6292" spans="1:108">
-      <c r="DB6292" t="s">
+    <row r="6126" spans="1:107">
+      <c r="DA6126" t="s">
         <v>1509</v>
       </c>
     </row>
-    <row r="6293" spans="1:108">
-      <c r="DB6293" t="s">
+    <row r="6127" spans="1:107">
+      <c r="DA6127" t="s">
         <v>1510</v>
       </c>
     </row>
-    <row r="6296" spans="1:108">
-      <c r="DB6296" t="s">
+    <row r="6129" spans="1:107">
+      <c r="DA6129" t="s">
         <v>1511</v>
       </c>
     </row>
-    <row r="6297" spans="1:108">
-      <c r="DB6297" t="s">
+    <row r="6131" spans="1:107">
+      <c r="DA6131" t="s">
         <v>1512</v>
       </c>
     </row>
-    <row r="6302" spans="1:108">
-      <c r="DB6302" t="s">
+    <row r="6135" spans="1:107">
+      <c r="DA6135" t="s">
         <v>1513</v>
       </c>
     </row>
-    <row r="6304" spans="1:108">
-      <c r="DB6304" t="s">
+    <row r="6136" spans="1:107">
+      <c r="DA6136" t="s">
         <v>1514</v>
       </c>
     </row>
-    <row r="6315" spans="1:108">
-      <c r="DB6315" t="s">
+    <row r="6140" spans="1:107">
+      <c r="DA6140" t="s">
         <v>1515</v>
       </c>
     </row>
-    <row r="6318" spans="1:108">
-      <c r="DB6318" t="s">
+    <row r="6141" spans="1:107">
+      <c r="DA6141" t="s">
         <v>1516</v>
       </c>
     </row>
-    <row r="6324" spans="1:108">
-      <c r="DB6324" t="s">
+    <row r="6143" spans="1:107">
+      <c r="DA6143" t="s">
         <v>1517</v>
       </c>
     </row>
-    <row r="6328" spans="1:108">
-      <c r="DB6328" t="s">
+    <row r="6150" spans="1:107">
+      <c r="DA6150" t="s">
         <v>1518</v>
       </c>
     </row>
-    <row r="6330" spans="1:108">
-      <c r="DB6330" t="s">
+    <row r="6151" spans="1:107">
+      <c r="DA6151" t="s">
         <v>1519</v>
       </c>
     </row>
-    <row r="6332" spans="1:108">
-      <c r="DB6332" t="s">
+    <row r="6152" spans="1:107">
+      <c r="DA6152" t="s">
         <v>1520</v>
       </c>
     </row>
-    <row r="6338" spans="1:108">
-      <c r="DB6338" t="s">
+    <row r="6153" spans="1:107">
+      <c r="DA6153" t="s">
         <v>1521</v>
       </c>
     </row>
-    <row r="6344" spans="1:108">
-      <c r="DB6344" t="s">
+    <row r="6165" spans="1:107">
+      <c r="DA6165" t="s">
         <v>1522</v>
       </c>
     </row>
-    <row r="6346" spans="1:108">
-      <c r="DB6346" t="s">
+    <row r="6167" spans="1:107">
+      <c r="DA6167" t="s">
         <v>1523</v>
       </c>
     </row>
-    <row r="6349" spans="1:108">
-      <c r="DB6349" t="s">
+    <row r="6170" spans="1:107">
+      <c r="DA6170" t="s">
         <v>1524</v>
       </c>
     </row>
-    <row r="6352" spans="1:108">
-      <c r="DB6352" t="s">
+    <row r="6180" spans="1:107">
+      <c r="DA6180" t="s">
         <v>1525</v>
       </c>
     </row>
-    <row r="6356" spans="1:108">
-      <c r="DB6356" t="s">
+    <row r="6181" spans="1:107">
+      <c r="DA6181" t="s">
         <v>1526</v>
       </c>
     </row>
-    <row r="6357" spans="1:108">
-      <c r="DB6357" t="s">
+    <row r="6184" spans="1:107">
+      <c r="DA6184" t="s">
         <v>1527</v>
       </c>
     </row>
-    <row r="6360" spans="1:108">
-      <c r="DB6360" t="s">
+    <row r="6194" spans="1:107">
+      <c r="DA6194" t="s">
         <v>1528</v>
       </c>
     </row>
-    <row r="6361" spans="1:108">
-      <c r="DB6361" t="s">
+    <row r="6199" spans="1:107">
+      <c r="DA6199" t="s">
         <v>1529</v>
       </c>
     </row>
-    <row r="6366" spans="1:108">
-      <c r="DB6366" t="s">
+    <row r="6202" spans="1:107">
+      <c r="DA6202" t="s">
         <v>1530</v>
       </c>
     </row>
-    <row r="6382" spans="1:108">
-      <c r="DB6382" t="s">
+    <row r="6204" spans="1:107">
+      <c r="DA6204" t="s">
         <v>1531</v>
       </c>
     </row>
-    <row r="6386" spans="1:108">
-      <c r="DB6386" t="s">
+    <row r="6206" spans="1:107">
+      <c r="DA6206" t="s">
         <v>1532</v>
       </c>
     </row>
-    <row r="6387" spans="1:108">
-      <c r="DB6387" t="s">
+    <row r="6207" spans="1:107">
+      <c r="DA6207" t="s">
         <v>1533</v>
       </c>
     </row>
-    <row r="6388" spans="1:108">
-      <c r="DB6388" t="s">
+    <row r="6210" spans="1:107">
+      <c r="DA6210" t="s">
         <v>1534</v>
       </c>
     </row>
-    <row r="6399" spans="1:108">
-      <c r="DB6399" t="s">
+    <row r="6211" spans="1:107">
+      <c r="DA6211" t="s">
         <v>1535</v>
       </c>
     </row>
-    <row r="6402" spans="1:108">
-      <c r="DB6402" t="s">
+    <row r="6213" spans="1:107">
+      <c r="DA6213" t="s">
         <v>1536</v>
       </c>
     </row>
-    <row r="6403" spans="1:108">
-      <c r="DB6403" t="s">
+    <row r="6223" spans="1:107">
+      <c r="DA6223" t="s">
         <v>1537</v>
       </c>
     </row>
-    <row r="6404" spans="1:108">
-      <c r="DB6404" t="s">
+    <row r="6225" spans="1:107">
+      <c r="DA6225" t="s">
         <v>1538</v>
       </c>
     </row>
-    <row r="6405" spans="1:108">
-      <c r="DB6405" t="s">
+    <row r="6232" spans="1:107">
+      <c r="DA6232" t="s">
         <v>1539</v>
       </c>
     </row>
-    <row r="6406" spans="1:108">
-      <c r="DB6406" t="s">
+    <row r="6238" spans="1:107">
+      <c r="DA6238" t="s">
         <v>1540</v>
       </c>
     </row>
-    <row r="6413" spans="1:108">
-      <c r="DB6413" t="s">
+    <row r="6239" spans="1:107">
+      <c r="DA6239" t="s">
         <v>1541</v>
       </c>
     </row>
-    <row r="6415" spans="1:108">
-      <c r="DB6415" t="s">
+    <row r="6250" spans="1:107">
+      <c r="DA6250" t="s">
         <v>1542</v>
       </c>
     </row>
-    <row r="6419" spans="1:108">
-      <c r="DB6419" t="s">
+    <row r="6251" spans="1:107">
+      <c r="DA6251" t="s">
         <v>1543</v>
       </c>
     </row>
-    <row r="6428" spans="1:108">
-      <c r="DB6428" t="s">
+    <row r="6252" spans="1:107">
+      <c r="DA6252" t="s">
         <v>1544</v>
       </c>
     </row>
-    <row r="6431" spans="1:108">
-      <c r="DB6431" t="s">
+    <row r="6253" spans="1:107">
+      <c r="DA6253" t="s">
         <v>1545</v>
       </c>
     </row>
-    <row r="6432" spans="1:108">
-      <c r="DB6432" t="s">
+    <row r="6256" spans="1:107">
+      <c r="DA6256" t="s">
         <v>1546</v>
       </c>
     </row>
-    <row r="6435" spans="1:108">
-      <c r="DB6435" t="s">
+    <row r="6257" spans="1:107">
+      <c r="DA6257" t="s">
         <v>1547</v>
       </c>
     </row>
-    <row r="6438" spans="1:108">
-      <c r="DB6438" t="s">
+    <row r="6258" spans="1:107">
+      <c r="DA6258" t="s">
         <v>1548</v>
       </c>
     </row>
-    <row r="6441" spans="1:108">
-      <c r="DB6441" t="s">
+    <row r="6259" spans="1:107">
+      <c r="DA6259" t="s">
         <v>1549</v>
       </c>
     </row>
-    <row r="6446" spans="1:108">
-      <c r="DB6446" t="s">
+    <row r="6260" spans="1:107">
+      <c r="DA6260" t="s">
         <v>1550</v>
       </c>
     </row>
-    <row r="6448" spans="1:108">
-      <c r="DB6448" t="s">
+    <row r="6279" spans="1:107">
+      <c r="DA6279" t="s">
         <v>1551</v>
       </c>
     </row>
-    <row r="6453" spans="1:108">
-      <c r="DB6453" t="s">
+    <row r="6283" spans="1:107">
+      <c r="DA6283" t="s">
         <v>1552</v>
       </c>
     </row>
-    <row r="6455" spans="1:108">
-      <c r="DB6455" t="s">
+    <row r="6284" spans="1:107">
+      <c r="DA6284" t="s">
         <v>1553</v>
       </c>
     </row>
-    <row r="6457" spans="1:108">
-      <c r="DB6457" t="s">
+    <row r="6287" spans="1:107">
+      <c r="DA6287" t="s">
         <v>1554</v>
       </c>
     </row>
-    <row r="6458" spans="1:108">
-      <c r="DB6458" t="s">
+    <row r="6289" spans="1:107">
+      <c r="DA6289" t="s">
         <v>1555</v>
       </c>
     </row>
-    <row r="6459" spans="1:108">
-      <c r="DB6459" t="s">
+    <row r="6296" spans="1:107">
+      <c r="DA6296" t="s">
         <v>1556</v>
       </c>
     </row>
-    <row r="6460" spans="1:108">
-[...5 lines deleted...]
-      <c r="DB6469" t="s">
+    <row r="6297" spans="1:107">
+      <c r="DA6297" t="s">
         <v>1557</v>
       </c>
     </row>
-    <row r="6472" spans="1:108">
-      <c r="DB6472" t="s">
+    <row r="6298" spans="1:107">
+      <c r="DA6298" t="s">
         <v>1558</v>
       </c>
     </row>
-    <row r="6473" spans="1:108">
-      <c r="DB6473" t="s">
+    <row r="6308" spans="1:107">
+      <c r="DA6308" t="s">
         <v>1559</v>
       </c>
     </row>
-    <row r="6474" spans="1:108">
-      <c r="DB6474" t="s">
+    <row r="6310" spans="1:107">
+      <c r="DA6310" t="s">
         <v>1560</v>
       </c>
     </row>
-    <row r="6478" spans="1:108">
-      <c r="DB6478" t="s">
+    <row r="6314" spans="1:107">
+      <c r="DA6314" t="s">
         <v>1561</v>
       </c>
     </row>
-    <row r="6479" spans="1:108">
-      <c r="DB6479" t="s">
+    <row r="6317" spans="1:107">
+      <c r="DA6317" t="s">
         <v>1562</v>
       </c>
     </row>
-    <row r="6481" spans="1:108">
-      <c r="DB6481" t="s">
+    <row r="6319" spans="1:107">
+      <c r="DA6319" t="s">
         <v>1563</v>
       </c>
     </row>
-    <row r="6482" spans="1:108">
-      <c r="DB6482" t="s">
+    <row r="6320" spans="1:107">
+      <c r="DA6320" t="s">
         <v>1564</v>
       </c>
     </row>
-    <row r="6484" spans="1:108">
-      <c r="DB6484" t="s">
+    <row r="6321" spans="1:107">
+      <c r="DA6321" t="s">
         <v>1565</v>
       </c>
     </row>
-    <row r="6486" spans="1:108">
-      <c r="DB6486" t="s">
+    <row r="6322" spans="1:107">
+      <c r="DA6322" t="s">
         <v>1566</v>
       </c>
     </row>
-    <row r="6491" spans="1:108">
-      <c r="DB6491" t="s">
+    <row r="6326" spans="1:107">
+      <c r="DA6326" t="s">
         <v>1567</v>
       </c>
     </row>
-    <row r="6495" spans="1:108">
-      <c r="DB6495" t="s">
+    <row r="6332" spans="1:107">
+      <c r="DA6332" t="s">
         <v>1568</v>
       </c>
     </row>
-    <row r="6496" spans="1:108">
-      <c r="DB6496" t="s">
+    <row r="6339" spans="1:107">
+      <c r="DA6339" t="s">
         <v>1569</v>
       </c>
     </row>
-    <row r="6500" spans="1:108">
-      <c r="DB6500" t="s">
+    <row r="6341" spans="1:107">
+      <c r="DA6341" t="s">
         <v>1570</v>
       </c>
     </row>
-    <row r="6502" spans="1:108">
-      <c r="DB6502" t="s">
+    <row r="6349" spans="1:107">
+      <c r="DA6349" t="s">
         <v>1571</v>
       </c>
     </row>
-    <row r="6509" spans="1:108">
-      <c r="DB6509" t="s">
+    <row r="6350" spans="1:107">
+      <c r="DA6350" t="s">
         <v>1572</v>
       </c>
     </row>
-    <row r="6511" spans="1:108">
-      <c r="DB6511" t="s">
+    <row r="6352" spans="1:107">
+      <c r="DA6352" t="s">
         <v>1573</v>
       </c>
     </row>
-    <row r="6512" spans="1:108">
-      <c r="DB6512" t="s">
+    <row r="6358" spans="1:107">
+      <c r="DA6358" t="s">
         <v>1574</v>
       </c>
     </row>
-    <row r="6514" spans="1:108">
-      <c r="DB6514" t="s">
+    <row r="6359" spans="1:107">
+      <c r="DA6359" t="s">
         <v>1575</v>
       </c>
     </row>
-    <row r="6521" spans="1:108">
-      <c r="DB6521" t="s">
+    <row r="6361" spans="1:107">
+      <c r="DA6361" t="s">
         <v>1576</v>
       </c>
     </row>
-    <row r="6522" spans="1:108">
-      <c r="DB6522" t="s">
+    <row r="6363" spans="1:107">
+      <c r="DA6363" t="s">
         <v>1577</v>
       </c>
     </row>
-    <row r="6529" spans="1:108">
-      <c r="DB6529" t="s">
+    <row r="6365" spans="1:107">
+      <c r="DA6365" t="s">
         <v>1578</v>
       </c>
     </row>
-    <row r="6537" spans="1:108">
-      <c r="DB6537" t="s">
+    <row r="6367" spans="1:107">
+      <c r="DA6367" t="s">
         <v>1579</v>
       </c>
     </row>
-    <row r="6541" spans="1:108">
-      <c r="DB6541" t="s">
+    <row r="6368" spans="1:107">
+      <c r="DA6368" t="s">
         <v>1580</v>
       </c>
     </row>
-    <row r="6544" spans="1:108">
-      <c r="DB6544" t="s">
+    <row r="6371" spans="1:107">
+      <c r="DA6371" t="s">
         <v>1581</v>
       </c>
     </row>
-    <row r="6545" spans="1:108">
-      <c r="DB6545" t="s">
+    <row r="6376" spans="1:107">
+      <c r="DA6376" t="s">
         <v>1582</v>
       </c>
     </row>
-    <row r="6550" spans="1:108">
-      <c r="DB6550" t="s">
+    <row r="6378" spans="1:107">
+      <c r="DA6378" t="s">
         <v>1583</v>
       </c>
     </row>
-    <row r="6551" spans="1:108">
-      <c r="DB6551" t="s">
+    <row r="6389" spans="1:107">
+      <c r="DA6389" t="s">
         <v>1584</v>
       </c>
     </row>
-    <row r="6552" spans="1:108">
-      <c r="DB6552" t="s">
+    <row r="6392" spans="1:107">
+      <c r="DA6392" t="s">
         <v>1585</v>
       </c>
     </row>
-    <row r="6553" spans="1:108">
-      <c r="DB6553" t="s">
+    <row r="6398" spans="1:107">
+      <c r="DA6398" t="s">
         <v>1586</v>
       </c>
     </row>
-    <row r="6554" spans="1:108">
-      <c r="DB6554" t="s">
+    <row r="6402" spans="1:107">
+      <c r="DA6402" t="s">
         <v>1587</v>
       </c>
     </row>
-    <row r="6555" spans="1:108">
-      <c r="DB6555" t="s">
+    <row r="6404" spans="1:107">
+      <c r="DA6404" t="s">
         <v>1588</v>
       </c>
     </row>
-    <row r="6564" spans="1:108">
-      <c r="DB6564" t="s">
+    <row r="6406" spans="1:107">
+      <c r="DA6406" t="s">
         <v>1589</v>
       </c>
     </row>
-    <row r="6570" spans="1:108">
-      <c r="DB6570" t="s">
+    <row r="6411" spans="1:107">
+      <c r="DA6411" t="s">
         <v>1590</v>
       </c>
     </row>
-    <row r="6571" spans="1:108">
-      <c r="DB6571" t="s">
+    <row r="6413" spans="1:107">
+      <c r="DA6413" t="s">
         <v>1591</v>
       </c>
     </row>
-    <row r="6575" spans="1:108">
-      <c r="DB6575" t="s">
+    <row r="6419" spans="1:107">
+      <c r="DA6419" t="s">
         <v>1592</v>
       </c>
     </row>
-    <row r="6577" spans="1:108">
-      <c r="DB6577" t="s">
+    <row r="6421" spans="1:107">
+      <c r="DA6421" t="s">
         <v>1593</v>
       </c>
     </row>
-    <row r="6579" spans="1:108">
-      <c r="DB6579" t="s">
+    <row r="6422" spans="1:107">
+      <c r="DA6422" t="s">
         <v>1594</v>
       </c>
     </row>
-    <row r="6580" spans="1:108">
-      <c r="DB6580" t="s">
+    <row r="6423" spans="1:107">
+      <c r="DA6423" t="s">
         <v>1595</v>
       </c>
     </row>
-    <row r="6581" spans="1:108">
-      <c r="DB6581" t="s">
+    <row r="6426" spans="1:107">
+      <c r="DA6426" t="s">
         <v>1596</v>
       </c>
     </row>
-    <row r="6582" spans="1:108">
-      <c r="DB6582" t="s">
+    <row r="6429" spans="1:107">
+      <c r="DA6429" t="s">
         <v>1597</v>
       </c>
     </row>
-    <row r="6584" spans="1:108">
-      <c r="DB6584" t="s">
+    <row r="6430" spans="1:107">
+      <c r="DA6430" t="s">
         <v>1598</v>
       </c>
     </row>
-    <row r="6586" spans="1:108">
-      <c r="DB6586" t="s">
+    <row r="6434" spans="1:107">
+      <c r="DA6434" t="s">
         <v>1599</v>
       </c>
     </row>
-    <row r="6591" spans="1:108">
-      <c r="DB6591" t="s">
+    <row r="6435" spans="1:107">
+      <c r="DA6435" t="s">
         <v>1600</v>
       </c>
     </row>
-    <row r="6594" spans="1:108">
-      <c r="DB6594" t="s">
+    <row r="6438" spans="1:107">
+      <c r="DA6438" t="s">
         <v>1601</v>
       </c>
     </row>
-    <row r="6599" spans="1:108">
-      <c r="DB6599" t="s">
+    <row r="6439" spans="1:107">
+      <c r="DA6439" t="s">
         <v>1602</v>
       </c>
     </row>
-    <row r="6607" spans="1:108">
-      <c r="DB6607" t="s">
+    <row r="6444" spans="1:107">
+      <c r="DA6444" t="s">
         <v>1603</v>
       </c>
     </row>
-    <row r="6608" spans="1:108">
-      <c r="DB6608" t="s">
+    <row r="6460" spans="1:107">
+      <c r="DA6460" t="s">
         <v>1604</v>
       </c>
     </row>
-    <row r="6626" spans="1:108">
-      <c r="DB6626" t="s">
+    <row r="6464" spans="1:107">
+      <c r="DA6464" t="s">
         <v>1605</v>
       </c>
     </row>
-    <row r="6628" spans="1:108">
-      <c r="DB6628" t="s">
+    <row r="6465" spans="1:107">
+      <c r="DA6465" t="s">
         <v>1606</v>
       </c>
     </row>
-    <row r="6629" spans="1:108">
-      <c r="DB6629" t="s">
+    <row r="6466" spans="1:107">
+      <c r="DA6466" t="s">
         <v>1607</v>
       </c>
     </row>
-    <row r="6637" spans="1:108">
-      <c r="DB6637" t="s">
+    <row r="6477" spans="1:107">
+      <c r="DA6477" t="s">
         <v>1608</v>
       </c>
     </row>
-    <row r="6640" spans="1:108">
-      <c r="DB6640" t="s">
+    <row r="6480" spans="1:107">
+      <c r="DA6480" t="s">
         <v>1609</v>
       </c>
     </row>
-    <row r="6641" spans="1:108">
-      <c r="DB6641" t="s">
+    <row r="6481" spans="1:107">
+      <c r="DA6481" t="s">
         <v>1610</v>
       </c>
     </row>
-    <row r="6647" spans="1:108">
-      <c r="DB6647" t="s">
+    <row r="6482" spans="1:107">
+      <c r="DA6482" t="s">
         <v>1611</v>
       </c>
     </row>
-    <row r="6648" spans="1:108">
-      <c r="DB6648" t="s">
+    <row r="6483" spans="1:107">
+      <c r="DA6483" t="s">
         <v>1612</v>
       </c>
     </row>
-    <row r="6660" spans="1:108">
-      <c r="DB6660" t="s">
+    <row r="6484" spans="1:107">
+      <c r="DA6484" t="s">
         <v>1613</v>
       </c>
     </row>
-    <row r="6665" spans="1:108">
-      <c r="DB6665" t="s">
+    <row r="6491" spans="1:107">
+      <c r="DA6491" t="s">
         <v>1614</v>
       </c>
     </row>
-    <row r="6666" spans="1:108">
-      <c r="DB6666" t="s">
+    <row r="6493" spans="1:107">
+      <c r="DA6493" t="s">
         <v>1615</v>
       </c>
     </row>
-    <row r="6679" spans="1:108">
-      <c r="DB6679" t="s">
+    <row r="6497" spans="1:107">
+      <c r="DA6497" t="s">
         <v>1616</v>
       </c>
     </row>
-    <row r="6681" spans="1:108">
-      <c r="DB6681" t="s">
+    <row r="6503" spans="1:107">
+      <c r="DA6503" t="s">
         <v>1617</v>
       </c>
     </row>
-    <row r="6685" spans="1:108">
-      <c r="DB6685" t="s">
+    <row r="6507" spans="1:107">
+      <c r="DA6507" t="s">
         <v>1618</v>
       </c>
     </row>
-    <row r="6690" spans="1:108">
-      <c r="DB6690" t="s">
+    <row r="6510" spans="1:107">
+      <c r="DA6510" t="s">
         <v>1619</v>
       </c>
     </row>
-    <row r="6691" spans="1:108">
-      <c r="DB6691" t="s">
+    <row r="6511" spans="1:107">
+      <c r="DA6511" t="s">
         <v>1620</v>
       </c>
     </row>
-    <row r="6699" spans="1:108">
-      <c r="DB6699" t="s">
+    <row r="6516" spans="1:107">
+      <c r="DA6516" t="s">
         <v>1621</v>
       </c>
     </row>
-    <row r="6701" spans="1:108">
-      <c r="DB6701" t="s">
+    <row r="6519" spans="1:107">
+      <c r="DA6519" t="s">
         <v>1622</v>
       </c>
     </row>
-    <row r="6704" spans="1:108">
-      <c r="DB6704" t="s">
+    <row r="6520" spans="1:107">
+      <c r="DA6520" t="s">
         <v>1623</v>
       </c>
     </row>
-    <row r="6706" spans="1:108">
-      <c r="DB6706" t="s">
+    <row r="6523" spans="1:107">
+      <c r="DA6523" t="s">
         <v>1624</v>
       </c>
     </row>
-    <row r="6714" spans="1:108">
-      <c r="DB6714" t="s">
+    <row r="6526" spans="1:107">
+      <c r="DA6526" t="s">
         <v>1625</v>
       </c>
     </row>
-    <row r="6719" spans="1:108">
-      <c r="DB6719" t="s">
+    <row r="6528" spans="1:107">
+      <c r="DA6528" t="s">
         <v>1626</v>
       </c>
     </row>
-    <row r="6721" spans="1:108">
-      <c r="DB6721" t="s">
+    <row r="6533" spans="1:107">
+      <c r="DA6533" t="s">
         <v>1627</v>
       </c>
     </row>
-    <row r="6722" spans="1:108">
-      <c r="DB6722" t="s">
+    <row r="6535" spans="1:107">
+      <c r="DA6535" t="s">
         <v>1628</v>
       </c>
     </row>
-    <row r="6723" spans="1:108">
-      <c r="DB6723" t="s">
+    <row r="6537" spans="1:107">
+      <c r="DA6537" t="s">
         <v>1629</v>
       </c>
     </row>
-    <row r="6724" spans="1:108">
-      <c r="DB6724" t="s">
+    <row r="6538" spans="1:107">
+      <c r="DA6538" t="s">
         <v>1630</v>
       </c>
     </row>
-    <row r="6732" spans="1:108">
-      <c r="DB6732" t="s">
+    <row r="6539" spans="1:107">
+      <c r="DA6539" t="s">
         <v>1631</v>
       </c>
     </row>
-    <row r="6740" spans="1:108">
-      <c r="DB6740" t="s">
+    <row r="6540" spans="1:107">
+      <c r="DA6540" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="6549" spans="1:107">
+      <c r="DA6549" t="s">
         <v>1632</v>
       </c>
     </row>
-    <row r="6741" spans="1:108">
-      <c r="DB6741" t="s">
+    <row r="6552" spans="1:107">
+      <c r="DA6552" t="s">
         <v>1633</v>
       </c>
     </row>
-    <row r="6742" spans="1:108">
-      <c r="DB6742" t="s">
+    <row r="6553" spans="1:107">
+      <c r="DA6553" t="s">
         <v>1634</v>
       </c>
     </row>
-    <row r="6743" spans="1:108">
-      <c r="DB6743" t="s">
+    <row r="6554" spans="1:107">
+      <c r="DA6554" t="s">
         <v>1635</v>
       </c>
     </row>
-    <row r="6744" spans="1:108">
-      <c r="DB6744" t="s">
+    <row r="6558" spans="1:107">
+      <c r="DA6558" t="s">
         <v>1636</v>
       </c>
     </row>
-    <row r="6749" spans="1:108">
-      <c r="DB6749" t="s">
+    <row r="6559" spans="1:107">
+      <c r="DA6559" t="s">
         <v>1637</v>
       </c>
     </row>
-    <row r="6755" spans="1:108">
-      <c r="DB6755" t="s">
+    <row r="6561" spans="1:107">
+      <c r="DA6561" t="s">
         <v>1638</v>
       </c>
     </row>
-    <row r="6758" spans="1:108">
-      <c r="DB6758" t="s">
+    <row r="6562" spans="1:107">
+      <c r="DA6562" t="s">
         <v>1639</v>
       </c>
     </row>
-    <row r="6761" spans="1:108">
-      <c r="DB6761" t="s">
+    <row r="6564" spans="1:107">
+      <c r="DA6564" t="s">
         <v>1640</v>
       </c>
     </row>
-    <row r="6763" spans="1:108">
-      <c r="DB6763" t="s">
+    <row r="6566" spans="1:107">
+      <c r="DA6566" t="s">
         <v>1641</v>
       </c>
     </row>
-    <row r="6765" spans="1:108">
-      <c r="DB6765" t="s">
+    <row r="6571" spans="1:107">
+      <c r="DA6571" t="s">
         <v>1642</v>
       </c>
     </row>
-    <row r="6767" spans="1:108">
-      <c r="DB6767" t="s">
+    <row r="6575" spans="1:107">
+      <c r="DA6575" t="s">
         <v>1643</v>
       </c>
     </row>
-    <row r="6773" spans="1:108">
-      <c r="DB6773" t="s">
+    <row r="6576" spans="1:107">
+      <c r="DA6576" t="s">
         <v>1644</v>
       </c>
     </row>
-    <row r="6774" spans="1:108">
-      <c r="DB6774" t="s">
+    <row r="6580" spans="1:107">
+      <c r="DA6580" t="s">
         <v>1645</v>
       </c>
     </row>
-    <row r="6775" spans="1:108">
-      <c r="DB6775" t="s">
+    <row r="6582" spans="1:107">
+      <c r="DA6582" t="s">
         <v>1646</v>
       </c>
     </row>
-    <row r="6776" spans="1:108">
-      <c r="DB6776" t="s">
+    <row r="6589" spans="1:107">
+      <c r="DA6589" t="s">
         <v>1647</v>
       </c>
     </row>
-    <row r="6782" spans="1:108">
-      <c r="DB6782" t="s">
+    <row r="6591" spans="1:107">
+      <c r="DA6591" t="s">
         <v>1648</v>
       </c>
     </row>
-    <row r="6784" spans="1:108">
-      <c r="DB6784" t="s">
+    <row r="6592" spans="1:107">
+      <c r="DA6592" t="s">
         <v>1649</v>
       </c>
     </row>
-    <row r="6785" spans="1:108">
-      <c r="DB6785" t="s">
+    <row r="6594" spans="1:107">
+      <c r="DA6594" t="s">
         <v>1650</v>
       </c>
     </row>
-    <row r="6789" spans="1:108">
-      <c r="DB6789" t="s">
+    <row r="6601" spans="1:107">
+      <c r="DA6601" t="s">
         <v>1651</v>
       </c>
     </row>
-    <row r="6790" spans="1:108">
-      <c r="DB6790" t="s">
+    <row r="6602" spans="1:107">
+      <c r="DA6602" t="s">
         <v>1652</v>
       </c>
     </row>
-    <row r="6793" spans="1:108">
-      <c r="DB6793" t="s">
+    <row r="6603" spans="1:107">
+      <c r="DA6603" t="s">
         <v>1653</v>
       </c>
     </row>
-    <row r="6798" spans="1:108">
-      <c r="DB6798" t="s">
+    <row r="6610" spans="1:107">
+      <c r="DA6610" t="s">
         <v>1654</v>
       </c>
     </row>
-    <row r="6804" spans="1:108">
-      <c r="DB6804" t="s">
+    <row r="6618" spans="1:107">
+      <c r="DA6618" t="s">
         <v>1655</v>
       </c>
     </row>
-    <row r="6808" spans="1:108">
-      <c r="DB6808" t="s">
+    <row r="6622" spans="1:107">
+      <c r="DA6622" t="s">
         <v>1656</v>
       </c>
     </row>
-    <row r="6809" spans="1:108">
-      <c r="DB6809" t="s">
+    <row r="6625" spans="1:107">
+      <c r="DA6625" t="s">
         <v>1657</v>
       </c>
     </row>
-    <row r="6817" spans="1:108">
-      <c r="DB6817" t="s">
+    <row r="6626" spans="1:107">
+      <c r="DA6626" t="s">
         <v>1658</v>
       </c>
     </row>
-    <row r="6823" spans="1:108">
-      <c r="DB6823" t="s">
+    <row r="6628" spans="1:107">
+      <c r="DA6628" t="s">
         <v>1659</v>
       </c>
     </row>
-    <row r="6830" spans="1:108">
-      <c r="DB6830" t="s">
+    <row r="6632" spans="1:107">
+      <c r="DA6632" t="s">
         <v>1660</v>
       </c>
     </row>
-    <row r="6836" spans="1:108">
-      <c r="DB6836" t="s">
+    <row r="6633" spans="1:107">
+      <c r="DA6633" t="s">
         <v>1661</v>
       </c>
     </row>
-    <row r="6837" spans="1:108">
-      <c r="DB6837" t="s">
+    <row r="6634" spans="1:107">
+      <c r="DA6634" t="s">
         <v>1662</v>
       </c>
     </row>
-    <row r="6838" spans="1:108">
-      <c r="DB6838" t="s">
+    <row r="6635" spans="1:107">
+      <c r="DA6635" t="s">
         <v>1663</v>
       </c>
     </row>
-    <row r="6839" spans="1:108">
-      <c r="DB6839" t="s">
+    <row r="6636" spans="1:107">
+      <c r="DA6636" t="s">
         <v>1664</v>
       </c>
     </row>
-    <row r="6841" spans="1:108">
-      <c r="DB6841" t="s">
+    <row r="6637" spans="1:107">
+      <c r="DA6637" t="s">
         <v>1665</v>
       </c>
     </row>
-    <row r="6844" spans="1:108">
-      <c r="DB6844" t="s">
+    <row r="6646" spans="1:107">
+      <c r="DA6646" t="s">
         <v>1666</v>
       </c>
     </row>
-    <row r="6849" spans="1:108">
-      <c r="DB6849" t="s">
+    <row r="6652" spans="1:107">
+      <c r="DA6652" t="s">
         <v>1667</v>
       </c>
     </row>
-    <row r="6858" spans="1:108">
-      <c r="DB6858" t="s">
+    <row r="6653" spans="1:107">
+      <c r="DA6653" t="s">
         <v>1668</v>
       </c>
     </row>
-    <row r="6861" spans="1:108">
-      <c r="DB6861" t="s">
+    <row r="6657" spans="1:107">
+      <c r="DA6657" t="s">
         <v>1669</v>
       </c>
     </row>
-    <row r="6862" spans="1:108">
-      <c r="DB6862" t="s">
+    <row r="6659" spans="1:107">
+      <c r="DA6659" t="s">
         <v>1670</v>
       </c>
     </row>
-    <row r="6866" spans="1:108">
-      <c r="DB6866" t="s">
+    <row r="6661" spans="1:107">
+      <c r="DA6661" t="s">
         <v>1671</v>
       </c>
     </row>
-    <row r="6871" spans="1:108">
-      <c r="DB6871" t="s">
+    <row r="6662" spans="1:107">
+      <c r="DA6662" t="s">
         <v>1672</v>
       </c>
     </row>
-    <row r="6872" spans="1:108">
-      <c r="DB6872" t="s">
+    <row r="6663" spans="1:107">
+      <c r="DA6663" t="s">
         <v>1673</v>
       </c>
     </row>
-    <row r="6880" spans="1:108">
-      <c r="DB6880" t="s">
+    <row r="6664" spans="1:107">
+      <c r="DA6664" t="s">
         <v>1674</v>
       </c>
     </row>
-    <row r="6883" spans="1:108">
-      <c r="DB6883" t="s">
+    <row r="6666" spans="1:107">
+      <c r="DA6666" t="s">
         <v>1675</v>
       </c>
     </row>
-    <row r="6888" spans="1:108">
-      <c r="DB6888" t="s">
+    <row r="6667" spans="1:107">
+      <c r="DA6667" t="s">
         <v>1676</v>
       </c>
     </row>
-    <row r="6894" spans="1:108">
-      <c r="DB6894" t="s">
+    <row r="6669" spans="1:107">
+      <c r="DA6669" t="s">
         <v>1677</v>
       </c>
     </row>
-    <row r="6895" spans="1:108">
-      <c r="DB6895" t="s">
+    <row r="6674" spans="1:107">
+      <c r="DA6674" t="s">
         <v>1678</v>
       </c>
     </row>
-    <row r="6896" spans="1:108">
-      <c r="DB6896" t="s">
+    <row r="6677" spans="1:107">
+      <c r="DA6677" t="s">
         <v>1679</v>
       </c>
     </row>
-    <row r="6901" spans="1:108">
-      <c r="DB6901" t="s">
+    <row r="6682" spans="1:107">
+      <c r="DA6682" t="s">
         <v>1680</v>
       </c>
     </row>
-    <row r="6915" spans="1:108">
-      <c r="DB6915" t="s">
+    <row r="6690" spans="1:107">
+      <c r="DA6690" t="s">
         <v>1681</v>
       </c>
     </row>
-    <row r="6916" spans="1:108">
-      <c r="DB6916" t="s">
+    <row r="6691" spans="1:107">
+      <c r="DA6691" t="s">
         <v>1682</v>
       </c>
     </row>
-    <row r="6918" spans="1:108">
-      <c r="DB6918" t="s">
+    <row r="6709" spans="1:107">
+      <c r="DA6709" t="s">
         <v>1683</v>
       </c>
     </row>
-    <row r="6920" spans="1:108">
-      <c r="DB6920" t="s">
+    <row r="6711" spans="1:107">
+      <c r="DA6711" t="s">
         <v>1684</v>
       </c>
     </row>
-    <row r="6921" spans="1:108">
-      <c r="DB6921" t="s">
+    <row r="6712" spans="1:107">
+      <c r="DA6712" t="s">
         <v>1685</v>
       </c>
     </row>
-    <row r="6923" spans="1:108">
-      <c r="DB6923" t="s">
+    <row r="6720" spans="1:107">
+      <c r="DA6720" t="s">
         <v>1686</v>
       </c>
     </row>
-    <row r="6924" spans="1:108">
-      <c r="DB6924" t="s">
+    <row r="6723" spans="1:107">
+      <c r="DA6723" t="s">
         <v>1687</v>
       </c>
     </row>
-    <row r="6927" spans="1:108">
-      <c r="DB6927" t="s">
+    <row r="6724" spans="1:107">
+      <c r="DA6724" t="s">
         <v>1688</v>
       </c>
     </row>
-    <row r="6930" spans="1:108">
-      <c r="DB6930" t="s">
+    <row r="6730" spans="1:107">
+      <c r="DA6730" t="s">
         <v>1689</v>
       </c>
     </row>
-    <row r="6933" spans="1:108">
-      <c r="DB6933" t="s">
+    <row r="6731" spans="1:107">
+      <c r="DA6731" t="s">
         <v>1690</v>
       </c>
     </row>
-    <row r="6940" spans="1:108">
-      <c r="DB6940" t="s">
+    <row r="6732" spans="1:107">
+      <c r="DA6732" t="s">
         <v>1691</v>
       </c>
     </row>
-    <row r="6941" spans="1:108">
-      <c r="DB6941" t="s">
+    <row r="6744" spans="1:107">
+      <c r="DA6744" t="s">
         <v>1692</v>
       </c>
     </row>
-    <row r="6945" spans="1:108">
-      <c r="DB6945" t="s">
+    <row r="6749" spans="1:107">
+      <c r="DA6749" t="s">
         <v>1693</v>
       </c>
     </row>
-    <row r="6951" spans="1:108">
-      <c r="DB6951" t="s">
+    <row r="6750" spans="1:107">
+      <c r="DA6750" t="s">
         <v>1694</v>
       </c>
     </row>
-    <row r="6955" spans="1:108">
-      <c r="DB6955" t="s">
+    <row r="6763" spans="1:107">
+      <c r="DA6763" t="s">
         <v>1695</v>
       </c>
     </row>
-    <row r="6957" spans="1:108">
-      <c r="DB6957" t="s">
+    <row r="6765" spans="1:107">
+      <c r="DA6765" t="s">
         <v>1696</v>
       </c>
     </row>
-    <row r="6966" spans="1:108">
-      <c r="DB6966" t="s">
+    <row r="6769" spans="1:107">
+      <c r="DA6769" t="s">
         <v>1697</v>
       </c>
     </row>
-    <row r="6971" spans="1:108">
-      <c r="DB6971" t="s">
+    <row r="6774" spans="1:107">
+      <c r="DA6774" t="s">
         <v>1698</v>
       </c>
     </row>
-    <row r="6974" spans="1:108">
-      <c r="DB6974" t="s">
+    <row r="6775" spans="1:107">
+      <c r="DA6775" t="s">
         <v>1699</v>
       </c>
     </row>
-    <row r="6977" spans="1:108">
-      <c r="DB6977" t="s">
+    <row r="6783" spans="1:107">
+      <c r="DA6783" t="s">
         <v>1700</v>
       </c>
     </row>
-    <row r="6978" spans="1:108">
-      <c r="DB6978" t="s">
+    <row r="6785" spans="1:107">
+      <c r="DA6785" t="s">
         <v>1701</v>
       </c>
     </row>
-    <row r="6987" spans="1:108">
-      <c r="DB6987" t="s">
+    <row r="6788" spans="1:107">
+      <c r="DA6788" t="s">
         <v>1702</v>
       </c>
     </row>
-    <row r="6990" spans="1:108">
-      <c r="DB6990" t="s">
+    <row r="6790" spans="1:107">
+      <c r="DA6790" t="s">
         <v>1703</v>
       </c>
     </row>
-    <row r="6991" spans="1:108">
-      <c r="DB6991" t="s">
+    <row r="6798" spans="1:107">
+      <c r="DA6798" t="s">
         <v>1704</v>
       </c>
     </row>
-    <row r="6992" spans="1:108">
-      <c r="DB6992" t="s">
+    <row r="6803" spans="1:107">
+      <c r="DA6803" t="s">
         <v>1705</v>
       </c>
     </row>
-    <row r="6993" spans="1:108">
-      <c r="DB6993" t="s">
+    <row r="6805" spans="1:107">
+      <c r="DA6805" t="s">
         <v>1706</v>
       </c>
     </row>
-    <row r="6996" spans="1:108">
-      <c r="DB6996" t="s">
+    <row r="6806" spans="1:107">
+      <c r="DA6806" t="s">
         <v>1707</v>
       </c>
     </row>
-    <row r="6998" spans="1:108">
-      <c r="DB6998" t="s">
+    <row r="6807" spans="1:107">
+      <c r="DA6807" t="s">
         <v>1708</v>
       </c>
     </row>
-    <row r="6999" spans="1:108">
-      <c r="DB6999" t="s">
+    <row r="6808" spans="1:107">
+      <c r="DA6808" t="s">
         <v>1709</v>
       </c>
     </row>
-    <row r="7000" spans="1:108">
-      <c r="DB7000" t="s">
+    <row r="6816" spans="1:107">
+      <c r="DA6816" t="s">
         <v>1710</v>
       </c>
     </row>
-    <row r="7001" spans="1:108">
-      <c r="DB7001" t="s">
+    <row r="6821" spans="1:107">
+      <c r="DA6821" t="s">
         <v>1711</v>
       </c>
     </row>
-    <row r="7002" spans="1:108">
-      <c r="DB7002" t="s">
+    <row r="6825" spans="1:107">
+      <c r="DA6825" t="s">
         <v>1712</v>
       </c>
     </row>
-    <row r="7003" spans="1:108">
-      <c r="DB7003" t="s">
+    <row r="6826" spans="1:107">
+      <c r="DA6826" t="s">
         <v>1713</v>
       </c>
     </row>
-    <row r="7004" spans="1:108">
-      <c r="DB7004" t="s">
+    <row r="6827" spans="1:107">
+      <c r="DA6827" t="s">
         <v>1714</v>
       </c>
     </row>
-    <row r="7005" spans="1:108">
-      <c r="DB7005" t="s">
+    <row r="6828" spans="1:107">
+      <c r="DA6828" t="s">
         <v>1715</v>
       </c>
     </row>
-    <row r="7006" spans="1:108">
-      <c r="DB7006" t="s">
+    <row r="6829" spans="1:107">
+      <c r="DA6829" t="s">
         <v>1716</v>
       </c>
     </row>
-    <row r="7007" spans="1:108">
-      <c r="DB7007" t="s">
+    <row r="6834" spans="1:107">
+      <c r="DA6834" t="s">
         <v>1717</v>
+      </c>
+    </row>
+    <row r="6840" spans="1:107">
+      <c r="DA6840" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="6843" spans="1:107">
+      <c r="DA6843" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="6846" spans="1:107">
+      <c r="DA6846" t="s">
+        <v>1720</v>
+      </c>
+    </row>
+    <row r="6848" spans="1:107">
+      <c r="DA6848" t="s">
+        <v>1721</v>
+      </c>
+    </row>
+    <row r="6850" spans="1:107">
+      <c r="DA6850" t="s">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="6852" spans="1:107">
+      <c r="DA6852" t="s">
+        <v>1723</v>
+      </c>
+    </row>
+    <row r="6858" spans="1:107">
+      <c r="DA6858" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="6859" spans="1:107">
+      <c r="DA6859" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="6860" spans="1:107">
+      <c r="DA6860" t="s">
+        <v>1726</v>
+      </c>
+    </row>
+    <row r="6861" spans="1:107">
+      <c r="DA6861" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="6867" spans="1:107">
+      <c r="DA6867" t="s">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="6869" spans="1:107">
+      <c r="DA6869" t="s">
+        <v>1729</v>
+      </c>
+    </row>
+    <row r="6870" spans="1:107">
+      <c r="DA6870" t="s">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="6874" spans="1:107">
+      <c r="DA6874" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="6875" spans="1:107">
+      <c r="DA6875" t="s">
+        <v>1732</v>
+      </c>
+    </row>
+    <row r="6878" spans="1:107">
+      <c r="DA6878" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="6883" spans="1:107">
+      <c r="DA6883" t="s">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="6889" spans="1:107">
+      <c r="DA6889" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="6893" spans="1:107">
+      <c r="DA6893" t="s">
+        <v>1736</v>
+      </c>
+    </row>
+    <row r="6894" spans="1:107">
+      <c r="DA6894" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="6902" spans="1:107">
+      <c r="DA6902" t="s">
+        <v>1738</v>
+      </c>
+    </row>
+    <row r="6908" spans="1:107">
+      <c r="DA6908" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="6915" spans="1:107">
+      <c r="DA6915" t="s">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="6921" spans="1:107">
+      <c r="DA6921" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="6922" spans="1:107">
+      <c r="DA6922" t="s">
+        <v>1742</v>
+      </c>
+    </row>
+    <row r="6923" spans="1:107">
+      <c r="DA6923" t="s">
+        <v>1743</v>
+      </c>
+    </row>
+    <row r="6924" spans="1:107">
+      <c r="DA6924" t="s">
+        <v>1744</v>
+      </c>
+    </row>
+    <row r="6926" spans="1:107">
+      <c r="DA6926" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="6929" spans="1:107">
+      <c r="DA6929" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="6934" spans="1:107">
+      <c r="DA6934" t="s">
+        <v>1747</v>
+      </c>
+    </row>
+    <row r="6943" spans="1:107">
+      <c r="DA6943" t="s">
+        <v>1748</v>
+      </c>
+    </row>
+    <row r="6946" spans="1:107">
+      <c r="DA6946" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="6947" spans="1:107">
+      <c r="DA6947" t="s">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="6951" spans="1:107">
+      <c r="DA6951" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="6956" spans="1:107">
+      <c r="DA6956" t="s">
+        <v>1752</v>
+      </c>
+    </row>
+    <row r="6957" spans="1:107">
+      <c r="DA6957" t="s">
+        <v>1753</v>
+      </c>
+    </row>
+    <row r="6965" spans="1:107">
+      <c r="DA6965" t="s">
+        <v>1754</v>
+      </c>
+    </row>
+    <row r="6968" spans="1:107">
+      <c r="DA6968" t="s">
+        <v>1755</v>
+      </c>
+    </row>
+    <row r="6973" spans="1:107">
+      <c r="DA6973" t="s">
+        <v>1756</v>
+      </c>
+    </row>
+    <row r="6979" spans="1:107">
+      <c r="DA6979" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="6980" spans="1:107">
+      <c r="DA6980" t="s">
+        <v>1758</v>
+      </c>
+    </row>
+    <row r="6981" spans="1:107">
+      <c r="DA6981" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="6986" spans="1:107">
+      <c r="DA6986" t="s">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="7000" spans="1:107">
+      <c r="DA7000" t="s">
+        <v>1761</v>
+      </c>
+    </row>
+    <row r="7001" spans="1:107">
+      <c r="DA7001" t="s">
+        <v>1762</v>
+      </c>
+    </row>
+    <row r="7003" spans="1:107">
+      <c r="DA7003" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="7005" spans="1:107">
+      <c r="DA7005" t="s">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="7006" spans="1:107">
+      <c r="DA7006" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="7008" spans="1:107">
+      <c r="DA7008" t="s">
+        <v>1766</v>
+      </c>
+    </row>
+    <row r="7009" spans="1:107">
+      <c r="DA7009" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="7012" spans="1:107">
+      <c r="DA7012" t="s">
+        <v>1768</v>
+      </c>
+    </row>
+    <row r="7015" spans="1:107">
+      <c r="DA7015" t="s">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="7018" spans="1:107">
+      <c r="DA7018" t="s">
+        <v>1770</v>
+      </c>
+    </row>
+    <row r="7025" spans="1:107">
+      <c r="DA7025" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="7026" spans="1:107">
+      <c r="DA7026" t="s">
+        <v>1772</v>
+      </c>
+    </row>
+    <row r="7030" spans="1:107">
+      <c r="DA7030" t="s">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="7036" spans="1:107">
+      <c r="DA7036" t="s">
+        <v>1774</v>
+      </c>
+    </row>
+    <row r="7040" spans="1:107">
+      <c r="DA7040" t="s">
+        <v>1775</v>
+      </c>
+    </row>
+    <row r="7042" spans="1:107">
+      <c r="DA7042" t="s">
+        <v>1776</v>
+      </c>
+    </row>
+    <row r="7051" spans="1:107">
+      <c r="DA7051" t="s">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="7056" spans="1:107">
+      <c r="DA7056" t="s">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="7059" spans="1:107">
+      <c r="DA7059" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="7062" spans="1:107">
+      <c r="DA7062" t="s">
+        <v>1780</v>
+      </c>
+    </row>
+    <row r="7063" spans="1:107">
+      <c r="DA7063" t="s">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="7072" spans="1:107">
+      <c r="DA7072" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="7075" spans="1:107">
+      <c r="DA7075" t="s">
+        <v>1783</v>
+      </c>
+    </row>
+    <row r="7076" spans="1:107">
+      <c r="DA7076" t="s">
+        <v>1784</v>
+      </c>
+    </row>
+    <row r="7077" spans="1:107">
+      <c r="DA7077" t="s">
+        <v>1785</v>
+      </c>
+    </row>
+    <row r="7078" spans="1:107">
+      <c r="DA7078" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="7081" spans="1:107">
+      <c r="DA7081" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="7083" spans="1:107">
+      <c r="DA7083" t="s">
+        <v>1788</v>
+      </c>
+    </row>
+    <row r="7084" spans="1:107">
+      <c r="DA7084" t="s">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="7085" spans="1:107">
+      <c r="DA7085" t="s">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="7086" spans="1:107">
+      <c r="DA7086" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="7087" spans="1:107">
+      <c r="DA7087" t="s">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="7088" spans="1:107">
+      <c r="DA7088" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="7089" spans="1:107">
+      <c r="DA7089" t="s">
+        <v>1794</v>
+      </c>
+    </row>
+    <row r="7090" spans="1:107">
+      <c r="DA7090" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="7091" spans="1:107">
+      <c r="DA7091" t="s">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="7092" spans="1:107">
+      <c r="DA7092" t="s">
+        <v>1797</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
-  <dataValidations count="8">
-[...2 lines deleted...]
-    </dataValidation>
+  <dataValidations count="7">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
-      <formula1>'Worksheet'!$DB$1:$DB$7007</formula1>
+      <formula1>'Worksheet'!$DA$1:$DA$7092</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="G5:G1000">
-      <formula1>'Worksheet'!$DC$1:$DC$2</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="H5:H1000">
-      <formula1>'Worksheet'!$DD$1:$DD$5</formula1>
+      <formula1>'Worksheet'!$DC$1:$DC$5</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="J5:J1000">
-      <formula1>'Worksheet'!$DD$1:$DD$5</formula1>
+      <formula1>'Worksheet'!$DC$1:$DC$5</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="L5:L1000">
-      <formula1>'Worksheet'!$DD$1:$DD$5</formula1>
+      <formula1>'Worksheet'!$DC$1:$DC$5</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
-      <formula1>'Worksheet'!$DD$1:$DD$5</formula1>
+      <formula1>'Worksheet'!$DC$1:$DC$5</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="P5:P1000">
-      <formula1>'Worksheet'!$DD$1:$DD$5</formula1>
+      <formula1>'Worksheet'!$DC$1:$DC$5</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>