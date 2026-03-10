--- v0 (2026-01-22)
+++ v1 (2026-03-10)
@@ -9,140 +9,137 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="681">
-[...4 lines deleted...]
-    <t>Male</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="680">
+  <si>
+    <t>REMARQUE : NE MODIFIEZ PAS LES DONNÉES CACHÉES DANS LA LIGNE #2 OU ELLES NE SE CHARGERONT PAS.</t>
   </si>
   <si>
     <t>: ENTENTE SPORTIVE MADINET BATNA</t>
   </si>
   <si>
     <t>7 &amp; Under</t>
   </si>
   <si>
+    <t>7 &amp; Under 10:30 - 11:15</t>
+  </si>
+  <si>
     <t>1035710:typeValue:102</t>
   </si>
   <si>
     <t>1035710:typeValue:103</t>
   </si>
   <si>
     <t>1035710:typeValue:104</t>
   </si>
   <si>
     <t>1035710:typeValue:105</t>
   </si>
   <si>
     <t>1035710:typeValue:107</t>
   </si>
   <si>
     <t>1035710:typeValue:106</t>
   </si>
   <si>
     <t>1035710:age_category</t>
   </si>
   <si>
     <t>1035710:reg_event:1</t>
   </si>
   <si>
     <t>1035710:reg_event:2</t>
   </si>
   <si>
     <t>1035710:reg_event:3</t>
   </si>
   <si>
     <t>1035710:reg_event:4</t>
   </si>
   <si>
-    <t>Female</t>
-[...1 lines deleted...]
-  <si>
     <t>47 Chamber Martial Arts</t>
   </si>
   <si>
     <t>8-12 year old</t>
   </si>
   <si>
-    <t>8 - 12 Year old 10:45 -12:15</t>
-[...2 lines deleted...]
-    <t>Event Registration - Kumite Seminar with Coach Sandeep Gill March 15th</t>
+    <t>8 - 12 Year old 11:30 - 1:00</t>
+  </si>
+  <si>
+    <t>Inscription à l'événement - Kumite Seminar with Coach Sandeep Gill March 15th</t>
   </si>
   <si>
     <t>6Tigers Academy</t>
   </si>
   <si>
     <t>13 +</t>
   </si>
   <si>
-    <t>13 Year olds &amp; Up 12:45 - 2:45</t>
-[...20 lines deleted...]
-    <t>Category</t>
+    <t>13 Year olds &amp; Up 1:15 - 3:15</t>
+  </si>
+  <si>
+    <t>Prénom</t>
+  </si>
+  <si>
+    <t>Nom</t>
+  </si>
+  <si>
+    <t>Sexe</t>
+  </si>
+  <si>
+    <t>Date de naissance (YYYY-MM-DD)</t>
+  </si>
+  <si>
+    <t>Lieu de résidence</t>
+  </si>
+  <si>
+    <t>Équipe</t>
+  </si>
+  <si>
+    <t>Catégorie</t>
   </si>
   <si>
     <t>Division #1</t>
   </si>
   <si>
     <t>Division #2</t>
   </si>
   <si>
     <t>Division #3</t>
   </si>
   <si>
     <t>Division #4</t>
   </si>
   <si>
     <t>A.R. Kaufman Kitchener YMCA Karate</t>
   </si>
   <si>
     <t>Coaches</t>
   </si>
   <si>
     <t>Abbotsford Isshin Ryu</t>
   </si>
   <si>
     <t>Abbotsford Karate Club</t>
   </si>
@@ -2113,58 +2110,55 @@
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFcccccc"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="49" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -2436,5350 +2430,3643 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:DD1000"/>
+  <dimension ref="A1:DC650"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" bestFit="true" customWidth="true" style="0"/>
-    <col min="105" max="105" width="8" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="36" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="80" bestFit="true" customWidth="true" style="0"/>
-    <col min="107" max="107" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="105" max="105" width="80" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" bestFit="true" customWidth="true" style="0"/>
-    <col min="108" max="108" width="36" bestFit="true" customWidth="true" style="0"/>
+    <col min="107" max="107" width="35" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="23" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:108" hidden="true" outlineLevel="1">
+    <row r="1" spans="1:107" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
       <c r="DB1" t="s">
         <v>2</v>
       </c>
       <c r="DC1" t="s">
         <v>3</v>
       </c>
-      <c r="DD1" t="s">
-[...3 lines deleted...]
-    <row r="2" spans="1:108" hidden="true" collapsed="true" outlineLevel="1">
+    </row>
+    <row r="2" spans="1:107" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
       <c r="E2" t="s">
         <v>8</v>
       </c>
       <c r="F2" t="s">
         <v>9</v>
       </c>
       <c r="G2" t="s">
         <v>10</v>
       </c>
       <c r="H2" t="s">
         <v>11</v>
       </c>
       <c r="I2" t="s">
         <v>12</v>
       </c>
       <c r="J2" t="s">
         <v>13</v>
       </c>
       <c r="K2" t="s">
         <v>14</v>
       </c>
       <c r="DA2" t="s">
         <v>15</v>
       </c>
       <c r="DB2" t="s">
         <v>16</v>
       </c>
       <c r="DC2" t="s">
         <v>17</v>
       </c>
-      <c r="DD2" t="s">
+    </row>
+    <row r="3" spans="1:107">
+      <c r="A3" s="2" t="s">
         <v>18</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="3" t="s">
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
+      <c r="I3" s="2"/>
+      <c r="J3" s="2"/>
+      <c r="K3" s="2"/>
+      <c r="L3" s="2"/>
+      <c r="M3" s="2"/>
+      <c r="N3" s="2"/>
+      <c r="O3" s="2"/>
+      <c r="P3" s="2"/>
+      <c r="Q3" s="2"/>
+      <c r="R3" s="2"/>
+      <c r="S3" s="2"/>
+      <c r="T3" s="2"/>
+      <c r="U3" s="2"/>
+      <c r="V3" s="2"/>
+      <c r="W3" s="2"/>
+      <c r="X3" s="2"/>
+      <c r="Y3" s="2"/>
+      <c r="Z3" s="2"/>
+      <c r="AA3" s="2"/>
+      <c r="AB3" s="2"/>
+      <c r="AC3" s="2"/>
+      <c r="AD3" s="2"/>
+      <c r="AE3" s="2"/>
+      <c r="AF3" s="2"/>
+      <c r="AG3" s="2"/>
+      <c r="AH3" s="2"/>
+      <c r="AI3" s="2"/>
+      <c r="AJ3" s="2"/>
+      <c r="AK3" s="2"/>
+      <c r="AL3" s="2"/>
+      <c r="AM3" s="2"/>
+      <c r="AN3" s="2"/>
+      <c r="AO3" s="2"/>
+      <c r="AP3" s="2"/>
+      <c r="AQ3" s="2"/>
+      <c r="AR3" s="2"/>
+      <c r="AS3" s="2"/>
+      <c r="AT3" s="2"/>
+      <c r="AU3" s="2"/>
+      <c r="AV3" s="2"/>
+      <c r="AW3" s="2"/>
+      <c r="AX3" s="2"/>
+      <c r="AY3" s="2"/>
+      <c r="AZ3" s="2"/>
+      <c r="BA3" s="2"/>
+      <c r="BB3" s="2"/>
+      <c r="BC3" s="2"/>
+      <c r="BD3" s="2"/>
+      <c r="BE3" s="2"/>
+      <c r="BF3" s="2"/>
+      <c r="BG3" s="2"/>
+      <c r="BH3" s="2"/>
+      <c r="BI3" s="2"/>
+      <c r="BJ3" s="2"/>
+      <c r="BK3" s="2"/>
+      <c r="BL3" s="2"/>
+      <c r="BM3" s="2"/>
+      <c r="BN3" s="2"/>
+      <c r="BO3" s="2"/>
+      <c r="BP3" s="2"/>
+      <c r="BQ3" s="2"/>
+      <c r="BR3" s="2"/>
+      <c r="BS3" s="2"/>
+      <c r="BT3" s="2"/>
+      <c r="BU3" s="2"/>
+      <c r="BV3" s="2"/>
+      <c r="BW3" s="2"/>
+      <c r="BX3" s="2"/>
+      <c r="BY3" s="2"/>
+      <c r="BZ3" s="2"/>
+      <c r="CA3" s="2"/>
+      <c r="CB3" s="2"/>
+      <c r="CC3" s="2"/>
+      <c r="CD3" s="2"/>
+      <c r="CE3" s="2"/>
+      <c r="CF3" s="2"/>
+      <c r="CG3" s="2"/>
+      <c r="CH3" s="2"/>
+      <c r="CI3" s="2"/>
+      <c r="CJ3" s="2"/>
+      <c r="CK3" s="2"/>
+      <c r="CL3" s="2"/>
+      <c r="CM3" s="2"/>
+      <c r="CN3" s="2"/>
+      <c r="CO3" s="2"/>
+      <c r="CP3" s="2"/>
+      <c r="CQ3" s="2"/>
+      <c r="CR3" s="2"/>
+      <c r="CS3" s="2"/>
+      <c r="CT3" s="2"/>
+      <c r="CU3" s="2"/>
+      <c r="CV3" s="2"/>
+      <c r="CW3" s="2"/>
+      <c r="CX3" s="2"/>
+      <c r="CY3" s="2"/>
+      <c r="CZ3" s="2"/>
+      <c r="DA3" t="s">
         <v>19</v>
       </c>
-      <c r="B3" s="3"/>
-[...101 lines deleted...]
-      <c r="CZ3" s="3"/>
       <c r="DB3" t="s">
         <v>20</v>
       </c>
       <c r="DC3" t="s">
         <v>21</v>
       </c>
-      <c r="DD3" t="s">
+    </row>
+    <row r="4" spans="1:107">
+      <c r="A4" s="3" t="s">
         <v>22</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="D4" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="E4" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="4" t="s">
+      <c r="F4" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="4" t="s">
+      <c r="G4" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="4" t="s">
+      <c r="H4" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="4" t="s">
+      <c r="I4" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="I4" s="4" t="s">
+      <c r="J4" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="J4" s="4" t="s">
+      <c r="K4" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="K4" s="4" t="s">
+      <c r="L4" s="3"/>
+      <c r="M4" s="3"/>
+      <c r="N4" s="3"/>
+      <c r="O4" s="3"/>
+      <c r="P4" s="3"/>
+      <c r="Q4" s="3"/>
+      <c r="R4" s="3"/>
+      <c r="S4" s="3"/>
+      <c r="T4" s="3"/>
+      <c r="U4" s="3"/>
+      <c r="V4" s="3"/>
+      <c r="W4" s="3"/>
+      <c r="X4" s="3"/>
+      <c r="Y4" s="3"/>
+      <c r="Z4" s="3"/>
+      <c r="AA4" s="3"/>
+      <c r="AB4" s="3"/>
+      <c r="AC4" s="3"/>
+      <c r="AD4" s="3"/>
+      <c r="AE4" s="3"/>
+      <c r="AF4" s="3"/>
+      <c r="AG4" s="3"/>
+      <c r="AH4" s="3"/>
+      <c r="AI4" s="3"/>
+      <c r="AJ4" s="3"/>
+      <c r="AK4" s="3"/>
+      <c r="AL4" s="3"/>
+      <c r="AM4" s="3"/>
+      <c r="AN4" s="3"/>
+      <c r="AO4" s="3"/>
+      <c r="AP4" s="3"/>
+      <c r="AQ4" s="3"/>
+      <c r="AR4" s="3"/>
+      <c r="AS4" s="3"/>
+      <c r="AT4" s="3"/>
+      <c r="AU4" s="3"/>
+      <c r="AV4" s="3"/>
+      <c r="AW4" s="3"/>
+      <c r="AX4" s="3"/>
+      <c r="AY4" s="3"/>
+      <c r="AZ4" s="3"/>
+      <c r="BA4" s="3"/>
+      <c r="BB4" s="3"/>
+      <c r="BC4" s="3"/>
+      <c r="BD4" s="3"/>
+      <c r="BE4" s="3"/>
+      <c r="BF4" s="3"/>
+      <c r="BG4" s="3"/>
+      <c r="BH4" s="3"/>
+      <c r="BI4" s="3"/>
+      <c r="BJ4" s="3"/>
+      <c r="BK4" s="3"/>
+      <c r="BL4" s="3"/>
+      <c r="BM4" s="3"/>
+      <c r="BN4" s="3"/>
+      <c r="BO4" s="3"/>
+      <c r="BP4" s="3"/>
+      <c r="BQ4" s="3"/>
+      <c r="BR4" s="3"/>
+      <c r="BS4" s="3"/>
+      <c r="BT4" s="3"/>
+      <c r="BU4" s="3"/>
+      <c r="BV4" s="3"/>
+      <c r="BW4" s="3"/>
+      <c r="BX4" s="3"/>
+      <c r="BY4" s="3"/>
+      <c r="BZ4" s="3"/>
+      <c r="CA4" s="3"/>
+      <c r="CB4" s="3"/>
+      <c r="CC4" s="3"/>
+      <c r="CD4" s="3"/>
+      <c r="CE4" s="3"/>
+      <c r="CF4" s="3"/>
+      <c r="CG4" s="3"/>
+      <c r="CH4" s="3"/>
+      <c r="CI4" s="3"/>
+      <c r="CJ4" s="3"/>
+      <c r="CK4" s="3"/>
+      <c r="CL4" s="3"/>
+      <c r="CM4" s="3"/>
+      <c r="CN4" s="3"/>
+      <c r="CO4" s="3"/>
+      <c r="CP4" s="3"/>
+      <c r="CQ4" s="3"/>
+      <c r="CR4" s="3"/>
+      <c r="CS4" s="3"/>
+      <c r="CT4" s="3"/>
+      <c r="CU4" s="3"/>
+      <c r="CV4" s="3"/>
+      <c r="CW4" s="3"/>
+      <c r="CX4" s="3"/>
+      <c r="CY4" s="3"/>
+      <c r="CZ4" s="3"/>
+      <c r="DA4" t="s">
         <v>33</v>
       </c>
-      <c r="L4" s="4"/>
-[...92 lines deleted...]
-      <c r="DB4" t="s">
+      <c r="DC4" t="s">
         <v>34</v>
       </c>
-      <c r="DD4" t="s">
-[...5 lines deleted...]
-      <c r="D5" s="2"/>
+    </row>
+    <row r="5" spans="1:107">
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5"/>
-      <c r="DB5" t="s">
+      <c r="DA5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6" spans="1:107">
+      <c r="DA6" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="6" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB6" t="s">
+    <row r="7" spans="1:107">
+      <c r="DA7" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="7" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB7" t="s">
+    <row r="8" spans="1:107">
+      <c r="DA8" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="8" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB8" t="s">
+    <row r="9" spans="1:107">
+      <c r="DA9" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="9" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB9" t="s">
+    <row r="10" spans="1:107">
+      <c r="DA10" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="10" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB10" t="s">
+    <row r="11" spans="1:107">
+      <c r="DA11" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="11" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB11" t="s">
+    <row r="12" spans="1:107">
+      <c r="DA12" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="12" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB12" t="s">
+    <row r="13" spans="1:107">
+      <c r="DA13" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="13" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB13" t="s">
+    <row r="14" spans="1:107">
+      <c r="DA14" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="14" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB14" t="s">
+    <row r="15" spans="1:107">
+      <c r="DA15" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="15" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB15" t="s">
+    <row r="16" spans="1:107">
+      <c r="DA16" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="16" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB16" t="s">
+    <row r="17" spans="1:107">
+      <c r="DA17" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="17" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB17" t="s">
+    <row r="18" spans="1:107">
+      <c r="DA18" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="18" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB18" t="s">
+    <row r="19" spans="1:107">
+      <c r="DA19" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="19" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB19" t="s">
+    <row r="20" spans="1:107">
+      <c r="DA20" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="20" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB20" t="s">
+    <row r="21" spans="1:107">
+      <c r="DA21" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="21" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB21" t="s">
+    <row r="22" spans="1:107">
+      <c r="DA22" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="22" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB22" t="s">
+    <row r="23" spans="1:107">
+      <c r="DA23" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="23" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB23" t="s">
+    <row r="24" spans="1:107">
+      <c r="DA24" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="24" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB24" t="s">
+    <row r="25" spans="1:107">
+      <c r="DA25" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="25" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB25" t="s">
+    <row r="26" spans="1:107">
+      <c r="DA26" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="26" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB26" t="s">
+    <row r="27" spans="1:107">
+      <c r="DA27" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="27" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB27" t="s">
+    <row r="28" spans="1:107">
+      <c r="DA28" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="28" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB28" t="s">
+    <row r="29" spans="1:107">
+      <c r="DA29" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="29" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB29" t="s">
+    <row r="30" spans="1:107">
+      <c r="DA30" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="30" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB30" t="s">
+    <row r="31" spans="1:107">
+      <c r="DA31" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="31" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB31" t="s">
+    <row r="32" spans="1:107">
+      <c r="DA32" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="32" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB32" t="s">
+    <row r="33" spans="1:107">
+      <c r="DA33" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="33" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB33" t="s">
+    <row r="34" spans="1:107">
+      <c r="DA34" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="34" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB34" t="s">
+    <row r="35" spans="1:107">
+      <c r="DA35" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="35" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB35" t="s">
+    <row r="36" spans="1:107">
+      <c r="DA36" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="36" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB36" t="s">
+    <row r="37" spans="1:107">
+      <c r="DA37" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="37" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB37" t="s">
+    <row r="38" spans="1:107">
+      <c r="DA38" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="38" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB38" t="s">
+    <row r="39" spans="1:107">
+      <c r="DA39" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="39" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB39" t="s">
+    <row r="40" spans="1:107">
+      <c r="DA40" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="40" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB40" t="s">
+    <row r="41" spans="1:107">
+      <c r="DA41" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="41" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB41" t="s">
+    <row r="42" spans="1:107">
+      <c r="DA42" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="42" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB42" t="s">
+    <row r="43" spans="1:107">
+      <c r="DA43" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="43" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB43" t="s">
+    <row r="44" spans="1:107">
+      <c r="DA44" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="44" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB44" t="s">
+    <row r="45" spans="1:107">
+      <c r="DA45" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="45" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB45" t="s">
+    <row r="46" spans="1:107">
+      <c r="DA46" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="46" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB46" t="s">
+    <row r="47" spans="1:107">
+      <c r="DA47" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="47" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB47" t="s">
+    <row r="48" spans="1:107">
+      <c r="DA48" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="48" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB48" t="s">
+    <row r="49" spans="1:107">
+      <c r="DA49" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="49" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB49" t="s">
+    <row r="50" spans="1:107">
+      <c r="DA50" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="50" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB50" t="s">
+    <row r="51" spans="1:107">
+      <c r="DA51" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="51" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB51" t="s">
+    <row r="52" spans="1:107">
+      <c r="DA52" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="52" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB52" t="s">
+    <row r="53" spans="1:107">
+      <c r="DA53" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="53" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB53" t="s">
+    <row r="54" spans="1:107">
+      <c r="DA54" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="54" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB54" t="s">
+    <row r="55" spans="1:107">
+      <c r="DA55" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="55" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB55" t="s">
+    <row r="56" spans="1:107">
+      <c r="DA56" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="56" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB56" t="s">
+    <row r="57" spans="1:107">
+      <c r="DA57" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="57" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB57" t="s">
+    <row r="58" spans="1:107">
+      <c r="DA58" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="58" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB58" t="s">
+    <row r="59" spans="1:107">
+      <c r="DA59" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="59" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB59" t="s">
+    <row r="60" spans="1:107">
+      <c r="DA60" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="60" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB60" t="s">
+    <row r="61" spans="1:107">
+      <c r="DA61" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="61" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB61" t="s">
+    <row r="62" spans="1:107">
+      <c r="DA62" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="62" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB62" t="s">
+    <row r="63" spans="1:107">
+      <c r="DA63" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="63" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB63" t="s">
+    <row r="64" spans="1:107">
+      <c r="DA64" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="64" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB64" t="s">
+    <row r="65" spans="1:107">
+      <c r="DA65" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="65" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB65" t="s">
+    <row r="66" spans="1:107">
+      <c r="DA66" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="66" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB66" t="s">
+    <row r="67" spans="1:107">
+      <c r="DA67" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="67" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB67" t="s">
+    <row r="68" spans="1:107">
+      <c r="DA68" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="68" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB68" t="s">
+    <row r="69" spans="1:107">
+      <c r="DA69" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="69" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB69" t="s">
+    <row r="70" spans="1:107">
+      <c r="DA70" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="70" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB70" t="s">
+    <row r="71" spans="1:107">
+      <c r="DA71" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="71" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB71" t="s">
+    <row r="72" spans="1:107">
+      <c r="DA72" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="72" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB72" t="s">
+    <row r="73" spans="1:107">
+      <c r="DA73" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="73" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB73" t="s">
+    <row r="74" spans="1:107">
+      <c r="DA74" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="74" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB74" t="s">
+    <row r="75" spans="1:107">
+      <c r="DA75" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="75" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB75" t="s">
+    <row r="76" spans="1:107">
+      <c r="DA76" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="76" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB76" t="s">
+    <row r="77" spans="1:107">
+      <c r="DA77" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="77" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB77" t="s">
+    <row r="78" spans="1:107">
+      <c r="DA78" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="78" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB78" t="s">
+    <row r="79" spans="1:107">
+      <c r="DA79" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="79" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB79" t="s">
+    <row r="80" spans="1:107">
+      <c r="DA80" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="80" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB80" t="s">
+    <row r="81" spans="1:107">
+      <c r="DA81" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="81" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB81" t="s">
+    <row r="82" spans="1:107">
+      <c r="DA82" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="82" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB82" t="s">
+    <row r="83" spans="1:107">
+      <c r="DA83" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="83" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB83" t="s">
+    <row r="84" spans="1:107">
+      <c r="DA84" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="84" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB84" t="s">
+    <row r="85" spans="1:107">
+      <c r="DA85" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="85" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB85" t="s">
+    <row r="86" spans="1:107">
+      <c r="DA86" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="86" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB86" t="s">
+    <row r="87" spans="1:107">
+      <c r="DA87" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="87" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB87" t="s">
+    <row r="88" spans="1:107">
+      <c r="DA88" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="88" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB88" t="s">
+    <row r="89" spans="1:107">
+      <c r="DA89" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="89" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB89" t="s">
+    <row r="90" spans="1:107">
+      <c r="DA90" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="90" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB90" t="s">
+    <row r="91" spans="1:107">
+      <c r="DA91" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="91" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB91" t="s">
+    <row r="92" spans="1:107">
+      <c r="DA92" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="92" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB92" t="s">
+    <row r="93" spans="1:107">
+      <c r="DA93" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="93" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB93" t="s">
+    <row r="94" spans="1:107">
+      <c r="DA94" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="94" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB94" t="s">
+    <row r="95" spans="1:107">
+      <c r="DA95" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="95" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB95" t="s">
+    <row r="96" spans="1:107">
+      <c r="DA96" t="s">
         <v>126</v>
       </c>
     </row>
-    <row r="96" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB96" t="s">
+    <row r="97" spans="1:107">
+      <c r="DA97" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="97" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB97" t="s">
+    <row r="98" spans="1:107">
+      <c r="DA98" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="98" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB98" t="s">
+    <row r="99" spans="1:107">
+      <c r="DA99" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="99" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB99" t="s">
+    <row r="100" spans="1:107">
+      <c r="DA100" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="100" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB100" t="s">
+    <row r="101" spans="1:107">
+      <c r="DA101" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="101" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB101" t="s">
+    <row r="102" spans="1:107">
+      <c r="DA102" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="102" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB102" t="s">
+    <row r="103" spans="1:107">
+      <c r="DA103" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="103" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB103" t="s">
+    <row r="104" spans="1:107">
+      <c r="DA104" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="104" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB104" t="s">
+    <row r="105" spans="1:107">
+      <c r="DA105" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="105" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB105" t="s">
+    <row r="106" spans="1:107">
+      <c r="DA106" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="106" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB106" t="s">
+    <row r="107" spans="1:107">
+      <c r="DA107" t="s">
         <v>137</v>
       </c>
     </row>
-    <row r="107" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB107" t="s">
+    <row r="108" spans="1:107">
+      <c r="DA108" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="108" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB108" t="s">
+    <row r="109" spans="1:107">
+      <c r="DA109" t="s">
         <v>139</v>
       </c>
     </row>
-    <row r="109" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB109" t="s">
+    <row r="110" spans="1:107">
+      <c r="DA110" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="110" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB110" t="s">
+    <row r="111" spans="1:107">
+      <c r="DA111" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="111" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB111" t="s">
+    <row r="112" spans="1:107">
+      <c r="DA112" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="112" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB112" t="s">
+    <row r="113" spans="1:107">
+      <c r="DA113" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="113" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB113" t="s">
+    <row r="114" spans="1:107">
+      <c r="DA114" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="114" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB114" t="s">
+    <row r="115" spans="1:107">
+      <c r="DA115" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="115" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB115" t="s">
+    <row r="116" spans="1:107">
+      <c r="DA116" t="s">
         <v>146</v>
       </c>
     </row>
-    <row r="116" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB116" t="s">
+    <row r="117" spans="1:107">
+      <c r="DA117" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="117" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB117" t="s">
+    <row r="118" spans="1:107">
+      <c r="DA118" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="118" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB118" t="s">
+    <row r="119" spans="1:107">
+      <c r="DA119" t="s">
         <v>149</v>
       </c>
     </row>
-    <row r="119" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB119" t="s">
+    <row r="120" spans="1:107">
+      <c r="DA120" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="120" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB120" t="s">
+    <row r="121" spans="1:107">
+      <c r="DA121" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="121" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB121" t="s">
+    <row r="122" spans="1:107">
+      <c r="DA122" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="122" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB122" t="s">
+    <row r="123" spans="1:107">
+      <c r="DA123" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="123" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB123" t="s">
+    <row r="124" spans="1:107">
+      <c r="DA124" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="124" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB124" t="s">
+    <row r="125" spans="1:107">
+      <c r="DA125" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="125" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB125" t="s">
+    <row r="126" spans="1:107">
+      <c r="DA126" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="126" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB126" t="s">
+    <row r="127" spans="1:107">
+      <c r="DA127" t="s">
         <v>157</v>
       </c>
     </row>
-    <row r="127" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB127" t="s">
+    <row r="128" spans="1:107">
+      <c r="DA128" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="128" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB128" t="s">
+    <row r="129" spans="1:107">
+      <c r="DA129" t="s">
         <v>159</v>
       </c>
     </row>
-    <row r="129" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB129" t="s">
+    <row r="130" spans="1:107">
+      <c r="DA130" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="130" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB130" t="s">
+    <row r="131" spans="1:107">
+      <c r="DA131" t="s">
         <v>161</v>
       </c>
     </row>
-    <row r="131" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB131" t="s">
+    <row r="132" spans="1:107">
+      <c r="DA132" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="132" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB132" t="s">
+    <row r="133" spans="1:107">
+      <c r="DA133" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="133" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB133" t="s">
+    <row r="134" spans="1:107">
+      <c r="DA134" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="134" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB134" t="s">
+    <row r="135" spans="1:107">
+      <c r="DA135" t="s">
         <v>165</v>
       </c>
     </row>
-    <row r="135" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB135" t="s">
+    <row r="136" spans="1:107">
+      <c r="DA136" t="s">
         <v>166</v>
       </c>
     </row>
-    <row r="136" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB136" t="s">
+    <row r="137" spans="1:107">
+      <c r="DA137" t="s">
         <v>167</v>
       </c>
     </row>
-    <row r="137" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB137" t="s">
+    <row r="138" spans="1:107">
+      <c r="DA138" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="138" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB138" t="s">
+    <row r="139" spans="1:107">
+      <c r="DA139" t="s">
         <v>169</v>
       </c>
     </row>
-    <row r="139" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB139" t="s">
+    <row r="140" spans="1:107">
+      <c r="DA140" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="140" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB140" t="s">
+    <row r="141" spans="1:107">
+      <c r="DA141" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="141" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB141" t="s">
+    <row r="142" spans="1:107">
+      <c r="DA142" t="s">
         <v>172</v>
       </c>
     </row>
-    <row r="142" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB142" t="s">
+    <row r="143" spans="1:107">
+      <c r="DA143" t="s">
         <v>173</v>
       </c>
     </row>
-    <row r="143" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB143" t="s">
+    <row r="144" spans="1:107">
+      <c r="DA144" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="144" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB144" t="s">
+    <row r="145" spans="1:107">
+      <c r="DA145" t="s">
         <v>175</v>
       </c>
     </row>
-    <row r="145" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB145" t="s">
+    <row r="146" spans="1:107">
+      <c r="DA146" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="146" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB146" t="s">
+    <row r="147" spans="1:107">
+      <c r="DA147" t="s">
         <v>177</v>
       </c>
     </row>
-    <row r="147" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB147" t="s">
+    <row r="148" spans="1:107">
+      <c r="DA148" t="s">
         <v>178</v>
       </c>
     </row>
-    <row r="148" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB148" t="s">
+    <row r="149" spans="1:107">
+      <c r="DA149" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="149" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB149" t="s">
+    <row r="150" spans="1:107">
+      <c r="DA150" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="150" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB150" t="s">
+    <row r="151" spans="1:107">
+      <c r="DA151" t="s">
         <v>181</v>
       </c>
     </row>
-    <row r="151" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB151" t="s">
+    <row r="152" spans="1:107">
+      <c r="DA152" t="s">
         <v>182</v>
       </c>
     </row>
-    <row r="152" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB152" t="s">
+    <row r="153" spans="1:107">
+      <c r="DA153" t="s">
         <v>183</v>
       </c>
     </row>
-    <row r="153" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB153" t="s">
+    <row r="154" spans="1:107">
+      <c r="DA154" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="154" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB154" t="s">
+    <row r="155" spans="1:107">
+      <c r="DA155" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="155" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB155" t="s">
+    <row r="156" spans="1:107">
+      <c r="DA156" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="156" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB156" t="s">
+    <row r="157" spans="1:107">
+      <c r="DA157" t="s">
         <v>187</v>
       </c>
     </row>
-    <row r="157" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB157" t="s">
+    <row r="158" spans="1:107">
+      <c r="DA158" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="158" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB158" t="s">
+    <row r="159" spans="1:107">
+      <c r="DA159" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="159" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB159" t="s">
+    <row r="160" spans="1:107">
+      <c r="DA160" t="s">
         <v>190</v>
       </c>
     </row>
-    <row r="160" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB160" t="s">
+    <row r="161" spans="1:107">
+      <c r="DA161" t="s">
         <v>191</v>
       </c>
     </row>
-    <row r="161" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB161" t="s">
+    <row r="162" spans="1:107">
+      <c r="DA162" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="162" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB162" t="s">
+    <row r="163" spans="1:107">
+      <c r="DA163" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="163" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB163" t="s">
+    <row r="164" spans="1:107">
+      <c r="DA164" t="s">
         <v>194</v>
       </c>
     </row>
-    <row r="164" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB164" t="s">
+    <row r="165" spans="1:107">
+      <c r="DA165" t="s">
         <v>195</v>
       </c>
     </row>
-    <row r="165" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB165" t="s">
+    <row r="166" spans="1:107">
+      <c r="DA166" t="s">
         <v>196</v>
       </c>
     </row>
-    <row r="166" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB166" t="s">
+    <row r="167" spans="1:107">
+      <c r="DA167" t="s">
         <v>197</v>
       </c>
     </row>
-    <row r="167" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB167" t="s">
+    <row r="168" spans="1:107">
+      <c r="DA168" t="s">
         <v>198</v>
       </c>
     </row>
-    <row r="168" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB168" t="s">
+    <row r="169" spans="1:107">
+      <c r="DA169" t="s">
         <v>199</v>
       </c>
     </row>
-    <row r="169" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB169" t="s">
+    <row r="170" spans="1:107">
+      <c r="DA170" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="170" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB170" t="s">
+    <row r="171" spans="1:107">
+      <c r="DA171" t="s">
         <v>201</v>
       </c>
     </row>
-    <row r="171" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB171" t="s">
+    <row r="172" spans="1:107">
+      <c r="DA172" t="s">
         <v>202</v>
       </c>
     </row>
-    <row r="172" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB172" t="s">
+    <row r="173" spans="1:107">
+      <c r="DA173" t="s">
         <v>203</v>
       </c>
     </row>
-    <row r="173" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB173" t="s">
+    <row r="174" spans="1:107">
+      <c r="DA174" t="s">
         <v>204</v>
       </c>
     </row>
-    <row r="174" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB174" t="s">
+    <row r="175" spans="1:107">
+      <c r="DA175" t="s">
         <v>205</v>
       </c>
     </row>
-    <row r="175" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB175" t="s">
+    <row r="176" spans="1:107">
+      <c r="DA176" t="s">
         <v>206</v>
       </c>
     </row>
-    <row r="176" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB176" t="s">
+    <row r="177" spans="1:107">
+      <c r="DA177" t="s">
         <v>207</v>
       </c>
     </row>
-    <row r="177" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB177" t="s">
+    <row r="178" spans="1:107">
+      <c r="DA178" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="178" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB178" t="s">
+    <row r="179" spans="1:107">
+      <c r="DA179" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="179" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB179" t="s">
+    <row r="180" spans="1:107">
+      <c r="DA180" t="s">
         <v>210</v>
       </c>
     </row>
-    <row r="180" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB180" t="s">
+    <row r="181" spans="1:107">
+      <c r="DA181" t="s">
         <v>211</v>
       </c>
     </row>
-    <row r="181" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB181" t="s">
+    <row r="182" spans="1:107">
+      <c r="DA182" t="s">
         <v>212</v>
       </c>
     </row>
-    <row r="182" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB182" t="s">
+    <row r="183" spans="1:107">
+      <c r="DA183" t="s">
         <v>213</v>
       </c>
     </row>
-    <row r="183" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB183" t="s">
+    <row r="184" spans="1:107">
+      <c r="DA184" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="185" spans="1:107">
+      <c r="DA185" t="s">
         <v>214</v>
       </c>
     </row>
-    <row r="184" spans="1:108">
-[...7 lines deleted...]
-      <c r="DB185" t="s">
+    <row r="186" spans="1:107">
+      <c r="DA186" t="s">
         <v>215</v>
       </c>
     </row>
-    <row r="186" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB186" t="s">
+    <row r="187" spans="1:107">
+      <c r="DA187" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="187" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB187" t="s">
+    <row r="188" spans="1:107">
+      <c r="DA188" t="s">
         <v>217</v>
       </c>
     </row>
-    <row r="188" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB188" t="s">
+    <row r="189" spans="1:107">
+      <c r="DA189" t="s">
         <v>218</v>
       </c>
     </row>
-    <row r="189" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB189" t="s">
+    <row r="190" spans="1:107">
+      <c r="DA190" t="s">
         <v>219</v>
       </c>
     </row>
-    <row r="190" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB190" t="s">
+    <row r="191" spans="1:107">
+      <c r="DA191" t="s">
         <v>220</v>
       </c>
     </row>
-    <row r="191" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB191" t="s">
+    <row r="192" spans="1:107">
+      <c r="DA192" t="s">
         <v>221</v>
       </c>
     </row>
-    <row r="192" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB192" t="s">
+    <row r="193" spans="1:107">
+      <c r="DA193" t="s">
         <v>222</v>
       </c>
     </row>
-    <row r="193" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB193" t="s">
+    <row r="194" spans="1:107">
+      <c r="DA194" t="s">
         <v>223</v>
       </c>
     </row>
-    <row r="194" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB194" t="s">
+    <row r="195" spans="1:107">
+      <c r="DA195" t="s">
         <v>224</v>
       </c>
     </row>
-    <row r="195" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB195" t="s">
+    <row r="196" spans="1:107">
+      <c r="DA196" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="196" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB196" t="s">
+    <row r="197" spans="1:107">
+      <c r="DA197" t="s">
         <v>226</v>
       </c>
     </row>
-    <row r="197" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB197" t="s">
+    <row r="198" spans="1:107">
+      <c r="DA198" t="s">
         <v>227</v>
       </c>
     </row>
-    <row r="198" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB198" t="s">
+    <row r="199" spans="1:107">
+      <c r="DA199" t="s">
         <v>228</v>
       </c>
     </row>
-    <row r="199" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB199" t="s">
+    <row r="200" spans="1:107">
+      <c r="DA200" t="s">
         <v>229</v>
       </c>
     </row>
-    <row r="200" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB200" t="s">
+    <row r="201" spans="1:107">
+      <c r="DA201" t="s">
         <v>230</v>
       </c>
     </row>
-    <row r="201" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB201" t="s">
+    <row r="202" spans="1:107">
+      <c r="DA202" t="s">
         <v>231</v>
       </c>
     </row>
-    <row r="202" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB202" t="s">
+    <row r="203" spans="1:107">
+      <c r="DA203" t="s">
         <v>232</v>
       </c>
     </row>
-    <row r="203" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB203" t="s">
+    <row r="204" spans="1:107">
+      <c r="DA204" t="s">
         <v>233</v>
       </c>
     </row>
-    <row r="204" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB204" t="s">
+    <row r="205" spans="1:107">
+      <c r="DA205" t="s">
         <v>234</v>
       </c>
     </row>
-    <row r="205" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB205" t="s">
+    <row r="206" spans="1:107">
+      <c r="DA206" t="s">
         <v>235</v>
       </c>
     </row>
-    <row r="206" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB206" t="s">
+    <row r="207" spans="1:107">
+      <c r="DA207" t="s">
         <v>236</v>
       </c>
     </row>
-    <row r="207" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB207" t="s">
+    <row r="208" spans="1:107">
+      <c r="DA208" t="s">
         <v>237</v>
       </c>
     </row>
-    <row r="208" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB208" t="s">
+    <row r="209" spans="1:107">
+      <c r="DA209" t="s">
         <v>238</v>
       </c>
     </row>
-    <row r="209" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB209" t="s">
+    <row r="210" spans="1:107">
+      <c r="DA210" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="210" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB210" t="s">
+    <row r="211" spans="1:107">
+      <c r="DA211" t="s">
         <v>240</v>
       </c>
     </row>
-    <row r="211" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB211" t="s">
+    <row r="212" spans="1:107">
+      <c r="DA212" t="s">
         <v>241</v>
       </c>
     </row>
-    <row r="212" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB212" t="s">
+    <row r="213" spans="1:107">
+      <c r="DA213" t="s">
         <v>242</v>
       </c>
     </row>
-    <row r="213" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB213" t="s">
+    <row r="214" spans="1:107">
+      <c r="DA214" t="s">
         <v>243</v>
       </c>
     </row>
-    <row r="214" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB214" t="s">
+    <row r="215" spans="1:107">
+      <c r="DA215" t="s">
         <v>244</v>
       </c>
     </row>
-    <row r="215" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB215" t="s">
+    <row r="216" spans="1:107">
+      <c r="DA216" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="216" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB216" t="s">
+    <row r="217" spans="1:107">
+      <c r="DA217" t="s">
         <v>246</v>
       </c>
     </row>
-    <row r="217" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB217" t="s">
+    <row r="218" spans="1:107">
+      <c r="DA218" t="s">
         <v>247</v>
       </c>
     </row>
-    <row r="218" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB218" t="s">
+    <row r="219" spans="1:107">
+      <c r="DA219" t="s">
         <v>248</v>
       </c>
     </row>
-    <row r="219" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB219" t="s">
+    <row r="220" spans="1:107">
+      <c r="DA220" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="220" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB220" t="s">
+    <row r="221" spans="1:107">
+      <c r="DA221" t="s">
         <v>250</v>
       </c>
     </row>
-    <row r="221" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB221" t="s">
+    <row r="222" spans="1:107">
+      <c r="DA222" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="222" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB222" t="s">
+    <row r="223" spans="1:107">
+      <c r="DA223" t="s">
         <v>252</v>
       </c>
     </row>
-    <row r="223" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB223" t="s">
+    <row r="224" spans="1:107">
+      <c r="DA224" t="s">
         <v>253</v>
       </c>
     </row>
-    <row r="224" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB224" t="s">
+    <row r="225" spans="1:107">
+      <c r="DA225" t="s">
         <v>254</v>
       </c>
     </row>
-    <row r="225" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB225" t="s">
+    <row r="226" spans="1:107">
+      <c r="DA226" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="226" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB226" t="s">
+    <row r="227" spans="1:107">
+      <c r="DA227" t="s">
         <v>256</v>
       </c>
     </row>
-    <row r="227" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB227" t="s">
+    <row r="228" spans="1:107">
+      <c r="DA228" t="s">
         <v>257</v>
       </c>
     </row>
-    <row r="228" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB228" t="s">
+    <row r="229" spans="1:107">
+      <c r="DA229" t="s">
         <v>258</v>
       </c>
     </row>
-    <row r="229" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB229" t="s">
+    <row r="230" spans="1:107">
+      <c r="DA230" t="s">
         <v>259</v>
       </c>
     </row>
-    <row r="230" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB230" t="s">
+    <row r="231" spans="1:107">
+      <c r="DA231" t="s">
         <v>260</v>
       </c>
     </row>
-    <row r="231" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB231" t="s">
+    <row r="232" spans="1:107">
+      <c r="DA232" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="232" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB232" t="s">
+    <row r="233" spans="1:107">
+      <c r="DA233" t="s">
         <v>262</v>
       </c>
     </row>
-    <row r="233" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB233" t="s">
+    <row r="234" spans="1:107">
+      <c r="DA234" t="s">
         <v>263</v>
       </c>
     </row>
-    <row r="234" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB234" t="s">
+    <row r="235" spans="1:107">
+      <c r="DA235" t="s">
         <v>264</v>
       </c>
     </row>
-    <row r="235" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB235" t="s">
+    <row r="236" spans="1:107">
+      <c r="DA236" t="s">
         <v>265</v>
       </c>
     </row>
-    <row r="236" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB236" t="s">
+    <row r="237" spans="1:107">
+      <c r="DA237" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="237" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB237" t="s">
+    <row r="238" spans="1:107">
+      <c r="DA238" t="s">
         <v>267</v>
       </c>
     </row>
-    <row r="238" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB238" t="s">
+    <row r="239" spans="1:107">
+      <c r="DA239" t="s">
         <v>268</v>
       </c>
     </row>
-    <row r="239" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB239" t="s">
+    <row r="240" spans="1:107">
+      <c r="DA240" t="s">
         <v>269</v>
       </c>
     </row>
-    <row r="240" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB240" t="s">
+    <row r="241" spans="1:107">
+      <c r="DA241" t="s">
         <v>270</v>
       </c>
     </row>
-    <row r="241" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB241" t="s">
+    <row r="242" spans="1:107">
+      <c r="DA242" t="s">
         <v>271</v>
       </c>
     </row>
-    <row r="242" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB242" t="s">
+    <row r="243" spans="1:107">
+      <c r="DA243" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="243" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB243" t="s">
+    <row r="244" spans="1:107">
+      <c r="DA244" t="s">
         <v>273</v>
       </c>
     </row>
-    <row r="244" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB244" t="s">
+    <row r="245" spans="1:107">
+      <c r="DA245" t="s">
         <v>274</v>
       </c>
     </row>
-    <row r="245" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB245" t="s">
+    <row r="246" spans="1:107">
+      <c r="DA246" t="s">
         <v>275</v>
       </c>
     </row>
-    <row r="246" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB246" t="s">
+    <row r="247" spans="1:107">
+      <c r="DA247" t="s">
         <v>276</v>
       </c>
     </row>
-    <row r="247" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB247" t="s">
+    <row r="248" spans="1:107">
+      <c r="DA248" t="s">
         <v>277</v>
       </c>
     </row>
-    <row r="248" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB248" t="s">
+    <row r="249" spans="1:107">
+      <c r="DA249" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="249" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB249" t="s">
+    <row r="250" spans="1:107">
+      <c r="DA250" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="250" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB250" t="s">
+    <row r="251" spans="1:107">
+      <c r="DA251" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="251" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB251" t="s">
+    <row r="252" spans="1:107">
+      <c r="DA252" t="s">
         <v>281</v>
       </c>
     </row>
-    <row r="252" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB252" t="s">
+    <row r="253" spans="1:107">
+      <c r="DA253" t="s">
         <v>282</v>
       </c>
     </row>
-    <row r="253" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB253" t="s">
+    <row r="254" spans="1:107">
+      <c r="DA254" t="s">
         <v>283</v>
       </c>
     </row>
-    <row r="254" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB254" t="s">
+    <row r="255" spans="1:107">
+      <c r="DA255" t="s">
         <v>284</v>
       </c>
     </row>
-    <row r="255" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB255" t="s">
+    <row r="256" spans="1:107">
+      <c r="DA256" t="s">
         <v>285</v>
       </c>
     </row>
-    <row r="256" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB256" t="s">
+    <row r="257" spans="1:107">
+      <c r="DA257" t="s">
         <v>286</v>
       </c>
     </row>
-    <row r="257" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB257" t="s">
+    <row r="258" spans="1:107">
+      <c r="DA258" t="s">
         <v>287</v>
       </c>
     </row>
-    <row r="258" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB258" t="s">
+    <row r="259" spans="1:107">
+      <c r="DA259" t="s">
         <v>288</v>
       </c>
     </row>
-    <row r="259" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB259" t="s">
+    <row r="260" spans="1:107">
+      <c r="DA260" t="s">
         <v>289</v>
       </c>
     </row>
-    <row r="260" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB260" t="s">
+    <row r="261" spans="1:107">
+      <c r="DA261" t="s">
         <v>290</v>
       </c>
     </row>
-    <row r="261" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB261" t="s">
+    <row r="262" spans="1:107">
+      <c r="DA262" t="s">
         <v>291</v>
       </c>
     </row>
-    <row r="262" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB262" t="s">
+    <row r="263" spans="1:107">
+      <c r="DA263" t="s">
         <v>292</v>
       </c>
     </row>
-    <row r="263" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB263" t="s">
+    <row r="264" spans="1:107">
+      <c r="DA264" t="s">
         <v>293</v>
       </c>
     </row>
-    <row r="264" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB264" t="s">
+    <row r="265" spans="1:107">
+      <c r="DA265" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="265" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB265" t="s">
+    <row r="266" spans="1:107">
+      <c r="DA266" t="s">
         <v>295</v>
       </c>
     </row>
-    <row r="266" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB266" t="s">
+    <row r="267" spans="1:107">
+      <c r="DA267" t="s">
         <v>296</v>
       </c>
     </row>
-    <row r="267" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB267" t="s">
+    <row r="268" spans="1:107">
+      <c r="DA268" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="268" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB268" t="s">
+    <row r="269" spans="1:107">
+      <c r="DA269" t="s">
         <v>298</v>
       </c>
     </row>
-    <row r="269" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB269" t="s">
+    <row r="270" spans="1:107">
+      <c r="DA270" t="s">
         <v>299</v>
       </c>
     </row>
-    <row r="270" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB270" t="s">
+    <row r="271" spans="1:107">
+      <c r="DA271" t="s">
         <v>300</v>
       </c>
     </row>
-    <row r="271" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB271" t="s">
+    <row r="272" spans="1:107">
+      <c r="DA272" t="s">
         <v>301</v>
       </c>
     </row>
-    <row r="272" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB272" t="s">
+    <row r="273" spans="1:107">
+      <c r="DA273" t="s">
         <v>302</v>
       </c>
     </row>
-    <row r="273" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB273" t="s">
+    <row r="274" spans="1:107">
+      <c r="DA274" t="s">
         <v>303</v>
       </c>
     </row>
-    <row r="274" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB274" t="s">
+    <row r="275" spans="1:107">
+      <c r="DA275" t="s">
         <v>304</v>
       </c>
     </row>
-    <row r="275" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB275" t="s">
+    <row r="276" spans="1:107">
+      <c r="DA276" t="s">
         <v>305</v>
       </c>
     </row>
-    <row r="276" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB276" t="s">
+    <row r="277" spans="1:107">
+      <c r="DA277" t="s">
         <v>306</v>
       </c>
     </row>
-    <row r="277" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB277" t="s">
+    <row r="278" spans="1:107">
+      <c r="DA278" t="s">
         <v>307</v>
       </c>
     </row>
-    <row r="278" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB278" t="s">
+    <row r="279" spans="1:107">
+      <c r="DA279" t="s">
         <v>308</v>
       </c>
     </row>
-    <row r="279" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB279" t="s">
+    <row r="280" spans="1:107">
+      <c r="DA280" t="s">
         <v>309</v>
       </c>
     </row>
-    <row r="280" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB280" t="s">
+    <row r="281" spans="1:107">
+      <c r="DA281" t="s">
         <v>310</v>
       </c>
     </row>
-    <row r="281" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB281" t="s">
+    <row r="282" spans="1:107">
+      <c r="DA282" t="s">
         <v>311</v>
       </c>
     </row>
-    <row r="282" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB282" t="s">
+    <row r="283" spans="1:107">
+      <c r="DA283" t="s">
         <v>312</v>
       </c>
     </row>
-    <row r="283" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB283" t="s">
+    <row r="284" spans="1:107">
+      <c r="DA284" t="s">
         <v>313</v>
       </c>
     </row>
-    <row r="284" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB284" t="s">
+    <row r="285" spans="1:107">
+      <c r="DA285" t="s">
         <v>314</v>
       </c>
     </row>
-    <row r="285" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB285" t="s">
+    <row r="286" spans="1:107">
+      <c r="DA286" t="s">
         <v>315</v>
       </c>
     </row>
-    <row r="286" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB286" t="s">
+    <row r="287" spans="1:107">
+      <c r="DA287" t="s">
         <v>316</v>
       </c>
     </row>
-    <row r="287" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB287" t="s">
+    <row r="288" spans="1:107">
+      <c r="DA288" t="s">
         <v>317</v>
       </c>
     </row>
-    <row r="288" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB288" t="s">
+    <row r="289" spans="1:107">
+      <c r="DA289" t="s">
         <v>318</v>
       </c>
     </row>
-    <row r="289" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB289" t="s">
+    <row r="290" spans="1:107">
+      <c r="DA290" t="s">
         <v>319</v>
       </c>
     </row>
-    <row r="290" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB290" t="s">
+    <row r="291" spans="1:107">
+      <c r="DA291" t="s">
         <v>320</v>
       </c>
     </row>
-    <row r="291" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB291" t="s">
+    <row r="292" spans="1:107">
+      <c r="DA292" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="292" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB292" t="s">
+    <row r="293" spans="1:107">
+      <c r="DA293" t="s">
         <v>322</v>
       </c>
     </row>
-    <row r="293" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB293" t="s">
+    <row r="294" spans="1:107">
+      <c r="DA294" t="s">
         <v>323</v>
       </c>
     </row>
-    <row r="294" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB294" t="s">
+    <row r="295" spans="1:107">
+      <c r="DA295" t="s">
         <v>324</v>
       </c>
     </row>
-    <row r="295" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB295" t="s">
+    <row r="296" spans="1:107">
+      <c r="DA296" t="s">
         <v>325</v>
       </c>
     </row>
-    <row r="296" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB296" t="s">
+    <row r="297" spans="1:107">
+      <c r="DA297" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="297" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB297" t="s">
+    <row r="298" spans="1:107">
+      <c r="DA298" t="s">
         <v>327</v>
       </c>
     </row>
-    <row r="298" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB298" t="s">
+    <row r="299" spans="1:107">
+      <c r="DA299" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="299" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB299" t="s">
+    <row r="300" spans="1:107">
+      <c r="DA300" t="s">
         <v>329</v>
       </c>
     </row>
-    <row r="300" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB300" t="s">
+    <row r="301" spans="1:107">
+      <c r="DA301" t="s">
         <v>330</v>
       </c>
     </row>
-    <row r="301" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB301" t="s">
+    <row r="302" spans="1:107">
+      <c r="DA302" t="s">
         <v>331</v>
       </c>
     </row>
-    <row r="302" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB302" t="s">
+    <row r="303" spans="1:107">
+      <c r="DA303" t="s">
         <v>332</v>
       </c>
     </row>
-    <row r="303" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB303" t="s">
+    <row r="304" spans="1:107">
+      <c r="DA304" t="s">
         <v>333</v>
       </c>
     </row>
-    <row r="304" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB304" t="s">
+    <row r="305" spans="1:107">
+      <c r="DA305" t="s">
         <v>334</v>
       </c>
     </row>
-    <row r="305" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB305" t="s">
+    <row r="306" spans="1:107">
+      <c r="DA306" t="s">
         <v>335</v>
       </c>
     </row>
-    <row r="306" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB306" t="s">
+    <row r="307" spans="1:107">
+      <c r="DA307" t="s">
         <v>336</v>
       </c>
     </row>
-    <row r="307" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB307" t="s">
+    <row r="308" spans="1:107">
+      <c r="DA308" t="s">
         <v>337</v>
       </c>
     </row>
-    <row r="308" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB308" t="s">
+    <row r="309" spans="1:107">
+      <c r="DA309" t="s">
         <v>338</v>
       </c>
     </row>
-    <row r="309" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB309" t="s">
+    <row r="310" spans="1:107">
+      <c r="DA310" t="s">
         <v>339</v>
       </c>
     </row>
-    <row r="310" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB310" t="s">
+    <row r="311" spans="1:107">
+      <c r="DA311" t="s">
         <v>340</v>
       </c>
     </row>
-    <row r="311" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB311" t="s">
+    <row r="312" spans="1:107">
+      <c r="DA312" t="s">
         <v>341</v>
       </c>
     </row>
-    <row r="312" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB312" t="s">
+    <row r="313" spans="1:107">
+      <c r="DA313" t="s">
         <v>342</v>
       </c>
     </row>
-    <row r="313" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB313" t="s">
+    <row r="314" spans="1:107">
+      <c r="DA314" t="s">
         <v>343</v>
       </c>
     </row>
-    <row r="314" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB314" t="s">
+    <row r="315" spans="1:107">
+      <c r="DA315" t="s">
         <v>344</v>
       </c>
     </row>
-    <row r="315" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB315" t="s">
+    <row r="316" spans="1:107">
+      <c r="DA316" t="s">
         <v>345</v>
       </c>
     </row>
-    <row r="316" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB316" t="s">
+    <row r="317" spans="1:107">
+      <c r="DA317" t="s">
         <v>346</v>
       </c>
     </row>
-    <row r="317" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB317" t="s">
+    <row r="318" spans="1:107">
+      <c r="DA318" t="s">
         <v>347</v>
       </c>
     </row>
-    <row r="318" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB318" t="s">
+    <row r="319" spans="1:107">
+      <c r="DA319" t="s">
         <v>348</v>
       </c>
     </row>
-    <row r="319" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB319" t="s">
+    <row r="320" spans="1:107">
+      <c r="DA320" t="s">
         <v>349</v>
       </c>
     </row>
-    <row r="320" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB320" t="s">
+    <row r="321" spans="1:107">
+      <c r="DA321" t="s">
         <v>350</v>
       </c>
     </row>
-    <row r="321" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB321" t="s">
+    <row r="322" spans="1:107">
+      <c r="DA322" t="s">
         <v>351</v>
       </c>
     </row>
-    <row r="322" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB322" t="s">
+    <row r="323" spans="1:107">
+      <c r="DA323" t="s">
         <v>352</v>
       </c>
     </row>
-    <row r="323" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB323" t="s">
+    <row r="324" spans="1:107">
+      <c r="DA324" t="s">
         <v>353</v>
       </c>
     </row>
-    <row r="324" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB324" t="s">
+    <row r="325" spans="1:107">
+      <c r="DA325" t="s">
         <v>354</v>
       </c>
     </row>
-    <row r="325" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB325" t="s">
+    <row r="326" spans="1:107">
+      <c r="DA326" t="s">
         <v>355</v>
       </c>
     </row>
-    <row r="326" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB326" t="s">
+    <row r="327" spans="1:107">
+      <c r="DA327" t="s">
         <v>356</v>
       </c>
     </row>
-    <row r="327" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB327" t="s">
+    <row r="328" spans="1:107">
+      <c r="DA328" t="s">
         <v>357</v>
       </c>
     </row>
-    <row r="328" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB328" t="s">
+    <row r="329" spans="1:107">
+      <c r="DA329" t="s">
         <v>358</v>
       </c>
     </row>
-    <row r="329" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB329" t="s">
+    <row r="330" spans="1:107">
+      <c r="DA330" t="s">
         <v>359</v>
       </c>
     </row>
-    <row r="330" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB330" t="s">
+    <row r="331" spans="1:107">
+      <c r="DA331" t="s">
         <v>360</v>
       </c>
     </row>
-    <row r="331" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB331" t="s">
+    <row r="332" spans="1:107">
+      <c r="DA332" t="s">
         <v>361</v>
       </c>
     </row>
-    <row r="332" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB332" t="s">
+    <row r="333" spans="1:107">
+      <c r="DA333" t="s">
         <v>362</v>
       </c>
     </row>
-    <row r="333" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB333" t="s">
+    <row r="334" spans="1:107">
+      <c r="DA334" t="s">
         <v>363</v>
       </c>
     </row>
-    <row r="334" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB334" t="s">
+    <row r="335" spans="1:107">
+      <c r="DA335" t="s">
         <v>364</v>
       </c>
     </row>
-    <row r="335" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB335" t="s">
+    <row r="336" spans="1:107">
+      <c r="DA336" t="s">
         <v>365</v>
       </c>
     </row>
-    <row r="336" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB336" t="s">
+    <row r="337" spans="1:107">
+      <c r="DA337" t="s">
         <v>366</v>
       </c>
     </row>
-    <row r="337" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB337" t="s">
+    <row r="338" spans="1:107">
+      <c r="DA338" t="s">
         <v>367</v>
       </c>
     </row>
-    <row r="338" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB338" t="s">
+    <row r="339" spans="1:107">
+      <c r="DA339" t="s">
         <v>368</v>
       </c>
     </row>
-    <row r="339" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB339" t="s">
+    <row r="340" spans="1:107">
+      <c r="DA340" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="340" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB340" t="s">
+    <row r="341" spans="1:107">
+      <c r="DA341" t="s">
         <v>370</v>
       </c>
     </row>
-    <row r="341" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB341" t="s">
+    <row r="342" spans="1:107">
+      <c r="DA342" t="s">
         <v>371</v>
       </c>
     </row>
-    <row r="342" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB342" t="s">
+    <row r="343" spans="1:107">
+      <c r="DA343" t="s">
         <v>372</v>
       </c>
     </row>
-    <row r="343" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB343" t="s">
+    <row r="344" spans="1:107">
+      <c r="DA344" t="s">
         <v>373</v>
       </c>
     </row>
-    <row r="344" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB344" t="s">
+    <row r="345" spans="1:107">
+      <c r="DA345" t="s">
         <v>374</v>
       </c>
     </row>
-    <row r="345" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB345" t="s">
+    <row r="346" spans="1:107">
+      <c r="DA346" t="s">
         <v>375</v>
       </c>
     </row>
-    <row r="346" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB346" t="s">
+    <row r="347" spans="1:107">
+      <c r="DA347" t="s">
         <v>376</v>
       </c>
     </row>
-    <row r="347" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB347" t="s">
+    <row r="348" spans="1:107">
+      <c r="DA348" t="s">
         <v>377</v>
       </c>
     </row>
-    <row r="348" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB348" t="s">
+    <row r="349" spans="1:107">
+      <c r="DA349" t="s">
         <v>378</v>
       </c>
     </row>
-    <row r="349" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB349" t="s">
+    <row r="350" spans="1:107">
+      <c r="DA350" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="350" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB350" t="s">
+    <row r="351" spans="1:107">
+      <c r="DA351" t="s">
         <v>380</v>
       </c>
     </row>
-    <row r="351" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB351" t="s">
+    <row r="352" spans="1:107">
+      <c r="DA352" t="s">
         <v>381</v>
       </c>
     </row>
-    <row r="352" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB352" t="s">
+    <row r="353" spans="1:107">
+      <c r="DA353" t="s">
         <v>382</v>
       </c>
     </row>
-    <row r="353" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB353" t="s">
+    <row r="354" spans="1:107">
+      <c r="DA354" t="s">
         <v>383</v>
       </c>
     </row>
-    <row r="354" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB354" t="s">
+    <row r="355" spans="1:107">
+      <c r="DA355" t="s">
         <v>384</v>
       </c>
     </row>
-    <row r="355" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB355" t="s">
+    <row r="356" spans="1:107">
+      <c r="DA356" t="s">
         <v>385</v>
       </c>
     </row>
-    <row r="356" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB356" t="s">
+    <row r="357" spans="1:107">
+      <c r="DA357" t="s">
         <v>386</v>
       </c>
     </row>
-    <row r="357" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB357" t="s">
+    <row r="358" spans="1:107">
+      <c r="DA358" t="s">
         <v>387</v>
       </c>
     </row>
-    <row r="358" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB358" t="s">
+    <row r="359" spans="1:107">
+      <c r="DA359" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="359" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB359" t="s">
+    <row r="360" spans="1:107">
+      <c r="DA360" t="s">
         <v>389</v>
       </c>
     </row>
-    <row r="360" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB360" t="s">
+    <row r="361" spans="1:107">
+      <c r="DA361" t="s">
         <v>390</v>
       </c>
     </row>
-    <row r="361" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB361" t="s">
+    <row r="362" spans="1:107">
+      <c r="DA362" t="s">
         <v>391</v>
       </c>
     </row>
-    <row r="362" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB362" t="s">
+    <row r="363" spans="1:107">
+      <c r="DA363" t="s">
         <v>392</v>
       </c>
     </row>
-    <row r="363" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB363" t="s">
+    <row r="364" spans="1:107">
+      <c r="DA364" t="s">
         <v>393</v>
       </c>
     </row>
-    <row r="364" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB364" t="s">
+    <row r="365" spans="1:107">
+      <c r="DA365" t="s">
         <v>394</v>
       </c>
     </row>
-    <row r="365" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB365" t="s">
+    <row r="366" spans="1:107">
+      <c r="DA366" t="s">
         <v>395</v>
       </c>
     </row>
-    <row r="366" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB366" t="s">
+    <row r="367" spans="1:107">
+      <c r="DA367" t="s">
         <v>396</v>
       </c>
     </row>
-    <row r="367" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB367" t="s">
+    <row r="368" spans="1:107">
+      <c r="DA368" t="s">
         <v>397</v>
       </c>
     </row>
-    <row r="368" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB368" t="s">
+    <row r="369" spans="1:107">
+      <c r="DA369" t="s">
         <v>398</v>
       </c>
     </row>
-    <row r="369" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB369" t="s">
+    <row r="370" spans="1:107">
+      <c r="DA370" t="s">
         <v>399</v>
       </c>
     </row>
-    <row r="370" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB370" t="s">
+    <row r="371" spans="1:107">
+      <c r="DA371" t="s">
         <v>400</v>
       </c>
     </row>
-    <row r="371" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB371" t="s">
+    <row r="372" spans="1:107">
+      <c r="DA372" t="s">
         <v>401</v>
       </c>
     </row>
-    <row r="372" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB372" t="s">
+    <row r="373" spans="1:107">
+      <c r="DA373" t="s">
         <v>402</v>
       </c>
     </row>
-    <row r="373" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB373" t="s">
+    <row r="374" spans="1:107">
+      <c r="DA374" t="s">
         <v>403</v>
       </c>
     </row>
-    <row r="374" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB374" t="s">
+    <row r="375" spans="1:107">
+      <c r="DA375" t="s">
         <v>404</v>
       </c>
     </row>
-    <row r="375" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB375" t="s">
+    <row r="376" spans="1:107">
+      <c r="DA376" t="s">
         <v>405</v>
       </c>
     </row>
-    <row r="376" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB376" t="s">
+    <row r="377" spans="1:107">
+      <c r="DA377" t="s">
         <v>406</v>
       </c>
     </row>
-    <row r="377" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB377" t="s">
+    <row r="378" spans="1:107">
+      <c r="DA378" t="s">
         <v>407</v>
       </c>
     </row>
-    <row r="378" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB378" t="s">
+    <row r="379" spans="1:107">
+      <c r="DA379" t="s">
         <v>408</v>
       </c>
     </row>
-    <row r="379" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB379" t="s">
+    <row r="380" spans="1:107">
+      <c r="DA380" t="s">
         <v>409</v>
       </c>
     </row>
-    <row r="380" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB380" t="s">
+    <row r="381" spans="1:107">
+      <c r="DA381" t="s">
         <v>410</v>
       </c>
     </row>
-    <row r="381" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB381" t="s">
+    <row r="382" spans="1:107">
+      <c r="DA382" t="s">
         <v>411</v>
       </c>
     </row>
-    <row r="382" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB382" t="s">
+    <row r="383" spans="1:107">
+      <c r="DA383" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="383" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB383" t="s">
+    <row r="384" spans="1:107">
+      <c r="DA384" t="s">
         <v>413</v>
       </c>
     </row>
-    <row r="384" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB384" t="s">
+    <row r="385" spans="1:107">
+      <c r="DA385" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="385" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB385" t="s">
+    <row r="386" spans="1:107">
+      <c r="DA386" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="386" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB386" t="s">
+    <row r="387" spans="1:107">
+      <c r="DA387" t="s">
         <v>416</v>
       </c>
     </row>
-    <row r="387" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB387" t="s">
+    <row r="388" spans="1:107">
+      <c r="DA388" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="388" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB388" t="s">
+    <row r="389" spans="1:107">
+      <c r="DA389" t="s">
         <v>418</v>
       </c>
     </row>
-    <row r="389" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB389" t="s">
+    <row r="390" spans="1:107">
+      <c r="DA390" t="s">
         <v>419</v>
       </c>
     </row>
-    <row r="390" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB390" t="s">
+    <row r="391" spans="1:107">
+      <c r="DA391" t="s">
         <v>420</v>
       </c>
     </row>
-    <row r="391" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB391" t="s">
+    <row r="392" spans="1:107">
+      <c r="DA392" t="s">
         <v>421</v>
       </c>
     </row>
-    <row r="392" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB392" t="s">
+    <row r="393" spans="1:107">
+      <c r="DA393" t="s">
         <v>422</v>
       </c>
     </row>
-    <row r="393" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB393" t="s">
+    <row r="394" spans="1:107">
+      <c r="DA394" t="s">
         <v>423</v>
       </c>
     </row>
-    <row r="394" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB394" t="s">
+    <row r="395" spans="1:107">
+      <c r="DA395" t="s">
         <v>424</v>
       </c>
     </row>
-    <row r="395" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB395" t="s">
+    <row r="396" spans="1:107">
+      <c r="DA396" t="s">
         <v>425</v>
       </c>
     </row>
-    <row r="396" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB396" t="s">
+    <row r="397" spans="1:107">
+      <c r="DA397" t="s">
         <v>426</v>
       </c>
     </row>
-    <row r="397" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB397" t="s">
+    <row r="398" spans="1:107">
+      <c r="DA398" t="s">
         <v>427</v>
       </c>
     </row>
-    <row r="398" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB398" t="s">
+    <row r="399" spans="1:107">
+      <c r="DA399" t="s">
         <v>428</v>
       </c>
     </row>
-    <row r="399" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB399" t="s">
+    <row r="400" spans="1:107">
+      <c r="DA400" t="s">
         <v>429</v>
       </c>
     </row>
-    <row r="400" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB400" t="s">
+    <row r="401" spans="1:107">
+      <c r="DA401" t="s">
         <v>430</v>
       </c>
     </row>
-    <row r="401" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB401" t="s">
+    <row r="402" spans="1:107">
+      <c r="DA402" t="s">
         <v>431</v>
       </c>
     </row>
-    <row r="402" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB402" t="s">
+    <row r="403" spans="1:107">
+      <c r="DA403" t="s">
         <v>432</v>
       </c>
     </row>
-    <row r="403" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB403" t="s">
+    <row r="404" spans="1:107">
+      <c r="DA404" t="s">
         <v>433</v>
       </c>
     </row>
-    <row r="404" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB404" t="s">
+    <row r="405" spans="1:107">
+      <c r="DA405" t="s">
         <v>434</v>
       </c>
     </row>
-    <row r="405" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB405" t="s">
+    <row r="406" spans="1:107">
+      <c r="DA406" t="s">
         <v>435</v>
       </c>
     </row>
-    <row r="406" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB406" t="s">
+    <row r="407" spans="1:107">
+      <c r="DA407" t="s">
         <v>436</v>
       </c>
     </row>
-    <row r="407" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB407" t="s">
+    <row r="408" spans="1:107">
+      <c r="DA408" t="s">
         <v>437</v>
       </c>
     </row>
-    <row r="408" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB408" t="s">
+    <row r="409" spans="1:107">
+      <c r="DA409" t="s">
         <v>438</v>
       </c>
     </row>
-    <row r="409" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB409" t="s">
+    <row r="410" spans="1:107">
+      <c r="DA410" t="s">
         <v>439</v>
       </c>
     </row>
-    <row r="410" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB410" t="s">
+    <row r="411" spans="1:107">
+      <c r="DA411" t="s">
         <v>440</v>
       </c>
     </row>
-    <row r="411" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB411" t="s">
+    <row r="412" spans="1:107">
+      <c r="DA412" t="s">
         <v>441</v>
       </c>
     </row>
-    <row r="412" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB412" t="s">
+    <row r="413" spans="1:107">
+      <c r="DA413" t="s">
         <v>442</v>
       </c>
     </row>
-    <row r="413" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB413" t="s">
+    <row r="414" spans="1:107">
+      <c r="DA414" t="s">
         <v>443</v>
       </c>
     </row>
-    <row r="414" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB414" t="s">
+    <row r="415" spans="1:107">
+      <c r="DA415" t="s">
         <v>444</v>
       </c>
     </row>
-    <row r="415" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB415" t="s">
+    <row r="416" spans="1:107">
+      <c r="DA416" t="s">
         <v>445</v>
       </c>
     </row>
-    <row r="416" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB416" t="s">
+    <row r="417" spans="1:107">
+      <c r="DA417" t="s">
         <v>446</v>
       </c>
     </row>
-    <row r="417" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB417" t="s">
+    <row r="418" spans="1:107">
+      <c r="DA418" t="s">
         <v>447</v>
       </c>
     </row>
-    <row r="418" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB418" t="s">
+    <row r="419" spans="1:107">
+      <c r="DA419" t="s">
         <v>448</v>
       </c>
     </row>
-    <row r="419" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB419" t="s">
+    <row r="420" spans="1:107">
+      <c r="DA420" t="s">
         <v>449</v>
       </c>
     </row>
-    <row r="420" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB420" t="s">
+    <row r="421" spans="1:107">
+      <c r="DA421" t="s">
         <v>450</v>
       </c>
     </row>
-    <row r="421" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB421" t="s">
+    <row r="422" spans="1:107">
+      <c r="DA422" t="s">
         <v>451</v>
       </c>
     </row>
-    <row r="422" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB422" t="s">
+    <row r="423" spans="1:107">
+      <c r="DA423" t="s">
         <v>452</v>
       </c>
     </row>
-    <row r="423" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB423" t="s">
+    <row r="424" spans="1:107">
+      <c r="DA424" t="s">
         <v>453</v>
       </c>
     </row>
-    <row r="424" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB424" t="s">
+    <row r="425" spans="1:107">
+      <c r="DA425" t="s">
         <v>454</v>
       </c>
     </row>
-    <row r="425" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB425" t="s">
+    <row r="426" spans="1:107">
+      <c r="DA426" t="s">
         <v>455</v>
       </c>
     </row>
-    <row r="426" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB426" t="s">
+    <row r="427" spans="1:107">
+      <c r="DA427" t="s">
         <v>456</v>
       </c>
     </row>
-    <row r="427" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB427" t="s">
+    <row r="428" spans="1:107">
+      <c r="DA428" t="s">
         <v>457</v>
       </c>
     </row>
-    <row r="428" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB428" t="s">
+    <row r="429" spans="1:107">
+      <c r="DA429" t="s">
         <v>458</v>
       </c>
     </row>
-    <row r="429" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB429" t="s">
+    <row r="430" spans="1:107">
+      <c r="DA430" t="s">
         <v>459</v>
       </c>
     </row>
-    <row r="430" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB430" t="s">
+    <row r="431" spans="1:107">
+      <c r="DA431" t="s">
         <v>460</v>
       </c>
     </row>
-    <row r="431" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB431" t="s">
+    <row r="432" spans="1:107">
+      <c r="DA432" t="s">
         <v>461</v>
       </c>
     </row>
-    <row r="432" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB432" t="s">
+    <row r="433" spans="1:107">
+      <c r="DA433" t="s">
         <v>462</v>
       </c>
     </row>
-    <row r="433" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB433" t="s">
+    <row r="434" spans="1:107">
+      <c r="DA434" t="s">
         <v>463</v>
       </c>
     </row>
-    <row r="434" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB434" t="s">
+    <row r="435" spans="1:107">
+      <c r="DA435" t="s">
         <v>464</v>
       </c>
     </row>
-    <row r="435" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB435" t="s">
+    <row r="436" spans="1:107">
+      <c r="DA436" t="s">
         <v>465</v>
       </c>
     </row>
-    <row r="436" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB436" t="s">
+    <row r="437" spans="1:107">
+      <c r="DA437" t="s">
         <v>466</v>
       </c>
     </row>
-    <row r="437" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB437" t="s">
+    <row r="438" spans="1:107">
+      <c r="DA438" t="s">
         <v>467</v>
       </c>
     </row>
-    <row r="438" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB438" t="s">
+    <row r="439" spans="1:107">
+      <c r="DA439" t="s">
         <v>468</v>
       </c>
     </row>
-    <row r="439" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB439" t="s">
+    <row r="440" spans="1:107">
+      <c r="DA440" t="s">
         <v>469</v>
       </c>
     </row>
-    <row r="440" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB440" t="s">
+    <row r="441" spans="1:107">
+      <c r="DA441" t="s">
         <v>470</v>
       </c>
     </row>
-    <row r="441" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB441" t="s">
+    <row r="442" spans="1:107">
+      <c r="DA442" t="s">
         <v>471</v>
       </c>
     </row>
-    <row r="442" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB442" t="s">
+    <row r="443" spans="1:107">
+      <c r="DA443" t="s">
         <v>472</v>
       </c>
     </row>
-    <row r="443" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB443" t="s">
+    <row r="444" spans="1:107">
+      <c r="DA444" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="444" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB444" t="s">
+    <row r="445" spans="1:107">
+      <c r="DA445" t="s">
         <v>474</v>
       </c>
     </row>
-    <row r="445" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB445" t="s">
+    <row r="446" spans="1:107">
+      <c r="DA446" t="s">
         <v>475</v>
       </c>
     </row>
-    <row r="446" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB446" t="s">
+    <row r="447" spans="1:107">
+      <c r="DA447" t="s">
         <v>476</v>
       </c>
     </row>
-    <row r="447" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB447" t="s">
+    <row r="448" spans="1:107">
+      <c r="DA448" t="s">
         <v>477</v>
       </c>
     </row>
-    <row r="448" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB448" t="s">
+    <row r="449" spans="1:107">
+      <c r="DA449" t="s">
         <v>478</v>
       </c>
     </row>
-    <row r="449" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB449" t="s">
+    <row r="450" spans="1:107">
+      <c r="DA450" t="s">
         <v>479</v>
       </c>
     </row>
-    <row r="450" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB450" t="s">
+    <row r="451" spans="1:107">
+      <c r="DA451" t="s">
         <v>480</v>
       </c>
     </row>
-    <row r="451" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB451" t="s">
+    <row r="452" spans="1:107">
+      <c r="DA452" t="s">
         <v>481</v>
       </c>
     </row>
-    <row r="452" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB452" t="s">
+    <row r="453" spans="1:107">
+      <c r="DA453" t="s">
         <v>482</v>
       </c>
     </row>
-    <row r="453" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB453" t="s">
+    <row r="454" spans="1:107">
+      <c r="DA454" t="s">
         <v>483</v>
       </c>
     </row>
-    <row r="454" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB454" t="s">
+    <row r="455" spans="1:107">
+      <c r="DA455" t="s">
         <v>484</v>
       </c>
     </row>
-    <row r="455" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB455" t="s">
+    <row r="456" spans="1:107">
+      <c r="DA456" t="s">
         <v>485</v>
       </c>
     </row>
-    <row r="456" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB456" t="s">
+    <row r="457" spans="1:107">
+      <c r="DA457" t="s">
         <v>486</v>
       </c>
     </row>
-    <row r="457" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB457" t="s">
+    <row r="458" spans="1:107">
+      <c r="DA458" t="s">
         <v>487</v>
       </c>
     </row>
-    <row r="458" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB458" t="s">
+    <row r="459" spans="1:107">
+      <c r="DA459" t="s">
         <v>488</v>
       </c>
     </row>
-    <row r="459" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB459" t="s">
+    <row r="460" spans="1:107">
+      <c r="DA460" t="s">
         <v>489</v>
       </c>
     </row>
-    <row r="460" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB460" t="s">
+    <row r="461" spans="1:107">
+      <c r="DA461" t="s">
         <v>490</v>
       </c>
     </row>
-    <row r="461" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB461" t="s">
+    <row r="462" spans="1:107">
+      <c r="DA462" t="s">
         <v>491</v>
       </c>
     </row>
-    <row r="462" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB462" t="s">
+    <row r="463" spans="1:107">
+      <c r="DA463" t="s">
         <v>492</v>
       </c>
     </row>
-    <row r="463" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB463" t="s">
+    <row r="464" spans="1:107">
+      <c r="DA464" t="s">
         <v>493</v>
       </c>
     </row>
-    <row r="464" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB464" t="s">
+    <row r="465" spans="1:107">
+      <c r="DA465" t="s">
         <v>494</v>
       </c>
     </row>
-    <row r="465" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB465" t="s">
+    <row r="466" spans="1:107">
+      <c r="DA466" t="s">
         <v>495</v>
       </c>
     </row>
-    <row r="466" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB466" t="s">
+    <row r="467" spans="1:107">
+      <c r="DA467" t="s">
         <v>496</v>
       </c>
     </row>
-    <row r="467" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB467" t="s">
+    <row r="468" spans="1:107">
+      <c r="DA468" t="s">
         <v>497</v>
       </c>
     </row>
-    <row r="468" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB468" t="s">
+    <row r="469" spans="1:107">
+      <c r="DA469" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="469" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB469" t="s">
+    <row r="470" spans="1:107">
+      <c r="DA470" t="s">
         <v>499</v>
       </c>
     </row>
-    <row r="470" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB470" t="s">
+    <row r="471" spans="1:107">
+      <c r="DA471" t="s">
         <v>500</v>
       </c>
     </row>
-    <row r="471" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB471" t="s">
+    <row r="472" spans="1:107">
+      <c r="DA472" t="s">
         <v>501</v>
       </c>
     </row>
-    <row r="472" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB472" t="s">
+    <row r="473" spans="1:107">
+      <c r="DA473" t="s">
         <v>502</v>
       </c>
     </row>
-    <row r="473" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB473" t="s">
+    <row r="474" spans="1:107">
+      <c r="DA474" t="s">
         <v>503</v>
       </c>
     </row>
-    <row r="474" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB474" t="s">
+    <row r="475" spans="1:107">
+      <c r="DA475" t="s">
         <v>504</v>
       </c>
     </row>
-    <row r="475" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB475" t="s">
+    <row r="476" spans="1:107">
+      <c r="DA476" t="s">
         <v>505</v>
       </c>
     </row>
-    <row r="476" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB476" t="s">
+    <row r="477" spans="1:107">
+      <c r="DA477" t="s">
         <v>506</v>
       </c>
     </row>
-    <row r="477" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB477" t="s">
+    <row r="478" spans="1:107">
+      <c r="DA478" t="s">
         <v>507</v>
       </c>
     </row>
-    <row r="478" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB478" t="s">
+    <row r="479" spans="1:107">
+      <c r="DA479" t="s">
         <v>508</v>
       </c>
     </row>
-    <row r="479" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB479" t="s">
+    <row r="480" spans="1:107">
+      <c r="DA480" t="s">
         <v>509</v>
       </c>
     </row>
-    <row r="480" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB480" t="s">
+    <row r="481" spans="1:107">
+      <c r="DA481" t="s">
         <v>510</v>
       </c>
     </row>
-    <row r="481" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB481" t="s">
+    <row r="482" spans="1:107">
+      <c r="DA482" t="s">
         <v>511</v>
       </c>
     </row>
-    <row r="482" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB482" t="s">
+    <row r="483" spans="1:107">
+      <c r="DA483" t="s">
         <v>512</v>
       </c>
     </row>
-    <row r="483" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB483" t="s">
+    <row r="484" spans="1:107">
+      <c r="DA484" t="s">
         <v>513</v>
       </c>
     </row>
-    <row r="484" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB484" t="s">
+    <row r="485" spans="1:107">
+      <c r="DA485" t="s">
         <v>514</v>
       </c>
     </row>
-    <row r="485" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB485" t="s">
+    <row r="486" spans="1:107">
+      <c r="DA486" t="s">
         <v>515</v>
       </c>
     </row>
-    <row r="486" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB486" t="s">
+    <row r="487" spans="1:107">
+      <c r="DA487" t="s">
         <v>516</v>
       </c>
     </row>
-    <row r="487" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB487" t="s">
+    <row r="488" spans="1:107">
+      <c r="DA488" t="s">
         <v>517</v>
       </c>
     </row>
-    <row r="488" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB488" t="s">
+    <row r="489" spans="1:107">
+      <c r="DA489" t="s">
         <v>518</v>
       </c>
     </row>
-    <row r="489" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB489" t="s">
+    <row r="490" spans="1:107">
+      <c r="DA490" t="s">
         <v>519</v>
       </c>
     </row>
-    <row r="490" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB490" t="s">
+    <row r="491" spans="1:107">
+      <c r="DA491" t="s">
         <v>520</v>
       </c>
     </row>
-    <row r="491" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB491" t="s">
+    <row r="492" spans="1:107">
+      <c r="DA492" t="s">
         <v>521</v>
       </c>
     </row>
-    <row r="492" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB492" t="s">
+    <row r="493" spans="1:107">
+      <c r="DA493" t="s">
         <v>522</v>
       </c>
     </row>
-    <row r="493" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB493" t="s">
+    <row r="494" spans="1:107">
+      <c r="DA494" t="s">
         <v>523</v>
       </c>
     </row>
-    <row r="494" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB494" t="s">
+    <row r="495" spans="1:107">
+      <c r="DA495" t="s">
         <v>524</v>
       </c>
     </row>
-    <row r="495" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB495" t="s">
+    <row r="496" spans="1:107">
+      <c r="DA496" t="s">
         <v>525</v>
       </c>
     </row>
-    <row r="496" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB496" t="s">
+    <row r="497" spans="1:107">
+      <c r="DA497" t="s">
         <v>526</v>
       </c>
     </row>
-    <row r="497" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB497" t="s">
+    <row r="498" spans="1:107">
+      <c r="DA498" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="498" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB498" t="s">
+    <row r="499" spans="1:107">
+      <c r="DA499" t="s">
         <v>528</v>
       </c>
     </row>
-    <row r="499" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB499" t="s">
+    <row r="500" spans="1:107">
+      <c r="DA500" t="s">
         <v>529</v>
       </c>
     </row>
-    <row r="500" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB500" t="s">
+    <row r="501" spans="1:107">
+      <c r="DA501" t="s">
         <v>530</v>
       </c>
     </row>
-    <row r="501" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB501" t="s">
+    <row r="502" spans="1:107">
+      <c r="DA502" t="s">
         <v>531</v>
       </c>
     </row>
-    <row r="502" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB502" t="s">
+    <row r="503" spans="1:107">
+      <c r="DA503" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="503" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB503" t="s">
+    <row r="504" spans="1:107">
+      <c r="DA504" t="s">
         <v>533</v>
       </c>
     </row>
-    <row r="504" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB504" t="s">
+    <row r="505" spans="1:107">
+      <c r="DA505" t="s">
         <v>534</v>
       </c>
     </row>
-    <row r="505" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB505" t="s">
+    <row r="506" spans="1:107">
+      <c r="DA506" t="s">
         <v>535</v>
       </c>
     </row>
-    <row r="506" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB506" t="s">
+    <row r="507" spans="1:107">
+      <c r="DA507" t="s">
         <v>536</v>
       </c>
     </row>
-    <row r="507" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB507" t="s">
+    <row r="508" spans="1:107">
+      <c r="DA508" t="s">
         <v>537</v>
       </c>
     </row>
-    <row r="508" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB508" t="s">
+    <row r="509" spans="1:107">
+      <c r="DA509" t="s">
         <v>538</v>
       </c>
     </row>
-    <row r="509" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB509" t="s">
+    <row r="510" spans="1:107">
+      <c r="DA510" t="s">
         <v>539</v>
       </c>
     </row>
-    <row r="510" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB510" t="s">
+    <row r="511" spans="1:107">
+      <c r="DA511" t="s">
         <v>540</v>
       </c>
     </row>
-    <row r="511" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB511" t="s">
+    <row r="512" spans="1:107">
+      <c r="DA512" t="s">
         <v>541</v>
       </c>
     </row>
-    <row r="512" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB512" t="s">
+    <row r="513" spans="1:107">
+      <c r="DA513" t="s">
         <v>542</v>
       </c>
     </row>
-    <row r="513" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB513" t="s">
+    <row r="514" spans="1:107">
+      <c r="DA514" t="s">
         <v>543</v>
       </c>
     </row>
-    <row r="514" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB514" t="s">
+    <row r="515" spans="1:107">
+      <c r="DA515" t="s">
         <v>544</v>
       </c>
     </row>
-    <row r="515" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB515" t="s">
+    <row r="516" spans="1:107">
+      <c r="DA516" t="s">
         <v>545</v>
       </c>
     </row>
-    <row r="516" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB516" t="s">
+    <row r="517" spans="1:107">
+      <c r="DA517" t="s">
         <v>546</v>
       </c>
     </row>
-    <row r="517" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB517" t="s">
+    <row r="518" spans="1:107">
+      <c r="DA518" t="s">
         <v>547</v>
       </c>
     </row>
-    <row r="518" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB518" t="s">
+    <row r="519" spans="1:107">
+      <c r="DA519" t="s">
         <v>548</v>
       </c>
     </row>
-    <row r="519" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB519" t="s">
+    <row r="520" spans="1:107">
+      <c r="DA520" t="s">
         <v>549</v>
       </c>
     </row>
-    <row r="520" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB520" t="s">
+    <row r="521" spans="1:107">
+      <c r="DA521" t="s">
         <v>550</v>
       </c>
     </row>
-    <row r="521" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB521" t="s">
+    <row r="522" spans="1:107">
+      <c r="DA522" t="s">
         <v>551</v>
       </c>
     </row>
-    <row r="522" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB522" t="s">
+    <row r="523" spans="1:107">
+      <c r="DA523" t="s">
         <v>552</v>
       </c>
     </row>
-    <row r="523" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB523" t="s">
+    <row r="524" spans="1:107">
+      <c r="DA524" t="s">
         <v>553</v>
       </c>
     </row>
-    <row r="524" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB524" t="s">
+    <row r="525" spans="1:107">
+      <c r="DA525" t="s">
         <v>554</v>
       </c>
     </row>
-    <row r="525" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB525" t="s">
+    <row r="526" spans="1:107">
+      <c r="DA526" t="s">
         <v>555</v>
       </c>
     </row>
-    <row r="526" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB526" t="s">
+    <row r="527" spans="1:107">
+      <c r="DA527" t="s">
         <v>556</v>
       </c>
     </row>
-    <row r="527" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB527" t="s">
+    <row r="528" spans="1:107">
+      <c r="DA528" t="s">
         <v>557</v>
       </c>
     </row>
-    <row r="528" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB528" t="s">
+    <row r="529" spans="1:107">
+      <c r="DA529" t="s">
         <v>558</v>
       </c>
     </row>
-    <row r="529" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB529" t="s">
+    <row r="530" spans="1:107">
+      <c r="DA530" t="s">
         <v>559</v>
       </c>
     </row>
-    <row r="530" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB530" t="s">
+    <row r="531" spans="1:107">
+      <c r="DA531" t="s">
         <v>560</v>
       </c>
     </row>
-    <row r="531" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB531" t="s">
+    <row r="532" spans="1:107">
+      <c r="DA532" t="s">
         <v>561</v>
       </c>
     </row>
-    <row r="532" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB532" t="s">
+    <row r="533" spans="1:107">
+      <c r="DA533" t="s">
         <v>562</v>
       </c>
     </row>
-    <row r="533" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB533" t="s">
+    <row r="534" spans="1:107">
+      <c r="DA534" t="s">
         <v>563</v>
       </c>
     </row>
-    <row r="534" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB534" t="s">
+    <row r="535" spans="1:107">
+      <c r="DA535" t="s">
         <v>564</v>
       </c>
     </row>
-    <row r="535" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB535" t="s">
+    <row r="536" spans="1:107">
+      <c r="DA536" t="s">
         <v>565</v>
       </c>
     </row>
-    <row r="536" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB536" t="s">
+    <row r="537" spans="1:107">
+      <c r="DA537" t="s">
         <v>566</v>
       </c>
     </row>
-    <row r="537" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB537" t="s">
+    <row r="538" spans="1:107">
+      <c r="DA538" t="s">
         <v>567</v>
       </c>
     </row>
-    <row r="538" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB538" t="s">
+    <row r="539" spans="1:107">
+      <c r="DA539" t="s">
         <v>568</v>
       </c>
     </row>
-    <row r="539" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB539" t="s">
+    <row r="540" spans="1:107">
+      <c r="DA540" t="s">
         <v>569</v>
       </c>
     </row>
-    <row r="540" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB540" t="s">
+    <row r="541" spans="1:107">
+      <c r="DA541" t="s">
         <v>570</v>
       </c>
     </row>
-    <row r="541" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB541" t="s">
+    <row r="542" spans="1:107">
+      <c r="DA542" t="s">
         <v>571</v>
       </c>
     </row>
-    <row r="542" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB542" t="s">
+    <row r="543" spans="1:107">
+      <c r="DA543" t="s">
         <v>572</v>
       </c>
     </row>
-    <row r="543" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB543" t="s">
+    <row r="544" spans="1:107">
+      <c r="DA544" t="s">
         <v>573</v>
       </c>
     </row>
-    <row r="544" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB544" t="s">
+    <row r="545" spans="1:107">
+      <c r="DA545" t="s">
         <v>574</v>
       </c>
     </row>
-    <row r="545" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB545" t="s">
+    <row r="546" spans="1:107">
+      <c r="DA546" t="s">
         <v>575</v>
       </c>
     </row>
-    <row r="546" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB546" t="s">
+    <row r="547" spans="1:107">
+      <c r="DA547" t="s">
         <v>576</v>
       </c>
     </row>
-    <row r="547" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB547" t="s">
+    <row r="548" spans="1:107">
+      <c r="DA548" t="s">
         <v>577</v>
       </c>
     </row>
-    <row r="548" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB548" t="s">
+    <row r="549" spans="1:107">
+      <c r="DA549" t="s">
         <v>578</v>
       </c>
     </row>
-    <row r="549" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB549" t="s">
+    <row r="550" spans="1:107">
+      <c r="DA550" t="s">
         <v>579</v>
       </c>
     </row>
-    <row r="550" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB550" t="s">
+    <row r="551" spans="1:107">
+      <c r="DA551" t="s">
         <v>580</v>
       </c>
     </row>
-    <row r="551" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB551" t="s">
+    <row r="552" spans="1:107">
+      <c r="DA552" t="s">
         <v>581</v>
       </c>
     </row>
-    <row r="552" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB552" t="s">
+    <row r="553" spans="1:107">
+      <c r="DA553" t="s">
         <v>582</v>
       </c>
     </row>
-    <row r="553" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB553" t="s">
+    <row r="554" spans="1:107">
+      <c r="DA554" t="s">
         <v>583</v>
       </c>
     </row>
-    <row r="554" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB554" t="s">
+    <row r="555" spans="1:107">
+      <c r="DA555" t="s">
         <v>584</v>
       </c>
     </row>
-    <row r="555" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB555" t="s">
+    <row r="556" spans="1:107">
+      <c r="DA556" t="s">
         <v>585</v>
       </c>
     </row>
-    <row r="556" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB556" t="s">
+    <row r="557" spans="1:107">
+      <c r="DA557" t="s">
         <v>586</v>
       </c>
     </row>
-    <row r="557" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB557" t="s">
+    <row r="558" spans="1:107">
+      <c r="DA558" t="s">
         <v>587</v>
       </c>
     </row>
-    <row r="558" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB558" t="s">
+    <row r="559" spans="1:107">
+      <c r="DA559" t="s">
         <v>588</v>
       </c>
     </row>
-    <row r="559" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB559" t="s">
+    <row r="560" spans="1:107">
+      <c r="DA560" t="s">
         <v>589</v>
       </c>
     </row>
-    <row r="560" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB560" t="s">
+    <row r="561" spans="1:107">
+      <c r="DA561" t="s">
         <v>590</v>
       </c>
     </row>
-    <row r="561" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB561" t="s">
+    <row r="562" spans="1:107">
+      <c r="DA562" t="s">
         <v>591</v>
       </c>
     </row>
-    <row r="562" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB562" t="s">
+    <row r="563" spans="1:107">
+      <c r="DA563" t="s">
         <v>592</v>
       </c>
     </row>
-    <row r="563" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB563" t="s">
+    <row r="564" spans="1:107">
+      <c r="DA564" t="s">
         <v>593</v>
       </c>
     </row>
-    <row r="564" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB564" t="s">
+    <row r="565" spans="1:107">
+      <c r="DA565" t="s">
         <v>594</v>
       </c>
     </row>
-    <row r="565" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB565" t="s">
+    <row r="566" spans="1:107">
+      <c r="DA566" t="s">
         <v>595</v>
       </c>
     </row>
-    <row r="566" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB566" t="s">
+    <row r="567" spans="1:107">
+      <c r="DA567" t="s">
         <v>596</v>
       </c>
     </row>
-    <row r="567" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB567" t="s">
+    <row r="568" spans="1:107">
+      <c r="DA568" t="s">
         <v>597</v>
       </c>
     </row>
-    <row r="568" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB568" t="s">
+    <row r="569" spans="1:107">
+      <c r="DA569" t="s">
         <v>598</v>
       </c>
     </row>
-    <row r="569" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB569" t="s">
+    <row r="570" spans="1:107">
+      <c r="DA570" t="s">
         <v>599</v>
       </c>
     </row>
-    <row r="570" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB570" t="s">
+    <row r="571" spans="1:107">
+      <c r="DA571" t="s">
         <v>600</v>
       </c>
     </row>
-    <row r="571" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB571" t="s">
+    <row r="572" spans="1:107">
+      <c r="DA572" t="s">
         <v>601</v>
       </c>
     </row>
-    <row r="572" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB572" t="s">
+    <row r="573" spans="1:107">
+      <c r="DA573" t="s">
         <v>602</v>
       </c>
     </row>
-    <row r="573" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB573" t="s">
+    <row r="574" spans="1:107">
+      <c r="DA574" t="s">
         <v>603</v>
       </c>
     </row>
-    <row r="574" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB574" t="s">
+    <row r="575" spans="1:107">
+      <c r="DA575" t="s">
         <v>604</v>
       </c>
     </row>
-    <row r="575" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB575" t="s">
+    <row r="576" spans="1:107">
+      <c r="DA576" t="s">
         <v>605</v>
       </c>
     </row>
-    <row r="576" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB576" t="s">
+    <row r="577" spans="1:107">
+      <c r="DA577" t="s">
         <v>606</v>
       </c>
     </row>
-    <row r="577" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB577" t="s">
+    <row r="578" spans="1:107">
+      <c r="DA578" t="s">
         <v>607</v>
       </c>
     </row>
-    <row r="578" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB578" t="s">
+    <row r="579" spans="1:107">
+      <c r="DA579" t="s">
         <v>608</v>
       </c>
     </row>
-    <row r="579" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB579" t="s">
+    <row r="580" spans="1:107">
+      <c r="DA580" t="s">
         <v>609</v>
       </c>
     </row>
-    <row r="580" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB580" t="s">
+    <row r="581" spans="1:107">
+      <c r="DA581" t="s">
         <v>610</v>
       </c>
     </row>
-    <row r="581" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB581" t="s">
+    <row r="582" spans="1:107">
+      <c r="DA582" t="s">
         <v>611</v>
       </c>
     </row>
-    <row r="582" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB582" t="s">
+    <row r="583" spans="1:107">
+      <c r="DA583" t="s">
         <v>612</v>
       </c>
     </row>
-    <row r="583" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB583" t="s">
+    <row r="584" spans="1:107">
+      <c r="DA584" t="s">
         <v>613</v>
       </c>
     </row>
-    <row r="584" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB584" t="s">
+    <row r="585" spans="1:107">
+      <c r="DA585" t="s">
         <v>614</v>
       </c>
     </row>
-    <row r="585" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB585" t="s">
+    <row r="586" spans="1:107">
+      <c r="DA586" t="s">
         <v>615</v>
       </c>
     </row>
-    <row r="586" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB586" t="s">
+    <row r="587" spans="1:107">
+      <c r="DA587" t="s">
         <v>616</v>
       </c>
     </row>
-    <row r="587" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB587" t="s">
+    <row r="588" spans="1:107">
+      <c r="DA588" t="s">
         <v>617</v>
       </c>
     </row>
-    <row r="588" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB588" t="s">
+    <row r="589" spans="1:107">
+      <c r="DA589" t="s">
         <v>618</v>
       </c>
     </row>
-    <row r="589" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB589" t="s">
+    <row r="590" spans="1:107">
+      <c r="DA590" t="s">
         <v>619</v>
       </c>
     </row>
-    <row r="590" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB590" t="s">
+    <row r="591" spans="1:107">
+      <c r="DA591" t="s">
         <v>620</v>
       </c>
     </row>
-    <row r="591" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB591" t="s">
+    <row r="592" spans="1:107">
+      <c r="DA592" t="s">
         <v>621</v>
       </c>
     </row>
-    <row r="592" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB592" t="s">
+    <row r="593" spans="1:107">
+      <c r="DA593" t="s">
         <v>622</v>
       </c>
     </row>
-    <row r="593" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB593" t="s">
+    <row r="594" spans="1:107">
+      <c r="DA594" t="s">
         <v>623</v>
       </c>
     </row>
-    <row r="594" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB594" t="s">
+    <row r="595" spans="1:107">
+      <c r="DA595" t="s">
         <v>624</v>
       </c>
     </row>
-    <row r="595" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB595" t="s">
+    <row r="596" spans="1:107">
+      <c r="DA596" t="s">
         <v>625</v>
       </c>
     </row>
-    <row r="596" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB596" t="s">
+    <row r="597" spans="1:107">
+      <c r="DA597" t="s">
         <v>626</v>
       </c>
     </row>
-    <row r="597" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB597" t="s">
+    <row r="598" spans="1:107">
+      <c r="DA598" t="s">
         <v>627</v>
       </c>
     </row>
-    <row r="598" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB598" t="s">
+    <row r="599" spans="1:107">
+      <c r="DA599" t="s">
         <v>628</v>
       </c>
     </row>
-    <row r="599" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB599" t="s">
+    <row r="600" spans="1:107">
+      <c r="DA600" t="s">
         <v>629</v>
       </c>
     </row>
-    <row r="600" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB600" t="s">
+    <row r="601" spans="1:107">
+      <c r="DA601" t="s">
         <v>630</v>
       </c>
     </row>
-    <row r="601" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB601" t="s">
+    <row r="602" spans="1:107">
+      <c r="DA602" t="s">
         <v>631</v>
       </c>
     </row>
-    <row r="602" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB602" t="s">
+    <row r="603" spans="1:107">
+      <c r="DA603" t="s">
         <v>632</v>
       </c>
     </row>
-    <row r="603" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB603" t="s">
+    <row r="604" spans="1:107">
+      <c r="DA604" t="s">
         <v>633</v>
       </c>
     </row>
-    <row r="604" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB604" t="s">
+    <row r="605" spans="1:107">
+      <c r="DA605" t="s">
         <v>634</v>
       </c>
     </row>
-    <row r="605" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB605" t="s">
+    <row r="606" spans="1:107">
+      <c r="DA606" t="s">
         <v>635</v>
       </c>
     </row>
-    <row r="606" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB606" t="s">
+    <row r="607" spans="1:107">
+      <c r="DA607" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="607" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB607" t="s">
+    <row r="608" spans="1:107">
+      <c r="DA608" t="s">
         <v>637</v>
       </c>
     </row>
-    <row r="608" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB608" t="s">
+    <row r="609" spans="1:107">
+      <c r="DA609" t="s">
         <v>638</v>
       </c>
     </row>
-    <row r="609" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB609" t="s">
+    <row r="610" spans="1:107">
+      <c r="DA610" t="s">
         <v>639</v>
       </c>
     </row>
-    <row r="610" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB610" t="s">
+    <row r="611" spans="1:107">
+      <c r="DA611" t="s">
         <v>640</v>
       </c>
     </row>
-    <row r="611" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB611" t="s">
+    <row r="612" spans="1:107">
+      <c r="DA612" t="s">
         <v>641</v>
       </c>
     </row>
-    <row r="612" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB612" t="s">
+    <row r="613" spans="1:107">
+      <c r="DA613" t="s">
         <v>642</v>
       </c>
     </row>
-    <row r="613" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB613" t="s">
+    <row r="614" spans="1:107">
+      <c r="DA614" t="s">
         <v>643</v>
       </c>
     </row>
-    <row r="614" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB614" t="s">
+    <row r="615" spans="1:107">
+      <c r="DA615" t="s">
         <v>644</v>
       </c>
     </row>
-    <row r="615" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB615" t="s">
+    <row r="616" spans="1:107">
+      <c r="DA616" t="s">
         <v>645</v>
       </c>
     </row>
-    <row r="616" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB616" t="s">
+    <row r="617" spans="1:107">
+      <c r="DA617" t="s">
         <v>646</v>
       </c>
     </row>
-    <row r="617" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB617" t="s">
+    <row r="618" spans="1:107">
+      <c r="DA618" t="s">
         <v>647</v>
       </c>
     </row>
-    <row r="618" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB618" t="s">
+    <row r="619" spans="1:107">
+      <c r="DA619" t="s">
         <v>648</v>
       </c>
     </row>
-    <row r="619" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB619" t="s">
+    <row r="620" spans="1:107">
+      <c r="DA620" t="s">
         <v>649</v>
       </c>
     </row>
-    <row r="620" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB620" t="s">
+    <row r="621" spans="1:107">
+      <c r="DA621" t="s">
         <v>650</v>
       </c>
     </row>
-    <row r="621" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB621" t="s">
+    <row r="622" spans="1:107">
+      <c r="DA622" t="s">
         <v>651</v>
       </c>
     </row>
-    <row r="622" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB622" t="s">
+    <row r="623" spans="1:107">
+      <c r="DA623" t="s">
         <v>652</v>
       </c>
     </row>
-    <row r="623" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB623" t="s">
+    <row r="624" spans="1:107">
+      <c r="DA624" t="s">
         <v>653</v>
       </c>
     </row>
-    <row r="624" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB624" t="s">
+    <row r="625" spans="1:107">
+      <c r="DA625" t="s">
         <v>654</v>
       </c>
     </row>
-    <row r="625" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB625" t="s">
+    <row r="626" spans="1:107">
+      <c r="DA626" t="s">
         <v>655</v>
       </c>
     </row>
-    <row r="626" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB626" t="s">
+    <row r="627" spans="1:107">
+      <c r="DA627" t="s">
         <v>656</v>
       </c>
     </row>
-    <row r="627" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB627" t="s">
+    <row r="628" spans="1:107">
+      <c r="DA628" t="s">
         <v>657</v>
       </c>
     </row>
-    <row r="628" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB628" t="s">
+    <row r="629" spans="1:107">
+      <c r="DA629" t="s">
         <v>658</v>
       </c>
     </row>
-    <row r="629" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB629" t="s">
+    <row r="630" spans="1:107">
+      <c r="DA630" t="s">
         <v>659</v>
       </c>
     </row>
-    <row r="630" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB630" t="s">
+    <row r="631" spans="1:107">
+      <c r="DA631" t="s">
         <v>660</v>
       </c>
     </row>
-    <row r="631" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB631" t="s">
+    <row r="632" spans="1:107">
+      <c r="DA632" t="s">
         <v>661</v>
       </c>
     </row>
-    <row r="632" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB632" t="s">
+    <row r="633" spans="1:107">
+      <c r="DA633" t="s">
         <v>662</v>
       </c>
     </row>
-    <row r="633" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB633" t="s">
+    <row r="634" spans="1:107">
+      <c r="DA634" t="s">
         <v>663</v>
       </c>
     </row>
-    <row r="634" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB634" t="s">
+    <row r="635" spans="1:107">
+      <c r="DA635" t="s">
         <v>664</v>
       </c>
     </row>
-    <row r="635" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB635" t="s">
+    <row r="636" spans="1:107">
+      <c r="DA636" t="s">
         <v>665</v>
       </c>
     </row>
-    <row r="636" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB636" t="s">
+    <row r="637" spans="1:107">
+      <c r="DA637" t="s">
         <v>666</v>
       </c>
     </row>
-    <row r="637" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB637" t="s">
+    <row r="638" spans="1:107">
+      <c r="DA638" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="638" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB638" t="s">
+    <row r="639" spans="1:107">
+      <c r="DA639" t="s">
         <v>668</v>
       </c>
     </row>
-    <row r="639" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB639" t="s">
+    <row r="640" spans="1:107">
+      <c r="DA640" t="s">
         <v>669</v>
       </c>
     </row>
-    <row r="640" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB640" t="s">
+    <row r="641" spans="1:107">
+      <c r="DA641" t="s">
         <v>670</v>
       </c>
     </row>
-    <row r="641" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB641" t="s">
+    <row r="642" spans="1:107">
+      <c r="DA642" t="s">
         <v>671</v>
       </c>
     </row>
-    <row r="642" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB642" t="s">
+    <row r="643" spans="1:107">
+      <c r="DA643" t="s">
         <v>672</v>
       </c>
     </row>
-    <row r="643" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB643" t="s">
+    <row r="644" spans="1:107">
+      <c r="DA644" t="s">
         <v>673</v>
       </c>
     </row>
-    <row r="644" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB644" t="s">
+    <row r="645" spans="1:107">
+      <c r="DA645" t="s">
         <v>674</v>
       </c>
     </row>
-    <row r="645" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB645" t="s">
+    <row r="646" spans="1:107">
+      <c r="DA646" t="s">
         <v>675</v>
       </c>
     </row>
-    <row r="646" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB646" t="s">
+    <row r="647" spans="1:107">
+      <c r="DA647" t="s">
         <v>676</v>
       </c>
     </row>
-    <row r="647" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB647" t="s">
+    <row r="648" spans="1:107">
+      <c r="DA648" t="s">
         <v>677</v>
       </c>
     </row>
-    <row r="648" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB648" t="s">
+    <row r="649" spans="1:107">
+      <c r="DA649" t="s">
         <v>678</v>
       </c>
     </row>
-    <row r="649" spans="1:108">
-[...1 lines deleted...]
-      <c r="DB649" t="s">
+    <row r="650" spans="1:107">
+      <c r="DA650" t="s">
         <v>679</v>
       </c>
-    </row>
-[...1054 lines deleted...]
-      <c r="D1000" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
-  <dataValidations count="7">
-[...2 lines deleted...]
-    </dataValidation>
+  <dataValidations count="6">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
-      <formula1>'Worksheet'!$DB$1:$DB$650</formula1>
+      <formula1>'Worksheet'!$DA$1:$DA$650</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="G5:G1000">
-      <formula1>'Worksheet'!$DC$1:$DC$3</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="H5:H1000">
-      <formula1>'Worksheet'!$DD$1:$DD$4</formula1>
+      <formula1>'Worksheet'!$DC$1:$DC$4</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="I5:I1000">
-      <formula1>'Worksheet'!$DD$1:$DD$4</formula1>
+      <formula1>'Worksheet'!$DC$1:$DC$4</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="J5:J1000">
-      <formula1>'Worksheet'!$DD$1:$DD$4</formula1>
+      <formula1>'Worksheet'!$DC$1:$DC$4</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="K5:K1000">
-      <formula1>'Worksheet'!$DD$1:$DD$4</formula1>
+      <formula1>'Worksheet'!$DC$1:$DC$4</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>