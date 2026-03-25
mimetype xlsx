--- v0 (2026-02-02)
+++ v1 (2026-03-25)
@@ -9,62 +9,59 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
-    <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
-[...2 lines deleted...]
-    <t>Male</t>
+    <t>REMARQUE : NE MODIFIEZ PAS LES DONNÉES CACHÉES DANS LA LIGNE #2 OU ELLES NE SE CHARGERONT PAS.</t>
   </si>
   <si>
     <t>Secondaire 1</t>
   </si>
   <si>
-    <t>Yes</t>
+    <t>Oui</t>
   </si>
   <si>
     <t>Benjamin</t>
   </si>
   <si>
     <t>80m</t>
   </si>
   <si>
     <t>1035720:typeValue:102</t>
   </si>
   <si>
     <t>1035720:typeValue:103</t>
   </si>
   <si>
     <t>1035720:typeValue:104</t>
   </si>
   <si>
     <t>1035720:typeValue:105</t>
   </si>
   <si>
     <t>1035720:typeValue:106</t>
   </si>
   <si>
     <t>1035720:typeValue:3:403995</t>
   </si>
@@ -80,186 +77,186 @@
   <si>
     <t>1035720:reg_event:1</t>
   </si>
   <si>
     <t>1035720:event_seed:1</t>
   </si>
   <si>
     <t>1035720:reg_event:2</t>
   </si>
   <si>
     <t>1035720:event_seed:2</t>
   </si>
   <si>
     <t>1035720:reg_event:3</t>
   </si>
   <si>
     <t>1035720:event_seed:3</t>
   </si>
   <si>
     <t>1035720:reg_event:4</t>
   </si>
   <si>
     <t>1035720:event_seed:4</t>
   </si>
   <si>
-    <t>Female</t>
-[...1 lines deleted...]
-  <si>
     <t>Secondaire 2</t>
   </si>
   <si>
-    <t>No</t>
+    <t>Non</t>
   </si>
   <si>
     <t>Cadet</t>
   </si>
   <si>
     <t>100m</t>
   </si>
   <si>
-    <t>Event Registration - Olympiades 2026</t>
+    <t>Inscription à l'événement - Olympiades 2026</t>
   </si>
   <si>
     <t>Secondaire 3</t>
   </si>
   <si>
     <t>Juvénile</t>
   </si>
   <si>
     <t>150m</t>
   </si>
   <si>
-    <t>First Name</t>
+    <t>Prénom</t>
   </si>
   <si>
-    <t>Last Name</t>
+    <t>Nom</t>
   </si>
   <si>
-    <t>Gender</t>
+    <t>Sexe</t>
   </si>
   <si>
-    <t>Date of Birth (YYYY-MM-DD)</t>
+    <t>Date de naissance (YYYY-MM-DD)</t>
   </si>
   <si>
-    <t>Team</t>
+    <t>Équipe</t>
   </si>
   <si>
     <t>Quel est ton niveau scolaire?</t>
   </si>
   <si>
-    <t>Individual Email</t>
+    <t>Adresse e-mail</t>
   </si>
   <si>
-    <t>Email Opt In</t>
+    <t>Choisissez l'option de recevoir des courriels</t>
   </si>
   <si>
     <t>Catégorie</t>
   </si>
   <si>
-    <t>Event #1</t>
+    <t>Épreuve #1</t>
   </si>
   <si>
-    <t>Seed-Mark #1</t>
+    <t>Rang de rendement #1</t>
   </si>
   <si>
-    <t>Event #2</t>
+    <t>Épreuve #2</t>
   </si>
   <si>
-    <t>Seed-Mark #2</t>
+    <t>Rang de rendement #2</t>
   </si>
   <si>
-    <t>Event #3</t>
+    <t>Épreuve #3</t>
   </si>
   <si>
-    <t>Seed-Mark #3</t>
+    <t>Rang de rendement #3</t>
   </si>
   <si>
-    <t>Event #4</t>
+    <t>Épreuve #4</t>
   </si>
   <si>
-    <t>Seed-Mark #4</t>
+    <t>Rang de rendement #4</t>
   </si>
   <si>
     <t>Secondaire 4</t>
   </si>
   <si>
     <t>200m</t>
+  </si>
+  <si>
+    <t>Yes</t>
   </si>
   <si>
     <t>Secondaire 5</t>
   </si>
   <si>
     <t>400m</t>
   </si>
   <si>
     <t>Accueil</t>
   </si>
   <si>
     <t>800m</t>
   </si>
   <si>
     <t>1200m</t>
   </si>
   <si>
     <t>PEP</t>
   </si>
   <si>
     <t>1500m</t>
   </si>
   <si>
     <t>Phénix</t>
   </si>
   <si>
     <t>2000m</t>
   </si>
   <si>
     <t>Florès</t>
   </si>
   <si>
     <t>3000m</t>
   </si>
   <si>
     <t>Octathlon</t>
   </si>
   <si>
-    <t>Long Jump</t>
+    <t>Saut en longueur</t>
   </si>
   <si>
-    <t>Triple Jump</t>
+    <t>Triple saut</t>
   </si>
   <si>
-    <t>High Jump</t>
+    <t>Saut en hauteur</t>
   </si>
   <si>
-    <t>Shot Put</t>
+    <t>Lancer du poids</t>
   </si>
   <si>
-    <t>Discus Throw</t>
+    <t>Lancer du disque</t>
   </si>
   <si>
-    <t>Javelin Throw</t>
+    <t>Lancer du javelot</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
@@ -600,173 +597,166 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:DE1000"/>
+  <dimension ref="A1:DD1000"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" bestFit="true" customWidth="true" style="0"/>
-    <col min="105" max="105" width="8" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="36" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="35" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="15" bestFit="true" customWidth="true" style="0"/>
+    <col min="105" max="105" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="28" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="108" max="108" width="10" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="54" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="4" bestFit="true" customWidth="true" style="0"/>
+    <col min="107" max="107" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" bestFit="true" customWidth="true" style="0"/>
-    <col min="109" max="109" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="108" max="108" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:109" hidden="true" outlineLevel="1">
+    <row r="1" spans="1:108" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
       <c r="DB1" t="s">
         <v>2</v>
       </c>
       <c r="DC1" t="s">
         <v>3</v>
       </c>
       <c r="DD1" t="s">
         <v>4</v>
       </c>
-      <c r="DE1" t="s">
+    </row>
+    <row r="2" spans="1:108" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2" t="s">
         <v>5</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>6</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>7</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>8</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>9</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>10</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>11</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>12</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>13</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>14</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>15</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>16</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>17</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>18</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>19</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>20</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>21</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="DA2" t="s">
         <v>22</v>
       </c>
-      <c r="DA2" t="s">
+      <c r="DB2" t="s">
         <v>23</v>
       </c>
-      <c r="DB2" t="s">
+      <c r="DC2" t="s">
         <v>24</v>
       </c>
-      <c r="DC2" t="s">
+      <c r="DD2" t="s">
         <v>25</v>
       </c>
-      <c r="DD2" t="s">
+    </row>
+    <row r="3" spans="1:108">
+      <c r="A3" s="3" t="s">
         <v>26</v>
-      </c>
-[...6 lines deleted...]
-        <v>28</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -827,111 +817,111 @@
       <c r="CB3" s="3"/>
       <c r="CC3" s="3"/>
       <c r="CD3" s="3"/>
       <c r="CE3" s="3"/>
       <c r="CF3" s="3"/>
       <c r="CG3" s="3"/>
       <c r="CH3" s="3"/>
       <c r="CI3" s="3"/>
       <c r="CJ3" s="3"/>
       <c r="CK3" s="3"/>
       <c r="CL3" s="3"/>
       <c r="CM3" s="3"/>
       <c r="CN3" s="3"/>
       <c r="CO3" s="3"/>
       <c r="CP3" s="3"/>
       <c r="CQ3" s="3"/>
       <c r="CR3" s="3"/>
       <c r="CS3" s="3"/>
       <c r="CT3" s="3"/>
       <c r="CU3" s="3"/>
       <c r="CV3" s="3"/>
       <c r="CW3" s="3"/>
       <c r="CX3" s="3"/>
       <c r="CY3" s="3"/>
       <c r="CZ3" s="3"/>
-      <c r="DB3" t="s">
+      <c r="DA3" t="s">
+        <v>27</v>
+      </c>
+      <c r="DC3" t="s">
+        <v>28</v>
+      </c>
+      <c r="DD3" t="s">
         <v>29</v>
       </c>
-      <c r="DD3" t="s">
+    </row>
+    <row r="4" spans="1:108">
+      <c r="A4" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="DE3" t="s">
+      <c r="B4" s="4" t="s">
         <v>31</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="4" t="s">
+      <c r="C4" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="D4" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="E4" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="F4" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="E4" s="4" t="s">
+      <c r="G4" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="F4" s="4" t="s">
+      <c r="H4" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="G4" s="4" t="s">
+      <c r="I4" s="4" t="s">
         <v>38</v>
       </c>
-      <c r="H4" s="4" t="s">
+      <c r="J4" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="I4" s="4" t="s">
+      <c r="K4" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="J4" s="4" t="s">
+      <c r="L4" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="K4" s="4" t="s">
+      <c r="M4" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="L4" s="4" t="s">
+      <c r="N4" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="M4" s="4" t="s">
+      <c r="O4" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="N4" s="4" t="s">
+      <c r="P4" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="O4" s="4" t="s">
+      <c r="Q4" s="4" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="R4" s="4"/>
       <c r="S4" s="4"/>
       <c r="T4" s="4"/>
       <c r="U4" s="4"/>
       <c r="V4" s="4"/>
       <c r="W4" s="4"/>
       <c r="X4" s="4"/>
       <c r="Y4" s="4"/>
       <c r="Z4" s="4"/>
       <c r="AA4" s="4"/>
       <c r="AB4" s="4"/>
       <c r="AC4" s="4"/>
       <c r="AD4" s="4"/>
       <c r="AE4" s="4"/>
       <c r="AF4" s="4"/>
       <c r="AG4" s="4"/>
       <c r="AH4" s="4"/>
       <c r="AI4" s="4"/>
       <c r="AJ4" s="4"/>
       <c r="AK4" s="4"/>
       <c r="AL4" s="4"/>
       <c r="AM4" s="4"/>
       <c r="AN4" s="4"/>
       <c r="AO4" s="4"/>
@@ -976,10109 +966,9109 @@
       <c r="CB4" s="4"/>
       <c r="CC4" s="4"/>
       <c r="CD4" s="4"/>
       <c r="CE4" s="4"/>
       <c r="CF4" s="4"/>
       <c r="CG4" s="4"/>
       <c r="CH4" s="4"/>
       <c r="CI4" s="4"/>
       <c r="CJ4" s="4"/>
       <c r="CK4" s="4"/>
       <c r="CL4" s="4"/>
       <c r="CM4" s="4"/>
       <c r="CN4" s="4"/>
       <c r="CO4" s="4"/>
       <c r="CP4" s="4"/>
       <c r="CQ4" s="4"/>
       <c r="CR4" s="4"/>
       <c r="CS4" s="4"/>
       <c r="CT4" s="4"/>
       <c r="CU4" s="4"/>
       <c r="CV4" s="4"/>
       <c r="CW4" s="4"/>
       <c r="CX4" s="4"/>
       <c r="CY4" s="4"/>
       <c r="CZ4" s="4"/>
-      <c r="DB4" t="s">
-[...8 lines deleted...]
-      <c r="D5" s="2"/>
+      <c r="DA4" t="s">
+        <v>47</v>
+      </c>
+      <c r="DD4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:108">
       <c r="F5"/>
       <c r="H5" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5" s="2"/>
       <c r="L5"/>
       <c r="M5" s="2"/>
       <c r="N5"/>
       <c r="O5" s="2"/>
       <c r="P5"/>
       <c r="Q5" s="2"/>
-      <c r="DB5" t="s">
+      <c r="DA5" t="s">
+        <v>50</v>
+      </c>
+      <c r="DD5" t="s">
         <v>51</v>
       </c>
-      <c r="DE5" t="s">
-[...4 lines deleted...]
-      <c r="D6" s="2"/>
+    </row>
+    <row r="6" spans="1:108">
       <c r="H6" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K6" s="2"/>
       <c r="M6" s="2"/>
       <c r="O6" s="2"/>
       <c r="Q6" s="2"/>
-      <c r="DB6" t="s">
+      <c r="DA6" t="s">
+        <v>52</v>
+      </c>
+      <c r="DD6" t="s">
         <v>53</v>
       </c>
-      <c r="DE6" t="s">
-[...4 lines deleted...]
-      <c r="D7" s="2"/>
+    </row>
+    <row r="7" spans="1:108">
       <c r="H7" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K7" s="2"/>
       <c r="M7" s="2"/>
       <c r="O7" s="2"/>
       <c r="Q7" s="2"/>
-      <c r="DB7"/>
-[...5 lines deleted...]
-      <c r="D8" s="2"/>
+      <c r="DA7"/>
+      <c r="DD7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="8" spans="1:108">
       <c r="H8" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K8" s="2"/>
       <c r="M8" s="2"/>
       <c r="O8" s="2"/>
       <c r="Q8" s="2"/>
-      <c r="DB8" t="s">
+      <c r="DA8" t="s">
+        <v>55</v>
+      </c>
+      <c r="DD8" t="s">
         <v>56</v>
       </c>
-      <c r="DE8" t="s">
-[...4 lines deleted...]
-      <c r="D9" s="2"/>
+    </row>
+    <row r="9" spans="1:108">
       <c r="H9" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K9" s="2"/>
       <c r="M9" s="2"/>
       <c r="O9" s="2"/>
       <c r="Q9" s="2"/>
-      <c r="DB9" t="s">
+      <c r="DA9" t="s">
+        <v>57</v>
+      </c>
+      <c r="DD9" t="s">
         <v>58</v>
       </c>
-      <c r="DE9" t="s">
-[...4 lines deleted...]
-      <c r="D10" s="2"/>
+    </row>
+    <row r="10" spans="1:108">
       <c r="H10" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K10" s="2"/>
       <c r="M10" s="2"/>
       <c r="O10" s="2"/>
       <c r="Q10" s="2"/>
-      <c r="DB10" t="s">
+      <c r="DA10" t="s">
+        <v>59</v>
+      </c>
+      <c r="DD10" t="s">
         <v>60</v>
       </c>
-      <c r="DE10" t="s">
-[...4 lines deleted...]
-      <c r="D11" s="2"/>
+    </row>
+    <row r="11" spans="1:108">
       <c r="H11" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K11" s="2"/>
       <c r="M11" s="2"/>
       <c r="O11" s="2"/>
       <c r="Q11" s="2"/>
-      <c r="DE11" t="s">
-[...4 lines deleted...]
-      <c r="D12" s="2"/>
+      <c r="DD11" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="12" spans="1:108">
       <c r="H12" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K12" s="2"/>
       <c r="M12" s="2"/>
       <c r="O12" s="2"/>
       <c r="Q12" s="2"/>
-      <c r="DE12" t="s">
-[...4 lines deleted...]
-      <c r="D13" s="2"/>
+      <c r="DD12" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="13" spans="1:108">
       <c r="H13" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K13" s="2"/>
       <c r="M13" s="2"/>
       <c r="O13" s="2"/>
       <c r="Q13" s="2"/>
-      <c r="DE13" t="s">
-[...4 lines deleted...]
-      <c r="D14" s="2"/>
+      <c r="DD13" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="14" spans="1:108">
       <c r="H14" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K14" s="2"/>
       <c r="M14" s="2"/>
       <c r="O14" s="2"/>
       <c r="Q14" s="2"/>
-      <c r="DE14" t="s">
-[...4 lines deleted...]
-      <c r="D15" s="2"/>
+      <c r="DD14" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15" spans="1:108">
       <c r="H15" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K15" s="2"/>
       <c r="M15" s="2"/>
       <c r="O15" s="2"/>
       <c r="Q15" s="2"/>
-      <c r="DE15" t="s">
-[...4 lines deleted...]
-      <c r="D16" s="2"/>
+      <c r="DD15" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="16" spans="1:108">
       <c r="H16" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K16" s="2"/>
       <c r="M16" s="2"/>
       <c r="O16" s="2"/>
       <c r="Q16" s="2"/>
-      <c r="DE16" t="s">
-[...4 lines deleted...]
-      <c r="D17" s="2"/>
+      <c r="DD16" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="17" spans="1:108">
       <c r="H17" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K17" s="2"/>
       <c r="M17" s="2"/>
       <c r="O17" s="2"/>
       <c r="Q17" s="2"/>
-      <c r="DE17" t="s">
-[...4 lines deleted...]
-      <c r="D18" s="2"/>
+      <c r="DD17" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="18" spans="1:108">
       <c r="H18" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K18" s="2"/>
       <c r="M18" s="2"/>
       <c r="O18" s="2"/>
       <c r="Q18" s="2"/>
     </row>
-    <row r="19" spans="1:109">
-      <c r="D19" s="2"/>
+    <row r="19" spans="1:108">
       <c r="H19" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K19" s="2"/>
       <c r="M19" s="2"/>
       <c r="O19" s="2"/>
       <c r="Q19" s="2"/>
     </row>
-    <row r="20" spans="1:109">
-      <c r="D20" s="2"/>
+    <row r="20" spans="1:108">
       <c r="H20" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K20" s="2"/>
       <c r="M20" s="2"/>
       <c r="O20" s="2"/>
       <c r="Q20" s="2"/>
     </row>
-    <row r="21" spans="1:109">
-      <c r="D21" s="2"/>
+    <row r="21" spans="1:108">
       <c r="H21" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K21" s="2"/>
       <c r="M21" s="2"/>
       <c r="O21" s="2"/>
       <c r="Q21" s="2"/>
     </row>
-    <row r="22" spans="1:109">
-      <c r="D22" s="2"/>
+    <row r="22" spans="1:108">
       <c r="H22" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K22" s="2"/>
       <c r="M22" s="2"/>
       <c r="O22" s="2"/>
       <c r="Q22" s="2"/>
     </row>
-    <row r="23" spans="1:109">
-      <c r="D23" s="2"/>
+    <row r="23" spans="1:108">
       <c r="H23" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K23" s="2"/>
       <c r="M23" s="2"/>
       <c r="O23" s="2"/>
       <c r="Q23" s="2"/>
     </row>
-    <row r="24" spans="1:109">
-      <c r="D24" s="2"/>
+    <row r="24" spans="1:108">
       <c r="H24" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K24" s="2"/>
       <c r="M24" s="2"/>
       <c r="O24" s="2"/>
       <c r="Q24" s="2"/>
     </row>
-    <row r="25" spans="1:109">
-      <c r="D25" s="2"/>
+    <row r="25" spans="1:108">
       <c r="H25" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K25" s="2"/>
       <c r="M25" s="2"/>
       <c r="O25" s="2"/>
       <c r="Q25" s="2"/>
     </row>
-    <row r="26" spans="1:109">
-      <c r="D26" s="2"/>
+    <row r="26" spans="1:108">
       <c r="H26" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K26" s="2"/>
       <c r="M26" s="2"/>
       <c r="O26" s="2"/>
       <c r="Q26" s="2"/>
     </row>
-    <row r="27" spans="1:109">
-      <c r="D27" s="2"/>
+    <row r="27" spans="1:108">
       <c r="H27" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K27" s="2"/>
       <c r="M27" s="2"/>
       <c r="O27" s="2"/>
       <c r="Q27" s="2"/>
     </row>
-    <row r="28" spans="1:109">
-      <c r="D28" s="2"/>
+    <row r="28" spans="1:108">
       <c r="H28" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K28" s="2"/>
       <c r="M28" s="2"/>
       <c r="O28" s="2"/>
       <c r="Q28" s="2"/>
     </row>
-    <row r="29" spans="1:109">
-      <c r="D29" s="2"/>
+    <row r="29" spans="1:108">
       <c r="H29" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K29" s="2"/>
       <c r="M29" s="2"/>
       <c r="O29" s="2"/>
       <c r="Q29" s="2"/>
     </row>
-    <row r="30" spans="1:109">
-      <c r="D30" s="2"/>
+    <row r="30" spans="1:108">
       <c r="H30" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K30" s="2"/>
       <c r="M30" s="2"/>
       <c r="O30" s="2"/>
       <c r="Q30" s="2"/>
     </row>
-    <row r="31" spans="1:109">
-      <c r="D31" s="2"/>
+    <row r="31" spans="1:108">
       <c r="H31" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K31" s="2"/>
       <c r="M31" s="2"/>
       <c r="O31" s="2"/>
       <c r="Q31" s="2"/>
     </row>
-    <row r="32" spans="1:109">
-      <c r="D32" s="2"/>
+    <row r="32" spans="1:108">
       <c r="H32" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K32" s="2"/>
       <c r="M32" s="2"/>
       <c r="O32" s="2"/>
       <c r="Q32" s="2"/>
     </row>
-    <row r="33" spans="1:109">
-      <c r="D33" s="2"/>
+    <row r="33" spans="1:108">
       <c r="H33" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K33" s="2"/>
       <c r="M33" s="2"/>
       <c r="O33" s="2"/>
       <c r="Q33" s="2"/>
     </row>
-    <row r="34" spans="1:109">
-      <c r="D34" s="2"/>
+    <row r="34" spans="1:108">
       <c r="H34" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K34" s="2"/>
       <c r="M34" s="2"/>
       <c r="O34" s="2"/>
       <c r="Q34" s="2"/>
     </row>
-    <row r="35" spans="1:109">
-      <c r="D35" s="2"/>
+    <row r="35" spans="1:108">
       <c r="H35" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K35" s="2"/>
       <c r="M35" s="2"/>
       <c r="O35" s="2"/>
       <c r="Q35" s="2"/>
     </row>
-    <row r="36" spans="1:109">
-      <c r="D36" s="2"/>
+    <row r="36" spans="1:108">
       <c r="H36" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K36" s="2"/>
       <c r="M36" s="2"/>
       <c r="O36" s="2"/>
       <c r="Q36" s="2"/>
     </row>
-    <row r="37" spans="1:109">
-      <c r="D37" s="2"/>
+    <row r="37" spans="1:108">
       <c r="H37" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K37" s="2"/>
       <c r="M37" s="2"/>
       <c r="O37" s="2"/>
       <c r="Q37" s="2"/>
     </row>
-    <row r="38" spans="1:109">
-      <c r="D38" s="2"/>
+    <row r="38" spans="1:108">
       <c r="H38" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K38" s="2"/>
       <c r="M38" s="2"/>
       <c r="O38" s="2"/>
       <c r="Q38" s="2"/>
     </row>
-    <row r="39" spans="1:109">
-      <c r="D39" s="2"/>
+    <row r="39" spans="1:108">
       <c r="H39" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K39" s="2"/>
       <c r="M39" s="2"/>
       <c r="O39" s="2"/>
       <c r="Q39" s="2"/>
     </row>
-    <row r="40" spans="1:109">
-      <c r="D40" s="2"/>
+    <row r="40" spans="1:108">
       <c r="H40" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K40" s="2"/>
       <c r="M40" s="2"/>
       <c r="O40" s="2"/>
       <c r="Q40" s="2"/>
     </row>
-    <row r="41" spans="1:109">
-      <c r="D41" s="2"/>
+    <row r="41" spans="1:108">
       <c r="H41" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K41" s="2"/>
       <c r="M41" s="2"/>
       <c r="O41" s="2"/>
       <c r="Q41" s="2"/>
     </row>
-    <row r="42" spans="1:109">
-      <c r="D42" s="2"/>
+    <row r="42" spans="1:108">
       <c r="H42" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K42" s="2"/>
       <c r="M42" s="2"/>
       <c r="O42" s="2"/>
       <c r="Q42" s="2"/>
     </row>
-    <row r="43" spans="1:109">
-      <c r="D43" s="2"/>
+    <row r="43" spans="1:108">
       <c r="H43" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K43" s="2"/>
       <c r="M43" s="2"/>
       <c r="O43" s="2"/>
       <c r="Q43" s="2"/>
     </row>
-    <row r="44" spans="1:109">
-      <c r="D44" s="2"/>
+    <row r="44" spans="1:108">
       <c r="H44" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K44" s="2"/>
       <c r="M44" s="2"/>
       <c r="O44" s="2"/>
       <c r="Q44" s="2"/>
     </row>
-    <row r="45" spans="1:109">
-      <c r="D45" s="2"/>
+    <row r="45" spans="1:108">
       <c r="H45" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K45" s="2"/>
       <c r="M45" s="2"/>
       <c r="O45" s="2"/>
       <c r="Q45" s="2"/>
     </row>
-    <row r="46" spans="1:109">
-      <c r="D46" s="2"/>
+    <row r="46" spans="1:108">
       <c r="H46" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K46" s="2"/>
       <c r="M46" s="2"/>
       <c r="O46" s="2"/>
       <c r="Q46" s="2"/>
     </row>
-    <row r="47" spans="1:109">
-      <c r="D47" s="2"/>
+    <row r="47" spans="1:108">
       <c r="H47" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K47" s="2"/>
       <c r="M47" s="2"/>
       <c r="O47" s="2"/>
       <c r="Q47" s="2"/>
     </row>
-    <row r="48" spans="1:109">
-      <c r="D48" s="2"/>
+    <row r="48" spans="1:108">
       <c r="H48" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K48" s="2"/>
       <c r="M48" s="2"/>
       <c r="O48" s="2"/>
       <c r="Q48" s="2"/>
     </row>
-    <row r="49" spans="1:109">
-      <c r="D49" s="2"/>
+    <row r="49" spans="1:108">
       <c r="H49" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K49" s="2"/>
       <c r="M49" s="2"/>
       <c r="O49" s="2"/>
       <c r="Q49" s="2"/>
     </row>
-    <row r="50" spans="1:109">
-      <c r="D50" s="2"/>
+    <row r="50" spans="1:108">
       <c r="H50" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K50" s="2"/>
       <c r="M50" s="2"/>
       <c r="O50" s="2"/>
       <c r="Q50" s="2"/>
     </row>
-    <row r="51" spans="1:109">
-      <c r="D51" s="2"/>
+    <row r="51" spans="1:108">
       <c r="H51" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K51" s="2"/>
       <c r="M51" s="2"/>
       <c r="O51" s="2"/>
       <c r="Q51" s="2"/>
     </row>
-    <row r="52" spans="1:109">
-      <c r="D52" s="2"/>
+    <row r="52" spans="1:108">
       <c r="H52" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K52" s="2"/>
       <c r="M52" s="2"/>
       <c r="O52" s="2"/>
       <c r="Q52" s="2"/>
     </row>
-    <row r="53" spans="1:109">
-      <c r="D53" s="2"/>
+    <row r="53" spans="1:108">
       <c r="H53" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K53" s="2"/>
       <c r="M53" s="2"/>
       <c r="O53" s="2"/>
       <c r="Q53" s="2"/>
     </row>
-    <row r="54" spans="1:109">
-      <c r="D54" s="2"/>
+    <row r="54" spans="1:108">
       <c r="H54" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K54" s="2"/>
       <c r="M54" s="2"/>
       <c r="O54" s="2"/>
       <c r="Q54" s="2"/>
     </row>
-    <row r="55" spans="1:109">
-      <c r="D55" s="2"/>
+    <row r="55" spans="1:108">
       <c r="H55" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K55" s="2"/>
       <c r="M55" s="2"/>
       <c r="O55" s="2"/>
       <c r="Q55" s="2"/>
     </row>
-    <row r="56" spans="1:109">
-      <c r="D56" s="2"/>
+    <row r="56" spans="1:108">
       <c r="H56" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K56" s="2"/>
       <c r="M56" s="2"/>
       <c r="O56" s="2"/>
       <c r="Q56" s="2"/>
     </row>
-    <row r="57" spans="1:109">
-      <c r="D57" s="2"/>
+    <row r="57" spans="1:108">
       <c r="H57" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K57" s="2"/>
       <c r="M57" s="2"/>
       <c r="O57" s="2"/>
       <c r="Q57" s="2"/>
     </row>
-    <row r="58" spans="1:109">
-      <c r="D58" s="2"/>
+    <row r="58" spans="1:108">
       <c r="H58" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K58" s="2"/>
       <c r="M58" s="2"/>
       <c r="O58" s="2"/>
       <c r="Q58" s="2"/>
     </row>
-    <row r="59" spans="1:109">
-      <c r="D59" s="2"/>
+    <row r="59" spans="1:108">
       <c r="H59" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K59" s="2"/>
       <c r="M59" s="2"/>
       <c r="O59" s="2"/>
       <c r="Q59" s="2"/>
     </row>
-    <row r="60" spans="1:109">
-      <c r="D60" s="2"/>
+    <row r="60" spans="1:108">
       <c r="H60" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K60" s="2"/>
       <c r="M60" s="2"/>
       <c r="O60" s="2"/>
       <c r="Q60" s="2"/>
     </row>
-    <row r="61" spans="1:109">
-      <c r="D61" s="2"/>
+    <row r="61" spans="1:108">
       <c r="H61" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K61" s="2"/>
       <c r="M61" s="2"/>
       <c r="O61" s="2"/>
       <c r="Q61" s="2"/>
     </row>
-    <row r="62" spans="1:109">
-      <c r="D62" s="2"/>
+    <row r="62" spans="1:108">
       <c r="H62" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K62" s="2"/>
       <c r="M62" s="2"/>
       <c r="O62" s="2"/>
       <c r="Q62" s="2"/>
     </row>
-    <row r="63" spans="1:109">
-      <c r="D63" s="2"/>
+    <row r="63" spans="1:108">
       <c r="H63" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K63" s="2"/>
       <c r="M63" s="2"/>
       <c r="O63" s="2"/>
       <c r="Q63" s="2"/>
     </row>
-    <row r="64" spans="1:109">
-      <c r="D64" s="2"/>
+    <row r="64" spans="1:108">
       <c r="H64" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K64" s="2"/>
       <c r="M64" s="2"/>
       <c r="O64" s="2"/>
       <c r="Q64" s="2"/>
     </row>
-    <row r="65" spans="1:109">
-      <c r="D65" s="2"/>
+    <row r="65" spans="1:108">
       <c r="H65" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K65" s="2"/>
       <c r="M65" s="2"/>
       <c r="O65" s="2"/>
       <c r="Q65" s="2"/>
     </row>
-    <row r="66" spans="1:109">
-      <c r="D66" s="2"/>
+    <row r="66" spans="1:108">
       <c r="H66" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K66" s="2"/>
       <c r="M66" s="2"/>
       <c r="O66" s="2"/>
       <c r="Q66" s="2"/>
     </row>
-    <row r="67" spans="1:109">
-      <c r="D67" s="2"/>
+    <row r="67" spans="1:108">
       <c r="H67" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K67" s="2"/>
       <c r="M67" s="2"/>
       <c r="O67" s="2"/>
       <c r="Q67" s="2"/>
     </row>
-    <row r="68" spans="1:109">
-      <c r="D68" s="2"/>
+    <row r="68" spans="1:108">
       <c r="H68" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K68" s="2"/>
       <c r="M68" s="2"/>
       <c r="O68" s="2"/>
       <c r="Q68" s="2"/>
     </row>
-    <row r="69" spans="1:109">
-      <c r="D69" s="2"/>
+    <row r="69" spans="1:108">
       <c r="H69" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K69" s="2"/>
       <c r="M69" s="2"/>
       <c r="O69" s="2"/>
       <c r="Q69" s="2"/>
     </row>
-    <row r="70" spans="1:109">
-      <c r="D70" s="2"/>
+    <row r="70" spans="1:108">
       <c r="H70" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K70" s="2"/>
       <c r="M70" s="2"/>
       <c r="O70" s="2"/>
       <c r="Q70" s="2"/>
     </row>
-    <row r="71" spans="1:109">
-      <c r="D71" s="2"/>
+    <row r="71" spans="1:108">
       <c r="H71" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K71" s="2"/>
       <c r="M71" s="2"/>
       <c r="O71" s="2"/>
       <c r="Q71" s="2"/>
     </row>
-    <row r="72" spans="1:109">
-      <c r="D72" s="2"/>
+    <row r="72" spans="1:108">
       <c r="H72" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K72" s="2"/>
       <c r="M72" s="2"/>
       <c r="O72" s="2"/>
       <c r="Q72" s="2"/>
     </row>
-    <row r="73" spans="1:109">
-      <c r="D73" s="2"/>
+    <row r="73" spans="1:108">
       <c r="H73" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K73" s="2"/>
       <c r="M73" s="2"/>
       <c r="O73" s="2"/>
       <c r="Q73" s="2"/>
     </row>
-    <row r="74" spans="1:109">
-      <c r="D74" s="2"/>
+    <row r="74" spans="1:108">
       <c r="H74" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K74" s="2"/>
       <c r="M74" s="2"/>
       <c r="O74" s="2"/>
       <c r="Q74" s="2"/>
     </row>
-    <row r="75" spans="1:109">
-      <c r="D75" s="2"/>
+    <row r="75" spans="1:108">
       <c r="H75" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K75" s="2"/>
       <c r="M75" s="2"/>
       <c r="O75" s="2"/>
       <c r="Q75" s="2"/>
     </row>
-    <row r="76" spans="1:109">
-      <c r="D76" s="2"/>
+    <row r="76" spans="1:108">
       <c r="H76" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K76" s="2"/>
       <c r="M76" s="2"/>
       <c r="O76" s="2"/>
       <c r="Q76" s="2"/>
     </row>
-    <row r="77" spans="1:109">
-      <c r="D77" s="2"/>
+    <row r="77" spans="1:108">
       <c r="H77" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K77" s="2"/>
       <c r="M77" s="2"/>
       <c r="O77" s="2"/>
       <c r="Q77" s="2"/>
     </row>
-    <row r="78" spans="1:109">
-      <c r="D78" s="2"/>
+    <row r="78" spans="1:108">
       <c r="H78" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K78" s="2"/>
       <c r="M78" s="2"/>
       <c r="O78" s="2"/>
       <c r="Q78" s="2"/>
     </row>
-    <row r="79" spans="1:109">
-      <c r="D79" s="2"/>
+    <row r="79" spans="1:108">
       <c r="H79" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K79" s="2"/>
       <c r="M79" s="2"/>
       <c r="O79" s="2"/>
       <c r="Q79" s="2"/>
     </row>
-    <row r="80" spans="1:109">
-      <c r="D80" s="2"/>
+    <row r="80" spans="1:108">
       <c r="H80" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K80" s="2"/>
       <c r="M80" s="2"/>
       <c r="O80" s="2"/>
       <c r="Q80" s="2"/>
     </row>
-    <row r="81" spans="1:109">
-      <c r="D81" s="2"/>
+    <row r="81" spans="1:108">
       <c r="H81" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K81" s="2"/>
       <c r="M81" s="2"/>
       <c r="O81" s="2"/>
       <c r="Q81" s="2"/>
     </row>
-    <row r="82" spans="1:109">
-      <c r="D82" s="2"/>
+    <row r="82" spans="1:108">
       <c r="H82" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K82" s="2"/>
       <c r="M82" s="2"/>
       <c r="O82" s="2"/>
       <c r="Q82" s="2"/>
     </row>
-    <row r="83" spans="1:109">
-      <c r="D83" s="2"/>
+    <row r="83" spans="1:108">
       <c r="H83" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K83" s="2"/>
       <c r="M83" s="2"/>
       <c r="O83" s="2"/>
       <c r="Q83" s="2"/>
     </row>
-    <row r="84" spans="1:109">
-      <c r="D84" s="2"/>
+    <row r="84" spans="1:108">
       <c r="H84" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K84" s="2"/>
       <c r="M84" s="2"/>
       <c r="O84" s="2"/>
       <c r="Q84" s="2"/>
     </row>
-    <row r="85" spans="1:109">
-      <c r="D85" s="2"/>
+    <row r="85" spans="1:108">
       <c r="H85" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K85" s="2"/>
       <c r="M85" s="2"/>
       <c r="O85" s="2"/>
       <c r="Q85" s="2"/>
     </row>
-    <row r="86" spans="1:109">
-      <c r="D86" s="2"/>
+    <row r="86" spans="1:108">
       <c r="H86" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K86" s="2"/>
       <c r="M86" s="2"/>
       <c r="O86" s="2"/>
       <c r="Q86" s="2"/>
     </row>
-    <row r="87" spans="1:109">
-      <c r="D87" s="2"/>
+    <row r="87" spans="1:108">
       <c r="H87" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K87" s="2"/>
       <c r="M87" s="2"/>
       <c r="O87" s="2"/>
       <c r="Q87" s="2"/>
     </row>
-    <row r="88" spans="1:109">
-      <c r="D88" s="2"/>
+    <row r="88" spans="1:108">
       <c r="H88" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K88" s="2"/>
       <c r="M88" s="2"/>
       <c r="O88" s="2"/>
       <c r="Q88" s="2"/>
     </row>
-    <row r="89" spans="1:109">
-      <c r="D89" s="2"/>
+    <row r="89" spans="1:108">
       <c r="H89" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K89" s="2"/>
       <c r="M89" s="2"/>
       <c r="O89" s="2"/>
       <c r="Q89" s="2"/>
     </row>
-    <row r="90" spans="1:109">
-      <c r="D90" s="2"/>
+    <row r="90" spans="1:108">
       <c r="H90" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K90" s="2"/>
       <c r="M90" s="2"/>
       <c r="O90" s="2"/>
       <c r="Q90" s="2"/>
     </row>
-    <row r="91" spans="1:109">
-      <c r="D91" s="2"/>
+    <row r="91" spans="1:108">
       <c r="H91" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K91" s="2"/>
       <c r="M91" s="2"/>
       <c r="O91" s="2"/>
       <c r="Q91" s="2"/>
     </row>
-    <row r="92" spans="1:109">
-      <c r="D92" s="2"/>
+    <row r="92" spans="1:108">
       <c r="H92" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K92" s="2"/>
       <c r="M92" s="2"/>
       <c r="O92" s="2"/>
       <c r="Q92" s="2"/>
     </row>
-    <row r="93" spans="1:109">
-      <c r="D93" s="2"/>
+    <row r="93" spans="1:108">
       <c r="H93" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K93" s="2"/>
       <c r="M93" s="2"/>
       <c r="O93" s="2"/>
       <c r="Q93" s="2"/>
     </row>
-    <row r="94" spans="1:109">
-      <c r="D94" s="2"/>
+    <row r="94" spans="1:108">
       <c r="H94" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K94" s="2"/>
       <c r="M94" s="2"/>
       <c r="O94" s="2"/>
       <c r="Q94" s="2"/>
     </row>
-    <row r="95" spans="1:109">
-      <c r="D95" s="2"/>
+    <row r="95" spans="1:108">
       <c r="H95" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K95" s="2"/>
       <c r="M95" s="2"/>
       <c r="O95" s="2"/>
       <c r="Q95" s="2"/>
     </row>
-    <row r="96" spans="1:109">
-      <c r="D96" s="2"/>
+    <row r="96" spans="1:108">
       <c r="H96" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K96" s="2"/>
       <c r="M96" s="2"/>
       <c r="O96" s="2"/>
       <c r="Q96" s="2"/>
     </row>
-    <row r="97" spans="1:109">
-      <c r="D97" s="2"/>
+    <row r="97" spans="1:108">
       <c r="H97" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K97" s="2"/>
       <c r="M97" s="2"/>
       <c r="O97" s="2"/>
       <c r="Q97" s="2"/>
     </row>
-    <row r="98" spans="1:109">
-      <c r="D98" s="2"/>
+    <row r="98" spans="1:108">
       <c r="H98" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K98" s="2"/>
       <c r="M98" s="2"/>
       <c r="O98" s="2"/>
       <c r="Q98" s="2"/>
     </row>
-    <row r="99" spans="1:109">
-      <c r="D99" s="2"/>
+    <row r="99" spans="1:108">
       <c r="H99" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K99" s="2"/>
       <c r="M99" s="2"/>
       <c r="O99" s="2"/>
       <c r="Q99" s="2"/>
     </row>
-    <row r="100" spans="1:109">
-      <c r="D100" s="2"/>
+    <row r="100" spans="1:108">
       <c r="H100" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K100" s="2"/>
       <c r="M100" s="2"/>
       <c r="O100" s="2"/>
       <c r="Q100" s="2"/>
     </row>
-    <row r="101" spans="1:109">
-      <c r="D101" s="2"/>
+    <row r="101" spans="1:108">
       <c r="H101" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K101" s="2"/>
       <c r="M101" s="2"/>
       <c r="O101" s="2"/>
       <c r="Q101" s="2"/>
     </row>
-    <row r="102" spans="1:109">
-      <c r="D102" s="2"/>
+    <row r="102" spans="1:108">
       <c r="H102" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K102" s="2"/>
       <c r="M102" s="2"/>
       <c r="O102" s="2"/>
       <c r="Q102" s="2"/>
     </row>
-    <row r="103" spans="1:109">
-      <c r="D103" s="2"/>
+    <row r="103" spans="1:108">
       <c r="H103" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K103" s="2"/>
       <c r="M103" s="2"/>
       <c r="O103" s="2"/>
       <c r="Q103" s="2"/>
     </row>
-    <row r="104" spans="1:109">
-      <c r="D104" s="2"/>
+    <row r="104" spans="1:108">
       <c r="H104" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K104" s="2"/>
       <c r="M104" s="2"/>
       <c r="O104" s="2"/>
       <c r="Q104" s="2"/>
     </row>
-    <row r="105" spans="1:109">
-      <c r="D105" s="2"/>
+    <row r="105" spans="1:108">
       <c r="H105" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K105" s="2"/>
       <c r="M105" s="2"/>
       <c r="O105" s="2"/>
       <c r="Q105" s="2"/>
     </row>
-    <row r="106" spans="1:109">
-      <c r="D106" s="2"/>
+    <row r="106" spans="1:108">
       <c r="H106" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K106" s="2"/>
       <c r="M106" s="2"/>
       <c r="O106" s="2"/>
       <c r="Q106" s="2"/>
     </row>
-    <row r="107" spans="1:109">
-      <c r="D107" s="2"/>
+    <row r="107" spans="1:108">
       <c r="H107" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K107" s="2"/>
       <c r="M107" s="2"/>
       <c r="O107" s="2"/>
       <c r="Q107" s="2"/>
     </row>
-    <row r="108" spans="1:109">
-      <c r="D108" s="2"/>
+    <row r="108" spans="1:108">
       <c r="H108" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K108" s="2"/>
       <c r="M108" s="2"/>
       <c r="O108" s="2"/>
       <c r="Q108" s="2"/>
     </row>
-    <row r="109" spans="1:109">
-      <c r="D109" s="2"/>
+    <row r="109" spans="1:108">
       <c r="H109" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K109" s="2"/>
       <c r="M109" s="2"/>
       <c r="O109" s="2"/>
       <c r="Q109" s="2"/>
     </row>
-    <row r="110" spans="1:109">
-      <c r="D110" s="2"/>
+    <row r="110" spans="1:108">
       <c r="H110" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K110" s="2"/>
       <c r="M110" s="2"/>
       <c r="O110" s="2"/>
       <c r="Q110" s="2"/>
     </row>
-    <row r="111" spans="1:109">
-      <c r="D111" s="2"/>
+    <row r="111" spans="1:108">
       <c r="H111" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K111" s="2"/>
       <c r="M111" s="2"/>
       <c r="O111" s="2"/>
       <c r="Q111" s="2"/>
     </row>
-    <row r="112" spans="1:109">
-      <c r="D112" s="2"/>
+    <row r="112" spans="1:108">
       <c r="H112" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K112" s="2"/>
       <c r="M112" s="2"/>
       <c r="O112" s="2"/>
       <c r="Q112" s="2"/>
     </row>
-    <row r="113" spans="1:109">
-      <c r="D113" s="2"/>
+    <row r="113" spans="1:108">
       <c r="H113" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K113" s="2"/>
       <c r="M113" s="2"/>
       <c r="O113" s="2"/>
       <c r="Q113" s="2"/>
     </row>
-    <row r="114" spans="1:109">
-      <c r="D114" s="2"/>
+    <row r="114" spans="1:108">
       <c r="H114" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K114" s="2"/>
       <c r="M114" s="2"/>
       <c r="O114" s="2"/>
       <c r="Q114" s="2"/>
     </row>
-    <row r="115" spans="1:109">
-      <c r="D115" s="2"/>
+    <row r="115" spans="1:108">
       <c r="H115" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K115" s="2"/>
       <c r="M115" s="2"/>
       <c r="O115" s="2"/>
       <c r="Q115" s="2"/>
     </row>
-    <row r="116" spans="1:109">
-      <c r="D116" s="2"/>
+    <row r="116" spans="1:108">
       <c r="H116" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K116" s="2"/>
       <c r="M116" s="2"/>
       <c r="O116" s="2"/>
       <c r="Q116" s="2"/>
     </row>
-    <row r="117" spans="1:109">
-      <c r="D117" s="2"/>
+    <row r="117" spans="1:108">
       <c r="H117" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K117" s="2"/>
       <c r="M117" s="2"/>
       <c r="O117" s="2"/>
       <c r="Q117" s="2"/>
     </row>
-    <row r="118" spans="1:109">
-      <c r="D118" s="2"/>
+    <row r="118" spans="1:108">
       <c r="H118" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K118" s="2"/>
       <c r="M118" s="2"/>
       <c r="O118" s="2"/>
       <c r="Q118" s="2"/>
     </row>
-    <row r="119" spans="1:109">
-      <c r="D119" s="2"/>
+    <row r="119" spans="1:108">
       <c r="H119" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K119" s="2"/>
       <c r="M119" s="2"/>
       <c r="O119" s="2"/>
       <c r="Q119" s="2"/>
     </row>
-    <row r="120" spans="1:109">
-      <c r="D120" s="2"/>
+    <row r="120" spans="1:108">
       <c r="H120" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K120" s="2"/>
       <c r="M120" s="2"/>
       <c r="O120" s="2"/>
       <c r="Q120" s="2"/>
     </row>
-    <row r="121" spans="1:109">
-      <c r="D121" s="2"/>
+    <row r="121" spans="1:108">
       <c r="H121" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K121" s="2"/>
       <c r="M121" s="2"/>
       <c r="O121" s="2"/>
       <c r="Q121" s="2"/>
     </row>
-    <row r="122" spans="1:109">
-      <c r="D122" s="2"/>
+    <row r="122" spans="1:108">
       <c r="H122" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K122" s="2"/>
       <c r="M122" s="2"/>
       <c r="O122" s="2"/>
       <c r="Q122" s="2"/>
     </row>
-    <row r="123" spans="1:109">
-      <c r="D123" s="2"/>
+    <row r="123" spans="1:108">
       <c r="H123" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K123" s="2"/>
       <c r="M123" s="2"/>
       <c r="O123" s="2"/>
       <c r="Q123" s="2"/>
     </row>
-    <row r="124" spans="1:109">
-      <c r="D124" s="2"/>
+    <row r="124" spans="1:108">
       <c r="H124" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K124" s="2"/>
       <c r="M124" s="2"/>
       <c r="O124" s="2"/>
       <c r="Q124" s="2"/>
     </row>
-    <row r="125" spans="1:109">
-      <c r="D125" s="2"/>
+    <row r="125" spans="1:108">
       <c r="H125" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K125" s="2"/>
       <c r="M125" s="2"/>
       <c r="O125" s="2"/>
       <c r="Q125" s="2"/>
     </row>
-    <row r="126" spans="1:109">
-      <c r="D126" s="2"/>
+    <row r="126" spans="1:108">
       <c r="H126" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K126" s="2"/>
       <c r="M126" s="2"/>
       <c r="O126" s="2"/>
       <c r="Q126" s="2"/>
     </row>
-    <row r="127" spans="1:109">
-      <c r="D127" s="2"/>
+    <row r="127" spans="1:108">
       <c r="H127" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K127" s="2"/>
       <c r="M127" s="2"/>
       <c r="O127" s="2"/>
       <c r="Q127" s="2"/>
     </row>
-    <row r="128" spans="1:109">
-      <c r="D128" s="2"/>
+    <row r="128" spans="1:108">
       <c r="H128" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K128" s="2"/>
       <c r="M128" s="2"/>
       <c r="O128" s="2"/>
       <c r="Q128" s="2"/>
     </row>
-    <row r="129" spans="1:109">
-      <c r="D129" s="2"/>
+    <row r="129" spans="1:108">
       <c r="H129" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K129" s="2"/>
       <c r="M129" s="2"/>
       <c r="O129" s="2"/>
       <c r="Q129" s="2"/>
     </row>
-    <row r="130" spans="1:109">
-      <c r="D130" s="2"/>
+    <row r="130" spans="1:108">
       <c r="H130" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K130" s="2"/>
       <c r="M130" s="2"/>
       <c r="O130" s="2"/>
       <c r="Q130" s="2"/>
     </row>
-    <row r="131" spans="1:109">
-      <c r="D131" s="2"/>
+    <row r="131" spans="1:108">
       <c r="H131" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K131" s="2"/>
       <c r="M131" s="2"/>
       <c r="O131" s="2"/>
       <c r="Q131" s="2"/>
     </row>
-    <row r="132" spans="1:109">
-      <c r="D132" s="2"/>
+    <row r="132" spans="1:108">
       <c r="H132" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K132" s="2"/>
       <c r="M132" s="2"/>
       <c r="O132" s="2"/>
       <c r="Q132" s="2"/>
     </row>
-    <row r="133" spans="1:109">
-      <c r="D133" s="2"/>
+    <row r="133" spans="1:108">
       <c r="H133" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K133" s="2"/>
       <c r="M133" s="2"/>
       <c r="O133" s="2"/>
       <c r="Q133" s="2"/>
     </row>
-    <row r="134" spans="1:109">
-      <c r="D134" s="2"/>
+    <row r="134" spans="1:108">
       <c r="H134" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K134" s="2"/>
       <c r="M134" s="2"/>
       <c r="O134" s="2"/>
       <c r="Q134" s="2"/>
     </row>
-    <row r="135" spans="1:109">
-      <c r="D135" s="2"/>
+    <row r="135" spans="1:108">
       <c r="H135" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K135" s="2"/>
       <c r="M135" s="2"/>
       <c r="O135" s="2"/>
       <c r="Q135" s="2"/>
     </row>
-    <row r="136" spans="1:109">
-      <c r="D136" s="2"/>
+    <row r="136" spans="1:108">
       <c r="H136" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K136" s="2"/>
       <c r="M136" s="2"/>
       <c r="O136" s="2"/>
       <c r="Q136" s="2"/>
     </row>
-    <row r="137" spans="1:109">
-      <c r="D137" s="2"/>
+    <row r="137" spans="1:108">
       <c r="H137" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K137" s="2"/>
       <c r="M137" s="2"/>
       <c r="O137" s="2"/>
       <c r="Q137" s="2"/>
     </row>
-    <row r="138" spans="1:109">
-      <c r="D138" s="2"/>
+    <row r="138" spans="1:108">
       <c r="H138" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K138" s="2"/>
       <c r="M138" s="2"/>
       <c r="O138" s="2"/>
       <c r="Q138" s="2"/>
     </row>
-    <row r="139" spans="1:109">
-      <c r="D139" s="2"/>
+    <row r="139" spans="1:108">
       <c r="H139" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K139" s="2"/>
       <c r="M139" s="2"/>
       <c r="O139" s="2"/>
       <c r="Q139" s="2"/>
     </row>
-    <row r="140" spans="1:109">
-      <c r="D140" s="2"/>
+    <row r="140" spans="1:108">
       <c r="H140" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K140" s="2"/>
       <c r="M140" s="2"/>
       <c r="O140" s="2"/>
       <c r="Q140" s="2"/>
     </row>
-    <row r="141" spans="1:109">
-      <c r="D141" s="2"/>
+    <row r="141" spans="1:108">
       <c r="H141" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K141" s="2"/>
       <c r="M141" s="2"/>
       <c r="O141" s="2"/>
       <c r="Q141" s="2"/>
     </row>
-    <row r="142" spans="1:109">
-      <c r="D142" s="2"/>
+    <row r="142" spans="1:108">
       <c r="H142" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K142" s="2"/>
       <c r="M142" s="2"/>
       <c r="O142" s="2"/>
       <c r="Q142" s="2"/>
     </row>
-    <row r="143" spans="1:109">
-      <c r="D143" s="2"/>
+    <row r="143" spans="1:108">
       <c r="H143" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K143" s="2"/>
       <c r="M143" s="2"/>
       <c r="O143" s="2"/>
       <c r="Q143" s="2"/>
     </row>
-    <row r="144" spans="1:109">
-      <c r="D144" s="2"/>
+    <row r="144" spans="1:108">
       <c r="H144" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K144" s="2"/>
       <c r="M144" s="2"/>
       <c r="O144" s="2"/>
       <c r="Q144" s="2"/>
     </row>
-    <row r="145" spans="1:109">
-      <c r="D145" s="2"/>
+    <row r="145" spans="1:108">
       <c r="H145" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K145" s="2"/>
       <c r="M145" s="2"/>
       <c r="O145" s="2"/>
       <c r="Q145" s="2"/>
     </row>
-    <row r="146" spans="1:109">
-      <c r="D146" s="2"/>
+    <row r="146" spans="1:108">
       <c r="H146" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K146" s="2"/>
       <c r="M146" s="2"/>
       <c r="O146" s="2"/>
       <c r="Q146" s="2"/>
     </row>
-    <row r="147" spans="1:109">
-      <c r="D147" s="2"/>
+    <row r="147" spans="1:108">
       <c r="H147" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K147" s="2"/>
       <c r="M147" s="2"/>
       <c r="O147" s="2"/>
       <c r="Q147" s="2"/>
     </row>
-    <row r="148" spans="1:109">
-      <c r="D148" s="2"/>
+    <row r="148" spans="1:108">
       <c r="H148" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K148" s="2"/>
       <c r="M148" s="2"/>
       <c r="O148" s="2"/>
       <c r="Q148" s="2"/>
     </row>
-    <row r="149" spans="1:109">
-      <c r="D149" s="2"/>
+    <row r="149" spans="1:108">
       <c r="H149" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K149" s="2"/>
       <c r="M149" s="2"/>
       <c r="O149" s="2"/>
       <c r="Q149" s="2"/>
     </row>
-    <row r="150" spans="1:109">
-      <c r="D150" s="2"/>
+    <row r="150" spans="1:108">
       <c r="H150" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K150" s="2"/>
       <c r="M150" s="2"/>
       <c r="O150" s="2"/>
       <c r="Q150" s="2"/>
     </row>
-    <row r="151" spans="1:109">
-      <c r="D151" s="2"/>
+    <row r="151" spans="1:108">
       <c r="H151" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K151" s="2"/>
       <c r="M151" s="2"/>
       <c r="O151" s="2"/>
       <c r="Q151" s="2"/>
     </row>
-    <row r="152" spans="1:109">
-      <c r="D152" s="2"/>
+    <row r="152" spans="1:108">
       <c r="H152" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K152" s="2"/>
       <c r="M152" s="2"/>
       <c r="O152" s="2"/>
       <c r="Q152" s="2"/>
     </row>
-    <row r="153" spans="1:109">
-      <c r="D153" s="2"/>
+    <row r="153" spans="1:108">
       <c r="H153" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K153" s="2"/>
       <c r="M153" s="2"/>
       <c r="O153" s="2"/>
       <c r="Q153" s="2"/>
     </row>
-    <row r="154" spans="1:109">
-      <c r="D154" s="2"/>
+    <row r="154" spans="1:108">
       <c r="H154" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K154" s="2"/>
       <c r="M154" s="2"/>
       <c r="O154" s="2"/>
       <c r="Q154" s="2"/>
     </row>
-    <row r="155" spans="1:109">
-      <c r="D155" s="2"/>
+    <row r="155" spans="1:108">
       <c r="H155" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K155" s="2"/>
       <c r="M155" s="2"/>
       <c r="O155" s="2"/>
       <c r="Q155" s="2"/>
     </row>
-    <row r="156" spans="1:109">
-      <c r="D156" s="2"/>
+    <row r="156" spans="1:108">
       <c r="H156" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K156" s="2"/>
       <c r="M156" s="2"/>
       <c r="O156" s="2"/>
       <c r="Q156" s="2"/>
     </row>
-    <row r="157" spans="1:109">
-      <c r="D157" s="2"/>
+    <row r="157" spans="1:108">
       <c r="H157" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K157" s="2"/>
       <c r="M157" s="2"/>
       <c r="O157" s="2"/>
       <c r="Q157" s="2"/>
     </row>
-    <row r="158" spans="1:109">
-      <c r="D158" s="2"/>
+    <row r="158" spans="1:108">
       <c r="H158" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K158" s="2"/>
       <c r="M158" s="2"/>
       <c r="O158" s="2"/>
       <c r="Q158" s="2"/>
     </row>
-    <row r="159" spans="1:109">
-      <c r="D159" s="2"/>
+    <row r="159" spans="1:108">
       <c r="H159" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K159" s="2"/>
       <c r="M159" s="2"/>
       <c r="O159" s="2"/>
       <c r="Q159" s="2"/>
     </row>
-    <row r="160" spans="1:109">
-      <c r="D160" s="2"/>
+    <row r="160" spans="1:108">
       <c r="H160" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K160" s="2"/>
       <c r="M160" s="2"/>
       <c r="O160" s="2"/>
       <c r="Q160" s="2"/>
     </row>
-    <row r="161" spans="1:109">
-      <c r="D161" s="2"/>
+    <row r="161" spans="1:108">
       <c r="H161" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K161" s="2"/>
       <c r="M161" s="2"/>
       <c r="O161" s="2"/>
       <c r="Q161" s="2"/>
     </row>
-    <row r="162" spans="1:109">
-      <c r="D162" s="2"/>
+    <row r="162" spans="1:108">
       <c r="H162" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K162" s="2"/>
       <c r="M162" s="2"/>
       <c r="O162" s="2"/>
       <c r="Q162" s="2"/>
     </row>
-    <row r="163" spans="1:109">
-      <c r="D163" s="2"/>
+    <row r="163" spans="1:108">
       <c r="H163" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K163" s="2"/>
       <c r="M163" s="2"/>
       <c r="O163" s="2"/>
       <c r="Q163" s="2"/>
     </row>
-    <row r="164" spans="1:109">
-      <c r="D164" s="2"/>
+    <row r="164" spans="1:108">
       <c r="H164" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K164" s="2"/>
       <c r="M164" s="2"/>
       <c r="O164" s="2"/>
       <c r="Q164" s="2"/>
     </row>
-    <row r="165" spans="1:109">
-      <c r="D165" s="2"/>
+    <row r="165" spans="1:108">
       <c r="H165" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K165" s="2"/>
       <c r="M165" s="2"/>
       <c r="O165" s="2"/>
       <c r="Q165" s="2"/>
     </row>
-    <row r="166" spans="1:109">
-      <c r="D166" s="2"/>
+    <row r="166" spans="1:108">
       <c r="H166" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K166" s="2"/>
       <c r="M166" s="2"/>
       <c r="O166" s="2"/>
       <c r="Q166" s="2"/>
     </row>
-    <row r="167" spans="1:109">
-      <c r="D167" s="2"/>
+    <row r="167" spans="1:108">
       <c r="H167" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K167" s="2"/>
       <c r="M167" s="2"/>
       <c r="O167" s="2"/>
       <c r="Q167" s="2"/>
     </row>
-    <row r="168" spans="1:109">
-      <c r="D168" s="2"/>
+    <row r="168" spans="1:108">
       <c r="H168" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K168" s="2"/>
       <c r="M168" s="2"/>
       <c r="O168" s="2"/>
       <c r="Q168" s="2"/>
     </row>
-    <row r="169" spans="1:109">
-      <c r="D169" s="2"/>
+    <row r="169" spans="1:108">
       <c r="H169" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K169" s="2"/>
       <c r="M169" s="2"/>
       <c r="O169" s="2"/>
       <c r="Q169" s="2"/>
     </row>
-    <row r="170" spans="1:109">
-      <c r="D170" s="2"/>
+    <row r="170" spans="1:108">
       <c r="H170" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K170" s="2"/>
       <c r="M170" s="2"/>
       <c r="O170" s="2"/>
       <c r="Q170" s="2"/>
     </row>
-    <row r="171" spans="1:109">
-      <c r="D171" s="2"/>
+    <row r="171" spans="1:108">
       <c r="H171" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K171" s="2"/>
       <c r="M171" s="2"/>
       <c r="O171" s="2"/>
       <c r="Q171" s="2"/>
     </row>
-    <row r="172" spans="1:109">
-      <c r="D172" s="2"/>
+    <row r="172" spans="1:108">
       <c r="H172" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K172" s="2"/>
       <c r="M172" s="2"/>
       <c r="O172" s="2"/>
       <c r="Q172" s="2"/>
     </row>
-    <row r="173" spans="1:109">
-      <c r="D173" s="2"/>
+    <row r="173" spans="1:108">
       <c r="H173" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K173" s="2"/>
       <c r="M173" s="2"/>
       <c r="O173" s="2"/>
       <c r="Q173" s="2"/>
     </row>
-    <row r="174" spans="1:109">
-      <c r="D174" s="2"/>
+    <row r="174" spans="1:108">
       <c r="H174" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K174" s="2"/>
       <c r="M174" s="2"/>
       <c r="O174" s="2"/>
       <c r="Q174" s="2"/>
     </row>
-    <row r="175" spans="1:109">
-      <c r="D175" s="2"/>
+    <row r="175" spans="1:108">
       <c r="H175" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K175" s="2"/>
       <c r="M175" s="2"/>
       <c r="O175" s="2"/>
       <c r="Q175" s="2"/>
     </row>
-    <row r="176" spans="1:109">
-      <c r="D176" s="2"/>
+    <row r="176" spans="1:108">
       <c r="H176" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K176" s="2"/>
       <c r="M176" s="2"/>
       <c r="O176" s="2"/>
       <c r="Q176" s="2"/>
     </row>
-    <row r="177" spans="1:109">
-      <c r="D177" s="2"/>
+    <row r="177" spans="1:108">
       <c r="H177" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K177" s="2"/>
       <c r="M177" s="2"/>
       <c r="O177" s="2"/>
       <c r="Q177" s="2"/>
     </row>
-    <row r="178" spans="1:109">
-      <c r="D178" s="2"/>
+    <row r="178" spans="1:108">
       <c r="H178" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K178" s="2"/>
       <c r="M178" s="2"/>
       <c r="O178" s="2"/>
       <c r="Q178" s="2"/>
     </row>
-    <row r="179" spans="1:109">
-      <c r="D179" s="2"/>
+    <row r="179" spans="1:108">
       <c r="H179" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K179" s="2"/>
       <c r="M179" s="2"/>
       <c r="O179" s="2"/>
       <c r="Q179" s="2"/>
     </row>
-    <row r="180" spans="1:109">
-      <c r="D180" s="2"/>
+    <row r="180" spans="1:108">
       <c r="H180" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K180" s="2"/>
       <c r="M180" s="2"/>
       <c r="O180" s="2"/>
       <c r="Q180" s="2"/>
     </row>
-    <row r="181" spans="1:109">
-      <c r="D181" s="2"/>
+    <row r="181" spans="1:108">
       <c r="H181" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K181" s="2"/>
       <c r="M181" s="2"/>
       <c r="O181" s="2"/>
       <c r="Q181" s="2"/>
     </row>
-    <row r="182" spans="1:109">
-      <c r="D182" s="2"/>
+    <row r="182" spans="1:108">
       <c r="H182" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K182" s="2"/>
       <c r="M182" s="2"/>
       <c r="O182" s="2"/>
       <c r="Q182" s="2"/>
     </row>
-    <row r="183" spans="1:109">
-      <c r="D183" s="2"/>
+    <row r="183" spans="1:108">
       <c r="H183" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K183" s="2"/>
       <c r="M183" s="2"/>
       <c r="O183" s="2"/>
       <c r="Q183" s="2"/>
     </row>
-    <row r="184" spans="1:109">
-      <c r="D184" s="2"/>
+    <row r="184" spans="1:108">
       <c r="H184" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K184" s="2"/>
       <c r="M184" s="2"/>
       <c r="O184" s="2"/>
       <c r="Q184" s="2"/>
     </row>
-    <row r="185" spans="1:109">
-      <c r="D185" s="2"/>
+    <row r="185" spans="1:108">
       <c r="H185" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K185" s="2"/>
       <c r="M185" s="2"/>
       <c r="O185" s="2"/>
       <c r="Q185" s="2"/>
     </row>
-    <row r="186" spans="1:109">
-      <c r="D186" s="2"/>
+    <row r="186" spans="1:108">
       <c r="H186" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K186" s="2"/>
       <c r="M186" s="2"/>
       <c r="O186" s="2"/>
       <c r="Q186" s="2"/>
     </row>
-    <row r="187" spans="1:109">
-      <c r="D187" s="2"/>
+    <row r="187" spans="1:108">
       <c r="H187" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K187" s="2"/>
       <c r="M187" s="2"/>
       <c r="O187" s="2"/>
       <c r="Q187" s="2"/>
     </row>
-    <row r="188" spans="1:109">
-      <c r="D188" s="2"/>
+    <row r="188" spans="1:108">
       <c r="H188" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K188" s="2"/>
       <c r="M188" s="2"/>
       <c r="O188" s="2"/>
       <c r="Q188" s="2"/>
     </row>
-    <row r="189" spans="1:109">
-      <c r="D189" s="2"/>
+    <row r="189" spans="1:108">
       <c r="H189" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K189" s="2"/>
       <c r="M189" s="2"/>
       <c r="O189" s="2"/>
       <c r="Q189" s="2"/>
     </row>
-    <row r="190" spans="1:109">
-      <c r="D190" s="2"/>
+    <row r="190" spans="1:108">
       <c r="H190" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K190" s="2"/>
       <c r="M190" s="2"/>
       <c r="O190" s="2"/>
       <c r="Q190" s="2"/>
     </row>
-    <row r="191" spans="1:109">
-      <c r="D191" s="2"/>
+    <row r="191" spans="1:108">
       <c r="H191" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K191" s="2"/>
       <c r="M191" s="2"/>
       <c r="O191" s="2"/>
       <c r="Q191" s="2"/>
     </row>
-    <row r="192" spans="1:109">
-      <c r="D192" s="2"/>
+    <row r="192" spans="1:108">
       <c r="H192" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K192" s="2"/>
       <c r="M192" s="2"/>
       <c r="O192" s="2"/>
       <c r="Q192" s="2"/>
     </row>
-    <row r="193" spans="1:109">
-      <c r="D193" s="2"/>
+    <row r="193" spans="1:108">
       <c r="H193" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K193" s="2"/>
       <c r="M193" s="2"/>
       <c r="O193" s="2"/>
       <c r="Q193" s="2"/>
     </row>
-    <row r="194" spans="1:109">
-      <c r="D194" s="2"/>
+    <row r="194" spans="1:108">
       <c r="H194" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K194" s="2"/>
       <c r="M194" s="2"/>
       <c r="O194" s="2"/>
       <c r="Q194" s="2"/>
     </row>
-    <row r="195" spans="1:109">
-      <c r="D195" s="2"/>
+    <row r="195" spans="1:108">
       <c r="H195" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K195" s="2"/>
       <c r="M195" s="2"/>
       <c r="O195" s="2"/>
       <c r="Q195" s="2"/>
     </row>
-    <row r="196" spans="1:109">
-      <c r="D196" s="2"/>
+    <row r="196" spans="1:108">
       <c r="H196" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K196" s="2"/>
       <c r="M196" s="2"/>
       <c r="O196" s="2"/>
       <c r="Q196" s="2"/>
     </row>
-    <row r="197" spans="1:109">
-      <c r="D197" s="2"/>
+    <row r="197" spans="1:108">
       <c r="H197" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K197" s="2"/>
       <c r="M197" s="2"/>
       <c r="O197" s="2"/>
       <c r="Q197" s="2"/>
     </row>
-    <row r="198" spans="1:109">
-      <c r="D198" s="2"/>
+    <row r="198" spans="1:108">
       <c r="H198" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K198" s="2"/>
       <c r="M198" s="2"/>
       <c r="O198" s="2"/>
       <c r="Q198" s="2"/>
     </row>
-    <row r="199" spans="1:109">
-      <c r="D199" s="2"/>
+    <row r="199" spans="1:108">
       <c r="H199" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K199" s="2"/>
       <c r="M199" s="2"/>
       <c r="O199" s="2"/>
       <c r="Q199" s="2"/>
     </row>
-    <row r="200" spans="1:109">
-      <c r="D200" s="2"/>
+    <row r="200" spans="1:108">
       <c r="H200" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K200" s="2"/>
       <c r="M200" s="2"/>
       <c r="O200" s="2"/>
       <c r="Q200" s="2"/>
     </row>
-    <row r="201" spans="1:109">
-      <c r="D201" s="2"/>
+    <row r="201" spans="1:108">
       <c r="H201" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K201" s="2"/>
       <c r="M201" s="2"/>
       <c r="O201" s="2"/>
       <c r="Q201" s="2"/>
     </row>
-    <row r="202" spans="1:109">
-      <c r="D202" s="2"/>
+    <row r="202" spans="1:108">
       <c r="H202" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K202" s="2"/>
       <c r="M202" s="2"/>
       <c r="O202" s="2"/>
       <c r="Q202" s="2"/>
     </row>
-    <row r="203" spans="1:109">
-      <c r="D203" s="2"/>
+    <row r="203" spans="1:108">
       <c r="H203" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K203" s="2"/>
       <c r="M203" s="2"/>
       <c r="O203" s="2"/>
       <c r="Q203" s="2"/>
     </row>
-    <row r="204" spans="1:109">
-      <c r="D204" s="2"/>
+    <row r="204" spans="1:108">
       <c r="H204" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K204" s="2"/>
       <c r="M204" s="2"/>
       <c r="O204" s="2"/>
       <c r="Q204" s="2"/>
     </row>
-    <row r="205" spans="1:109">
-      <c r="D205" s="2"/>
+    <row r="205" spans="1:108">
       <c r="H205" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K205" s="2"/>
       <c r="M205" s="2"/>
       <c r="O205" s="2"/>
       <c r="Q205" s="2"/>
     </row>
-    <row r="206" spans="1:109">
-      <c r="D206" s="2"/>
+    <row r="206" spans="1:108">
       <c r="H206" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K206" s="2"/>
       <c r="M206" s="2"/>
       <c r="O206" s="2"/>
       <c r="Q206" s="2"/>
     </row>
-    <row r="207" spans="1:109">
-      <c r="D207" s="2"/>
+    <row r="207" spans="1:108">
       <c r="H207" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K207" s="2"/>
       <c r="M207" s="2"/>
       <c r="O207" s="2"/>
       <c r="Q207" s="2"/>
     </row>
-    <row r="208" spans="1:109">
-      <c r="D208" s="2"/>
+    <row r="208" spans="1:108">
       <c r="H208" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K208" s="2"/>
       <c r="M208" s="2"/>
       <c r="O208" s="2"/>
       <c r="Q208" s="2"/>
     </row>
-    <row r="209" spans="1:109">
-      <c r="D209" s="2"/>
+    <row r="209" spans="1:108">
       <c r="H209" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K209" s="2"/>
       <c r="M209" s="2"/>
       <c r="O209" s="2"/>
       <c r="Q209" s="2"/>
     </row>
-    <row r="210" spans="1:109">
-      <c r="D210" s="2"/>
+    <row r="210" spans="1:108">
       <c r="H210" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K210" s="2"/>
       <c r="M210" s="2"/>
       <c r="O210" s="2"/>
       <c r="Q210" s="2"/>
     </row>
-    <row r="211" spans="1:109">
-      <c r="D211" s="2"/>
+    <row r="211" spans="1:108">
       <c r="H211" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K211" s="2"/>
       <c r="M211" s="2"/>
       <c r="O211" s="2"/>
       <c r="Q211" s="2"/>
     </row>
-    <row r="212" spans="1:109">
-      <c r="D212" s="2"/>
+    <row r="212" spans="1:108">
       <c r="H212" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K212" s="2"/>
       <c r="M212" s="2"/>
       <c r="O212" s="2"/>
       <c r="Q212" s="2"/>
     </row>
-    <row r="213" spans="1:109">
-      <c r="D213" s="2"/>
+    <row r="213" spans="1:108">
       <c r="H213" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K213" s="2"/>
       <c r="M213" s="2"/>
       <c r="O213" s="2"/>
       <c r="Q213" s="2"/>
     </row>
-    <row r="214" spans="1:109">
-      <c r="D214" s="2"/>
+    <row r="214" spans="1:108">
       <c r="H214" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K214" s="2"/>
       <c r="M214" s="2"/>
       <c r="O214" s="2"/>
       <c r="Q214" s="2"/>
     </row>
-    <row r="215" spans="1:109">
-      <c r="D215" s="2"/>
+    <row r="215" spans="1:108">
       <c r="H215" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K215" s="2"/>
       <c r="M215" s="2"/>
       <c r="O215" s="2"/>
       <c r="Q215" s="2"/>
     </row>
-    <row r="216" spans="1:109">
-      <c r="D216" s="2"/>
+    <row r="216" spans="1:108">
       <c r="H216" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K216" s="2"/>
       <c r="M216" s="2"/>
       <c r="O216" s="2"/>
       <c r="Q216" s="2"/>
     </row>
-    <row r="217" spans="1:109">
-      <c r="D217" s="2"/>
+    <row r="217" spans="1:108">
       <c r="H217" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K217" s="2"/>
       <c r="M217" s="2"/>
       <c r="O217" s="2"/>
       <c r="Q217" s="2"/>
     </row>
-    <row r="218" spans="1:109">
-      <c r="D218" s="2"/>
+    <row r="218" spans="1:108">
       <c r="H218" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K218" s="2"/>
       <c r="M218" s="2"/>
       <c r="O218" s="2"/>
       <c r="Q218" s="2"/>
     </row>
-    <row r="219" spans="1:109">
-      <c r="D219" s="2"/>
+    <row r="219" spans="1:108">
       <c r="H219" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K219" s="2"/>
       <c r="M219" s="2"/>
       <c r="O219" s="2"/>
       <c r="Q219" s="2"/>
     </row>
-    <row r="220" spans="1:109">
-      <c r="D220" s="2"/>
+    <row r="220" spans="1:108">
       <c r="H220" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K220" s="2"/>
       <c r="M220" s="2"/>
       <c r="O220" s="2"/>
       <c r="Q220" s="2"/>
     </row>
-    <row r="221" spans="1:109">
-      <c r="D221" s="2"/>
+    <row r="221" spans="1:108">
       <c r="H221" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K221" s="2"/>
       <c r="M221" s="2"/>
       <c r="O221" s="2"/>
       <c r="Q221" s="2"/>
     </row>
-    <row r="222" spans="1:109">
-      <c r="D222" s="2"/>
+    <row r="222" spans="1:108">
       <c r="H222" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K222" s="2"/>
       <c r="M222" s="2"/>
       <c r="O222" s="2"/>
       <c r="Q222" s="2"/>
     </row>
-    <row r="223" spans="1:109">
-      <c r="D223" s="2"/>
+    <row r="223" spans="1:108">
       <c r="H223" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K223" s="2"/>
       <c r="M223" s="2"/>
       <c r="O223" s="2"/>
       <c r="Q223" s="2"/>
     </row>
-    <row r="224" spans="1:109">
-      <c r="D224" s="2"/>
+    <row r="224" spans="1:108">
       <c r="H224" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K224" s="2"/>
       <c r="M224" s="2"/>
       <c r="O224" s="2"/>
       <c r="Q224" s="2"/>
     </row>
-    <row r="225" spans="1:109">
-      <c r="D225" s="2"/>
+    <row r="225" spans="1:108">
       <c r="H225" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K225" s="2"/>
       <c r="M225" s="2"/>
       <c r="O225" s="2"/>
       <c r="Q225" s="2"/>
     </row>
-    <row r="226" spans="1:109">
-      <c r="D226" s="2"/>
+    <row r="226" spans="1:108">
       <c r="H226" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K226" s="2"/>
       <c r="M226" s="2"/>
       <c r="O226" s="2"/>
       <c r="Q226" s="2"/>
     </row>
-    <row r="227" spans="1:109">
-      <c r="D227" s="2"/>
+    <row r="227" spans="1:108">
       <c r="H227" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K227" s="2"/>
       <c r="M227" s="2"/>
       <c r="O227" s="2"/>
       <c r="Q227" s="2"/>
     </row>
-    <row r="228" spans="1:109">
-      <c r="D228" s="2"/>
+    <row r="228" spans="1:108">
       <c r="H228" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K228" s="2"/>
       <c r="M228" s="2"/>
       <c r="O228" s="2"/>
       <c r="Q228" s="2"/>
     </row>
-    <row r="229" spans="1:109">
-      <c r="D229" s="2"/>
+    <row r="229" spans="1:108">
       <c r="H229" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K229" s="2"/>
       <c r="M229" s="2"/>
       <c r="O229" s="2"/>
       <c r="Q229" s="2"/>
     </row>
-    <row r="230" spans="1:109">
-      <c r="D230" s="2"/>
+    <row r="230" spans="1:108">
       <c r="H230" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K230" s="2"/>
       <c r="M230" s="2"/>
       <c r="O230" s="2"/>
       <c r="Q230" s="2"/>
     </row>
-    <row r="231" spans="1:109">
-      <c r="D231" s="2"/>
+    <row r="231" spans="1:108">
       <c r="H231" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K231" s="2"/>
       <c r="M231" s="2"/>
       <c r="O231" s="2"/>
       <c r="Q231" s="2"/>
     </row>
-    <row r="232" spans="1:109">
-      <c r="D232" s="2"/>
+    <row r="232" spans="1:108">
       <c r="H232" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K232" s="2"/>
       <c r="M232" s="2"/>
       <c r="O232" s="2"/>
       <c r="Q232" s="2"/>
     </row>
-    <row r="233" spans="1:109">
-      <c r="D233" s="2"/>
+    <row r="233" spans="1:108">
       <c r="H233" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K233" s="2"/>
       <c r="M233" s="2"/>
       <c r="O233" s="2"/>
       <c r="Q233" s="2"/>
     </row>
-    <row r="234" spans="1:109">
-      <c r="D234" s="2"/>
+    <row r="234" spans="1:108">
       <c r="H234" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K234" s="2"/>
       <c r="M234" s="2"/>
       <c r="O234" s="2"/>
       <c r="Q234" s="2"/>
     </row>
-    <row r="235" spans="1:109">
-      <c r="D235" s="2"/>
+    <row r="235" spans="1:108">
       <c r="H235" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K235" s="2"/>
       <c r="M235" s="2"/>
       <c r="O235" s="2"/>
       <c r="Q235" s="2"/>
     </row>
-    <row r="236" spans="1:109">
-      <c r="D236" s="2"/>
+    <row r="236" spans="1:108">
       <c r="H236" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K236" s="2"/>
       <c r="M236" s="2"/>
       <c r="O236" s="2"/>
       <c r="Q236" s="2"/>
     </row>
-    <row r="237" spans="1:109">
-      <c r="D237" s="2"/>
+    <row r="237" spans="1:108">
       <c r="H237" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K237" s="2"/>
       <c r="M237" s="2"/>
       <c r="O237" s="2"/>
       <c r="Q237" s="2"/>
     </row>
-    <row r="238" spans="1:109">
-      <c r="D238" s="2"/>
+    <row r="238" spans="1:108">
       <c r="H238" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K238" s="2"/>
       <c r="M238" s="2"/>
       <c r="O238" s="2"/>
       <c r="Q238" s="2"/>
     </row>
-    <row r="239" spans="1:109">
-      <c r="D239" s="2"/>
+    <row r="239" spans="1:108">
       <c r="H239" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K239" s="2"/>
       <c r="M239" s="2"/>
       <c r="O239" s="2"/>
       <c r="Q239" s="2"/>
     </row>
-    <row r="240" spans="1:109">
-      <c r="D240" s="2"/>
+    <row r="240" spans="1:108">
       <c r="H240" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K240" s="2"/>
       <c r="M240" s="2"/>
       <c r="O240" s="2"/>
       <c r="Q240" s="2"/>
     </row>
-    <row r="241" spans="1:109">
-      <c r="D241" s="2"/>
+    <row r="241" spans="1:108">
       <c r="H241" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K241" s="2"/>
       <c r="M241" s="2"/>
       <c r="O241" s="2"/>
       <c r="Q241" s="2"/>
     </row>
-    <row r="242" spans="1:109">
-      <c r="D242" s="2"/>
+    <row r="242" spans="1:108">
       <c r="H242" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K242" s="2"/>
       <c r="M242" s="2"/>
       <c r="O242" s="2"/>
       <c r="Q242" s="2"/>
     </row>
-    <row r="243" spans="1:109">
-      <c r="D243" s="2"/>
+    <row r="243" spans="1:108">
       <c r="H243" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K243" s="2"/>
       <c r="M243" s="2"/>
       <c r="O243" s="2"/>
       <c r="Q243" s="2"/>
     </row>
-    <row r="244" spans="1:109">
-      <c r="D244" s="2"/>
+    <row r="244" spans="1:108">
       <c r="H244" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K244" s="2"/>
       <c r="M244" s="2"/>
       <c r="O244" s="2"/>
       <c r="Q244" s="2"/>
     </row>
-    <row r="245" spans="1:109">
-      <c r="D245" s="2"/>
+    <row r="245" spans="1:108">
       <c r="H245" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K245" s="2"/>
       <c r="M245" s="2"/>
       <c r="O245" s="2"/>
       <c r="Q245" s="2"/>
     </row>
-    <row r="246" spans="1:109">
-      <c r="D246" s="2"/>
+    <row r="246" spans="1:108">
       <c r="H246" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K246" s="2"/>
       <c r="M246" s="2"/>
       <c r="O246" s="2"/>
       <c r="Q246" s="2"/>
     </row>
-    <row r="247" spans="1:109">
-      <c r="D247" s="2"/>
+    <row r="247" spans="1:108">
       <c r="H247" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K247" s="2"/>
       <c r="M247" s="2"/>
       <c r="O247" s="2"/>
       <c r="Q247" s="2"/>
     </row>
-    <row r="248" spans="1:109">
-      <c r="D248" s="2"/>
+    <row r="248" spans="1:108">
       <c r="H248" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K248" s="2"/>
       <c r="M248" s="2"/>
       <c r="O248" s="2"/>
       <c r="Q248" s="2"/>
     </row>
-    <row r="249" spans="1:109">
-      <c r="D249" s="2"/>
+    <row r="249" spans="1:108">
       <c r="H249" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K249" s="2"/>
       <c r="M249" s="2"/>
       <c r="O249" s="2"/>
       <c r="Q249" s="2"/>
     </row>
-    <row r="250" spans="1:109">
-      <c r="D250" s="2"/>
+    <row r="250" spans="1:108">
       <c r="H250" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K250" s="2"/>
       <c r="M250" s="2"/>
       <c r="O250" s="2"/>
       <c r="Q250" s="2"/>
     </row>
-    <row r="251" spans="1:109">
-      <c r="D251" s="2"/>
+    <row r="251" spans="1:108">
       <c r="H251" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K251" s="2"/>
       <c r="M251" s="2"/>
       <c r="O251" s="2"/>
       <c r="Q251" s="2"/>
     </row>
-    <row r="252" spans="1:109">
-      <c r="D252" s="2"/>
+    <row r="252" spans="1:108">
       <c r="H252" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K252" s="2"/>
       <c r="M252" s="2"/>
       <c r="O252" s="2"/>
       <c r="Q252" s="2"/>
     </row>
-    <row r="253" spans="1:109">
-      <c r="D253" s="2"/>
+    <row r="253" spans="1:108">
       <c r="H253" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K253" s="2"/>
       <c r="M253" s="2"/>
       <c r="O253" s="2"/>
       <c r="Q253" s="2"/>
     </row>
-    <row r="254" spans="1:109">
-      <c r="D254" s="2"/>
+    <row r="254" spans="1:108">
       <c r="H254" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K254" s="2"/>
       <c r="M254" s="2"/>
       <c r="O254" s="2"/>
       <c r="Q254" s="2"/>
     </row>
-    <row r="255" spans="1:109">
-      <c r="D255" s="2"/>
+    <row r="255" spans="1:108">
       <c r="H255" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K255" s="2"/>
       <c r="M255" s="2"/>
       <c r="O255" s="2"/>
       <c r="Q255" s="2"/>
     </row>
-    <row r="256" spans="1:109">
-      <c r="D256" s="2"/>
+    <row r="256" spans="1:108">
       <c r="H256" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K256" s="2"/>
       <c r="M256" s="2"/>
       <c r="O256" s="2"/>
       <c r="Q256" s="2"/>
     </row>
-    <row r="257" spans="1:109">
-      <c r="D257" s="2"/>
+    <row r="257" spans="1:108">
       <c r="H257" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K257" s="2"/>
       <c r="M257" s="2"/>
       <c r="O257" s="2"/>
       <c r="Q257" s="2"/>
     </row>
-    <row r="258" spans="1:109">
-      <c r="D258" s="2"/>
+    <row r="258" spans="1:108">
       <c r="H258" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K258" s="2"/>
       <c r="M258" s="2"/>
       <c r="O258" s="2"/>
       <c r="Q258" s="2"/>
     </row>
-    <row r="259" spans="1:109">
-      <c r="D259" s="2"/>
+    <row r="259" spans="1:108">
       <c r="H259" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K259" s="2"/>
       <c r="M259" s="2"/>
       <c r="O259" s="2"/>
       <c r="Q259" s="2"/>
     </row>
-    <row r="260" spans="1:109">
-      <c r="D260" s="2"/>
+    <row r="260" spans="1:108">
       <c r="H260" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K260" s="2"/>
       <c r="M260" s="2"/>
       <c r="O260" s="2"/>
       <c r="Q260" s="2"/>
     </row>
-    <row r="261" spans="1:109">
-      <c r="D261" s="2"/>
+    <row r="261" spans="1:108">
       <c r="H261" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K261" s="2"/>
       <c r="M261" s="2"/>
       <c r="O261" s="2"/>
       <c r="Q261" s="2"/>
     </row>
-    <row r="262" spans="1:109">
-      <c r="D262" s="2"/>
+    <row r="262" spans="1:108">
       <c r="H262" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K262" s="2"/>
       <c r="M262" s="2"/>
       <c r="O262" s="2"/>
       <c r="Q262" s="2"/>
     </row>
-    <row r="263" spans="1:109">
-      <c r="D263" s="2"/>
+    <row r="263" spans="1:108">
       <c r="H263" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K263" s="2"/>
       <c r="M263" s="2"/>
       <c r="O263" s="2"/>
       <c r="Q263" s="2"/>
     </row>
-    <row r="264" spans="1:109">
-      <c r="D264" s="2"/>
+    <row r="264" spans="1:108">
       <c r="H264" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K264" s="2"/>
       <c r="M264" s="2"/>
       <c r="O264" s="2"/>
       <c r="Q264" s="2"/>
     </row>
-    <row r="265" spans="1:109">
-      <c r="D265" s="2"/>
+    <row r="265" spans="1:108">
       <c r="H265" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K265" s="2"/>
       <c r="M265" s="2"/>
       <c r="O265" s="2"/>
       <c r="Q265" s="2"/>
     </row>
-    <row r="266" spans="1:109">
-      <c r="D266" s="2"/>
+    <row r="266" spans="1:108">
       <c r="H266" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K266" s="2"/>
       <c r="M266" s="2"/>
       <c r="O266" s="2"/>
       <c r="Q266" s="2"/>
     </row>
-    <row r="267" spans="1:109">
-      <c r="D267" s="2"/>
+    <row r="267" spans="1:108">
       <c r="H267" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K267" s="2"/>
       <c r="M267" s="2"/>
       <c r="O267" s="2"/>
       <c r="Q267" s="2"/>
     </row>
-    <row r="268" spans="1:109">
-      <c r="D268" s="2"/>
+    <row r="268" spans="1:108">
       <c r="H268" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K268" s="2"/>
       <c r="M268" s="2"/>
       <c r="O268" s="2"/>
       <c r="Q268" s="2"/>
     </row>
-    <row r="269" spans="1:109">
-      <c r="D269" s="2"/>
+    <row r="269" spans="1:108">
       <c r="H269" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K269" s="2"/>
       <c r="M269" s="2"/>
       <c r="O269" s="2"/>
       <c r="Q269" s="2"/>
     </row>
-    <row r="270" spans="1:109">
-      <c r="D270" s="2"/>
+    <row r="270" spans="1:108">
       <c r="H270" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K270" s="2"/>
       <c r="M270" s="2"/>
       <c r="O270" s="2"/>
       <c r="Q270" s="2"/>
     </row>
-    <row r="271" spans="1:109">
-      <c r="D271" s="2"/>
+    <row r="271" spans="1:108">
       <c r="H271" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K271" s="2"/>
       <c r="M271" s="2"/>
       <c r="O271" s="2"/>
       <c r="Q271" s="2"/>
     </row>
-    <row r="272" spans="1:109">
-      <c r="D272" s="2"/>
+    <row r="272" spans="1:108">
       <c r="H272" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K272" s="2"/>
       <c r="M272" s="2"/>
       <c r="O272" s="2"/>
       <c r="Q272" s="2"/>
     </row>
-    <row r="273" spans="1:109">
-      <c r="D273" s="2"/>
+    <row r="273" spans="1:108">
       <c r="H273" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K273" s="2"/>
       <c r="M273" s="2"/>
       <c r="O273" s="2"/>
       <c r="Q273" s="2"/>
     </row>
-    <row r="274" spans="1:109">
-      <c r="D274" s="2"/>
+    <row r="274" spans="1:108">
       <c r="H274" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K274" s="2"/>
       <c r="M274" s="2"/>
       <c r="O274" s="2"/>
       <c r="Q274" s="2"/>
     </row>
-    <row r="275" spans="1:109">
-      <c r="D275" s="2"/>
+    <row r="275" spans="1:108">
       <c r="H275" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K275" s="2"/>
       <c r="M275" s="2"/>
       <c r="O275" s="2"/>
       <c r="Q275" s="2"/>
     </row>
-    <row r="276" spans="1:109">
-      <c r="D276" s="2"/>
+    <row r="276" spans="1:108">
       <c r="H276" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K276" s="2"/>
       <c r="M276" s="2"/>
       <c r="O276" s="2"/>
       <c r="Q276" s="2"/>
     </row>
-    <row r="277" spans="1:109">
-      <c r="D277" s="2"/>
+    <row r="277" spans="1:108">
       <c r="H277" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K277" s="2"/>
       <c r="M277" s="2"/>
       <c r="O277" s="2"/>
       <c r="Q277" s="2"/>
     </row>
-    <row r="278" spans="1:109">
-      <c r="D278" s="2"/>
+    <row r="278" spans="1:108">
       <c r="H278" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K278" s="2"/>
       <c r="M278" s="2"/>
       <c r="O278" s="2"/>
       <c r="Q278" s="2"/>
     </row>
-    <row r="279" spans="1:109">
-      <c r="D279" s="2"/>
+    <row r="279" spans="1:108">
       <c r="H279" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K279" s="2"/>
       <c r="M279" s="2"/>
       <c r="O279" s="2"/>
       <c r="Q279" s="2"/>
     </row>
-    <row r="280" spans="1:109">
-      <c r="D280" s="2"/>
+    <row r="280" spans="1:108">
       <c r="H280" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K280" s="2"/>
       <c r="M280" s="2"/>
       <c r="O280" s="2"/>
       <c r="Q280" s="2"/>
     </row>
-    <row r="281" spans="1:109">
-      <c r="D281" s="2"/>
+    <row r="281" spans="1:108">
       <c r="H281" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K281" s="2"/>
       <c r="M281" s="2"/>
       <c r="O281" s="2"/>
       <c r="Q281" s="2"/>
     </row>
-    <row r="282" spans="1:109">
-      <c r="D282" s="2"/>
+    <row r="282" spans="1:108">
       <c r="H282" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K282" s="2"/>
       <c r="M282" s="2"/>
       <c r="O282" s="2"/>
       <c r="Q282" s="2"/>
     </row>
-    <row r="283" spans="1:109">
-      <c r="D283" s="2"/>
+    <row r="283" spans="1:108">
       <c r="H283" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K283" s="2"/>
       <c r="M283" s="2"/>
       <c r="O283" s="2"/>
       <c r="Q283" s="2"/>
     </row>
-    <row r="284" spans="1:109">
-      <c r="D284" s="2"/>
+    <row r="284" spans="1:108">
       <c r="H284" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K284" s="2"/>
       <c r="M284" s="2"/>
       <c r="O284" s="2"/>
       <c r="Q284" s="2"/>
     </row>
-    <row r="285" spans="1:109">
-      <c r="D285" s="2"/>
+    <row r="285" spans="1:108">
       <c r="H285" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K285" s="2"/>
       <c r="M285" s="2"/>
       <c r="O285" s="2"/>
       <c r="Q285" s="2"/>
     </row>
-    <row r="286" spans="1:109">
-      <c r="D286" s="2"/>
+    <row r="286" spans="1:108">
       <c r="H286" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K286" s="2"/>
       <c r="M286" s="2"/>
       <c r="O286" s="2"/>
       <c r="Q286" s="2"/>
     </row>
-    <row r="287" spans="1:109">
-      <c r="D287" s="2"/>
+    <row r="287" spans="1:108">
       <c r="H287" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K287" s="2"/>
       <c r="M287" s="2"/>
       <c r="O287" s="2"/>
       <c r="Q287" s="2"/>
     </row>
-    <row r="288" spans="1:109">
-      <c r="D288" s="2"/>
+    <row r="288" spans="1:108">
       <c r="H288" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K288" s="2"/>
       <c r="M288" s="2"/>
       <c r="O288" s="2"/>
       <c r="Q288" s="2"/>
     </row>
-    <row r="289" spans="1:109">
-      <c r="D289" s="2"/>
+    <row r="289" spans="1:108">
       <c r="H289" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K289" s="2"/>
       <c r="M289" s="2"/>
       <c r="O289" s="2"/>
       <c r="Q289" s="2"/>
     </row>
-    <row r="290" spans="1:109">
-      <c r="D290" s="2"/>
+    <row r="290" spans="1:108">
       <c r="H290" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K290" s="2"/>
       <c r="M290" s="2"/>
       <c r="O290" s="2"/>
       <c r="Q290" s="2"/>
     </row>
-    <row r="291" spans="1:109">
-      <c r="D291" s="2"/>
+    <row r="291" spans="1:108">
       <c r="H291" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K291" s="2"/>
       <c r="M291" s="2"/>
       <c r="O291" s="2"/>
       <c r="Q291" s="2"/>
     </row>
-    <row r="292" spans="1:109">
-      <c r="D292" s="2"/>
+    <row r="292" spans="1:108">
       <c r="H292" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K292" s="2"/>
       <c r="M292" s="2"/>
       <c r="O292" s="2"/>
       <c r="Q292" s="2"/>
     </row>
-    <row r="293" spans="1:109">
-      <c r="D293" s="2"/>
+    <row r="293" spans="1:108">
       <c r="H293" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K293" s="2"/>
       <c r="M293" s="2"/>
       <c r="O293" s="2"/>
       <c r="Q293" s="2"/>
     </row>
-    <row r="294" spans="1:109">
-      <c r="D294" s="2"/>
+    <row r="294" spans="1:108">
       <c r="H294" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K294" s="2"/>
       <c r="M294" s="2"/>
       <c r="O294" s="2"/>
       <c r="Q294" s="2"/>
     </row>
-    <row r="295" spans="1:109">
-      <c r="D295" s="2"/>
+    <row r="295" spans="1:108">
       <c r="H295" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K295" s="2"/>
       <c r="M295" s="2"/>
       <c r="O295" s="2"/>
       <c r="Q295" s="2"/>
     </row>
-    <row r="296" spans="1:109">
-      <c r="D296" s="2"/>
+    <row r="296" spans="1:108">
       <c r="H296" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K296" s="2"/>
       <c r="M296" s="2"/>
       <c r="O296" s="2"/>
       <c r="Q296" s="2"/>
     </row>
-    <row r="297" spans="1:109">
-      <c r="D297" s="2"/>
+    <row r="297" spans="1:108">
       <c r="H297" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K297" s="2"/>
       <c r="M297" s="2"/>
       <c r="O297" s="2"/>
       <c r="Q297" s="2"/>
     </row>
-    <row r="298" spans="1:109">
-      <c r="D298" s="2"/>
+    <row r="298" spans="1:108">
       <c r="H298" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K298" s="2"/>
       <c r="M298" s="2"/>
       <c r="O298" s="2"/>
       <c r="Q298" s="2"/>
     </row>
-    <row r="299" spans="1:109">
-      <c r="D299" s="2"/>
+    <row r="299" spans="1:108">
       <c r="H299" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K299" s="2"/>
       <c r="M299" s="2"/>
       <c r="O299" s="2"/>
       <c r="Q299" s="2"/>
     </row>
-    <row r="300" spans="1:109">
-      <c r="D300" s="2"/>
+    <row r="300" spans="1:108">
       <c r="H300" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K300" s="2"/>
       <c r="M300" s="2"/>
       <c r="O300" s="2"/>
       <c r="Q300" s="2"/>
     </row>
-    <row r="301" spans="1:109">
-      <c r="D301" s="2"/>
+    <row r="301" spans="1:108">
       <c r="H301" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K301" s="2"/>
       <c r="M301" s="2"/>
       <c r="O301" s="2"/>
       <c r="Q301" s="2"/>
     </row>
-    <row r="302" spans="1:109">
-      <c r="D302" s="2"/>
+    <row r="302" spans="1:108">
       <c r="H302" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K302" s="2"/>
       <c r="M302" s="2"/>
       <c r="O302" s="2"/>
       <c r="Q302" s="2"/>
     </row>
-    <row r="303" spans="1:109">
-      <c r="D303" s="2"/>
+    <row r="303" spans="1:108">
       <c r="H303" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K303" s="2"/>
       <c r="M303" s="2"/>
       <c r="O303" s="2"/>
       <c r="Q303" s="2"/>
     </row>
-    <row r="304" spans="1:109">
-      <c r="D304" s="2"/>
+    <row r="304" spans="1:108">
       <c r="H304" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K304" s="2"/>
       <c r="M304" s="2"/>
       <c r="O304" s="2"/>
       <c r="Q304" s="2"/>
     </row>
-    <row r="305" spans="1:109">
-      <c r="D305" s="2"/>
+    <row r="305" spans="1:108">
       <c r="H305" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K305" s="2"/>
       <c r="M305" s="2"/>
       <c r="O305" s="2"/>
       <c r="Q305" s="2"/>
     </row>
-    <row r="306" spans="1:109">
-      <c r="D306" s="2"/>
+    <row r="306" spans="1:108">
       <c r="H306" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K306" s="2"/>
       <c r="M306" s="2"/>
       <c r="O306" s="2"/>
       <c r="Q306" s="2"/>
     </row>
-    <row r="307" spans="1:109">
-      <c r="D307" s="2"/>
+    <row r="307" spans="1:108">
       <c r="H307" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K307" s="2"/>
       <c r="M307" s="2"/>
       <c r="O307" s="2"/>
       <c r="Q307" s="2"/>
     </row>
-    <row r="308" spans="1:109">
-      <c r="D308" s="2"/>
+    <row r="308" spans="1:108">
       <c r="H308" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K308" s="2"/>
       <c r="M308" s="2"/>
       <c r="O308" s="2"/>
       <c r="Q308" s="2"/>
     </row>
-    <row r="309" spans="1:109">
-      <c r="D309" s="2"/>
+    <row r="309" spans="1:108">
       <c r="H309" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K309" s="2"/>
       <c r="M309" s="2"/>
       <c r="O309" s="2"/>
       <c r="Q309" s="2"/>
     </row>
-    <row r="310" spans="1:109">
-      <c r="D310" s="2"/>
+    <row r="310" spans="1:108">
       <c r="H310" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K310" s="2"/>
       <c r="M310" s="2"/>
       <c r="O310" s="2"/>
       <c r="Q310" s="2"/>
     </row>
-    <row r="311" spans="1:109">
-      <c r="D311" s="2"/>
+    <row r="311" spans="1:108">
       <c r="H311" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K311" s="2"/>
       <c r="M311" s="2"/>
       <c r="O311" s="2"/>
       <c r="Q311" s="2"/>
     </row>
-    <row r="312" spans="1:109">
-      <c r="D312" s="2"/>
+    <row r="312" spans="1:108">
       <c r="H312" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K312" s="2"/>
       <c r="M312" s="2"/>
       <c r="O312" s="2"/>
       <c r="Q312" s="2"/>
     </row>
-    <row r="313" spans="1:109">
-      <c r="D313" s="2"/>
+    <row r="313" spans="1:108">
       <c r="H313" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K313" s="2"/>
       <c r="M313" s="2"/>
       <c r="O313" s="2"/>
       <c r="Q313" s="2"/>
     </row>
-    <row r="314" spans="1:109">
-      <c r="D314" s="2"/>
+    <row r="314" spans="1:108">
       <c r="H314" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K314" s="2"/>
       <c r="M314" s="2"/>
       <c r="O314" s="2"/>
       <c r="Q314" s="2"/>
     </row>
-    <row r="315" spans="1:109">
-      <c r="D315" s="2"/>
+    <row r="315" spans="1:108">
       <c r="H315" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K315" s="2"/>
       <c r="M315" s="2"/>
       <c r="O315" s="2"/>
       <c r="Q315" s="2"/>
     </row>
-    <row r="316" spans="1:109">
-      <c r="D316" s="2"/>
+    <row r="316" spans="1:108">
       <c r="H316" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K316" s="2"/>
       <c r="M316" s="2"/>
       <c r="O316" s="2"/>
       <c r="Q316" s="2"/>
     </row>
-    <row r="317" spans="1:109">
-      <c r="D317" s="2"/>
+    <row r="317" spans="1:108">
       <c r="H317" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K317" s="2"/>
       <c r="M317" s="2"/>
       <c r="O317" s="2"/>
       <c r="Q317" s="2"/>
     </row>
-    <row r="318" spans="1:109">
-      <c r="D318" s="2"/>
+    <row r="318" spans="1:108">
       <c r="H318" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K318" s="2"/>
       <c r="M318" s="2"/>
       <c r="O318" s="2"/>
       <c r="Q318" s="2"/>
     </row>
-    <row r="319" spans="1:109">
-      <c r="D319" s="2"/>
+    <row r="319" spans="1:108">
       <c r="H319" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K319" s="2"/>
       <c r="M319" s="2"/>
       <c r="O319" s="2"/>
       <c r="Q319" s="2"/>
     </row>
-    <row r="320" spans="1:109">
-      <c r="D320" s="2"/>
+    <row r="320" spans="1:108">
       <c r="H320" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K320" s="2"/>
       <c r="M320" s="2"/>
       <c r="O320" s="2"/>
       <c r="Q320" s="2"/>
     </row>
-    <row r="321" spans="1:109">
-      <c r="D321" s="2"/>
+    <row r="321" spans="1:108">
       <c r="H321" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K321" s="2"/>
       <c r="M321" s="2"/>
       <c r="O321" s="2"/>
       <c r="Q321" s="2"/>
     </row>
-    <row r="322" spans="1:109">
-      <c r="D322" s="2"/>
+    <row r="322" spans="1:108">
       <c r="H322" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K322" s="2"/>
       <c r="M322" s="2"/>
       <c r="O322" s="2"/>
       <c r="Q322" s="2"/>
     </row>
-    <row r="323" spans="1:109">
-      <c r="D323" s="2"/>
+    <row r="323" spans="1:108">
       <c r="H323" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K323" s="2"/>
       <c r="M323" s="2"/>
       <c r="O323" s="2"/>
       <c r="Q323" s="2"/>
     </row>
-    <row r="324" spans="1:109">
-      <c r="D324" s="2"/>
+    <row r="324" spans="1:108">
       <c r="H324" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K324" s="2"/>
       <c r="M324" s="2"/>
       <c r="O324" s="2"/>
       <c r="Q324" s="2"/>
     </row>
-    <row r="325" spans="1:109">
-      <c r="D325" s="2"/>
+    <row r="325" spans="1:108">
       <c r="H325" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K325" s="2"/>
       <c r="M325" s="2"/>
       <c r="O325" s="2"/>
       <c r="Q325" s="2"/>
     </row>
-    <row r="326" spans="1:109">
-      <c r="D326" s="2"/>
+    <row r="326" spans="1:108">
       <c r="H326" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K326" s="2"/>
       <c r="M326" s="2"/>
       <c r="O326" s="2"/>
       <c r="Q326" s="2"/>
     </row>
-    <row r="327" spans="1:109">
-      <c r="D327" s="2"/>
+    <row r="327" spans="1:108">
       <c r="H327" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K327" s="2"/>
       <c r="M327" s="2"/>
       <c r="O327" s="2"/>
       <c r="Q327" s="2"/>
     </row>
-    <row r="328" spans="1:109">
-      <c r="D328" s="2"/>
+    <row r="328" spans="1:108">
       <c r="H328" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K328" s="2"/>
       <c r="M328" s="2"/>
       <c r="O328" s="2"/>
       <c r="Q328" s="2"/>
     </row>
-    <row r="329" spans="1:109">
-      <c r="D329" s="2"/>
+    <row r="329" spans="1:108">
       <c r="H329" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K329" s="2"/>
       <c r="M329" s="2"/>
       <c r="O329" s="2"/>
       <c r="Q329" s="2"/>
     </row>
-    <row r="330" spans="1:109">
-      <c r="D330" s="2"/>
+    <row r="330" spans="1:108">
       <c r="H330" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K330" s="2"/>
       <c r="M330" s="2"/>
       <c r="O330" s="2"/>
       <c r="Q330" s="2"/>
     </row>
-    <row r="331" spans="1:109">
-      <c r="D331" s="2"/>
+    <row r="331" spans="1:108">
       <c r="H331" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K331" s="2"/>
       <c r="M331" s="2"/>
       <c r="O331" s="2"/>
       <c r="Q331" s="2"/>
     </row>
-    <row r="332" spans="1:109">
-      <c r="D332" s="2"/>
+    <row r="332" spans="1:108">
       <c r="H332" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K332" s="2"/>
       <c r="M332" s="2"/>
       <c r="O332" s="2"/>
       <c r="Q332" s="2"/>
     </row>
-    <row r="333" spans="1:109">
-      <c r="D333" s="2"/>
+    <row r="333" spans="1:108">
       <c r="H333" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K333" s="2"/>
       <c r="M333" s="2"/>
       <c r="O333" s="2"/>
       <c r="Q333" s="2"/>
     </row>
-    <row r="334" spans="1:109">
-      <c r="D334" s="2"/>
+    <row r="334" spans="1:108">
       <c r="H334" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K334" s="2"/>
       <c r="M334" s="2"/>
       <c r="O334" s="2"/>
       <c r="Q334" s="2"/>
     </row>
-    <row r="335" spans="1:109">
-      <c r="D335" s="2"/>
+    <row r="335" spans="1:108">
       <c r="H335" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K335" s="2"/>
       <c r="M335" s="2"/>
       <c r="O335" s="2"/>
       <c r="Q335" s="2"/>
     </row>
-    <row r="336" spans="1:109">
-      <c r="D336" s="2"/>
+    <row r="336" spans="1:108">
       <c r="H336" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K336" s="2"/>
       <c r="M336" s="2"/>
       <c r="O336" s="2"/>
       <c r="Q336" s="2"/>
     </row>
-    <row r="337" spans="1:109">
-      <c r="D337" s="2"/>
+    <row r="337" spans="1:108">
       <c r="H337" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K337" s="2"/>
       <c r="M337" s="2"/>
       <c r="O337" s="2"/>
       <c r="Q337" s="2"/>
     </row>
-    <row r="338" spans="1:109">
-      <c r="D338" s="2"/>
+    <row r="338" spans="1:108">
       <c r="H338" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K338" s="2"/>
       <c r="M338" s="2"/>
       <c r="O338" s="2"/>
       <c r="Q338" s="2"/>
     </row>
-    <row r="339" spans="1:109">
-      <c r="D339" s="2"/>
+    <row r="339" spans="1:108">
       <c r="H339" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K339" s="2"/>
       <c r="M339" s="2"/>
       <c r="O339" s="2"/>
       <c r="Q339" s="2"/>
     </row>
-    <row r="340" spans="1:109">
-      <c r="D340" s="2"/>
+    <row r="340" spans="1:108">
       <c r="H340" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K340" s="2"/>
       <c r="M340" s="2"/>
       <c r="O340" s="2"/>
       <c r="Q340" s="2"/>
     </row>
-    <row r="341" spans="1:109">
-      <c r="D341" s="2"/>
+    <row r="341" spans="1:108">
       <c r="H341" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K341" s="2"/>
       <c r="M341" s="2"/>
       <c r="O341" s="2"/>
       <c r="Q341" s="2"/>
     </row>
-    <row r="342" spans="1:109">
-      <c r="D342" s="2"/>
+    <row r="342" spans="1:108">
       <c r="H342" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K342" s="2"/>
       <c r="M342" s="2"/>
       <c r="O342" s="2"/>
       <c r="Q342" s="2"/>
     </row>
-    <row r="343" spans="1:109">
-      <c r="D343" s="2"/>
+    <row r="343" spans="1:108">
       <c r="H343" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K343" s="2"/>
       <c r="M343" s="2"/>
       <c r="O343" s="2"/>
       <c r="Q343" s="2"/>
     </row>
-    <row r="344" spans="1:109">
-      <c r="D344" s="2"/>
+    <row r="344" spans="1:108">
       <c r="H344" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K344" s="2"/>
       <c r="M344" s="2"/>
       <c r="O344" s="2"/>
       <c r="Q344" s="2"/>
     </row>
-    <row r="345" spans="1:109">
-      <c r="D345" s="2"/>
+    <row r="345" spans="1:108">
       <c r="H345" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K345" s="2"/>
       <c r="M345" s="2"/>
       <c r="O345" s="2"/>
       <c r="Q345" s="2"/>
     </row>
-    <row r="346" spans="1:109">
-      <c r="D346" s="2"/>
+    <row r="346" spans="1:108">
       <c r="H346" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K346" s="2"/>
       <c r="M346" s="2"/>
       <c r="O346" s="2"/>
       <c r="Q346" s="2"/>
     </row>
-    <row r="347" spans="1:109">
-      <c r="D347" s="2"/>
+    <row r="347" spans="1:108">
       <c r="H347" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K347" s="2"/>
       <c r="M347" s="2"/>
       <c r="O347" s="2"/>
       <c r="Q347" s="2"/>
     </row>
-    <row r="348" spans="1:109">
-      <c r="D348" s="2"/>
+    <row r="348" spans="1:108">
       <c r="H348" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K348" s="2"/>
       <c r="M348" s="2"/>
       <c r="O348" s="2"/>
       <c r="Q348" s="2"/>
     </row>
-    <row r="349" spans="1:109">
-      <c r="D349" s="2"/>
+    <row r="349" spans="1:108">
       <c r="H349" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K349" s="2"/>
       <c r="M349" s="2"/>
       <c r="O349" s="2"/>
       <c r="Q349" s="2"/>
     </row>
-    <row r="350" spans="1:109">
-      <c r="D350" s="2"/>
+    <row r="350" spans="1:108">
       <c r="H350" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K350" s="2"/>
       <c r="M350" s="2"/>
       <c r="O350" s="2"/>
       <c r="Q350" s="2"/>
     </row>
-    <row r="351" spans="1:109">
-      <c r="D351" s="2"/>
+    <row r="351" spans="1:108">
       <c r="H351" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K351" s="2"/>
       <c r="M351" s="2"/>
       <c r="O351" s="2"/>
       <c r="Q351" s="2"/>
     </row>
-    <row r="352" spans="1:109">
-      <c r="D352" s="2"/>
+    <row r="352" spans="1:108">
       <c r="H352" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K352" s="2"/>
       <c r="M352" s="2"/>
       <c r="O352" s="2"/>
       <c r="Q352" s="2"/>
     </row>
-    <row r="353" spans="1:109">
-      <c r="D353" s="2"/>
+    <row r="353" spans="1:108">
       <c r="H353" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K353" s="2"/>
       <c r="M353" s="2"/>
       <c r="O353" s="2"/>
       <c r="Q353" s="2"/>
     </row>
-    <row r="354" spans="1:109">
-      <c r="D354" s="2"/>
+    <row r="354" spans="1:108">
       <c r="H354" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K354" s="2"/>
       <c r="M354" s="2"/>
       <c r="O354" s="2"/>
       <c r="Q354" s="2"/>
     </row>
-    <row r="355" spans="1:109">
-      <c r="D355" s="2"/>
+    <row r="355" spans="1:108">
       <c r="H355" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K355" s="2"/>
       <c r="M355" s="2"/>
       <c r="O355" s="2"/>
       <c r="Q355" s="2"/>
     </row>
-    <row r="356" spans="1:109">
-      <c r="D356" s="2"/>
+    <row r="356" spans="1:108">
       <c r="H356" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K356" s="2"/>
       <c r="M356" s="2"/>
       <c r="O356" s="2"/>
       <c r="Q356" s="2"/>
     </row>
-    <row r="357" spans="1:109">
-      <c r="D357" s="2"/>
+    <row r="357" spans="1:108">
       <c r="H357" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K357" s="2"/>
       <c r="M357" s="2"/>
       <c r="O357" s="2"/>
       <c r="Q357" s="2"/>
     </row>
-    <row r="358" spans="1:109">
-      <c r="D358" s="2"/>
+    <row r="358" spans="1:108">
       <c r="H358" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K358" s="2"/>
       <c r="M358" s="2"/>
       <c r="O358" s="2"/>
       <c r="Q358" s="2"/>
     </row>
-    <row r="359" spans="1:109">
-      <c r="D359" s="2"/>
+    <row r="359" spans="1:108">
       <c r="H359" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K359" s="2"/>
       <c r="M359" s="2"/>
       <c r="O359" s="2"/>
       <c r="Q359" s="2"/>
     </row>
-    <row r="360" spans="1:109">
-      <c r="D360" s="2"/>
+    <row r="360" spans="1:108">
       <c r="H360" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K360" s="2"/>
       <c r="M360" s="2"/>
       <c r="O360" s="2"/>
       <c r="Q360" s="2"/>
     </row>
-    <row r="361" spans="1:109">
-      <c r="D361" s="2"/>
+    <row r="361" spans="1:108">
       <c r="H361" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K361" s="2"/>
       <c r="M361" s="2"/>
       <c r="O361" s="2"/>
       <c r="Q361" s="2"/>
     </row>
-    <row r="362" spans="1:109">
-      <c r="D362" s="2"/>
+    <row r="362" spans="1:108">
       <c r="H362" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K362" s="2"/>
       <c r="M362" s="2"/>
       <c r="O362" s="2"/>
       <c r="Q362" s="2"/>
     </row>
-    <row r="363" spans="1:109">
-      <c r="D363" s="2"/>
+    <row r="363" spans="1:108">
       <c r="H363" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K363" s="2"/>
       <c r="M363" s="2"/>
       <c r="O363" s="2"/>
       <c r="Q363" s="2"/>
     </row>
-    <row r="364" spans="1:109">
-      <c r="D364" s="2"/>
+    <row r="364" spans="1:108">
       <c r="H364" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K364" s="2"/>
       <c r="M364" s="2"/>
       <c r="O364" s="2"/>
       <c r="Q364" s="2"/>
     </row>
-    <row r="365" spans="1:109">
-      <c r="D365" s="2"/>
+    <row r="365" spans="1:108">
       <c r="H365" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K365" s="2"/>
       <c r="M365" s="2"/>
       <c r="O365" s="2"/>
       <c r="Q365" s="2"/>
     </row>
-    <row r="366" spans="1:109">
-      <c r="D366" s="2"/>
+    <row r="366" spans="1:108">
       <c r="H366" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K366" s="2"/>
       <c r="M366" s="2"/>
       <c r="O366" s="2"/>
       <c r="Q366" s="2"/>
     </row>
-    <row r="367" spans="1:109">
-      <c r="D367" s="2"/>
+    <row r="367" spans="1:108">
       <c r="H367" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K367" s="2"/>
       <c r="M367" s="2"/>
       <c r="O367" s="2"/>
       <c r="Q367" s="2"/>
     </row>
-    <row r="368" spans="1:109">
-      <c r="D368" s="2"/>
+    <row r="368" spans="1:108">
       <c r="H368" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K368" s="2"/>
       <c r="M368" s="2"/>
       <c r="O368" s="2"/>
       <c r="Q368" s="2"/>
     </row>
-    <row r="369" spans="1:109">
-      <c r="D369" s="2"/>
+    <row r="369" spans="1:108">
       <c r="H369" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K369" s="2"/>
       <c r="M369" s="2"/>
       <c r="O369" s="2"/>
       <c r="Q369" s="2"/>
     </row>
-    <row r="370" spans="1:109">
-      <c r="D370" s="2"/>
+    <row r="370" spans="1:108">
       <c r="H370" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K370" s="2"/>
       <c r="M370" s="2"/>
       <c r="O370" s="2"/>
       <c r="Q370" s="2"/>
     </row>
-    <row r="371" spans="1:109">
-      <c r="D371" s="2"/>
+    <row r="371" spans="1:108">
       <c r="H371" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K371" s="2"/>
       <c r="M371" s="2"/>
       <c r="O371" s="2"/>
       <c r="Q371" s="2"/>
     </row>
-    <row r="372" spans="1:109">
-      <c r="D372" s="2"/>
+    <row r="372" spans="1:108">
       <c r="H372" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K372" s="2"/>
       <c r="M372" s="2"/>
       <c r="O372" s="2"/>
       <c r="Q372" s="2"/>
     </row>
-    <row r="373" spans="1:109">
-      <c r="D373" s="2"/>
+    <row r="373" spans="1:108">
       <c r="H373" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K373" s="2"/>
       <c r="M373" s="2"/>
       <c r="O373" s="2"/>
       <c r="Q373" s="2"/>
     </row>
-    <row r="374" spans="1:109">
-      <c r="D374" s="2"/>
+    <row r="374" spans="1:108">
       <c r="H374" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K374" s="2"/>
       <c r="M374" s="2"/>
       <c r="O374" s="2"/>
       <c r="Q374" s="2"/>
     </row>
-    <row r="375" spans="1:109">
-      <c r="D375" s="2"/>
+    <row r="375" spans="1:108">
       <c r="H375" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K375" s="2"/>
       <c r="M375" s="2"/>
       <c r="O375" s="2"/>
       <c r="Q375" s="2"/>
     </row>
-    <row r="376" spans="1:109">
-      <c r="D376" s="2"/>
+    <row r="376" spans="1:108">
       <c r="H376" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K376" s="2"/>
       <c r="M376" s="2"/>
       <c r="O376" s="2"/>
       <c r="Q376" s="2"/>
     </row>
-    <row r="377" spans="1:109">
-      <c r="D377" s="2"/>
+    <row r="377" spans="1:108">
       <c r="H377" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K377" s="2"/>
       <c r="M377" s="2"/>
       <c r="O377" s="2"/>
       <c r="Q377" s="2"/>
     </row>
-    <row r="378" spans="1:109">
-      <c r="D378" s="2"/>
+    <row r="378" spans="1:108">
       <c r="H378" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K378" s="2"/>
       <c r="M378" s="2"/>
       <c r="O378" s="2"/>
       <c r="Q378" s="2"/>
     </row>
-    <row r="379" spans="1:109">
-      <c r="D379" s="2"/>
+    <row r="379" spans="1:108">
       <c r="H379" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K379" s="2"/>
       <c r="M379" s="2"/>
       <c r="O379" s="2"/>
       <c r="Q379" s="2"/>
     </row>
-    <row r="380" spans="1:109">
-      <c r="D380" s="2"/>
+    <row r="380" spans="1:108">
       <c r="H380" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K380" s="2"/>
       <c r="M380" s="2"/>
       <c r="O380" s="2"/>
       <c r="Q380" s="2"/>
     </row>
-    <row r="381" spans="1:109">
-      <c r="D381" s="2"/>
+    <row r="381" spans="1:108">
       <c r="H381" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K381" s="2"/>
       <c r="M381" s="2"/>
       <c r="O381" s="2"/>
       <c r="Q381" s="2"/>
     </row>
-    <row r="382" spans="1:109">
-      <c r="D382" s="2"/>
+    <row r="382" spans="1:108">
       <c r="H382" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K382" s="2"/>
       <c r="M382" s="2"/>
       <c r="O382" s="2"/>
       <c r="Q382" s="2"/>
     </row>
-    <row r="383" spans="1:109">
-      <c r="D383" s="2"/>
+    <row r="383" spans="1:108">
       <c r="H383" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K383" s="2"/>
       <c r="M383" s="2"/>
       <c r="O383" s="2"/>
       <c r="Q383" s="2"/>
     </row>
-    <row r="384" spans="1:109">
-      <c r="D384" s="2"/>
+    <row r="384" spans="1:108">
       <c r="H384" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K384" s="2"/>
       <c r="M384" s="2"/>
       <c r="O384" s="2"/>
       <c r="Q384" s="2"/>
     </row>
-    <row r="385" spans="1:109">
-      <c r="D385" s="2"/>
+    <row r="385" spans="1:108">
       <c r="H385" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K385" s="2"/>
       <c r="M385" s="2"/>
       <c r="O385" s="2"/>
       <c r="Q385" s="2"/>
     </row>
-    <row r="386" spans="1:109">
-      <c r="D386" s="2"/>
+    <row r="386" spans="1:108">
       <c r="H386" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K386" s="2"/>
       <c r="M386" s="2"/>
       <c r="O386" s="2"/>
       <c r="Q386" s="2"/>
     </row>
-    <row r="387" spans="1:109">
-      <c r="D387" s="2"/>
+    <row r="387" spans="1:108">
       <c r="H387" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K387" s="2"/>
       <c r="M387" s="2"/>
       <c r="O387" s="2"/>
       <c r="Q387" s="2"/>
     </row>
-    <row r="388" spans="1:109">
-      <c r="D388" s="2"/>
+    <row r="388" spans="1:108">
       <c r="H388" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K388" s="2"/>
       <c r="M388" s="2"/>
       <c r="O388" s="2"/>
       <c r="Q388" s="2"/>
     </row>
-    <row r="389" spans="1:109">
-      <c r="D389" s="2"/>
+    <row r="389" spans="1:108">
       <c r="H389" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K389" s="2"/>
       <c r="M389" s="2"/>
       <c r="O389" s="2"/>
       <c r="Q389" s="2"/>
     </row>
-    <row r="390" spans="1:109">
-      <c r="D390" s="2"/>
+    <row r="390" spans="1:108">
       <c r="H390" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K390" s="2"/>
       <c r="M390" s="2"/>
       <c r="O390" s="2"/>
       <c r="Q390" s="2"/>
     </row>
-    <row r="391" spans="1:109">
-      <c r="D391" s="2"/>
+    <row r="391" spans="1:108">
       <c r="H391" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K391" s="2"/>
       <c r="M391" s="2"/>
       <c r="O391" s="2"/>
       <c r="Q391" s="2"/>
     </row>
-    <row r="392" spans="1:109">
-      <c r="D392" s="2"/>
+    <row r="392" spans="1:108">
       <c r="H392" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K392" s="2"/>
       <c r="M392" s="2"/>
       <c r="O392" s="2"/>
       <c r="Q392" s="2"/>
     </row>
-    <row r="393" spans="1:109">
-      <c r="D393" s="2"/>
+    <row r="393" spans="1:108">
       <c r="H393" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K393" s="2"/>
       <c r="M393" s="2"/>
       <c r="O393" s="2"/>
       <c r="Q393" s="2"/>
     </row>
-    <row r="394" spans="1:109">
-      <c r="D394" s="2"/>
+    <row r="394" spans="1:108">
       <c r="H394" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K394" s="2"/>
       <c r="M394" s="2"/>
       <c r="O394" s="2"/>
       <c r="Q394" s="2"/>
     </row>
-    <row r="395" spans="1:109">
-      <c r="D395" s="2"/>
+    <row r="395" spans="1:108">
       <c r="H395" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K395" s="2"/>
       <c r="M395" s="2"/>
       <c r="O395" s="2"/>
       <c r="Q395" s="2"/>
     </row>
-    <row r="396" spans="1:109">
-      <c r="D396" s="2"/>
+    <row r="396" spans="1:108">
       <c r="H396" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K396" s="2"/>
       <c r="M396" s="2"/>
       <c r="O396" s="2"/>
       <c r="Q396" s="2"/>
     </row>
-    <row r="397" spans="1:109">
-      <c r="D397" s="2"/>
+    <row r="397" spans="1:108">
       <c r="H397" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K397" s="2"/>
       <c r="M397" s="2"/>
       <c r="O397" s="2"/>
       <c r="Q397" s="2"/>
     </row>
-    <row r="398" spans="1:109">
-      <c r="D398" s="2"/>
+    <row r="398" spans="1:108">
       <c r="H398" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K398" s="2"/>
       <c r="M398" s="2"/>
       <c r="O398" s="2"/>
       <c r="Q398" s="2"/>
     </row>
-    <row r="399" spans="1:109">
-      <c r="D399" s="2"/>
+    <row r="399" spans="1:108">
       <c r="H399" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K399" s="2"/>
       <c r="M399" s="2"/>
       <c r="O399" s="2"/>
       <c r="Q399" s="2"/>
     </row>
-    <row r="400" spans="1:109">
-      <c r="D400" s="2"/>
+    <row r="400" spans="1:108">
       <c r="H400" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K400" s="2"/>
       <c r="M400" s="2"/>
       <c r="O400" s="2"/>
       <c r="Q400" s="2"/>
     </row>
-    <row r="401" spans="1:109">
-      <c r="D401" s="2"/>
+    <row r="401" spans="1:108">
       <c r="H401" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K401" s="2"/>
       <c r="M401" s="2"/>
       <c r="O401" s="2"/>
       <c r="Q401" s="2"/>
     </row>
-    <row r="402" spans="1:109">
-      <c r="D402" s="2"/>
+    <row r="402" spans="1:108">
       <c r="H402" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K402" s="2"/>
       <c r="M402" s="2"/>
       <c r="O402" s="2"/>
       <c r="Q402" s="2"/>
     </row>
-    <row r="403" spans="1:109">
-      <c r="D403" s="2"/>
+    <row r="403" spans="1:108">
       <c r="H403" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K403" s="2"/>
       <c r="M403" s="2"/>
       <c r="O403" s="2"/>
       <c r="Q403" s="2"/>
     </row>
-    <row r="404" spans="1:109">
-      <c r="D404" s="2"/>
+    <row r="404" spans="1:108">
       <c r="H404" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K404" s="2"/>
       <c r="M404" s="2"/>
       <c r="O404" s="2"/>
       <c r="Q404" s="2"/>
     </row>
-    <row r="405" spans="1:109">
-      <c r="D405" s="2"/>
+    <row r="405" spans="1:108">
       <c r="H405" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K405" s="2"/>
       <c r="M405" s="2"/>
       <c r="O405" s="2"/>
       <c r="Q405" s="2"/>
     </row>
-    <row r="406" spans="1:109">
-      <c r="D406" s="2"/>
+    <row r="406" spans="1:108">
       <c r="H406" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K406" s="2"/>
       <c r="M406" s="2"/>
       <c r="O406" s="2"/>
       <c r="Q406" s="2"/>
     </row>
-    <row r="407" spans="1:109">
-      <c r="D407" s="2"/>
+    <row r="407" spans="1:108">
       <c r="H407" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K407" s="2"/>
       <c r="M407" s="2"/>
       <c r="O407" s="2"/>
       <c r="Q407" s="2"/>
     </row>
-    <row r="408" spans="1:109">
-      <c r="D408" s="2"/>
+    <row r="408" spans="1:108">
       <c r="H408" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K408" s="2"/>
       <c r="M408" s="2"/>
       <c r="O408" s="2"/>
       <c r="Q408" s="2"/>
     </row>
-    <row r="409" spans="1:109">
-      <c r="D409" s="2"/>
+    <row r="409" spans="1:108">
       <c r="H409" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K409" s="2"/>
       <c r="M409" s="2"/>
       <c r="O409" s="2"/>
       <c r="Q409" s="2"/>
     </row>
-    <row r="410" spans="1:109">
-      <c r="D410" s="2"/>
+    <row r="410" spans="1:108">
       <c r="H410" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K410" s="2"/>
       <c r="M410" s="2"/>
       <c r="O410" s="2"/>
       <c r="Q410" s="2"/>
     </row>
-    <row r="411" spans="1:109">
-      <c r="D411" s="2"/>
+    <row r="411" spans="1:108">
       <c r="H411" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K411" s="2"/>
       <c r="M411" s="2"/>
       <c r="O411" s="2"/>
       <c r="Q411" s="2"/>
     </row>
-    <row r="412" spans="1:109">
-      <c r="D412" s="2"/>
+    <row r="412" spans="1:108">
       <c r="H412" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K412" s="2"/>
       <c r="M412" s="2"/>
       <c r="O412" s="2"/>
       <c r="Q412" s="2"/>
     </row>
-    <row r="413" spans="1:109">
-      <c r="D413" s="2"/>
+    <row r="413" spans="1:108">
       <c r="H413" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K413" s="2"/>
       <c r="M413" s="2"/>
       <c r="O413" s="2"/>
       <c r="Q413" s="2"/>
     </row>
-    <row r="414" spans="1:109">
-      <c r="D414" s="2"/>
+    <row r="414" spans="1:108">
       <c r="H414" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K414" s="2"/>
       <c r="M414" s="2"/>
       <c r="O414" s="2"/>
       <c r="Q414" s="2"/>
     </row>
-    <row r="415" spans="1:109">
-      <c r="D415" s="2"/>
+    <row r="415" spans="1:108">
       <c r="H415" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K415" s="2"/>
       <c r="M415" s="2"/>
       <c r="O415" s="2"/>
       <c r="Q415" s="2"/>
     </row>
-    <row r="416" spans="1:109">
-      <c r="D416" s="2"/>
+    <row r="416" spans="1:108">
       <c r="H416" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K416" s="2"/>
       <c r="M416" s="2"/>
       <c r="O416" s="2"/>
       <c r="Q416" s="2"/>
     </row>
-    <row r="417" spans="1:109">
-      <c r="D417" s="2"/>
+    <row r="417" spans="1:108">
       <c r="H417" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K417" s="2"/>
       <c r="M417" s="2"/>
       <c r="O417" s="2"/>
       <c r="Q417" s="2"/>
     </row>
-    <row r="418" spans="1:109">
-      <c r="D418" s="2"/>
+    <row r="418" spans="1:108">
       <c r="H418" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K418" s="2"/>
       <c r="M418" s="2"/>
       <c r="O418" s="2"/>
       <c r="Q418" s="2"/>
     </row>
-    <row r="419" spans="1:109">
-      <c r="D419" s="2"/>
+    <row r="419" spans="1:108">
       <c r="H419" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K419" s="2"/>
       <c r="M419" s="2"/>
       <c r="O419" s="2"/>
       <c r="Q419" s="2"/>
     </row>
-    <row r="420" spans="1:109">
-      <c r="D420" s="2"/>
+    <row r="420" spans="1:108">
       <c r="H420" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K420" s="2"/>
       <c r="M420" s="2"/>
       <c r="O420" s="2"/>
       <c r="Q420" s="2"/>
     </row>
-    <row r="421" spans="1:109">
-      <c r="D421" s="2"/>
+    <row r="421" spans="1:108">
       <c r="H421" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K421" s="2"/>
       <c r="M421" s="2"/>
       <c r="O421" s="2"/>
       <c r="Q421" s="2"/>
     </row>
-    <row r="422" spans="1:109">
-      <c r="D422" s="2"/>
+    <row r="422" spans="1:108">
       <c r="H422" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K422" s="2"/>
       <c r="M422" s="2"/>
       <c r="O422" s="2"/>
       <c r="Q422" s="2"/>
     </row>
-    <row r="423" spans="1:109">
-      <c r="D423" s="2"/>
+    <row r="423" spans="1:108">
       <c r="H423" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K423" s="2"/>
       <c r="M423" s="2"/>
       <c r="O423" s="2"/>
       <c r="Q423" s="2"/>
     </row>
-    <row r="424" spans="1:109">
-      <c r="D424" s="2"/>
+    <row r="424" spans="1:108">
       <c r="H424" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K424" s="2"/>
       <c r="M424" s="2"/>
       <c r="O424" s="2"/>
       <c r="Q424" s="2"/>
     </row>
-    <row r="425" spans="1:109">
-      <c r="D425" s="2"/>
+    <row r="425" spans="1:108">
       <c r="H425" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K425" s="2"/>
       <c r="M425" s="2"/>
       <c r="O425" s="2"/>
       <c r="Q425" s="2"/>
     </row>
-    <row r="426" spans="1:109">
-      <c r="D426" s="2"/>
+    <row r="426" spans="1:108">
       <c r="H426" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K426" s="2"/>
       <c r="M426" s="2"/>
       <c r="O426" s="2"/>
       <c r="Q426" s="2"/>
     </row>
-    <row r="427" spans="1:109">
-      <c r="D427" s="2"/>
+    <row r="427" spans="1:108">
       <c r="H427" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K427" s="2"/>
       <c r="M427" s="2"/>
       <c r="O427" s="2"/>
       <c r="Q427" s="2"/>
     </row>
-    <row r="428" spans="1:109">
-      <c r="D428" s="2"/>
+    <row r="428" spans="1:108">
       <c r="H428" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K428" s="2"/>
       <c r="M428" s="2"/>
       <c r="O428" s="2"/>
       <c r="Q428" s="2"/>
     </row>
-    <row r="429" spans="1:109">
-      <c r="D429" s="2"/>
+    <row r="429" spans="1:108">
       <c r="H429" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K429" s="2"/>
       <c r="M429" s="2"/>
       <c r="O429" s="2"/>
       <c r="Q429" s="2"/>
     </row>
-    <row r="430" spans="1:109">
-      <c r="D430" s="2"/>
+    <row r="430" spans="1:108">
       <c r="H430" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K430" s="2"/>
       <c r="M430" s="2"/>
       <c r="O430" s="2"/>
       <c r="Q430" s="2"/>
     </row>
-    <row r="431" spans="1:109">
-      <c r="D431" s="2"/>
+    <row r="431" spans="1:108">
       <c r="H431" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K431" s="2"/>
       <c r="M431" s="2"/>
       <c r="O431" s="2"/>
       <c r="Q431" s="2"/>
     </row>
-    <row r="432" spans="1:109">
-      <c r="D432" s="2"/>
+    <row r="432" spans="1:108">
       <c r="H432" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K432" s="2"/>
       <c r="M432" s="2"/>
       <c r="O432" s="2"/>
       <c r="Q432" s="2"/>
     </row>
-    <row r="433" spans="1:109">
-      <c r="D433" s="2"/>
+    <row r="433" spans="1:108">
       <c r="H433" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K433" s="2"/>
       <c r="M433" s="2"/>
       <c r="O433" s="2"/>
       <c r="Q433" s="2"/>
     </row>
-    <row r="434" spans="1:109">
-      <c r="D434" s="2"/>
+    <row r="434" spans="1:108">
       <c r="H434" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K434" s="2"/>
       <c r="M434" s="2"/>
       <c r="O434" s="2"/>
       <c r="Q434" s="2"/>
     </row>
-    <row r="435" spans="1:109">
-      <c r="D435" s="2"/>
+    <row r="435" spans="1:108">
       <c r="H435" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K435" s="2"/>
       <c r="M435" s="2"/>
       <c r="O435" s="2"/>
       <c r="Q435" s="2"/>
     </row>
-    <row r="436" spans="1:109">
-      <c r="D436" s="2"/>
+    <row r="436" spans="1:108">
       <c r="H436" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K436" s="2"/>
       <c r="M436" s="2"/>
       <c r="O436" s="2"/>
       <c r="Q436" s="2"/>
     </row>
-    <row r="437" spans="1:109">
-      <c r="D437" s="2"/>
+    <row r="437" spans="1:108">
       <c r="H437" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K437" s="2"/>
       <c r="M437" s="2"/>
       <c r="O437" s="2"/>
       <c r="Q437" s="2"/>
     </row>
-    <row r="438" spans="1:109">
-      <c r="D438" s="2"/>
+    <row r="438" spans="1:108">
       <c r="H438" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K438" s="2"/>
       <c r="M438" s="2"/>
       <c r="O438" s="2"/>
       <c r="Q438" s="2"/>
     </row>
-    <row r="439" spans="1:109">
-      <c r="D439" s="2"/>
+    <row r="439" spans="1:108">
       <c r="H439" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K439" s="2"/>
       <c r="M439" s="2"/>
       <c r="O439" s="2"/>
       <c r="Q439" s="2"/>
     </row>
-    <row r="440" spans="1:109">
-      <c r="D440" s="2"/>
+    <row r="440" spans="1:108">
       <c r="H440" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K440" s="2"/>
       <c r="M440" s="2"/>
       <c r="O440" s="2"/>
       <c r="Q440" s="2"/>
     </row>
-    <row r="441" spans="1:109">
-      <c r="D441" s="2"/>
+    <row r="441" spans="1:108">
       <c r="H441" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K441" s="2"/>
       <c r="M441" s="2"/>
       <c r="O441" s="2"/>
       <c r="Q441" s="2"/>
     </row>
-    <row r="442" spans="1:109">
-      <c r="D442" s="2"/>
+    <row r="442" spans="1:108">
       <c r="H442" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K442" s="2"/>
       <c r="M442" s="2"/>
       <c r="O442" s="2"/>
       <c r="Q442" s="2"/>
     </row>
-    <row r="443" spans="1:109">
-      <c r="D443" s="2"/>
+    <row r="443" spans="1:108">
       <c r="H443" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K443" s="2"/>
       <c r="M443" s="2"/>
       <c r="O443" s="2"/>
       <c r="Q443" s="2"/>
     </row>
-    <row r="444" spans="1:109">
-      <c r="D444" s="2"/>
+    <row r="444" spans="1:108">
       <c r="H444" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K444" s="2"/>
       <c r="M444" s="2"/>
       <c r="O444" s="2"/>
       <c r="Q444" s="2"/>
     </row>
-    <row r="445" spans="1:109">
-      <c r="D445" s="2"/>
+    <row r="445" spans="1:108">
       <c r="H445" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K445" s="2"/>
       <c r="M445" s="2"/>
       <c r="O445" s="2"/>
       <c r="Q445" s="2"/>
     </row>
-    <row r="446" spans="1:109">
-      <c r="D446" s="2"/>
+    <row r="446" spans="1:108">
       <c r="H446" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K446" s="2"/>
       <c r="M446" s="2"/>
       <c r="O446" s="2"/>
       <c r="Q446" s="2"/>
     </row>
-    <row r="447" spans="1:109">
-      <c r="D447" s="2"/>
+    <row r="447" spans="1:108">
       <c r="H447" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K447" s="2"/>
       <c r="M447" s="2"/>
       <c r="O447" s="2"/>
       <c r="Q447" s="2"/>
     </row>
-    <row r="448" spans="1:109">
-      <c r="D448" s="2"/>
+    <row r="448" spans="1:108">
       <c r="H448" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K448" s="2"/>
       <c r="M448" s="2"/>
       <c r="O448" s="2"/>
       <c r="Q448" s="2"/>
     </row>
-    <row r="449" spans="1:109">
-      <c r="D449" s="2"/>
+    <row r="449" spans="1:108">
       <c r="H449" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K449" s="2"/>
       <c r="M449" s="2"/>
       <c r="O449" s="2"/>
       <c r="Q449" s="2"/>
     </row>
-    <row r="450" spans="1:109">
-      <c r="D450" s="2"/>
+    <row r="450" spans="1:108">
       <c r="H450" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K450" s="2"/>
       <c r="M450" s="2"/>
       <c r="O450" s="2"/>
       <c r="Q450" s="2"/>
     </row>
-    <row r="451" spans="1:109">
-      <c r="D451" s="2"/>
+    <row r="451" spans="1:108">
       <c r="H451" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K451" s="2"/>
       <c r="M451" s="2"/>
       <c r="O451" s="2"/>
       <c r="Q451" s="2"/>
     </row>
-    <row r="452" spans="1:109">
-      <c r="D452" s="2"/>
+    <row r="452" spans="1:108">
       <c r="H452" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K452" s="2"/>
       <c r="M452" s="2"/>
       <c r="O452" s="2"/>
       <c r="Q452" s="2"/>
     </row>
-    <row r="453" spans="1:109">
-      <c r="D453" s="2"/>
+    <row r="453" spans="1:108">
       <c r="H453" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K453" s="2"/>
       <c r="M453" s="2"/>
       <c r="O453" s="2"/>
       <c r="Q453" s="2"/>
     </row>
-    <row r="454" spans="1:109">
-      <c r="D454" s="2"/>
+    <row r="454" spans="1:108">
       <c r="H454" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K454" s="2"/>
       <c r="M454" s="2"/>
       <c r="O454" s="2"/>
       <c r="Q454" s="2"/>
     </row>
-    <row r="455" spans="1:109">
-      <c r="D455" s="2"/>
+    <row r="455" spans="1:108">
       <c r="H455" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K455" s="2"/>
       <c r="M455" s="2"/>
       <c r="O455" s="2"/>
       <c r="Q455" s="2"/>
     </row>
-    <row r="456" spans="1:109">
-      <c r="D456" s="2"/>
+    <row r="456" spans="1:108">
       <c r="H456" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K456" s="2"/>
       <c r="M456" s="2"/>
       <c r="O456" s="2"/>
       <c r="Q456" s="2"/>
     </row>
-    <row r="457" spans="1:109">
-      <c r="D457" s="2"/>
+    <row r="457" spans="1:108">
       <c r="H457" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K457" s="2"/>
       <c r="M457" s="2"/>
       <c r="O457" s="2"/>
       <c r="Q457" s="2"/>
     </row>
-    <row r="458" spans="1:109">
-      <c r="D458" s="2"/>
+    <row r="458" spans="1:108">
       <c r="H458" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K458" s="2"/>
       <c r="M458" s="2"/>
       <c r="O458" s="2"/>
       <c r="Q458" s="2"/>
     </row>
-    <row r="459" spans="1:109">
-      <c r="D459" s="2"/>
+    <row r="459" spans="1:108">
       <c r="H459" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K459" s="2"/>
       <c r="M459" s="2"/>
       <c r="O459" s="2"/>
       <c r="Q459" s="2"/>
     </row>
-    <row r="460" spans="1:109">
-      <c r="D460" s="2"/>
+    <row r="460" spans="1:108">
       <c r="H460" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K460" s="2"/>
       <c r="M460" s="2"/>
       <c r="O460" s="2"/>
       <c r="Q460" s="2"/>
     </row>
-    <row r="461" spans="1:109">
-      <c r="D461" s="2"/>
+    <row r="461" spans="1:108">
       <c r="H461" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K461" s="2"/>
       <c r="M461" s="2"/>
       <c r="O461" s="2"/>
       <c r="Q461" s="2"/>
     </row>
-    <row r="462" spans="1:109">
-      <c r="D462" s="2"/>
+    <row r="462" spans="1:108">
       <c r="H462" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K462" s="2"/>
       <c r="M462" s="2"/>
       <c r="O462" s="2"/>
       <c r="Q462" s="2"/>
     </row>
-    <row r="463" spans="1:109">
-      <c r="D463" s="2"/>
+    <row r="463" spans="1:108">
       <c r="H463" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K463" s="2"/>
       <c r="M463" s="2"/>
       <c r="O463" s="2"/>
       <c r="Q463" s="2"/>
     </row>
-    <row r="464" spans="1:109">
-      <c r="D464" s="2"/>
+    <row r="464" spans="1:108">
       <c r="H464" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K464" s="2"/>
       <c r="M464" s="2"/>
       <c r="O464" s="2"/>
       <c r="Q464" s="2"/>
     </row>
-    <row r="465" spans="1:109">
-      <c r="D465" s="2"/>
+    <row r="465" spans="1:108">
       <c r="H465" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K465" s="2"/>
       <c r="M465" s="2"/>
       <c r="O465" s="2"/>
       <c r="Q465" s="2"/>
     </row>
-    <row r="466" spans="1:109">
-      <c r="D466" s="2"/>
+    <row r="466" spans="1:108">
       <c r="H466" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K466" s="2"/>
       <c r="M466" s="2"/>
       <c r="O466" s="2"/>
       <c r="Q466" s="2"/>
     </row>
-    <row r="467" spans="1:109">
-      <c r="D467" s="2"/>
+    <row r="467" spans="1:108">
       <c r="H467" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K467" s="2"/>
       <c r="M467" s="2"/>
       <c r="O467" s="2"/>
       <c r="Q467" s="2"/>
     </row>
-    <row r="468" spans="1:109">
-      <c r="D468" s="2"/>
+    <row r="468" spans="1:108">
       <c r="H468" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K468" s="2"/>
       <c r="M468" s="2"/>
       <c r="O468" s="2"/>
       <c r="Q468" s="2"/>
     </row>
-    <row r="469" spans="1:109">
-      <c r="D469" s="2"/>
+    <row r="469" spans="1:108">
       <c r="H469" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K469" s="2"/>
       <c r="M469" s="2"/>
       <c r="O469" s="2"/>
       <c r="Q469" s="2"/>
     </row>
-    <row r="470" spans="1:109">
-      <c r="D470" s="2"/>
+    <row r="470" spans="1:108">
       <c r="H470" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K470" s="2"/>
       <c r="M470" s="2"/>
       <c r="O470" s="2"/>
       <c r="Q470" s="2"/>
     </row>
-    <row r="471" spans="1:109">
-      <c r="D471" s="2"/>
+    <row r="471" spans="1:108">
       <c r="H471" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K471" s="2"/>
       <c r="M471" s="2"/>
       <c r="O471" s="2"/>
       <c r="Q471" s="2"/>
     </row>
-    <row r="472" spans="1:109">
-      <c r="D472" s="2"/>
+    <row r="472" spans="1:108">
       <c r="H472" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K472" s="2"/>
       <c r="M472" s="2"/>
       <c r="O472" s="2"/>
       <c r="Q472" s="2"/>
     </row>
-    <row r="473" spans="1:109">
-      <c r="D473" s="2"/>
+    <row r="473" spans="1:108">
       <c r="H473" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K473" s="2"/>
       <c r="M473" s="2"/>
       <c r="O473" s="2"/>
       <c r="Q473" s="2"/>
     </row>
-    <row r="474" spans="1:109">
-      <c r="D474" s="2"/>
+    <row r="474" spans="1:108">
       <c r="H474" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K474" s="2"/>
       <c r="M474" s="2"/>
       <c r="O474" s="2"/>
       <c r="Q474" s="2"/>
     </row>
-    <row r="475" spans="1:109">
-      <c r="D475" s="2"/>
+    <row r="475" spans="1:108">
       <c r="H475" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K475" s="2"/>
       <c r="M475" s="2"/>
       <c r="O475" s="2"/>
       <c r="Q475" s="2"/>
     </row>
-    <row r="476" spans="1:109">
-      <c r="D476" s="2"/>
+    <row r="476" spans="1:108">
       <c r="H476" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K476" s="2"/>
       <c r="M476" s="2"/>
       <c r="O476" s="2"/>
       <c r="Q476" s="2"/>
     </row>
-    <row r="477" spans="1:109">
-      <c r="D477" s="2"/>
+    <row r="477" spans="1:108">
       <c r="H477" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K477" s="2"/>
       <c r="M477" s="2"/>
       <c r="O477" s="2"/>
       <c r="Q477" s="2"/>
     </row>
-    <row r="478" spans="1:109">
-      <c r="D478" s="2"/>
+    <row r="478" spans="1:108">
       <c r="H478" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K478" s="2"/>
       <c r="M478" s="2"/>
       <c r="O478" s="2"/>
       <c r="Q478" s="2"/>
     </row>
-    <row r="479" spans="1:109">
-      <c r="D479" s="2"/>
+    <row r="479" spans="1:108">
       <c r="H479" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K479" s="2"/>
       <c r="M479" s="2"/>
       <c r="O479" s="2"/>
       <c r="Q479" s="2"/>
     </row>
-    <row r="480" spans="1:109">
-      <c r="D480" s="2"/>
+    <row r="480" spans="1:108">
       <c r="H480" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K480" s="2"/>
       <c r="M480" s="2"/>
       <c r="O480" s="2"/>
       <c r="Q480" s="2"/>
     </row>
-    <row r="481" spans="1:109">
-      <c r="D481" s="2"/>
+    <row r="481" spans="1:108">
       <c r="H481" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K481" s="2"/>
       <c r="M481" s="2"/>
       <c r="O481" s="2"/>
       <c r="Q481" s="2"/>
     </row>
-    <row r="482" spans="1:109">
-      <c r="D482" s="2"/>
+    <row r="482" spans="1:108">
       <c r="H482" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K482" s="2"/>
       <c r="M482" s="2"/>
       <c r="O482" s="2"/>
       <c r="Q482" s="2"/>
     </row>
-    <row r="483" spans="1:109">
-      <c r="D483" s="2"/>
+    <row r="483" spans="1:108">
       <c r="H483" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K483" s="2"/>
       <c r="M483" s="2"/>
       <c r="O483" s="2"/>
       <c r="Q483" s="2"/>
     </row>
-    <row r="484" spans="1:109">
-      <c r="D484" s="2"/>
+    <row r="484" spans="1:108">
       <c r="H484" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K484" s="2"/>
       <c r="M484" s="2"/>
       <c r="O484" s="2"/>
       <c r="Q484" s="2"/>
     </row>
-    <row r="485" spans="1:109">
-      <c r="D485" s="2"/>
+    <row r="485" spans="1:108">
       <c r="H485" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K485" s="2"/>
       <c r="M485" s="2"/>
       <c r="O485" s="2"/>
       <c r="Q485" s="2"/>
     </row>
-    <row r="486" spans="1:109">
-      <c r="D486" s="2"/>
+    <row r="486" spans="1:108">
       <c r="H486" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K486" s="2"/>
       <c r="M486" s="2"/>
       <c r="O486" s="2"/>
       <c r="Q486" s="2"/>
     </row>
-    <row r="487" spans="1:109">
-      <c r="D487" s="2"/>
+    <row r="487" spans="1:108">
       <c r="H487" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K487" s="2"/>
       <c r="M487" s="2"/>
       <c r="O487" s="2"/>
       <c r="Q487" s="2"/>
     </row>
-    <row r="488" spans="1:109">
-      <c r="D488" s="2"/>
+    <row r="488" spans="1:108">
       <c r="H488" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K488" s="2"/>
       <c r="M488" s="2"/>
       <c r="O488" s="2"/>
       <c r="Q488" s="2"/>
     </row>
-    <row r="489" spans="1:109">
-      <c r="D489" s="2"/>
+    <row r="489" spans="1:108">
       <c r="H489" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K489" s="2"/>
       <c r="M489" s="2"/>
       <c r="O489" s="2"/>
       <c r="Q489" s="2"/>
     </row>
-    <row r="490" spans="1:109">
-      <c r="D490" s="2"/>
+    <row r="490" spans="1:108">
       <c r="H490" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K490" s="2"/>
       <c r="M490" s="2"/>
       <c r="O490" s="2"/>
       <c r="Q490" s="2"/>
     </row>
-    <row r="491" spans="1:109">
-      <c r="D491" s="2"/>
+    <row r="491" spans="1:108">
       <c r="H491" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K491" s="2"/>
       <c r="M491" s="2"/>
       <c r="O491" s="2"/>
       <c r="Q491" s="2"/>
     </row>
-    <row r="492" spans="1:109">
-      <c r="D492" s="2"/>
+    <row r="492" spans="1:108">
       <c r="H492" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K492" s="2"/>
       <c r="M492" s="2"/>
       <c r="O492" s="2"/>
       <c r="Q492" s="2"/>
     </row>
-    <row r="493" spans="1:109">
-      <c r="D493" s="2"/>
+    <row r="493" spans="1:108">
       <c r="H493" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K493" s="2"/>
       <c r="M493" s="2"/>
       <c r="O493" s="2"/>
       <c r="Q493" s="2"/>
     </row>
-    <row r="494" spans="1:109">
-      <c r="D494" s="2"/>
+    <row r="494" spans="1:108">
       <c r="H494" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K494" s="2"/>
       <c r="M494" s="2"/>
       <c r="O494" s="2"/>
       <c r="Q494" s="2"/>
     </row>
-    <row r="495" spans="1:109">
-      <c r="D495" s="2"/>
+    <row r="495" spans="1:108">
       <c r="H495" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K495" s="2"/>
       <c r="M495" s="2"/>
       <c r="O495" s="2"/>
       <c r="Q495" s="2"/>
     </row>
-    <row r="496" spans="1:109">
-      <c r="D496" s="2"/>
+    <row r="496" spans="1:108">
       <c r="H496" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K496" s="2"/>
       <c r="M496" s="2"/>
       <c r="O496" s="2"/>
       <c r="Q496" s="2"/>
     </row>
-    <row r="497" spans="1:109">
-      <c r="D497" s="2"/>
+    <row r="497" spans="1:108">
       <c r="H497" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K497" s="2"/>
       <c r="M497" s="2"/>
       <c r="O497" s="2"/>
       <c r="Q497" s="2"/>
     </row>
-    <row r="498" spans="1:109">
-      <c r="D498" s="2"/>
+    <row r="498" spans="1:108">
       <c r="H498" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K498" s="2"/>
       <c r="M498" s="2"/>
       <c r="O498" s="2"/>
       <c r="Q498" s="2"/>
     </row>
-    <row r="499" spans="1:109">
-      <c r="D499" s="2"/>
+    <row r="499" spans="1:108">
       <c r="H499" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K499" s="2"/>
       <c r="M499" s="2"/>
       <c r="O499" s="2"/>
       <c r="Q499" s="2"/>
     </row>
-    <row r="500" spans="1:109">
-      <c r="D500" s="2"/>
+    <row r="500" spans="1:108">
       <c r="H500" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K500" s="2"/>
       <c r="M500" s="2"/>
       <c r="O500" s="2"/>
       <c r="Q500" s="2"/>
     </row>
-    <row r="501" spans="1:109">
-      <c r="D501" s="2"/>
+    <row r="501" spans="1:108">
       <c r="H501" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K501" s="2"/>
       <c r="M501" s="2"/>
       <c r="O501" s="2"/>
       <c r="Q501" s="2"/>
     </row>
-    <row r="502" spans="1:109">
-      <c r="D502" s="2"/>
+    <row r="502" spans="1:108">
       <c r="H502" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K502" s="2"/>
       <c r="M502" s="2"/>
       <c r="O502" s="2"/>
       <c r="Q502" s="2"/>
     </row>
-    <row r="503" spans="1:109">
-      <c r="D503" s="2"/>
+    <row r="503" spans="1:108">
       <c r="H503" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K503" s="2"/>
       <c r="M503" s="2"/>
       <c r="O503" s="2"/>
       <c r="Q503" s="2"/>
     </row>
-    <row r="504" spans="1:109">
-      <c r="D504" s="2"/>
+    <row r="504" spans="1:108">
       <c r="H504" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K504" s="2"/>
       <c r="M504" s="2"/>
       <c r="O504" s="2"/>
       <c r="Q504" s="2"/>
     </row>
-    <row r="505" spans="1:109">
-      <c r="D505" s="2"/>
+    <row r="505" spans="1:108">
       <c r="H505" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K505" s="2"/>
       <c r="M505" s="2"/>
       <c r="O505" s="2"/>
       <c r="Q505" s="2"/>
     </row>
-    <row r="506" spans="1:109">
-      <c r="D506" s="2"/>
+    <row r="506" spans="1:108">
       <c r="H506" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K506" s="2"/>
       <c r="M506" s="2"/>
       <c r="O506" s="2"/>
       <c r="Q506" s="2"/>
     </row>
-    <row r="507" spans="1:109">
-      <c r="D507" s="2"/>
+    <row r="507" spans="1:108">
       <c r="H507" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K507" s="2"/>
       <c r="M507" s="2"/>
       <c r="O507" s="2"/>
       <c r="Q507" s="2"/>
     </row>
-    <row r="508" spans="1:109">
-      <c r="D508" s="2"/>
+    <row r="508" spans="1:108">
       <c r="H508" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K508" s="2"/>
       <c r="M508" s="2"/>
       <c r="O508" s="2"/>
       <c r="Q508" s="2"/>
     </row>
-    <row r="509" spans="1:109">
-      <c r="D509" s="2"/>
+    <row r="509" spans="1:108">
       <c r="H509" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K509" s="2"/>
       <c r="M509" s="2"/>
       <c r="O509" s="2"/>
       <c r="Q509" s="2"/>
     </row>
-    <row r="510" spans="1:109">
-      <c r="D510" s="2"/>
+    <row r="510" spans="1:108">
       <c r="H510" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K510" s="2"/>
       <c r="M510" s="2"/>
       <c r="O510" s="2"/>
       <c r="Q510" s="2"/>
     </row>
-    <row r="511" spans="1:109">
-      <c r="D511" s="2"/>
+    <row r="511" spans="1:108">
       <c r="H511" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K511" s="2"/>
       <c r="M511" s="2"/>
       <c r="O511" s="2"/>
       <c r="Q511" s="2"/>
     </row>
-    <row r="512" spans="1:109">
-      <c r="D512" s="2"/>
+    <row r="512" spans="1:108">
       <c r="H512" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K512" s="2"/>
       <c r="M512" s="2"/>
       <c r="O512" s="2"/>
       <c r="Q512" s="2"/>
     </row>
-    <row r="513" spans="1:109">
-      <c r="D513" s="2"/>
+    <row r="513" spans="1:108">
       <c r="H513" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K513" s="2"/>
       <c r="M513" s="2"/>
       <c r="O513" s="2"/>
       <c r="Q513" s="2"/>
     </row>
-    <row r="514" spans="1:109">
-      <c r="D514" s="2"/>
+    <row r="514" spans="1:108">
       <c r="H514" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K514" s="2"/>
       <c r="M514" s="2"/>
       <c r="O514" s="2"/>
       <c r="Q514" s="2"/>
     </row>
-    <row r="515" spans="1:109">
-      <c r="D515" s="2"/>
+    <row r="515" spans="1:108">
       <c r="H515" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K515" s="2"/>
       <c r="M515" s="2"/>
       <c r="O515" s="2"/>
       <c r="Q515" s="2"/>
     </row>
-    <row r="516" spans="1:109">
-      <c r="D516" s="2"/>
+    <row r="516" spans="1:108">
       <c r="H516" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K516" s="2"/>
       <c r="M516" s="2"/>
       <c r="O516" s="2"/>
       <c r="Q516" s="2"/>
     </row>
-    <row r="517" spans="1:109">
-      <c r="D517" s="2"/>
+    <row r="517" spans="1:108">
       <c r="H517" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K517" s="2"/>
       <c r="M517" s="2"/>
       <c r="O517" s="2"/>
       <c r="Q517" s="2"/>
     </row>
-    <row r="518" spans="1:109">
-      <c r="D518" s="2"/>
+    <row r="518" spans="1:108">
       <c r="H518" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K518" s="2"/>
       <c r="M518" s="2"/>
       <c r="O518" s="2"/>
       <c r="Q518" s="2"/>
     </row>
-    <row r="519" spans="1:109">
-      <c r="D519" s="2"/>
+    <row r="519" spans="1:108">
       <c r="H519" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K519" s="2"/>
       <c r="M519" s="2"/>
       <c r="O519" s="2"/>
       <c r="Q519" s="2"/>
     </row>
-    <row r="520" spans="1:109">
-      <c r="D520" s="2"/>
+    <row r="520" spans="1:108">
       <c r="H520" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K520" s="2"/>
       <c r="M520" s="2"/>
       <c r="O520" s="2"/>
       <c r="Q520" s="2"/>
     </row>
-    <row r="521" spans="1:109">
-      <c r="D521" s="2"/>
+    <row r="521" spans="1:108">
       <c r="H521" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K521" s="2"/>
       <c r="M521" s="2"/>
       <c r="O521" s="2"/>
       <c r="Q521" s="2"/>
     </row>
-    <row r="522" spans="1:109">
-      <c r="D522" s="2"/>
+    <row r="522" spans="1:108">
       <c r="H522" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K522" s="2"/>
       <c r="M522" s="2"/>
       <c r="O522" s="2"/>
       <c r="Q522" s="2"/>
     </row>
-    <row r="523" spans="1:109">
-      <c r="D523" s="2"/>
+    <row r="523" spans="1:108">
       <c r="H523" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K523" s="2"/>
       <c r="M523" s="2"/>
       <c r="O523" s="2"/>
       <c r="Q523" s="2"/>
     </row>
-    <row r="524" spans="1:109">
-      <c r="D524" s="2"/>
+    <row r="524" spans="1:108">
       <c r="H524" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K524" s="2"/>
       <c r="M524" s="2"/>
       <c r="O524" s="2"/>
       <c r="Q524" s="2"/>
     </row>
-    <row r="525" spans="1:109">
-      <c r="D525" s="2"/>
+    <row r="525" spans="1:108">
       <c r="H525" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K525" s="2"/>
       <c r="M525" s="2"/>
       <c r="O525" s="2"/>
       <c r="Q525" s="2"/>
     </row>
-    <row r="526" spans="1:109">
-      <c r="D526" s="2"/>
+    <row r="526" spans="1:108">
       <c r="H526" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K526" s="2"/>
       <c r="M526" s="2"/>
       <c r="O526" s="2"/>
       <c r="Q526" s="2"/>
     </row>
-    <row r="527" spans="1:109">
-      <c r="D527" s="2"/>
+    <row r="527" spans="1:108">
       <c r="H527" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K527" s="2"/>
       <c r="M527" s="2"/>
       <c r="O527" s="2"/>
       <c r="Q527" s="2"/>
     </row>
-    <row r="528" spans="1:109">
-      <c r="D528" s="2"/>
+    <row r="528" spans="1:108">
       <c r="H528" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K528" s="2"/>
       <c r="M528" s="2"/>
       <c r="O528" s="2"/>
       <c r="Q528" s="2"/>
     </row>
-    <row r="529" spans="1:109">
-      <c r="D529" s="2"/>
+    <row r="529" spans="1:108">
       <c r="H529" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K529" s="2"/>
       <c r="M529" s="2"/>
       <c r="O529" s="2"/>
       <c r="Q529" s="2"/>
     </row>
-    <row r="530" spans="1:109">
-      <c r="D530" s="2"/>
+    <row r="530" spans="1:108">
       <c r="H530" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K530" s="2"/>
       <c r="M530" s="2"/>
       <c r="O530" s="2"/>
       <c r="Q530" s="2"/>
     </row>
-    <row r="531" spans="1:109">
-      <c r="D531" s="2"/>
+    <row r="531" spans="1:108">
       <c r="H531" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K531" s="2"/>
       <c r="M531" s="2"/>
       <c r="O531" s="2"/>
       <c r="Q531" s="2"/>
     </row>
-    <row r="532" spans="1:109">
-      <c r="D532" s="2"/>
+    <row r="532" spans="1:108">
       <c r="H532" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K532" s="2"/>
       <c r="M532" s="2"/>
       <c r="O532" s="2"/>
       <c r="Q532" s="2"/>
     </row>
-    <row r="533" spans="1:109">
-      <c r="D533" s="2"/>
+    <row r="533" spans="1:108">
       <c r="H533" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K533" s="2"/>
       <c r="M533" s="2"/>
       <c r="O533" s="2"/>
       <c r="Q533" s="2"/>
     </row>
-    <row r="534" spans="1:109">
-      <c r="D534" s="2"/>
+    <row r="534" spans="1:108">
       <c r="H534" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K534" s="2"/>
       <c r="M534" s="2"/>
       <c r="O534" s="2"/>
       <c r="Q534" s="2"/>
     </row>
-    <row r="535" spans="1:109">
-      <c r="D535" s="2"/>
+    <row r="535" spans="1:108">
       <c r="H535" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K535" s="2"/>
       <c r="M535" s="2"/>
       <c r="O535" s="2"/>
       <c r="Q535" s="2"/>
     </row>
-    <row r="536" spans="1:109">
-      <c r="D536" s="2"/>
+    <row r="536" spans="1:108">
       <c r="H536" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K536" s="2"/>
       <c r="M536" s="2"/>
       <c r="O536" s="2"/>
       <c r="Q536" s="2"/>
     </row>
-    <row r="537" spans="1:109">
-      <c r="D537" s="2"/>
+    <row r="537" spans="1:108">
       <c r="H537" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K537" s="2"/>
       <c r="M537" s="2"/>
       <c r="O537" s="2"/>
       <c r="Q537" s="2"/>
     </row>
-    <row r="538" spans="1:109">
-      <c r="D538" s="2"/>
+    <row r="538" spans="1:108">
       <c r="H538" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K538" s="2"/>
       <c r="M538" s="2"/>
       <c r="O538" s="2"/>
       <c r="Q538" s="2"/>
     </row>
-    <row r="539" spans="1:109">
-      <c r="D539" s="2"/>
+    <row r="539" spans="1:108">
       <c r="H539" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K539" s="2"/>
       <c r="M539" s="2"/>
       <c r="O539" s="2"/>
       <c r="Q539" s="2"/>
     </row>
-    <row r="540" spans="1:109">
-      <c r="D540" s="2"/>
+    <row r="540" spans="1:108">
       <c r="H540" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K540" s="2"/>
       <c r="M540" s="2"/>
       <c r="O540" s="2"/>
       <c r="Q540" s="2"/>
     </row>
-    <row r="541" spans="1:109">
-      <c r="D541" s="2"/>
+    <row r="541" spans="1:108">
       <c r="H541" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K541" s="2"/>
       <c r="M541" s="2"/>
       <c r="O541" s="2"/>
       <c r="Q541" s="2"/>
     </row>
-    <row r="542" spans="1:109">
-      <c r="D542" s="2"/>
+    <row r="542" spans="1:108">
       <c r="H542" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K542" s="2"/>
       <c r="M542" s="2"/>
       <c r="O542" s="2"/>
       <c r="Q542" s="2"/>
     </row>
-    <row r="543" spans="1:109">
-      <c r="D543" s="2"/>
+    <row r="543" spans="1:108">
       <c r="H543" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K543" s="2"/>
       <c r="M543" s="2"/>
       <c r="O543" s="2"/>
       <c r="Q543" s="2"/>
     </row>
-    <row r="544" spans="1:109">
-      <c r="D544" s="2"/>
+    <row r="544" spans="1:108">
       <c r="H544" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K544" s="2"/>
       <c r="M544" s="2"/>
       <c r="O544" s="2"/>
       <c r="Q544" s="2"/>
     </row>
-    <row r="545" spans="1:109">
-      <c r="D545" s="2"/>
+    <row r="545" spans="1:108">
       <c r="H545" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K545" s="2"/>
       <c r="M545" s="2"/>
       <c r="O545" s="2"/>
       <c r="Q545" s="2"/>
     </row>
-    <row r="546" spans="1:109">
-      <c r="D546" s="2"/>
+    <row r="546" spans="1:108">
       <c r="H546" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K546" s="2"/>
       <c r="M546" s="2"/>
       <c r="O546" s="2"/>
       <c r="Q546" s="2"/>
     </row>
-    <row r="547" spans="1:109">
-      <c r="D547" s="2"/>
+    <row r="547" spans="1:108">
       <c r="H547" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K547" s="2"/>
       <c r="M547" s="2"/>
       <c r="O547" s="2"/>
       <c r="Q547" s="2"/>
     </row>
-    <row r="548" spans="1:109">
-      <c r="D548" s="2"/>
+    <row r="548" spans="1:108">
       <c r="H548" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K548" s="2"/>
       <c r="M548" s="2"/>
       <c r="O548" s="2"/>
       <c r="Q548" s="2"/>
     </row>
-    <row r="549" spans="1:109">
-      <c r="D549" s="2"/>
+    <row r="549" spans="1:108">
       <c r="H549" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K549" s="2"/>
       <c r="M549" s="2"/>
       <c r="O549" s="2"/>
       <c r="Q549" s="2"/>
     </row>
-    <row r="550" spans="1:109">
-      <c r="D550" s="2"/>
+    <row r="550" spans="1:108">
       <c r="H550" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K550" s="2"/>
       <c r="M550" s="2"/>
       <c r="O550" s="2"/>
       <c r="Q550" s="2"/>
     </row>
-    <row r="551" spans="1:109">
-      <c r="D551" s="2"/>
+    <row r="551" spans="1:108">
       <c r="H551" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K551" s="2"/>
       <c r="M551" s="2"/>
       <c r="O551" s="2"/>
       <c r="Q551" s="2"/>
     </row>
-    <row r="552" spans="1:109">
-      <c r="D552" s="2"/>
+    <row r="552" spans="1:108">
       <c r="H552" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K552" s="2"/>
       <c r="M552" s="2"/>
       <c r="O552" s="2"/>
       <c r="Q552" s="2"/>
     </row>
-    <row r="553" spans="1:109">
-      <c r="D553" s="2"/>
+    <row r="553" spans="1:108">
       <c r="H553" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K553" s="2"/>
       <c r="M553" s="2"/>
       <c r="O553" s="2"/>
       <c r="Q553" s="2"/>
     </row>
-    <row r="554" spans="1:109">
-      <c r="D554" s="2"/>
+    <row r="554" spans="1:108">
       <c r="H554" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K554" s="2"/>
       <c r="M554" s="2"/>
       <c r="O554" s="2"/>
       <c r="Q554" s="2"/>
     </row>
-    <row r="555" spans="1:109">
-      <c r="D555" s="2"/>
+    <row r="555" spans="1:108">
       <c r="H555" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K555" s="2"/>
       <c r="M555" s="2"/>
       <c r="O555" s="2"/>
       <c r="Q555" s="2"/>
     </row>
-    <row r="556" spans="1:109">
-      <c r="D556" s="2"/>
+    <row r="556" spans="1:108">
       <c r="H556" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K556" s="2"/>
       <c r="M556" s="2"/>
       <c r="O556" s="2"/>
       <c r="Q556" s="2"/>
     </row>
-    <row r="557" spans="1:109">
-      <c r="D557" s="2"/>
+    <row r="557" spans="1:108">
       <c r="H557" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K557" s="2"/>
       <c r="M557" s="2"/>
       <c r="O557" s="2"/>
       <c r="Q557" s="2"/>
     </row>
-    <row r="558" spans="1:109">
-      <c r="D558" s="2"/>
+    <row r="558" spans="1:108">
       <c r="H558" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K558" s="2"/>
       <c r="M558" s="2"/>
       <c r="O558" s="2"/>
       <c r="Q558" s="2"/>
     </row>
-    <row r="559" spans="1:109">
-      <c r="D559" s="2"/>
+    <row r="559" spans="1:108">
       <c r="H559" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K559" s="2"/>
       <c r="M559" s="2"/>
       <c r="O559" s="2"/>
       <c r="Q559" s="2"/>
     </row>
-    <row r="560" spans="1:109">
-      <c r="D560" s="2"/>
+    <row r="560" spans="1:108">
       <c r="H560" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K560" s="2"/>
       <c r="M560" s="2"/>
       <c r="O560" s="2"/>
       <c r="Q560" s="2"/>
     </row>
-    <row r="561" spans="1:109">
-      <c r="D561" s="2"/>
+    <row r="561" spans="1:108">
       <c r="H561" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K561" s="2"/>
       <c r="M561" s="2"/>
       <c r="O561" s="2"/>
       <c r="Q561" s="2"/>
     </row>
-    <row r="562" spans="1:109">
-      <c r="D562" s="2"/>
+    <row r="562" spans="1:108">
       <c r="H562" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K562" s="2"/>
       <c r="M562" s="2"/>
       <c r="O562" s="2"/>
       <c r="Q562" s="2"/>
     </row>
-    <row r="563" spans="1:109">
-      <c r="D563" s="2"/>
+    <row r="563" spans="1:108">
       <c r="H563" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K563" s="2"/>
       <c r="M563" s="2"/>
       <c r="O563" s="2"/>
       <c r="Q563" s="2"/>
     </row>
-    <row r="564" spans="1:109">
-      <c r="D564" s="2"/>
+    <row r="564" spans="1:108">
       <c r="H564" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K564" s="2"/>
       <c r="M564" s="2"/>
       <c r="O564" s="2"/>
       <c r="Q564" s="2"/>
     </row>
-    <row r="565" spans="1:109">
-      <c r="D565" s="2"/>
+    <row r="565" spans="1:108">
       <c r="H565" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K565" s="2"/>
       <c r="M565" s="2"/>
       <c r="O565" s="2"/>
       <c r="Q565" s="2"/>
     </row>
-    <row r="566" spans="1:109">
-      <c r="D566" s="2"/>
+    <row r="566" spans="1:108">
       <c r="H566" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K566" s="2"/>
       <c r="M566" s="2"/>
       <c r="O566" s="2"/>
       <c r="Q566" s="2"/>
     </row>
-    <row r="567" spans="1:109">
-      <c r="D567" s="2"/>
+    <row r="567" spans="1:108">
       <c r="H567" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K567" s="2"/>
       <c r="M567" s="2"/>
       <c r="O567" s="2"/>
       <c r="Q567" s="2"/>
     </row>
-    <row r="568" spans="1:109">
-      <c r="D568" s="2"/>
+    <row r="568" spans="1:108">
       <c r="H568" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K568" s="2"/>
       <c r="M568" s="2"/>
       <c r="O568" s="2"/>
       <c r="Q568" s="2"/>
     </row>
-    <row r="569" spans="1:109">
-      <c r="D569" s="2"/>
+    <row r="569" spans="1:108">
       <c r="H569" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K569" s="2"/>
       <c r="M569" s="2"/>
       <c r="O569" s="2"/>
       <c r="Q569" s="2"/>
     </row>
-    <row r="570" spans="1:109">
-      <c r="D570" s="2"/>
+    <row r="570" spans="1:108">
       <c r="H570" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K570" s="2"/>
       <c r="M570" s="2"/>
       <c r="O570" s="2"/>
       <c r="Q570" s="2"/>
     </row>
-    <row r="571" spans="1:109">
-      <c r="D571" s="2"/>
+    <row r="571" spans="1:108">
       <c r="H571" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K571" s="2"/>
       <c r="M571" s="2"/>
       <c r="O571" s="2"/>
       <c r="Q571" s="2"/>
     </row>
-    <row r="572" spans="1:109">
-      <c r="D572" s="2"/>
+    <row r="572" spans="1:108">
       <c r="H572" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K572" s="2"/>
       <c r="M572" s="2"/>
       <c r="O572" s="2"/>
       <c r="Q572" s="2"/>
     </row>
-    <row r="573" spans="1:109">
-      <c r="D573" s="2"/>
+    <row r="573" spans="1:108">
       <c r="H573" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K573" s="2"/>
       <c r="M573" s="2"/>
       <c r="O573" s="2"/>
       <c r="Q573" s="2"/>
     </row>
-    <row r="574" spans="1:109">
-      <c r="D574" s="2"/>
+    <row r="574" spans="1:108">
       <c r="H574" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K574" s="2"/>
       <c r="M574" s="2"/>
       <c r="O574" s="2"/>
       <c r="Q574" s="2"/>
     </row>
-    <row r="575" spans="1:109">
-      <c r="D575" s="2"/>
+    <row r="575" spans="1:108">
       <c r="H575" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K575" s="2"/>
       <c r="M575" s="2"/>
       <c r="O575" s="2"/>
       <c r="Q575" s="2"/>
     </row>
-    <row r="576" spans="1:109">
-      <c r="D576" s="2"/>
+    <row r="576" spans="1:108">
       <c r="H576" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K576" s="2"/>
       <c r="M576" s="2"/>
       <c r="O576" s="2"/>
       <c r="Q576" s="2"/>
     </row>
-    <row r="577" spans="1:109">
-      <c r="D577" s="2"/>
+    <row r="577" spans="1:108">
       <c r="H577" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K577" s="2"/>
       <c r="M577" s="2"/>
       <c r="O577" s="2"/>
       <c r="Q577" s="2"/>
     </row>
-    <row r="578" spans="1:109">
-      <c r="D578" s="2"/>
+    <row r="578" spans="1:108">
       <c r="H578" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K578" s="2"/>
       <c r="M578" s="2"/>
       <c r="O578" s="2"/>
       <c r="Q578" s="2"/>
     </row>
-    <row r="579" spans="1:109">
-      <c r="D579" s="2"/>
+    <row r="579" spans="1:108">
       <c r="H579" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K579" s="2"/>
       <c r="M579" s="2"/>
       <c r="O579" s="2"/>
       <c r="Q579" s="2"/>
     </row>
-    <row r="580" spans="1:109">
-      <c r="D580" s="2"/>
+    <row r="580" spans="1:108">
       <c r="H580" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K580" s="2"/>
       <c r="M580" s="2"/>
       <c r="O580" s="2"/>
       <c r="Q580" s="2"/>
     </row>
-    <row r="581" spans="1:109">
-      <c r="D581" s="2"/>
+    <row r="581" spans="1:108">
       <c r="H581" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K581" s="2"/>
       <c r="M581" s="2"/>
       <c r="O581" s="2"/>
       <c r="Q581" s="2"/>
     </row>
-    <row r="582" spans="1:109">
-      <c r="D582" s="2"/>
+    <row r="582" spans="1:108">
       <c r="H582" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K582" s="2"/>
       <c r="M582" s="2"/>
       <c r="O582" s="2"/>
       <c r="Q582" s="2"/>
     </row>
-    <row r="583" spans="1:109">
-      <c r="D583" s="2"/>
+    <row r="583" spans="1:108">
       <c r="H583" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K583" s="2"/>
       <c r="M583" s="2"/>
       <c r="O583" s="2"/>
       <c r="Q583" s="2"/>
     </row>
-    <row r="584" spans="1:109">
-      <c r="D584" s="2"/>
+    <row r="584" spans="1:108">
       <c r="H584" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K584" s="2"/>
       <c r="M584" s="2"/>
       <c r="O584" s="2"/>
       <c r="Q584" s="2"/>
     </row>
-    <row r="585" spans="1:109">
-      <c r="D585" s="2"/>
+    <row r="585" spans="1:108">
       <c r="H585" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K585" s="2"/>
       <c r="M585" s="2"/>
       <c r="O585" s="2"/>
       <c r="Q585" s="2"/>
     </row>
-    <row r="586" spans="1:109">
-      <c r="D586" s="2"/>
+    <row r="586" spans="1:108">
       <c r="H586" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K586" s="2"/>
       <c r="M586" s="2"/>
       <c r="O586" s="2"/>
       <c r="Q586" s="2"/>
     </row>
-    <row r="587" spans="1:109">
-      <c r="D587" s="2"/>
+    <row r="587" spans="1:108">
       <c r="H587" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K587" s="2"/>
       <c r="M587" s="2"/>
       <c r="O587" s="2"/>
       <c r="Q587" s="2"/>
     </row>
-    <row r="588" spans="1:109">
-      <c r="D588" s="2"/>
+    <row r="588" spans="1:108">
       <c r="H588" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K588" s="2"/>
       <c r="M588" s="2"/>
       <c r="O588" s="2"/>
       <c r="Q588" s="2"/>
     </row>
-    <row r="589" spans="1:109">
-      <c r="D589" s="2"/>
+    <row r="589" spans="1:108">
       <c r="H589" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K589" s="2"/>
       <c r="M589" s="2"/>
       <c r="O589" s="2"/>
       <c r="Q589" s="2"/>
     </row>
-    <row r="590" spans="1:109">
-      <c r="D590" s="2"/>
+    <row r="590" spans="1:108">
       <c r="H590" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K590" s="2"/>
       <c r="M590" s="2"/>
       <c r="O590" s="2"/>
       <c r="Q590" s="2"/>
     </row>
-    <row r="591" spans="1:109">
-      <c r="D591" s="2"/>
+    <row r="591" spans="1:108">
       <c r="H591" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K591" s="2"/>
       <c r="M591" s="2"/>
       <c r="O591" s="2"/>
       <c r="Q591" s="2"/>
     </row>
-    <row r="592" spans="1:109">
-      <c r="D592" s="2"/>
+    <row r="592" spans="1:108">
       <c r="H592" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K592" s="2"/>
       <c r="M592" s="2"/>
       <c r="O592" s="2"/>
       <c r="Q592" s="2"/>
     </row>
-    <row r="593" spans="1:109">
-      <c r="D593" s="2"/>
+    <row r="593" spans="1:108">
       <c r="H593" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K593" s="2"/>
       <c r="M593" s="2"/>
       <c r="O593" s="2"/>
       <c r="Q593" s="2"/>
     </row>
-    <row r="594" spans="1:109">
-      <c r="D594" s="2"/>
+    <row r="594" spans="1:108">
       <c r="H594" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K594" s="2"/>
       <c r="M594" s="2"/>
       <c r="O594" s="2"/>
       <c r="Q594" s="2"/>
     </row>
-    <row r="595" spans="1:109">
-      <c r="D595" s="2"/>
+    <row r="595" spans="1:108">
       <c r="H595" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K595" s="2"/>
       <c r="M595" s="2"/>
       <c r="O595" s="2"/>
       <c r="Q595" s="2"/>
     </row>
-    <row r="596" spans="1:109">
-      <c r="D596" s="2"/>
+    <row r="596" spans="1:108">
       <c r="H596" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K596" s="2"/>
       <c r="M596" s="2"/>
       <c r="O596" s="2"/>
       <c r="Q596" s="2"/>
     </row>
-    <row r="597" spans="1:109">
-      <c r="D597" s="2"/>
+    <row r="597" spans="1:108">
       <c r="H597" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K597" s="2"/>
       <c r="M597" s="2"/>
       <c r="O597" s="2"/>
       <c r="Q597" s="2"/>
     </row>
-    <row r="598" spans="1:109">
-      <c r="D598" s="2"/>
+    <row r="598" spans="1:108">
       <c r="H598" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K598" s="2"/>
       <c r="M598" s="2"/>
       <c r="O598" s="2"/>
       <c r="Q598" s="2"/>
     </row>
-    <row r="599" spans="1:109">
-      <c r="D599" s="2"/>
+    <row r="599" spans="1:108">
       <c r="H599" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K599" s="2"/>
       <c r="M599" s="2"/>
       <c r="O599" s="2"/>
       <c r="Q599" s="2"/>
     </row>
-    <row r="600" spans="1:109">
-      <c r="D600" s="2"/>
+    <row r="600" spans="1:108">
       <c r="H600" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K600" s="2"/>
       <c r="M600" s="2"/>
       <c r="O600" s="2"/>
       <c r="Q600" s="2"/>
     </row>
-    <row r="601" spans="1:109">
-      <c r="D601" s="2"/>
+    <row r="601" spans="1:108">
       <c r="H601" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K601" s="2"/>
       <c r="M601" s="2"/>
       <c r="O601" s="2"/>
       <c r="Q601" s="2"/>
     </row>
-    <row r="602" spans="1:109">
-      <c r="D602" s="2"/>
+    <row r="602" spans="1:108">
       <c r="H602" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K602" s="2"/>
       <c r="M602" s="2"/>
       <c r="O602" s="2"/>
       <c r="Q602" s="2"/>
     </row>
-    <row r="603" spans="1:109">
-      <c r="D603" s="2"/>
+    <row r="603" spans="1:108">
       <c r="H603" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K603" s="2"/>
       <c r="M603" s="2"/>
       <c r="O603" s="2"/>
       <c r="Q603" s="2"/>
     </row>
-    <row r="604" spans="1:109">
-      <c r="D604" s="2"/>
+    <row r="604" spans="1:108">
       <c r="H604" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K604" s="2"/>
       <c r="M604" s="2"/>
       <c r="O604" s="2"/>
       <c r="Q604" s="2"/>
     </row>
-    <row r="605" spans="1:109">
-      <c r="D605" s="2"/>
+    <row r="605" spans="1:108">
       <c r="H605" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K605" s="2"/>
       <c r="M605" s="2"/>
       <c r="O605" s="2"/>
       <c r="Q605" s="2"/>
     </row>
-    <row r="606" spans="1:109">
-      <c r="D606" s="2"/>
+    <row r="606" spans="1:108">
       <c r="H606" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K606" s="2"/>
       <c r="M606" s="2"/>
       <c r="O606" s="2"/>
       <c r="Q606" s="2"/>
     </row>
-    <row r="607" spans="1:109">
-      <c r="D607" s="2"/>
+    <row r="607" spans="1:108">
       <c r="H607" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K607" s="2"/>
       <c r="M607" s="2"/>
       <c r="O607" s="2"/>
       <c r="Q607" s="2"/>
     </row>
-    <row r="608" spans="1:109">
-      <c r="D608" s="2"/>
+    <row r="608" spans="1:108">
       <c r="H608" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K608" s="2"/>
       <c r="M608" s="2"/>
       <c r="O608" s="2"/>
       <c r="Q608" s="2"/>
     </row>
-    <row r="609" spans="1:109">
-      <c r="D609" s="2"/>
+    <row r="609" spans="1:108">
       <c r="H609" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K609" s="2"/>
       <c r="M609" s="2"/>
       <c r="O609" s="2"/>
       <c r="Q609" s="2"/>
     </row>
-    <row r="610" spans="1:109">
-      <c r="D610" s="2"/>
+    <row r="610" spans="1:108">
       <c r="H610" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K610" s="2"/>
       <c r="M610" s="2"/>
       <c r="O610" s="2"/>
       <c r="Q610" s="2"/>
     </row>
-    <row r="611" spans="1:109">
-      <c r="D611" s="2"/>
+    <row r="611" spans="1:108">
       <c r="H611" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K611" s="2"/>
       <c r="M611" s="2"/>
       <c r="O611" s="2"/>
       <c r="Q611" s="2"/>
     </row>
-    <row r="612" spans="1:109">
-      <c r="D612" s="2"/>
+    <row r="612" spans="1:108">
       <c r="H612" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K612" s="2"/>
       <c r="M612" s="2"/>
       <c r="O612" s="2"/>
       <c r="Q612" s="2"/>
     </row>
-    <row r="613" spans="1:109">
-      <c r="D613" s="2"/>
+    <row r="613" spans="1:108">
       <c r="H613" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K613" s="2"/>
       <c r="M613" s="2"/>
       <c r="O613" s="2"/>
       <c r="Q613" s="2"/>
     </row>
-    <row r="614" spans="1:109">
-      <c r="D614" s="2"/>
+    <row r="614" spans="1:108">
       <c r="H614" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K614" s="2"/>
       <c r="M614" s="2"/>
       <c r="O614" s="2"/>
       <c r="Q614" s="2"/>
     </row>
-    <row r="615" spans="1:109">
-      <c r="D615" s="2"/>
+    <row r="615" spans="1:108">
       <c r="H615" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K615" s="2"/>
       <c r="M615" s="2"/>
       <c r="O615" s="2"/>
       <c r="Q615" s="2"/>
     </row>
-    <row r="616" spans="1:109">
-      <c r="D616" s="2"/>
+    <row r="616" spans="1:108">
       <c r="H616" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K616" s="2"/>
       <c r="M616" s="2"/>
       <c r="O616" s="2"/>
       <c r="Q616" s="2"/>
     </row>
-    <row r="617" spans="1:109">
-      <c r="D617" s="2"/>
+    <row r="617" spans="1:108">
       <c r="H617" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K617" s="2"/>
       <c r="M617" s="2"/>
       <c r="O617" s="2"/>
       <c r="Q617" s="2"/>
     </row>
-    <row r="618" spans="1:109">
-      <c r="D618" s="2"/>
+    <row r="618" spans="1:108">
       <c r="H618" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K618" s="2"/>
       <c r="M618" s="2"/>
       <c r="O618" s="2"/>
       <c r="Q618" s="2"/>
     </row>
-    <row r="619" spans="1:109">
-      <c r="D619" s="2"/>
+    <row r="619" spans="1:108">
       <c r="H619" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K619" s="2"/>
       <c r="M619" s="2"/>
       <c r="O619" s="2"/>
       <c r="Q619" s="2"/>
     </row>
-    <row r="620" spans="1:109">
-      <c r="D620" s="2"/>
+    <row r="620" spans="1:108">
       <c r="H620" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K620" s="2"/>
       <c r="M620" s="2"/>
       <c r="O620" s="2"/>
       <c r="Q620" s="2"/>
     </row>
-    <row r="621" spans="1:109">
-      <c r="D621" s="2"/>
+    <row r="621" spans="1:108">
       <c r="H621" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K621" s="2"/>
       <c r="M621" s="2"/>
       <c r="O621" s="2"/>
       <c r="Q621" s="2"/>
     </row>
-    <row r="622" spans="1:109">
-      <c r="D622" s="2"/>
+    <row r="622" spans="1:108">
       <c r="H622" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K622" s="2"/>
       <c r="M622" s="2"/>
       <c r="O622" s="2"/>
       <c r="Q622" s="2"/>
     </row>
-    <row r="623" spans="1:109">
-      <c r="D623" s="2"/>
+    <row r="623" spans="1:108">
       <c r="H623" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K623" s="2"/>
       <c r="M623" s="2"/>
       <c r="O623" s="2"/>
       <c r="Q623" s="2"/>
     </row>
-    <row r="624" spans="1:109">
-      <c r="D624" s="2"/>
+    <row r="624" spans="1:108">
       <c r="H624" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K624" s="2"/>
       <c r="M624" s="2"/>
       <c r="O624" s="2"/>
       <c r="Q624" s="2"/>
     </row>
-    <row r="625" spans="1:109">
-      <c r="D625" s="2"/>
+    <row r="625" spans="1:108">
       <c r="H625" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K625" s="2"/>
       <c r="M625" s="2"/>
       <c r="O625" s="2"/>
       <c r="Q625" s="2"/>
     </row>
-    <row r="626" spans="1:109">
-      <c r="D626" s="2"/>
+    <row r="626" spans="1:108">
       <c r="H626" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K626" s="2"/>
       <c r="M626" s="2"/>
       <c r="O626" s="2"/>
       <c r="Q626" s="2"/>
     </row>
-    <row r="627" spans="1:109">
-      <c r="D627" s="2"/>
+    <row r="627" spans="1:108">
       <c r="H627" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K627" s="2"/>
       <c r="M627" s="2"/>
       <c r="O627" s="2"/>
       <c r="Q627" s="2"/>
     </row>
-    <row r="628" spans="1:109">
-      <c r="D628" s="2"/>
+    <row r="628" spans="1:108">
       <c r="H628" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K628" s="2"/>
       <c r="M628" s="2"/>
       <c r="O628" s="2"/>
       <c r="Q628" s="2"/>
     </row>
-    <row r="629" spans="1:109">
-      <c r="D629" s="2"/>
+    <row r="629" spans="1:108">
       <c r="H629" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K629" s="2"/>
       <c r="M629" s="2"/>
       <c r="O629" s="2"/>
       <c r="Q629" s="2"/>
     </row>
-    <row r="630" spans="1:109">
-      <c r="D630" s="2"/>
+    <row r="630" spans="1:108">
       <c r="H630" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K630" s="2"/>
       <c r="M630" s="2"/>
       <c r="O630" s="2"/>
       <c r="Q630" s="2"/>
     </row>
-    <row r="631" spans="1:109">
-      <c r="D631" s="2"/>
+    <row r="631" spans="1:108">
       <c r="H631" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K631" s="2"/>
       <c r="M631" s="2"/>
       <c r="O631" s="2"/>
       <c r="Q631" s="2"/>
     </row>
-    <row r="632" spans="1:109">
-      <c r="D632" s="2"/>
+    <row r="632" spans="1:108">
       <c r="H632" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K632" s="2"/>
       <c r="M632" s="2"/>
       <c r="O632" s="2"/>
       <c r="Q632" s="2"/>
     </row>
-    <row r="633" spans="1:109">
-      <c r="D633" s="2"/>
+    <row r="633" spans="1:108">
       <c r="H633" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K633" s="2"/>
       <c r="M633" s="2"/>
       <c r="O633" s="2"/>
       <c r="Q633" s="2"/>
     </row>
-    <row r="634" spans="1:109">
-      <c r="D634" s="2"/>
+    <row r="634" spans="1:108">
       <c r="H634" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K634" s="2"/>
       <c r="M634" s="2"/>
       <c r="O634" s="2"/>
       <c r="Q634" s="2"/>
     </row>
-    <row r="635" spans="1:109">
-      <c r="D635" s="2"/>
+    <row r="635" spans="1:108">
       <c r="H635" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K635" s="2"/>
       <c r="M635" s="2"/>
       <c r="O635" s="2"/>
       <c r="Q635" s="2"/>
     </row>
-    <row r="636" spans="1:109">
-      <c r="D636" s="2"/>
+    <row r="636" spans="1:108">
       <c r="H636" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K636" s="2"/>
       <c r="M636" s="2"/>
       <c r="O636" s="2"/>
       <c r="Q636" s="2"/>
     </row>
-    <row r="637" spans="1:109">
-      <c r="D637" s="2"/>
+    <row r="637" spans="1:108">
       <c r="H637" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K637" s="2"/>
       <c r="M637" s="2"/>
       <c r="O637" s="2"/>
       <c r="Q637" s="2"/>
     </row>
-    <row r="638" spans="1:109">
-      <c r="D638" s="2"/>
+    <row r="638" spans="1:108">
       <c r="H638" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K638" s="2"/>
       <c r="M638" s="2"/>
       <c r="O638" s="2"/>
       <c r="Q638" s="2"/>
     </row>
-    <row r="639" spans="1:109">
-      <c r="D639" s="2"/>
+    <row r="639" spans="1:108">
       <c r="H639" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K639" s="2"/>
       <c r="M639" s="2"/>
       <c r="O639" s="2"/>
       <c r="Q639" s="2"/>
     </row>
-    <row r="640" spans="1:109">
-      <c r="D640" s="2"/>
+    <row r="640" spans="1:108">
       <c r="H640" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K640" s="2"/>
       <c r="M640" s="2"/>
       <c r="O640" s="2"/>
       <c r="Q640" s="2"/>
     </row>
-    <row r="641" spans="1:109">
-      <c r="D641" s="2"/>
+    <row r="641" spans="1:108">
       <c r="H641" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K641" s="2"/>
       <c r="M641" s="2"/>
       <c r="O641" s="2"/>
       <c r="Q641" s="2"/>
     </row>
-    <row r="642" spans="1:109">
-      <c r="D642" s="2"/>
+    <row r="642" spans="1:108">
       <c r="H642" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K642" s="2"/>
       <c r="M642" s="2"/>
       <c r="O642" s="2"/>
       <c r="Q642" s="2"/>
     </row>
-    <row r="643" spans="1:109">
-      <c r="D643" s="2"/>
+    <row r="643" spans="1:108">
       <c r="H643" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K643" s="2"/>
       <c r="M643" s="2"/>
       <c r="O643" s="2"/>
       <c r="Q643" s="2"/>
     </row>
-    <row r="644" spans="1:109">
-      <c r="D644" s="2"/>
+    <row r="644" spans="1:108">
       <c r="H644" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K644" s="2"/>
       <c r="M644" s="2"/>
       <c r="O644" s="2"/>
       <c r="Q644" s="2"/>
     </row>
-    <row r="645" spans="1:109">
-      <c r="D645" s="2"/>
+    <row r="645" spans="1:108">
       <c r="H645" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K645" s="2"/>
       <c r="M645" s="2"/>
       <c r="O645" s="2"/>
       <c r="Q645" s="2"/>
     </row>
-    <row r="646" spans="1:109">
-      <c r="D646" s="2"/>
+    <row r="646" spans="1:108">
       <c r="H646" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K646" s="2"/>
       <c r="M646" s="2"/>
       <c r="O646" s="2"/>
       <c r="Q646" s="2"/>
     </row>
-    <row r="647" spans="1:109">
-      <c r="D647" s="2"/>
+    <row r="647" spans="1:108">
       <c r="H647" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K647" s="2"/>
       <c r="M647" s="2"/>
       <c r="O647" s="2"/>
       <c r="Q647" s="2"/>
     </row>
-    <row r="648" spans="1:109">
-      <c r="D648" s="2"/>
+    <row r="648" spans="1:108">
       <c r="H648" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K648" s="2"/>
       <c r="M648" s="2"/>
       <c r="O648" s="2"/>
       <c r="Q648" s="2"/>
     </row>
-    <row r="649" spans="1:109">
-      <c r="D649" s="2"/>
+    <row r="649" spans="1:108">
       <c r="H649" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K649" s="2"/>
       <c r="M649" s="2"/>
       <c r="O649" s="2"/>
       <c r="Q649" s="2"/>
     </row>
-    <row r="650" spans="1:109">
-      <c r="D650" s="2"/>
+    <row r="650" spans="1:108">
       <c r="H650" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K650" s="2"/>
       <c r="M650" s="2"/>
       <c r="O650" s="2"/>
       <c r="Q650" s="2"/>
     </row>
-    <row r="651" spans="1:109">
-      <c r="D651" s="2"/>
+    <row r="651" spans="1:108">
       <c r="H651" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K651" s="2"/>
       <c r="M651" s="2"/>
       <c r="O651" s="2"/>
       <c r="Q651" s="2"/>
     </row>
-    <row r="652" spans="1:109">
-      <c r="D652" s="2"/>
+    <row r="652" spans="1:108">
       <c r="H652" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K652" s="2"/>
       <c r="M652" s="2"/>
       <c r="O652" s="2"/>
       <c r="Q652" s="2"/>
     </row>
-    <row r="653" spans="1:109">
-      <c r="D653" s="2"/>
+    <row r="653" spans="1:108">
       <c r="H653" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K653" s="2"/>
       <c r="M653" s="2"/>
       <c r="O653" s="2"/>
       <c r="Q653" s="2"/>
     </row>
-    <row r="654" spans="1:109">
-      <c r="D654" s="2"/>
+    <row r="654" spans="1:108">
       <c r="H654" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K654" s="2"/>
       <c r="M654" s="2"/>
       <c r="O654" s="2"/>
       <c r="Q654" s="2"/>
     </row>
-    <row r="655" spans="1:109">
-      <c r="D655" s="2"/>
+    <row r="655" spans="1:108">
       <c r="H655" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K655" s="2"/>
       <c r="M655" s="2"/>
       <c r="O655" s="2"/>
       <c r="Q655" s="2"/>
     </row>
-    <row r="656" spans="1:109">
-      <c r="D656" s="2"/>
+    <row r="656" spans="1:108">
       <c r="H656" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K656" s="2"/>
       <c r="M656" s="2"/>
       <c r="O656" s="2"/>
       <c r="Q656" s="2"/>
     </row>
-    <row r="657" spans="1:109">
-      <c r="D657" s="2"/>
+    <row r="657" spans="1:108">
       <c r="H657" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K657" s="2"/>
       <c r="M657" s="2"/>
       <c r="O657" s="2"/>
       <c r="Q657" s="2"/>
     </row>
-    <row r="658" spans="1:109">
-      <c r="D658" s="2"/>
+    <row r="658" spans="1:108">
       <c r="H658" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K658" s="2"/>
       <c r="M658" s="2"/>
       <c r="O658" s="2"/>
       <c r="Q658" s="2"/>
     </row>
-    <row r="659" spans="1:109">
-      <c r="D659" s="2"/>
+    <row r="659" spans="1:108">
       <c r="H659" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K659" s="2"/>
       <c r="M659" s="2"/>
       <c r="O659" s="2"/>
       <c r="Q659" s="2"/>
     </row>
-    <row r="660" spans="1:109">
-      <c r="D660" s="2"/>
+    <row r="660" spans="1:108">
       <c r="H660" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K660" s="2"/>
       <c r="M660" s="2"/>
       <c r="O660" s="2"/>
       <c r="Q660" s="2"/>
     </row>
-    <row r="661" spans="1:109">
-      <c r="D661" s="2"/>
+    <row r="661" spans="1:108">
       <c r="H661" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K661" s="2"/>
       <c r="M661" s="2"/>
       <c r="O661" s="2"/>
       <c r="Q661" s="2"/>
     </row>
-    <row r="662" spans="1:109">
-      <c r="D662" s="2"/>
+    <row r="662" spans="1:108">
       <c r="H662" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K662" s="2"/>
       <c r="M662" s="2"/>
       <c r="O662" s="2"/>
       <c r="Q662" s="2"/>
     </row>
-    <row r="663" spans="1:109">
-      <c r="D663" s="2"/>
+    <row r="663" spans="1:108">
       <c r="H663" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K663" s="2"/>
       <c r="M663" s="2"/>
       <c r="O663" s="2"/>
       <c r="Q663" s="2"/>
     </row>
-    <row r="664" spans="1:109">
-      <c r="D664" s="2"/>
+    <row r="664" spans="1:108">
       <c r="H664" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K664" s="2"/>
       <c r="M664" s="2"/>
       <c r="O664" s="2"/>
       <c r="Q664" s="2"/>
     </row>
-    <row r="665" spans="1:109">
-      <c r="D665" s="2"/>
+    <row r="665" spans="1:108">
       <c r="H665" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K665" s="2"/>
       <c r="M665" s="2"/>
       <c r="O665" s="2"/>
       <c r="Q665" s="2"/>
     </row>
-    <row r="666" spans="1:109">
-      <c r="D666" s="2"/>
+    <row r="666" spans="1:108">
       <c r="H666" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K666" s="2"/>
       <c r="M666" s="2"/>
       <c r="O666" s="2"/>
       <c r="Q666" s="2"/>
     </row>
-    <row r="667" spans="1:109">
-      <c r="D667" s="2"/>
+    <row r="667" spans="1:108">
       <c r="H667" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K667" s="2"/>
       <c r="M667" s="2"/>
       <c r="O667" s="2"/>
       <c r="Q667" s="2"/>
     </row>
-    <row r="668" spans="1:109">
-      <c r="D668" s="2"/>
+    <row r="668" spans="1:108">
       <c r="H668" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K668" s="2"/>
       <c r="M668" s="2"/>
       <c r="O668" s="2"/>
       <c r="Q668" s="2"/>
     </row>
-    <row r="669" spans="1:109">
-      <c r="D669" s="2"/>
+    <row r="669" spans="1:108">
       <c r="H669" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K669" s="2"/>
       <c r="M669" s="2"/>
       <c r="O669" s="2"/>
       <c r="Q669" s="2"/>
     </row>
-    <row r="670" spans="1:109">
-      <c r="D670" s="2"/>
+    <row r="670" spans="1:108">
       <c r="H670" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K670" s="2"/>
       <c r="M670" s="2"/>
       <c r="O670" s="2"/>
       <c r="Q670" s="2"/>
     </row>
-    <row r="671" spans="1:109">
-      <c r="D671" s="2"/>
+    <row r="671" spans="1:108">
       <c r="H671" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K671" s="2"/>
       <c r="M671" s="2"/>
       <c r="O671" s="2"/>
       <c r="Q671" s="2"/>
     </row>
-    <row r="672" spans="1:109">
-      <c r="D672" s="2"/>
+    <row r="672" spans="1:108">
       <c r="H672" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K672" s="2"/>
       <c r="M672" s="2"/>
       <c r="O672" s="2"/>
       <c r="Q672" s="2"/>
     </row>
-    <row r="673" spans="1:109">
-      <c r="D673" s="2"/>
+    <row r="673" spans="1:108">
       <c r="H673" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K673" s="2"/>
       <c r="M673" s="2"/>
       <c r="O673" s="2"/>
       <c r="Q673" s="2"/>
     </row>
-    <row r="674" spans="1:109">
-      <c r="D674" s="2"/>
+    <row r="674" spans="1:108">
       <c r="H674" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K674" s="2"/>
       <c r="M674" s="2"/>
       <c r="O674" s="2"/>
       <c r="Q674" s="2"/>
     </row>
-    <row r="675" spans="1:109">
-      <c r="D675" s="2"/>
+    <row r="675" spans="1:108">
       <c r="H675" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K675" s="2"/>
       <c r="M675" s="2"/>
       <c r="O675" s="2"/>
       <c r="Q675" s="2"/>
     </row>
-    <row r="676" spans="1:109">
-      <c r="D676" s="2"/>
+    <row r="676" spans="1:108">
       <c r="H676" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K676" s="2"/>
       <c r="M676" s="2"/>
       <c r="O676" s="2"/>
       <c r="Q676" s="2"/>
     </row>
-    <row r="677" spans="1:109">
-      <c r="D677" s="2"/>
+    <row r="677" spans="1:108">
       <c r="H677" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K677" s="2"/>
       <c r="M677" s="2"/>
       <c r="O677" s="2"/>
       <c r="Q677" s="2"/>
     </row>
-    <row r="678" spans="1:109">
-      <c r="D678" s="2"/>
+    <row r="678" spans="1:108">
       <c r="H678" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K678" s="2"/>
       <c r="M678" s="2"/>
       <c r="O678" s="2"/>
       <c r="Q678" s="2"/>
     </row>
-    <row r="679" spans="1:109">
-      <c r="D679" s="2"/>
+    <row r="679" spans="1:108">
       <c r="H679" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K679" s="2"/>
       <c r="M679" s="2"/>
       <c r="O679" s="2"/>
       <c r="Q679" s="2"/>
     </row>
-    <row r="680" spans="1:109">
-      <c r="D680" s="2"/>
+    <row r="680" spans="1:108">
       <c r="H680" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K680" s="2"/>
       <c r="M680" s="2"/>
       <c r="O680" s="2"/>
       <c r="Q680" s="2"/>
     </row>
-    <row r="681" spans="1:109">
-      <c r="D681" s="2"/>
+    <row r="681" spans="1:108">
       <c r="H681" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K681" s="2"/>
       <c r="M681" s="2"/>
       <c r="O681" s="2"/>
       <c r="Q681" s="2"/>
     </row>
-    <row r="682" spans="1:109">
-      <c r="D682" s="2"/>
+    <row r="682" spans="1:108">
       <c r="H682" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K682" s="2"/>
       <c r="M682" s="2"/>
       <c r="O682" s="2"/>
       <c r="Q682" s="2"/>
     </row>
-    <row r="683" spans="1:109">
-      <c r="D683" s="2"/>
+    <row r="683" spans="1:108">
       <c r="H683" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K683" s="2"/>
       <c r="M683" s="2"/>
       <c r="O683" s="2"/>
       <c r="Q683" s="2"/>
     </row>
-    <row r="684" spans="1:109">
-      <c r="D684" s="2"/>
+    <row r="684" spans="1:108">
       <c r="H684" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K684" s="2"/>
       <c r="M684" s="2"/>
       <c r="O684" s="2"/>
       <c r="Q684" s="2"/>
     </row>
-    <row r="685" spans="1:109">
-      <c r="D685" s="2"/>
+    <row r="685" spans="1:108">
       <c r="H685" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K685" s="2"/>
       <c r="M685" s="2"/>
       <c r="O685" s="2"/>
       <c r="Q685" s="2"/>
     </row>
-    <row r="686" spans="1:109">
-      <c r="D686" s="2"/>
+    <row r="686" spans="1:108">
       <c r="H686" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K686" s="2"/>
       <c r="M686" s="2"/>
       <c r="O686" s="2"/>
       <c r="Q686" s="2"/>
     </row>
-    <row r="687" spans="1:109">
-      <c r="D687" s="2"/>
+    <row r="687" spans="1:108">
       <c r="H687" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K687" s="2"/>
       <c r="M687" s="2"/>
       <c r="O687" s="2"/>
       <c r="Q687" s="2"/>
     </row>
-    <row r="688" spans="1:109">
-      <c r="D688" s="2"/>
+    <row r="688" spans="1:108">
       <c r="H688" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K688" s="2"/>
       <c r="M688" s="2"/>
       <c r="O688" s="2"/>
       <c r="Q688" s="2"/>
     </row>
-    <row r="689" spans="1:109">
-      <c r="D689" s="2"/>
+    <row r="689" spans="1:108">
       <c r="H689" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K689" s="2"/>
       <c r="M689" s="2"/>
       <c r="O689" s="2"/>
       <c r="Q689" s="2"/>
     </row>
-    <row r="690" spans="1:109">
-      <c r="D690" s="2"/>
+    <row r="690" spans="1:108">
       <c r="H690" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K690" s="2"/>
       <c r="M690" s="2"/>
       <c r="O690" s="2"/>
       <c r="Q690" s="2"/>
     </row>
-    <row r="691" spans="1:109">
-      <c r="D691" s="2"/>
+    <row r="691" spans="1:108">
       <c r="H691" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K691" s="2"/>
       <c r="M691" s="2"/>
       <c r="O691" s="2"/>
       <c r="Q691" s="2"/>
     </row>
-    <row r="692" spans="1:109">
-      <c r="D692" s="2"/>
+    <row r="692" spans="1:108">
       <c r="H692" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K692" s="2"/>
       <c r="M692" s="2"/>
       <c r="O692" s="2"/>
       <c r="Q692" s="2"/>
     </row>
-    <row r="693" spans="1:109">
-      <c r="D693" s="2"/>
+    <row r="693" spans="1:108">
       <c r="H693" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K693" s="2"/>
       <c r="M693" s="2"/>
       <c r="O693" s="2"/>
       <c r="Q693" s="2"/>
     </row>
-    <row r="694" spans="1:109">
-      <c r="D694" s="2"/>
+    <row r="694" spans="1:108">
       <c r="H694" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K694" s="2"/>
       <c r="M694" s="2"/>
       <c r="O694" s="2"/>
       <c r="Q694" s="2"/>
     </row>
-    <row r="695" spans="1:109">
-      <c r="D695" s="2"/>
+    <row r="695" spans="1:108">
       <c r="H695" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K695" s="2"/>
       <c r="M695" s="2"/>
       <c r="O695" s="2"/>
       <c r="Q695" s="2"/>
     </row>
-    <row r="696" spans="1:109">
-      <c r="D696" s="2"/>
+    <row r="696" spans="1:108">
       <c r="H696" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K696" s="2"/>
       <c r="M696" s="2"/>
       <c r="O696" s="2"/>
       <c r="Q696" s="2"/>
     </row>
-    <row r="697" spans="1:109">
-      <c r="D697" s="2"/>
+    <row r="697" spans="1:108">
       <c r="H697" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K697" s="2"/>
       <c r="M697" s="2"/>
       <c r="O697" s="2"/>
       <c r="Q697" s="2"/>
     </row>
-    <row r="698" spans="1:109">
-      <c r="D698" s="2"/>
+    <row r="698" spans="1:108">
       <c r="H698" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K698" s="2"/>
       <c r="M698" s="2"/>
       <c r="O698" s="2"/>
       <c r="Q698" s="2"/>
     </row>
-    <row r="699" spans="1:109">
-      <c r="D699" s="2"/>
+    <row r="699" spans="1:108">
       <c r="H699" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K699" s="2"/>
       <c r="M699" s="2"/>
       <c r="O699" s="2"/>
       <c r="Q699" s="2"/>
     </row>
-    <row r="700" spans="1:109">
-      <c r="D700" s="2"/>
+    <row r="700" spans="1:108">
       <c r="H700" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K700" s="2"/>
       <c r="M700" s="2"/>
       <c r="O700" s="2"/>
       <c r="Q700" s="2"/>
     </row>
-    <row r="701" spans="1:109">
-      <c r="D701" s="2"/>
+    <row r="701" spans="1:108">
       <c r="H701" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K701" s="2"/>
       <c r="M701" s="2"/>
       <c r="O701" s="2"/>
       <c r="Q701" s="2"/>
     </row>
-    <row r="702" spans="1:109">
-      <c r="D702" s="2"/>
+    <row r="702" spans="1:108">
       <c r="H702" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K702" s="2"/>
       <c r="M702" s="2"/>
       <c r="O702" s="2"/>
       <c r="Q702" s="2"/>
     </row>
-    <row r="703" spans="1:109">
-      <c r="D703" s="2"/>
+    <row r="703" spans="1:108">
       <c r="H703" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K703" s="2"/>
       <c r="M703" s="2"/>
       <c r="O703" s="2"/>
       <c r="Q703" s="2"/>
     </row>
-    <row r="704" spans="1:109">
-      <c r="D704" s="2"/>
+    <row r="704" spans="1:108">
       <c r="H704" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K704" s="2"/>
       <c r="M704" s="2"/>
       <c r="O704" s="2"/>
       <c r="Q704" s="2"/>
     </row>
-    <row r="705" spans="1:109">
-      <c r="D705" s="2"/>
+    <row r="705" spans="1:108">
       <c r="H705" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K705" s="2"/>
       <c r="M705" s="2"/>
       <c r="O705" s="2"/>
       <c r="Q705" s="2"/>
     </row>
-    <row r="706" spans="1:109">
-      <c r="D706" s="2"/>
+    <row r="706" spans="1:108">
       <c r="H706" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K706" s="2"/>
       <c r="M706" s="2"/>
       <c r="O706" s="2"/>
       <c r="Q706" s="2"/>
     </row>
-    <row r="707" spans="1:109">
-      <c r="D707" s="2"/>
+    <row r="707" spans="1:108">
       <c r="H707" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K707" s="2"/>
       <c r="M707" s="2"/>
       <c r="O707" s="2"/>
       <c r="Q707" s="2"/>
     </row>
-    <row r="708" spans="1:109">
-      <c r="D708" s="2"/>
+    <row r="708" spans="1:108">
       <c r="H708" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K708" s="2"/>
       <c r="M708" s="2"/>
       <c r="O708" s="2"/>
       <c r="Q708" s="2"/>
     </row>
-    <row r="709" spans="1:109">
-      <c r="D709" s="2"/>
+    <row r="709" spans="1:108">
       <c r="H709" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K709" s="2"/>
       <c r="M709" s="2"/>
       <c r="O709" s="2"/>
       <c r="Q709" s="2"/>
     </row>
-    <row r="710" spans="1:109">
-      <c r="D710" s="2"/>
+    <row r="710" spans="1:108">
       <c r="H710" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K710" s="2"/>
       <c r="M710" s="2"/>
       <c r="O710" s="2"/>
       <c r="Q710" s="2"/>
     </row>
-    <row r="711" spans="1:109">
-      <c r="D711" s="2"/>
+    <row r="711" spans="1:108">
       <c r="H711" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K711" s="2"/>
       <c r="M711" s="2"/>
       <c r="O711" s="2"/>
       <c r="Q711" s="2"/>
     </row>
-    <row r="712" spans="1:109">
-      <c r="D712" s="2"/>
+    <row r="712" spans="1:108">
       <c r="H712" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K712" s="2"/>
       <c r="M712" s="2"/>
       <c r="O712" s="2"/>
       <c r="Q712" s="2"/>
     </row>
-    <row r="713" spans="1:109">
-      <c r="D713" s="2"/>
+    <row r="713" spans="1:108">
       <c r="H713" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K713" s="2"/>
       <c r="M713" s="2"/>
       <c r="O713" s="2"/>
       <c r="Q713" s="2"/>
     </row>
-    <row r="714" spans="1:109">
-      <c r="D714" s="2"/>
+    <row r="714" spans="1:108">
       <c r="H714" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K714" s="2"/>
       <c r="M714" s="2"/>
       <c r="O714" s="2"/>
       <c r="Q714" s="2"/>
     </row>
-    <row r="715" spans="1:109">
-      <c r="D715" s="2"/>
+    <row r="715" spans="1:108">
       <c r="H715" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K715" s="2"/>
       <c r="M715" s="2"/>
       <c r="O715" s="2"/>
       <c r="Q715" s="2"/>
     </row>
-    <row r="716" spans="1:109">
-      <c r="D716" s="2"/>
+    <row r="716" spans="1:108">
       <c r="H716" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K716" s="2"/>
       <c r="M716" s="2"/>
       <c r="O716" s="2"/>
       <c r="Q716" s="2"/>
     </row>
-    <row r="717" spans="1:109">
-      <c r="D717" s="2"/>
+    <row r="717" spans="1:108">
       <c r="H717" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K717" s="2"/>
       <c r="M717" s="2"/>
       <c r="O717" s="2"/>
       <c r="Q717" s="2"/>
     </row>
-    <row r="718" spans="1:109">
-      <c r="D718" s="2"/>
+    <row r="718" spans="1:108">
       <c r="H718" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K718" s="2"/>
       <c r="M718" s="2"/>
       <c r="O718" s="2"/>
       <c r="Q718" s="2"/>
     </row>
-    <row r="719" spans="1:109">
-      <c r="D719" s="2"/>
+    <row r="719" spans="1:108">
       <c r="H719" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K719" s="2"/>
       <c r="M719" s="2"/>
       <c r="O719" s="2"/>
       <c r="Q719" s="2"/>
     </row>
-    <row r="720" spans="1:109">
-      <c r="D720" s="2"/>
+    <row r="720" spans="1:108">
       <c r="H720" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K720" s="2"/>
       <c r="M720" s="2"/>
       <c r="O720" s="2"/>
       <c r="Q720" s="2"/>
     </row>
-    <row r="721" spans="1:109">
-      <c r="D721" s="2"/>
+    <row r="721" spans="1:108">
       <c r="H721" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K721" s="2"/>
       <c r="M721" s="2"/>
       <c r="O721" s="2"/>
       <c r="Q721" s="2"/>
     </row>
-    <row r="722" spans="1:109">
-      <c r="D722" s="2"/>
+    <row r="722" spans="1:108">
       <c r="H722" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K722" s="2"/>
       <c r="M722" s="2"/>
       <c r="O722" s="2"/>
       <c r="Q722" s="2"/>
     </row>
-    <row r="723" spans="1:109">
-      <c r="D723" s="2"/>
+    <row r="723" spans="1:108">
       <c r="H723" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K723" s="2"/>
       <c r="M723" s="2"/>
       <c r="O723" s="2"/>
       <c r="Q723" s="2"/>
     </row>
-    <row r="724" spans="1:109">
-      <c r="D724" s="2"/>
+    <row r="724" spans="1:108">
       <c r="H724" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K724" s="2"/>
       <c r="M724" s="2"/>
       <c r="O724" s="2"/>
       <c r="Q724" s="2"/>
     </row>
-    <row r="725" spans="1:109">
-      <c r="D725" s="2"/>
+    <row r="725" spans="1:108">
       <c r="H725" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K725" s="2"/>
       <c r="M725" s="2"/>
       <c r="O725" s="2"/>
       <c r="Q725" s="2"/>
     </row>
-    <row r="726" spans="1:109">
-      <c r="D726" s="2"/>
+    <row r="726" spans="1:108">
       <c r="H726" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K726" s="2"/>
       <c r="M726" s="2"/>
       <c r="O726" s="2"/>
       <c r="Q726" s="2"/>
     </row>
-    <row r="727" spans="1:109">
-      <c r="D727" s="2"/>
+    <row r="727" spans="1:108">
       <c r="H727" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K727" s="2"/>
       <c r="M727" s="2"/>
       <c r="O727" s="2"/>
       <c r="Q727" s="2"/>
     </row>
-    <row r="728" spans="1:109">
-      <c r="D728" s="2"/>
+    <row r="728" spans="1:108">
       <c r="H728" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K728" s="2"/>
       <c r="M728" s="2"/>
       <c r="O728" s="2"/>
       <c r="Q728" s="2"/>
     </row>
-    <row r="729" spans="1:109">
-      <c r="D729" s="2"/>
+    <row r="729" spans="1:108">
       <c r="H729" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K729" s="2"/>
       <c r="M729" s="2"/>
       <c r="O729" s="2"/>
       <c r="Q729" s="2"/>
     </row>
-    <row r="730" spans="1:109">
-      <c r="D730" s="2"/>
+    <row r="730" spans="1:108">
       <c r="H730" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K730" s="2"/>
       <c r="M730" s="2"/>
       <c r="O730" s="2"/>
       <c r="Q730" s="2"/>
     </row>
-    <row r="731" spans="1:109">
-      <c r="D731" s="2"/>
+    <row r="731" spans="1:108">
       <c r="H731" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K731" s="2"/>
       <c r="M731" s="2"/>
       <c r="O731" s="2"/>
       <c r="Q731" s="2"/>
     </row>
-    <row r="732" spans="1:109">
-      <c r="D732" s="2"/>
+    <row r="732" spans="1:108">
       <c r="H732" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K732" s="2"/>
       <c r="M732" s="2"/>
       <c r="O732" s="2"/>
       <c r="Q732" s="2"/>
     </row>
-    <row r="733" spans="1:109">
-      <c r="D733" s="2"/>
+    <row r="733" spans="1:108">
       <c r="H733" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K733" s="2"/>
       <c r="M733" s="2"/>
       <c r="O733" s="2"/>
       <c r="Q733" s="2"/>
     </row>
-    <row r="734" spans="1:109">
-      <c r="D734" s="2"/>
+    <row r="734" spans="1:108">
       <c r="H734" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K734" s="2"/>
       <c r="M734" s="2"/>
       <c r="O734" s="2"/>
       <c r="Q734" s="2"/>
     </row>
-    <row r="735" spans="1:109">
-      <c r="D735" s="2"/>
+    <row r="735" spans="1:108">
       <c r="H735" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K735" s="2"/>
       <c r="M735" s="2"/>
       <c r="O735" s="2"/>
       <c r="Q735" s="2"/>
     </row>
-    <row r="736" spans="1:109">
-      <c r="D736" s="2"/>
+    <row r="736" spans="1:108">
       <c r="H736" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K736" s="2"/>
       <c r="M736" s="2"/>
       <c r="O736" s="2"/>
       <c r="Q736" s="2"/>
     </row>
-    <row r="737" spans="1:109">
-      <c r="D737" s="2"/>
+    <row r="737" spans="1:108">
       <c r="H737" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K737" s="2"/>
       <c r="M737" s="2"/>
       <c r="O737" s="2"/>
       <c r="Q737" s="2"/>
     </row>
-    <row r="738" spans="1:109">
-      <c r="D738" s="2"/>
+    <row r="738" spans="1:108">
       <c r="H738" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K738" s="2"/>
       <c r="M738" s="2"/>
       <c r="O738" s="2"/>
       <c r="Q738" s="2"/>
     </row>
-    <row r="739" spans="1:109">
-      <c r="D739" s="2"/>
+    <row r="739" spans="1:108">
       <c r="H739" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K739" s="2"/>
       <c r="M739" s="2"/>
       <c r="O739" s="2"/>
       <c r="Q739" s="2"/>
     </row>
-    <row r="740" spans="1:109">
-      <c r="D740" s="2"/>
+    <row r="740" spans="1:108">
       <c r="H740" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K740" s="2"/>
       <c r="M740" s="2"/>
       <c r="O740" s="2"/>
       <c r="Q740" s="2"/>
     </row>
-    <row r="741" spans="1:109">
-      <c r="D741" s="2"/>
+    <row r="741" spans="1:108">
       <c r="H741" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K741" s="2"/>
       <c r="M741" s="2"/>
       <c r="O741" s="2"/>
       <c r="Q741" s="2"/>
     </row>
-    <row r="742" spans="1:109">
-      <c r="D742" s="2"/>
+    <row r="742" spans="1:108">
       <c r="H742" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K742" s="2"/>
       <c r="M742" s="2"/>
       <c r="O742" s="2"/>
       <c r="Q742" s="2"/>
     </row>
-    <row r="743" spans="1:109">
-      <c r="D743" s="2"/>
+    <row r="743" spans="1:108">
       <c r="H743" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K743" s="2"/>
       <c r="M743" s="2"/>
       <c r="O743" s="2"/>
       <c r="Q743" s="2"/>
     </row>
-    <row r="744" spans="1:109">
-      <c r="D744" s="2"/>
+    <row r="744" spans="1:108">
       <c r="H744" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K744" s="2"/>
       <c r="M744" s="2"/>
       <c r="O744" s="2"/>
       <c r="Q744" s="2"/>
     </row>
-    <row r="745" spans="1:109">
-      <c r="D745" s="2"/>
+    <row r="745" spans="1:108">
       <c r="H745" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K745" s="2"/>
       <c r="M745" s="2"/>
       <c r="O745" s="2"/>
       <c r="Q745" s="2"/>
     </row>
-    <row r="746" spans="1:109">
-      <c r="D746" s="2"/>
+    <row r="746" spans="1:108">
       <c r="H746" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K746" s="2"/>
       <c r="M746" s="2"/>
       <c r="O746" s="2"/>
       <c r="Q746" s="2"/>
     </row>
-    <row r="747" spans="1:109">
-      <c r="D747" s="2"/>
+    <row r="747" spans="1:108">
       <c r="H747" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K747" s="2"/>
       <c r="M747" s="2"/>
       <c r="O747" s="2"/>
       <c r="Q747" s="2"/>
     </row>
-    <row r="748" spans="1:109">
-      <c r="D748" s="2"/>
+    <row r="748" spans="1:108">
       <c r="H748" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K748" s="2"/>
       <c r="M748" s="2"/>
       <c r="O748" s="2"/>
       <c r="Q748" s="2"/>
     </row>
-    <row r="749" spans="1:109">
-      <c r="D749" s="2"/>
+    <row r="749" spans="1:108">
       <c r="H749" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K749" s="2"/>
       <c r="M749" s="2"/>
       <c r="O749" s="2"/>
       <c r="Q749" s="2"/>
     </row>
-    <row r="750" spans="1:109">
-      <c r="D750" s="2"/>
+    <row r="750" spans="1:108">
       <c r="H750" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K750" s="2"/>
       <c r="M750" s="2"/>
       <c r="O750" s="2"/>
       <c r="Q750" s="2"/>
     </row>
-    <row r="751" spans="1:109">
-      <c r="D751" s="2"/>
+    <row r="751" spans="1:108">
       <c r="H751" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K751" s="2"/>
       <c r="M751" s="2"/>
       <c r="O751" s="2"/>
       <c r="Q751" s="2"/>
     </row>
-    <row r="752" spans="1:109">
-      <c r="D752" s="2"/>
+    <row r="752" spans="1:108">
       <c r="H752" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K752" s="2"/>
       <c r="M752" s="2"/>
       <c r="O752" s="2"/>
       <c r="Q752" s="2"/>
     </row>
-    <row r="753" spans="1:109">
-      <c r="D753" s="2"/>
+    <row r="753" spans="1:108">
       <c r="H753" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K753" s="2"/>
       <c r="M753" s="2"/>
       <c r="O753" s="2"/>
       <c r="Q753" s="2"/>
     </row>
-    <row r="754" spans="1:109">
-      <c r="D754" s="2"/>
+    <row r="754" spans="1:108">
       <c r="H754" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K754" s="2"/>
       <c r="M754" s="2"/>
       <c r="O754" s="2"/>
       <c r="Q754" s="2"/>
     </row>
-    <row r="755" spans="1:109">
-      <c r="D755" s="2"/>
+    <row r="755" spans="1:108">
       <c r="H755" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K755" s="2"/>
       <c r="M755" s="2"/>
       <c r="O755" s="2"/>
       <c r="Q755" s="2"/>
     </row>
-    <row r="756" spans="1:109">
-      <c r="D756" s="2"/>
+    <row r="756" spans="1:108">
       <c r="H756" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K756" s="2"/>
       <c r="M756" s="2"/>
       <c r="O756" s="2"/>
       <c r="Q756" s="2"/>
     </row>
-    <row r="757" spans="1:109">
-      <c r="D757" s="2"/>
+    <row r="757" spans="1:108">
       <c r="H757" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K757" s="2"/>
       <c r="M757" s="2"/>
       <c r="O757" s="2"/>
       <c r="Q757" s="2"/>
     </row>
-    <row r="758" spans="1:109">
-      <c r="D758" s="2"/>
+    <row r="758" spans="1:108">
       <c r="H758" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K758" s="2"/>
       <c r="M758" s="2"/>
       <c r="O758" s="2"/>
       <c r="Q758" s="2"/>
     </row>
-    <row r="759" spans="1:109">
-      <c r="D759" s="2"/>
+    <row r="759" spans="1:108">
       <c r="H759" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K759" s="2"/>
       <c r="M759" s="2"/>
       <c r="O759" s="2"/>
       <c r="Q759" s="2"/>
     </row>
-    <row r="760" spans="1:109">
-      <c r="D760" s="2"/>
+    <row r="760" spans="1:108">
       <c r="H760" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K760" s="2"/>
       <c r="M760" s="2"/>
       <c r="O760" s="2"/>
       <c r="Q760" s="2"/>
     </row>
-    <row r="761" spans="1:109">
-      <c r="D761" s="2"/>
+    <row r="761" spans="1:108">
       <c r="H761" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K761" s="2"/>
       <c r="M761" s="2"/>
       <c r="O761" s="2"/>
       <c r="Q761" s="2"/>
     </row>
-    <row r="762" spans="1:109">
-      <c r="D762" s="2"/>
+    <row r="762" spans="1:108">
       <c r="H762" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K762" s="2"/>
       <c r="M762" s="2"/>
       <c r="O762" s="2"/>
       <c r="Q762" s="2"/>
     </row>
-    <row r="763" spans="1:109">
-      <c r="D763" s="2"/>
+    <row r="763" spans="1:108">
       <c r="H763" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K763" s="2"/>
       <c r="M763" s="2"/>
       <c r="O763" s="2"/>
       <c r="Q763" s="2"/>
     </row>
-    <row r="764" spans="1:109">
-      <c r="D764" s="2"/>
+    <row r="764" spans="1:108">
       <c r="H764" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K764" s="2"/>
       <c r="M764" s="2"/>
       <c r="O764" s="2"/>
       <c r="Q764" s="2"/>
     </row>
-    <row r="765" spans="1:109">
-      <c r="D765" s="2"/>
+    <row r="765" spans="1:108">
       <c r="H765" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K765" s="2"/>
       <c r="M765" s="2"/>
       <c r="O765" s="2"/>
       <c r="Q765" s="2"/>
     </row>
-    <row r="766" spans="1:109">
-      <c r="D766" s="2"/>
+    <row r="766" spans="1:108">
       <c r="H766" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K766" s="2"/>
       <c r="M766" s="2"/>
       <c r="O766" s="2"/>
       <c r="Q766" s="2"/>
     </row>
-    <row r="767" spans="1:109">
-      <c r="D767" s="2"/>
+    <row r="767" spans="1:108">
       <c r="H767" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K767" s="2"/>
       <c r="M767" s="2"/>
       <c r="O767" s="2"/>
       <c r="Q767" s="2"/>
     </row>
-    <row r="768" spans="1:109">
-      <c r="D768" s="2"/>
+    <row r="768" spans="1:108">
       <c r="H768" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K768" s="2"/>
       <c r="M768" s="2"/>
       <c r="O768" s="2"/>
       <c r="Q768" s="2"/>
     </row>
-    <row r="769" spans="1:109">
-      <c r="D769" s="2"/>
+    <row r="769" spans="1:108">
       <c r="H769" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K769" s="2"/>
       <c r="M769" s="2"/>
       <c r="O769" s="2"/>
       <c r="Q769" s="2"/>
     </row>
-    <row r="770" spans="1:109">
-      <c r="D770" s="2"/>
+    <row r="770" spans="1:108">
       <c r="H770" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K770" s="2"/>
       <c r="M770" s="2"/>
       <c r="O770" s="2"/>
       <c r="Q770" s="2"/>
     </row>
-    <row r="771" spans="1:109">
-      <c r="D771" s="2"/>
+    <row r="771" spans="1:108">
       <c r="H771" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K771" s="2"/>
       <c r="M771" s="2"/>
       <c r="O771" s="2"/>
       <c r="Q771" s="2"/>
     </row>
-    <row r="772" spans="1:109">
-      <c r="D772" s="2"/>
+    <row r="772" spans="1:108">
       <c r="H772" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K772" s="2"/>
       <c r="M772" s="2"/>
       <c r="O772" s="2"/>
       <c r="Q772" s="2"/>
     </row>
-    <row r="773" spans="1:109">
-      <c r="D773" s="2"/>
+    <row r="773" spans="1:108">
       <c r="H773" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K773" s="2"/>
       <c r="M773" s="2"/>
       <c r="O773" s="2"/>
       <c r="Q773" s="2"/>
     </row>
-    <row r="774" spans="1:109">
-      <c r="D774" s="2"/>
+    <row r="774" spans="1:108">
       <c r="H774" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K774" s="2"/>
       <c r="M774" s="2"/>
       <c r="O774" s="2"/>
       <c r="Q774" s="2"/>
     </row>
-    <row r="775" spans="1:109">
-      <c r="D775" s="2"/>
+    <row r="775" spans="1:108">
       <c r="H775" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K775" s="2"/>
       <c r="M775" s="2"/>
       <c r="O775" s="2"/>
       <c r="Q775" s="2"/>
     </row>
-    <row r="776" spans="1:109">
-      <c r="D776" s="2"/>
+    <row r="776" spans="1:108">
       <c r="H776" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K776" s="2"/>
       <c r="M776" s="2"/>
       <c r="O776" s="2"/>
       <c r="Q776" s="2"/>
     </row>
-    <row r="777" spans="1:109">
-      <c r="D777" s="2"/>
+    <row r="777" spans="1:108">
       <c r="H777" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K777" s="2"/>
       <c r="M777" s="2"/>
       <c r="O777" s="2"/>
       <c r="Q777" s="2"/>
     </row>
-    <row r="778" spans="1:109">
-      <c r="D778" s="2"/>
+    <row r="778" spans="1:108">
       <c r="H778" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K778" s="2"/>
       <c r="M778" s="2"/>
       <c r="O778" s="2"/>
       <c r="Q778" s="2"/>
     </row>
-    <row r="779" spans="1:109">
-      <c r="D779" s="2"/>
+    <row r="779" spans="1:108">
       <c r="H779" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K779" s="2"/>
       <c r="M779" s="2"/>
       <c r="O779" s="2"/>
       <c r="Q779" s="2"/>
     </row>
-    <row r="780" spans="1:109">
-      <c r="D780" s="2"/>
+    <row r="780" spans="1:108">
       <c r="H780" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K780" s="2"/>
       <c r="M780" s="2"/>
       <c r="O780" s="2"/>
       <c r="Q780" s="2"/>
     </row>
-    <row r="781" spans="1:109">
-      <c r="D781" s="2"/>
+    <row r="781" spans="1:108">
       <c r="H781" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K781" s="2"/>
       <c r="M781" s="2"/>
       <c r="O781" s="2"/>
       <c r="Q781" s="2"/>
     </row>
-    <row r="782" spans="1:109">
-      <c r="D782" s="2"/>
+    <row r="782" spans="1:108">
       <c r="H782" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K782" s="2"/>
       <c r="M782" s="2"/>
       <c r="O782" s="2"/>
       <c r="Q782" s="2"/>
     </row>
-    <row r="783" spans="1:109">
-      <c r="D783" s="2"/>
+    <row r="783" spans="1:108">
       <c r="H783" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K783" s="2"/>
       <c r="M783" s="2"/>
       <c r="O783" s="2"/>
       <c r="Q783" s="2"/>
     </row>
-    <row r="784" spans="1:109">
-      <c r="D784" s="2"/>
+    <row r="784" spans="1:108">
       <c r="H784" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K784" s="2"/>
       <c r="M784" s="2"/>
       <c r="O784" s="2"/>
       <c r="Q784" s="2"/>
     </row>
-    <row r="785" spans="1:109">
-      <c r="D785" s="2"/>
+    <row r="785" spans="1:108">
       <c r="H785" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K785" s="2"/>
       <c r="M785" s="2"/>
       <c r="O785" s="2"/>
       <c r="Q785" s="2"/>
     </row>
-    <row r="786" spans="1:109">
-      <c r="D786" s="2"/>
+    <row r="786" spans="1:108">
       <c r="H786" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K786" s="2"/>
       <c r="M786" s="2"/>
       <c r="O786" s="2"/>
       <c r="Q786" s="2"/>
     </row>
-    <row r="787" spans="1:109">
-      <c r="D787" s="2"/>
+    <row r="787" spans="1:108">
       <c r="H787" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K787" s="2"/>
       <c r="M787" s="2"/>
       <c r="O787" s="2"/>
       <c r="Q787" s="2"/>
     </row>
-    <row r="788" spans="1:109">
-      <c r="D788" s="2"/>
+    <row r="788" spans="1:108">
       <c r="H788" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K788" s="2"/>
       <c r="M788" s="2"/>
       <c r="O788" s="2"/>
       <c r="Q788" s="2"/>
     </row>
-    <row r="789" spans="1:109">
-      <c r="D789" s="2"/>
+    <row r="789" spans="1:108">
       <c r="H789" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K789" s="2"/>
       <c r="M789" s="2"/>
       <c r="O789" s="2"/>
       <c r="Q789" s="2"/>
     </row>
-    <row r="790" spans="1:109">
-      <c r="D790" s="2"/>
+    <row r="790" spans="1:108">
       <c r="H790" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K790" s="2"/>
       <c r="M790" s="2"/>
       <c r="O790" s="2"/>
       <c r="Q790" s="2"/>
     </row>
-    <row r="791" spans="1:109">
-      <c r="D791" s="2"/>
+    <row r="791" spans="1:108">
       <c r="H791" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K791" s="2"/>
       <c r="M791" s="2"/>
       <c r="O791" s="2"/>
       <c r="Q791" s="2"/>
     </row>
-    <row r="792" spans="1:109">
-      <c r="D792" s="2"/>
+    <row r="792" spans="1:108">
       <c r="H792" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K792" s="2"/>
       <c r="M792" s="2"/>
       <c r="O792" s="2"/>
       <c r="Q792" s="2"/>
     </row>
-    <row r="793" spans="1:109">
-      <c r="D793" s="2"/>
+    <row r="793" spans="1:108">
       <c r="H793" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K793" s="2"/>
       <c r="M793" s="2"/>
       <c r="O793" s="2"/>
       <c r="Q793" s="2"/>
     </row>
-    <row r="794" spans="1:109">
-      <c r="D794" s="2"/>
+    <row r="794" spans="1:108">
       <c r="H794" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K794" s="2"/>
       <c r="M794" s="2"/>
       <c r="O794" s="2"/>
       <c r="Q794" s="2"/>
     </row>
-    <row r="795" spans="1:109">
-      <c r="D795" s="2"/>
+    <row r="795" spans="1:108">
       <c r="H795" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K795" s="2"/>
       <c r="M795" s="2"/>
       <c r="O795" s="2"/>
       <c r="Q795" s="2"/>
     </row>
-    <row r="796" spans="1:109">
-      <c r="D796" s="2"/>
+    <row r="796" spans="1:108">
       <c r="H796" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K796" s="2"/>
       <c r="M796" s="2"/>
       <c r="O796" s="2"/>
       <c r="Q796" s="2"/>
     </row>
-    <row r="797" spans="1:109">
-      <c r="D797" s="2"/>
+    <row r="797" spans="1:108">
       <c r="H797" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K797" s="2"/>
       <c r="M797" s="2"/>
       <c r="O797" s="2"/>
       <c r="Q797" s="2"/>
     </row>
-    <row r="798" spans="1:109">
-      <c r="D798" s="2"/>
+    <row r="798" spans="1:108">
       <c r="H798" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K798" s="2"/>
       <c r="M798" s="2"/>
       <c r="O798" s="2"/>
       <c r="Q798" s="2"/>
     </row>
-    <row r="799" spans="1:109">
-      <c r="D799" s="2"/>
+    <row r="799" spans="1:108">
       <c r="H799" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K799" s="2"/>
       <c r="M799" s="2"/>
       <c r="O799" s="2"/>
       <c r="Q799" s="2"/>
     </row>
-    <row r="800" spans="1:109">
-      <c r="D800" s="2"/>
+    <row r="800" spans="1:108">
       <c r="H800" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K800" s="2"/>
       <c r="M800" s="2"/>
       <c r="O800" s="2"/>
       <c r="Q800" s="2"/>
     </row>
-    <row r="801" spans="1:109">
-      <c r="D801" s="2"/>
+    <row r="801" spans="1:108">
       <c r="H801" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K801" s="2"/>
       <c r="M801" s="2"/>
       <c r="O801" s="2"/>
       <c r="Q801" s="2"/>
     </row>
-    <row r="802" spans="1:109">
-      <c r="D802" s="2"/>
+    <row r="802" spans="1:108">
       <c r="H802" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K802" s="2"/>
       <c r="M802" s="2"/>
       <c r="O802" s="2"/>
       <c r="Q802" s="2"/>
     </row>
-    <row r="803" spans="1:109">
-      <c r="D803" s="2"/>
+    <row r="803" spans="1:108">
       <c r="H803" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K803" s="2"/>
       <c r="M803" s="2"/>
       <c r="O803" s="2"/>
       <c r="Q803" s="2"/>
     </row>
-    <row r="804" spans="1:109">
-      <c r="D804" s="2"/>
+    <row r="804" spans="1:108">
       <c r="H804" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K804" s="2"/>
       <c r="M804" s="2"/>
       <c r="O804" s="2"/>
       <c r="Q804" s="2"/>
     </row>
-    <row r="805" spans="1:109">
-      <c r="D805" s="2"/>
+    <row r="805" spans="1:108">
       <c r="H805" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K805" s="2"/>
       <c r="M805" s="2"/>
       <c r="O805" s="2"/>
       <c r="Q805" s="2"/>
     </row>
-    <row r="806" spans="1:109">
-      <c r="D806" s="2"/>
+    <row r="806" spans="1:108">
       <c r="H806" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K806" s="2"/>
       <c r="M806" s="2"/>
       <c r="O806" s="2"/>
       <c r="Q806" s="2"/>
     </row>
-    <row r="807" spans="1:109">
-      <c r="D807" s="2"/>
+    <row r="807" spans="1:108">
       <c r="H807" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K807" s="2"/>
       <c r="M807" s="2"/>
       <c r="O807" s="2"/>
       <c r="Q807" s="2"/>
     </row>
-    <row r="808" spans="1:109">
-      <c r="D808" s="2"/>
+    <row r="808" spans="1:108">
       <c r="H808" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K808" s="2"/>
       <c r="M808" s="2"/>
       <c r="O808" s="2"/>
       <c r="Q808" s="2"/>
     </row>
-    <row r="809" spans="1:109">
-      <c r="D809" s="2"/>
+    <row r="809" spans="1:108">
       <c r="H809" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K809" s="2"/>
       <c r="M809" s="2"/>
       <c r="O809" s="2"/>
       <c r="Q809" s="2"/>
     </row>
-    <row r="810" spans="1:109">
-      <c r="D810" s="2"/>
+    <row r="810" spans="1:108">
       <c r="H810" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K810" s="2"/>
       <c r="M810" s="2"/>
       <c r="O810" s="2"/>
       <c r="Q810" s="2"/>
     </row>
-    <row r="811" spans="1:109">
-      <c r="D811" s="2"/>
+    <row r="811" spans="1:108">
       <c r="H811" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K811" s="2"/>
       <c r="M811" s="2"/>
       <c r="O811" s="2"/>
       <c r="Q811" s="2"/>
     </row>
-    <row r="812" spans="1:109">
-      <c r="D812" s="2"/>
+    <row r="812" spans="1:108">
       <c r="H812" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K812" s="2"/>
       <c r="M812" s="2"/>
       <c r="O812" s="2"/>
       <c r="Q812" s="2"/>
     </row>
-    <row r="813" spans="1:109">
-      <c r="D813" s="2"/>
+    <row r="813" spans="1:108">
       <c r="H813" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K813" s="2"/>
       <c r="M813" s="2"/>
       <c r="O813" s="2"/>
       <c r="Q813" s="2"/>
     </row>
-    <row r="814" spans="1:109">
-      <c r="D814" s="2"/>
+    <row r="814" spans="1:108">
       <c r="H814" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K814" s="2"/>
       <c r="M814" s="2"/>
       <c r="O814" s="2"/>
       <c r="Q814" s="2"/>
     </row>
-    <row r="815" spans="1:109">
-      <c r="D815" s="2"/>
+    <row r="815" spans="1:108">
       <c r="H815" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K815" s="2"/>
       <c r="M815" s="2"/>
       <c r="O815" s="2"/>
       <c r="Q815" s="2"/>
     </row>
-    <row r="816" spans="1:109">
-      <c r="D816" s="2"/>
+    <row r="816" spans="1:108">
       <c r="H816" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K816" s="2"/>
       <c r="M816" s="2"/>
       <c r="O816" s="2"/>
       <c r="Q816" s="2"/>
     </row>
-    <row r="817" spans="1:109">
-      <c r="D817" s="2"/>
+    <row r="817" spans="1:108">
       <c r="H817" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K817" s="2"/>
       <c r="M817" s="2"/>
       <c r="O817" s="2"/>
       <c r="Q817" s="2"/>
     </row>
-    <row r="818" spans="1:109">
-      <c r="D818" s="2"/>
+    <row r="818" spans="1:108">
       <c r="H818" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K818" s="2"/>
       <c r="M818" s="2"/>
       <c r="O818" s="2"/>
       <c r="Q818" s="2"/>
     </row>
-    <row r="819" spans="1:109">
-      <c r="D819" s="2"/>
+    <row r="819" spans="1:108">
       <c r="H819" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K819" s="2"/>
       <c r="M819" s="2"/>
       <c r="O819" s="2"/>
       <c r="Q819" s="2"/>
     </row>
-    <row r="820" spans="1:109">
-      <c r="D820" s="2"/>
+    <row r="820" spans="1:108">
       <c r="H820" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K820" s="2"/>
       <c r="M820" s="2"/>
       <c r="O820" s="2"/>
       <c r="Q820" s="2"/>
     </row>
-    <row r="821" spans="1:109">
-      <c r="D821" s="2"/>
+    <row r="821" spans="1:108">
       <c r="H821" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K821" s="2"/>
       <c r="M821" s="2"/>
       <c r="O821" s="2"/>
       <c r="Q821" s="2"/>
     </row>
-    <row r="822" spans="1:109">
-      <c r="D822" s="2"/>
+    <row r="822" spans="1:108">
       <c r="H822" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K822" s="2"/>
       <c r="M822" s="2"/>
       <c r="O822" s="2"/>
       <c r="Q822" s="2"/>
     </row>
-    <row r="823" spans="1:109">
-      <c r="D823" s="2"/>
+    <row r="823" spans="1:108">
       <c r="H823" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K823" s="2"/>
       <c r="M823" s="2"/>
       <c r="O823" s="2"/>
       <c r="Q823" s="2"/>
     </row>
-    <row r="824" spans="1:109">
-      <c r="D824" s="2"/>
+    <row r="824" spans="1:108">
       <c r="H824" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K824" s="2"/>
       <c r="M824" s="2"/>
       <c r="O824" s="2"/>
       <c r="Q824" s="2"/>
     </row>
-    <row r="825" spans="1:109">
-      <c r="D825" s="2"/>
+    <row r="825" spans="1:108">
       <c r="H825" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K825" s="2"/>
       <c r="M825" s="2"/>
       <c r="O825" s="2"/>
       <c r="Q825" s="2"/>
     </row>
-    <row r="826" spans="1:109">
-      <c r="D826" s="2"/>
+    <row r="826" spans="1:108">
       <c r="H826" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K826" s="2"/>
       <c r="M826" s="2"/>
       <c r="O826" s="2"/>
       <c r="Q826" s="2"/>
     </row>
-    <row r="827" spans="1:109">
-      <c r="D827" s="2"/>
+    <row r="827" spans="1:108">
       <c r="H827" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K827" s="2"/>
       <c r="M827" s="2"/>
       <c r="O827" s="2"/>
       <c r="Q827" s="2"/>
     </row>
-    <row r="828" spans="1:109">
-      <c r="D828" s="2"/>
+    <row r="828" spans="1:108">
       <c r="H828" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K828" s="2"/>
       <c r="M828" s="2"/>
       <c r="O828" s="2"/>
       <c r="Q828" s="2"/>
     </row>
-    <row r="829" spans="1:109">
-      <c r="D829" s="2"/>
+    <row r="829" spans="1:108">
       <c r="H829" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K829" s="2"/>
       <c r="M829" s="2"/>
       <c r="O829" s="2"/>
       <c r="Q829" s="2"/>
     </row>
-    <row r="830" spans="1:109">
-      <c r="D830" s="2"/>
+    <row r="830" spans="1:108">
       <c r="H830" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K830" s="2"/>
       <c r="M830" s="2"/>
       <c r="O830" s="2"/>
       <c r="Q830" s="2"/>
     </row>
-    <row r="831" spans="1:109">
-      <c r="D831" s="2"/>
+    <row r="831" spans="1:108">
       <c r="H831" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K831" s="2"/>
       <c r="M831" s="2"/>
       <c r="O831" s="2"/>
       <c r="Q831" s="2"/>
     </row>
-    <row r="832" spans="1:109">
-      <c r="D832" s="2"/>
+    <row r="832" spans="1:108">
       <c r="H832" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K832" s="2"/>
       <c r="M832" s="2"/>
       <c r="O832" s="2"/>
       <c r="Q832" s="2"/>
     </row>
-    <row r="833" spans="1:109">
-      <c r="D833" s="2"/>
+    <row r="833" spans="1:108">
       <c r="H833" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K833" s="2"/>
       <c r="M833" s="2"/>
       <c r="O833" s="2"/>
       <c r="Q833" s="2"/>
     </row>
-    <row r="834" spans="1:109">
-      <c r="D834" s="2"/>
+    <row r="834" spans="1:108">
       <c r="H834" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K834" s="2"/>
       <c r="M834" s="2"/>
       <c r="O834" s="2"/>
       <c r="Q834" s="2"/>
     </row>
-    <row r="835" spans="1:109">
-      <c r="D835" s="2"/>
+    <row r="835" spans="1:108">
       <c r="H835" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K835" s="2"/>
       <c r="M835" s="2"/>
       <c r="O835" s="2"/>
       <c r="Q835" s="2"/>
     </row>
-    <row r="836" spans="1:109">
-      <c r="D836" s="2"/>
+    <row r="836" spans="1:108">
       <c r="H836" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K836" s="2"/>
       <c r="M836" s="2"/>
       <c r="O836" s="2"/>
       <c r="Q836" s="2"/>
     </row>
-    <row r="837" spans="1:109">
-      <c r="D837" s="2"/>
+    <row r="837" spans="1:108">
       <c r="H837" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K837" s="2"/>
       <c r="M837" s="2"/>
       <c r="O837" s="2"/>
       <c r="Q837" s="2"/>
     </row>
-    <row r="838" spans="1:109">
-      <c r="D838" s="2"/>
+    <row r="838" spans="1:108">
       <c r="H838" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K838" s="2"/>
       <c r="M838" s="2"/>
       <c r="O838" s="2"/>
       <c r="Q838" s="2"/>
     </row>
-    <row r="839" spans="1:109">
-      <c r="D839" s="2"/>
+    <row r="839" spans="1:108">
       <c r="H839" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K839" s="2"/>
       <c r="M839" s="2"/>
       <c r="O839" s="2"/>
       <c r="Q839" s="2"/>
     </row>
-    <row r="840" spans="1:109">
-      <c r="D840" s="2"/>
+    <row r="840" spans="1:108">
       <c r="H840" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K840" s="2"/>
       <c r="M840" s="2"/>
       <c r="O840" s="2"/>
       <c r="Q840" s="2"/>
     </row>
-    <row r="841" spans="1:109">
-      <c r="D841" s="2"/>
+    <row r="841" spans="1:108">
       <c r="H841" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K841" s="2"/>
       <c r="M841" s="2"/>
       <c r="O841" s="2"/>
       <c r="Q841" s="2"/>
     </row>
-    <row r="842" spans="1:109">
-      <c r="D842" s="2"/>
+    <row r="842" spans="1:108">
       <c r="H842" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K842" s="2"/>
       <c r="M842" s="2"/>
       <c r="O842" s="2"/>
       <c r="Q842" s="2"/>
     </row>
-    <row r="843" spans="1:109">
-      <c r="D843" s="2"/>
+    <row r="843" spans="1:108">
       <c r="H843" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K843" s="2"/>
       <c r="M843" s="2"/>
       <c r="O843" s="2"/>
       <c r="Q843" s="2"/>
     </row>
-    <row r="844" spans="1:109">
-      <c r="D844" s="2"/>
+    <row r="844" spans="1:108">
       <c r="H844" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K844" s="2"/>
       <c r="M844" s="2"/>
       <c r="O844" s="2"/>
       <c r="Q844" s="2"/>
     </row>
-    <row r="845" spans="1:109">
-      <c r="D845" s="2"/>
+    <row r="845" spans="1:108">
       <c r="H845" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K845" s="2"/>
       <c r="M845" s="2"/>
       <c r="O845" s="2"/>
       <c r="Q845" s="2"/>
     </row>
-    <row r="846" spans="1:109">
-      <c r="D846" s="2"/>
+    <row r="846" spans="1:108">
       <c r="H846" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K846" s="2"/>
       <c r="M846" s="2"/>
       <c r="O846" s="2"/>
       <c r="Q846" s="2"/>
     </row>
-    <row r="847" spans="1:109">
-      <c r="D847" s="2"/>
+    <row r="847" spans="1:108">
       <c r="H847" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K847" s="2"/>
       <c r="M847" s="2"/>
       <c r="O847" s="2"/>
       <c r="Q847" s="2"/>
     </row>
-    <row r="848" spans="1:109">
-      <c r="D848" s="2"/>
+    <row r="848" spans="1:108">
       <c r="H848" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K848" s="2"/>
       <c r="M848" s="2"/>
       <c r="O848" s="2"/>
       <c r="Q848" s="2"/>
     </row>
-    <row r="849" spans="1:109">
-      <c r="D849" s="2"/>
+    <row r="849" spans="1:108">
       <c r="H849" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K849" s="2"/>
       <c r="M849" s="2"/>
       <c r="O849" s="2"/>
       <c r="Q849" s="2"/>
     </row>
-    <row r="850" spans="1:109">
-      <c r="D850" s="2"/>
+    <row r="850" spans="1:108">
       <c r="H850" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K850" s="2"/>
       <c r="M850" s="2"/>
       <c r="O850" s="2"/>
       <c r="Q850" s="2"/>
     </row>
-    <row r="851" spans="1:109">
-      <c r="D851" s="2"/>
+    <row r="851" spans="1:108">
       <c r="H851" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K851" s="2"/>
       <c r="M851" s="2"/>
       <c r="O851" s="2"/>
       <c r="Q851" s="2"/>
     </row>
-    <row r="852" spans="1:109">
-      <c r="D852" s="2"/>
+    <row r="852" spans="1:108">
       <c r="H852" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K852" s="2"/>
       <c r="M852" s="2"/>
       <c r="O852" s="2"/>
       <c r="Q852" s="2"/>
     </row>
-    <row r="853" spans="1:109">
-      <c r="D853" s="2"/>
+    <row r="853" spans="1:108">
       <c r="H853" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K853" s="2"/>
       <c r="M853" s="2"/>
       <c r="O853" s="2"/>
       <c r="Q853" s="2"/>
     </row>
-    <row r="854" spans="1:109">
-      <c r="D854" s="2"/>
+    <row r="854" spans="1:108">
       <c r="H854" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K854" s="2"/>
       <c r="M854" s="2"/>
       <c r="O854" s="2"/>
       <c r="Q854" s="2"/>
     </row>
-    <row r="855" spans="1:109">
-      <c r="D855" s="2"/>
+    <row r="855" spans="1:108">
       <c r="H855" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K855" s="2"/>
       <c r="M855" s="2"/>
       <c r="O855" s="2"/>
       <c r="Q855" s="2"/>
     </row>
-    <row r="856" spans="1:109">
-      <c r="D856" s="2"/>
+    <row r="856" spans="1:108">
       <c r="H856" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K856" s="2"/>
       <c r="M856" s="2"/>
       <c r="O856" s="2"/>
       <c r="Q856" s="2"/>
     </row>
-    <row r="857" spans="1:109">
-      <c r="D857" s="2"/>
+    <row r="857" spans="1:108">
       <c r="H857" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K857" s="2"/>
       <c r="M857" s="2"/>
       <c r="O857" s="2"/>
       <c r="Q857" s="2"/>
     </row>
-    <row r="858" spans="1:109">
-      <c r="D858" s="2"/>
+    <row r="858" spans="1:108">
       <c r="H858" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K858" s="2"/>
       <c r="M858" s="2"/>
       <c r="O858" s="2"/>
       <c r="Q858" s="2"/>
     </row>
-    <row r="859" spans="1:109">
-      <c r="D859" s="2"/>
+    <row r="859" spans="1:108">
       <c r="H859" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K859" s="2"/>
       <c r="M859" s="2"/>
       <c r="O859" s="2"/>
       <c r="Q859" s="2"/>
     </row>
-    <row r="860" spans="1:109">
-      <c r="D860" s="2"/>
+    <row r="860" spans="1:108">
       <c r="H860" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K860" s="2"/>
       <c r="M860" s="2"/>
       <c r="O860" s="2"/>
       <c r="Q860" s="2"/>
     </row>
-    <row r="861" spans="1:109">
-      <c r="D861" s="2"/>
+    <row r="861" spans="1:108">
       <c r="H861" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K861" s="2"/>
       <c r="M861" s="2"/>
       <c r="O861" s="2"/>
       <c r="Q861" s="2"/>
     </row>
-    <row r="862" spans="1:109">
-      <c r="D862" s="2"/>
+    <row r="862" spans="1:108">
       <c r="H862" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K862" s="2"/>
       <c r="M862" s="2"/>
       <c r="O862" s="2"/>
       <c r="Q862" s="2"/>
     </row>
-    <row r="863" spans="1:109">
-      <c r="D863" s="2"/>
+    <row r="863" spans="1:108">
       <c r="H863" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K863" s="2"/>
       <c r="M863" s="2"/>
       <c r="O863" s="2"/>
       <c r="Q863" s="2"/>
     </row>
-    <row r="864" spans="1:109">
-      <c r="D864" s="2"/>
+    <row r="864" spans="1:108">
       <c r="H864" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K864" s="2"/>
       <c r="M864" s="2"/>
       <c r="O864" s="2"/>
       <c r="Q864" s="2"/>
     </row>
-    <row r="865" spans="1:109">
-      <c r="D865" s="2"/>
+    <row r="865" spans="1:108">
       <c r="H865" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K865" s="2"/>
       <c r="M865" s="2"/>
       <c r="O865" s="2"/>
       <c r="Q865" s="2"/>
     </row>
-    <row r="866" spans="1:109">
-      <c r="D866" s="2"/>
+    <row r="866" spans="1:108">
       <c r="H866" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K866" s="2"/>
       <c r="M866" s="2"/>
       <c r="O866" s="2"/>
       <c r="Q866" s="2"/>
     </row>
-    <row r="867" spans="1:109">
-      <c r="D867" s="2"/>
+    <row r="867" spans="1:108">
       <c r="H867" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K867" s="2"/>
       <c r="M867" s="2"/>
       <c r="O867" s="2"/>
       <c r="Q867" s="2"/>
     </row>
-    <row r="868" spans="1:109">
-      <c r="D868" s="2"/>
+    <row r="868" spans="1:108">
       <c r="H868" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K868" s="2"/>
       <c r="M868" s="2"/>
       <c r="O868" s="2"/>
       <c r="Q868" s="2"/>
     </row>
-    <row r="869" spans="1:109">
-      <c r="D869" s="2"/>
+    <row r="869" spans="1:108">
       <c r="H869" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K869" s="2"/>
       <c r="M869" s="2"/>
       <c r="O869" s="2"/>
       <c r="Q869" s="2"/>
     </row>
-    <row r="870" spans="1:109">
-      <c r="D870" s="2"/>
+    <row r="870" spans="1:108">
       <c r="H870" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K870" s="2"/>
       <c r="M870" s="2"/>
       <c r="O870" s="2"/>
       <c r="Q870" s="2"/>
     </row>
-    <row r="871" spans="1:109">
-      <c r="D871" s="2"/>
+    <row r="871" spans="1:108">
       <c r="H871" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K871" s="2"/>
       <c r="M871" s="2"/>
       <c r="O871" s="2"/>
       <c r="Q871" s="2"/>
     </row>
-    <row r="872" spans="1:109">
-      <c r="D872" s="2"/>
+    <row r="872" spans="1:108">
       <c r="H872" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K872" s="2"/>
       <c r="M872" s="2"/>
       <c r="O872" s="2"/>
       <c r="Q872" s="2"/>
     </row>
-    <row r="873" spans="1:109">
-      <c r="D873" s="2"/>
+    <row r="873" spans="1:108">
       <c r="H873" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K873" s="2"/>
       <c r="M873" s="2"/>
       <c r="O873" s="2"/>
       <c r="Q873" s="2"/>
     </row>
-    <row r="874" spans="1:109">
-      <c r="D874" s="2"/>
+    <row r="874" spans="1:108">
       <c r="H874" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K874" s="2"/>
       <c r="M874" s="2"/>
       <c r="O874" s="2"/>
       <c r="Q874" s="2"/>
     </row>
-    <row r="875" spans="1:109">
-      <c r="D875" s="2"/>
+    <row r="875" spans="1:108">
       <c r="H875" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K875" s="2"/>
       <c r="M875" s="2"/>
       <c r="O875" s="2"/>
       <c r="Q875" s="2"/>
     </row>
-    <row r="876" spans="1:109">
-      <c r="D876" s="2"/>
+    <row r="876" spans="1:108">
       <c r="H876" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K876" s="2"/>
       <c r="M876" s="2"/>
       <c r="O876" s="2"/>
       <c r="Q876" s="2"/>
     </row>
-    <row r="877" spans="1:109">
-      <c r="D877" s="2"/>
+    <row r="877" spans="1:108">
       <c r="H877" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K877" s="2"/>
       <c r="M877" s="2"/>
       <c r="O877" s="2"/>
       <c r="Q877" s="2"/>
     </row>
-    <row r="878" spans="1:109">
-      <c r="D878" s="2"/>
+    <row r="878" spans="1:108">
       <c r="H878" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K878" s="2"/>
       <c r="M878" s="2"/>
       <c r="O878" s="2"/>
       <c r="Q878" s="2"/>
     </row>
-    <row r="879" spans="1:109">
-      <c r="D879" s="2"/>
+    <row r="879" spans="1:108">
       <c r="H879" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K879" s="2"/>
       <c r="M879" s="2"/>
       <c r="O879" s="2"/>
       <c r="Q879" s="2"/>
     </row>
-    <row r="880" spans="1:109">
-      <c r="D880" s="2"/>
+    <row r="880" spans="1:108">
       <c r="H880" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K880" s="2"/>
       <c r="M880" s="2"/>
       <c r="O880" s="2"/>
       <c r="Q880" s="2"/>
     </row>
-    <row r="881" spans="1:109">
-      <c r="D881" s="2"/>
+    <row r="881" spans="1:108">
       <c r="H881" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K881" s="2"/>
       <c r="M881" s="2"/>
       <c r="O881" s="2"/>
       <c r="Q881" s="2"/>
     </row>
-    <row r="882" spans="1:109">
-      <c r="D882" s="2"/>
+    <row r="882" spans="1:108">
       <c r="H882" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K882" s="2"/>
       <c r="M882" s="2"/>
       <c r="O882" s="2"/>
       <c r="Q882" s="2"/>
     </row>
-    <row r="883" spans="1:109">
-      <c r="D883" s="2"/>
+    <row r="883" spans="1:108">
       <c r="H883" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K883" s="2"/>
       <c r="M883" s="2"/>
       <c r="O883" s="2"/>
       <c r="Q883" s="2"/>
     </row>
-    <row r="884" spans="1:109">
-      <c r="D884" s="2"/>
+    <row r="884" spans="1:108">
       <c r="H884" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K884" s="2"/>
       <c r="M884" s="2"/>
       <c r="O884" s="2"/>
       <c r="Q884" s="2"/>
     </row>
-    <row r="885" spans="1:109">
-      <c r="D885" s="2"/>
+    <row r="885" spans="1:108">
       <c r="H885" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K885" s="2"/>
       <c r="M885" s="2"/>
       <c r="O885" s="2"/>
       <c r="Q885" s="2"/>
     </row>
-    <row r="886" spans="1:109">
-      <c r="D886" s="2"/>
+    <row r="886" spans="1:108">
       <c r="H886" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K886" s="2"/>
       <c r="M886" s="2"/>
       <c r="O886" s="2"/>
       <c r="Q886" s="2"/>
     </row>
-    <row r="887" spans="1:109">
-      <c r="D887" s="2"/>
+    <row r="887" spans="1:108">
       <c r="H887" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K887" s="2"/>
       <c r="M887" s="2"/>
       <c r="O887" s="2"/>
       <c r="Q887" s="2"/>
     </row>
-    <row r="888" spans="1:109">
-      <c r="D888" s="2"/>
+    <row r="888" spans="1:108">
       <c r="H888" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K888" s="2"/>
       <c r="M888" s="2"/>
       <c r="O888" s="2"/>
       <c r="Q888" s="2"/>
     </row>
-    <row r="889" spans="1:109">
-      <c r="D889" s="2"/>
+    <row r="889" spans="1:108">
       <c r="H889" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K889" s="2"/>
       <c r="M889" s="2"/>
       <c r="O889" s="2"/>
       <c r="Q889" s="2"/>
     </row>
-    <row r="890" spans="1:109">
-      <c r="D890" s="2"/>
+    <row r="890" spans="1:108">
       <c r="H890" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K890" s="2"/>
       <c r="M890" s="2"/>
       <c r="O890" s="2"/>
       <c r="Q890" s="2"/>
     </row>
-    <row r="891" spans="1:109">
-      <c r="D891" s="2"/>
+    <row r="891" spans="1:108">
       <c r="H891" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K891" s="2"/>
       <c r="M891" s="2"/>
       <c r="O891" s="2"/>
       <c r="Q891" s="2"/>
     </row>
-    <row r="892" spans="1:109">
-      <c r="D892" s="2"/>
+    <row r="892" spans="1:108">
       <c r="H892" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K892" s="2"/>
       <c r="M892" s="2"/>
       <c r="O892" s="2"/>
       <c r="Q892" s="2"/>
     </row>
-    <row r="893" spans="1:109">
-      <c r="D893" s="2"/>
+    <row r="893" spans="1:108">
       <c r="H893" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K893" s="2"/>
       <c r="M893" s="2"/>
       <c r="O893" s="2"/>
       <c r="Q893" s="2"/>
     </row>
-    <row r="894" spans="1:109">
-      <c r="D894" s="2"/>
+    <row r="894" spans="1:108">
       <c r="H894" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K894" s="2"/>
       <c r="M894" s="2"/>
       <c r="O894" s="2"/>
       <c r="Q894" s="2"/>
     </row>
-    <row r="895" spans="1:109">
-      <c r="D895" s="2"/>
+    <row r="895" spans="1:108">
       <c r="H895" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K895" s="2"/>
       <c r="M895" s="2"/>
       <c r="O895" s="2"/>
       <c r="Q895" s="2"/>
     </row>
-    <row r="896" spans="1:109">
-      <c r="D896" s="2"/>
+    <row r="896" spans="1:108">
       <c r="H896" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K896" s="2"/>
       <c r="M896" s="2"/>
       <c r="O896" s="2"/>
       <c r="Q896" s="2"/>
     </row>
-    <row r="897" spans="1:109">
-      <c r="D897" s="2"/>
+    <row r="897" spans="1:108">
       <c r="H897" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K897" s="2"/>
       <c r="M897" s="2"/>
       <c r="O897" s="2"/>
       <c r="Q897" s="2"/>
     </row>
-    <row r="898" spans="1:109">
-      <c r="D898" s="2"/>
+    <row r="898" spans="1:108">
       <c r="H898" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K898" s="2"/>
       <c r="M898" s="2"/>
       <c r="O898" s="2"/>
       <c r="Q898" s="2"/>
     </row>
-    <row r="899" spans="1:109">
-      <c r="D899" s="2"/>
+    <row r="899" spans="1:108">
       <c r="H899" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K899" s="2"/>
       <c r="M899" s="2"/>
       <c r="O899" s="2"/>
       <c r="Q899" s="2"/>
     </row>
-    <row r="900" spans="1:109">
-      <c r="D900" s="2"/>
+    <row r="900" spans="1:108">
       <c r="H900" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K900" s="2"/>
       <c r="M900" s="2"/>
       <c r="O900" s="2"/>
       <c r="Q900" s="2"/>
     </row>
-    <row r="901" spans="1:109">
-      <c r="D901" s="2"/>
+    <row r="901" spans="1:108">
       <c r="H901" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K901" s="2"/>
       <c r="M901" s="2"/>
       <c r="O901" s="2"/>
       <c r="Q901" s="2"/>
     </row>
-    <row r="902" spans="1:109">
-      <c r="D902" s="2"/>
+    <row r="902" spans="1:108">
       <c r="H902" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K902" s="2"/>
       <c r="M902" s="2"/>
       <c r="O902" s="2"/>
       <c r="Q902" s="2"/>
     </row>
-    <row r="903" spans="1:109">
-      <c r="D903" s="2"/>
+    <row r="903" spans="1:108">
       <c r="H903" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K903" s="2"/>
       <c r="M903" s="2"/>
       <c r="O903" s="2"/>
       <c r="Q903" s="2"/>
     </row>
-    <row r="904" spans="1:109">
-      <c r="D904" s="2"/>
+    <row r="904" spans="1:108">
       <c r="H904" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K904" s="2"/>
       <c r="M904" s="2"/>
       <c r="O904" s="2"/>
       <c r="Q904" s="2"/>
     </row>
-    <row r="905" spans="1:109">
-      <c r="D905" s="2"/>
+    <row r="905" spans="1:108">
       <c r="H905" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K905" s="2"/>
       <c r="M905" s="2"/>
       <c r="O905" s="2"/>
       <c r="Q905" s="2"/>
     </row>
-    <row r="906" spans="1:109">
-      <c r="D906" s="2"/>
+    <row r="906" spans="1:108">
       <c r="H906" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K906" s="2"/>
       <c r="M906" s="2"/>
       <c r="O906" s="2"/>
       <c r="Q906" s="2"/>
     </row>
-    <row r="907" spans="1:109">
-      <c r="D907" s="2"/>
+    <row r="907" spans="1:108">
       <c r="H907" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K907" s="2"/>
       <c r="M907" s="2"/>
       <c r="O907" s="2"/>
       <c r="Q907" s="2"/>
     </row>
-    <row r="908" spans="1:109">
-      <c r="D908" s="2"/>
+    <row r="908" spans="1:108">
       <c r="H908" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K908" s="2"/>
       <c r="M908" s="2"/>
       <c r="O908" s="2"/>
       <c r="Q908" s="2"/>
     </row>
-    <row r="909" spans="1:109">
-      <c r="D909" s="2"/>
+    <row r="909" spans="1:108">
       <c r="H909" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K909" s="2"/>
       <c r="M909" s="2"/>
       <c r="O909" s="2"/>
       <c r="Q909" s="2"/>
     </row>
-    <row r="910" spans="1:109">
-      <c r="D910" s="2"/>
+    <row r="910" spans="1:108">
       <c r="H910" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K910" s="2"/>
       <c r="M910" s="2"/>
       <c r="O910" s="2"/>
       <c r="Q910" s="2"/>
     </row>
-    <row r="911" spans="1:109">
-      <c r="D911" s="2"/>
+    <row r="911" spans="1:108">
       <c r="H911" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K911" s="2"/>
       <c r="M911" s="2"/>
       <c r="O911" s="2"/>
       <c r="Q911" s="2"/>
     </row>
-    <row r="912" spans="1:109">
-      <c r="D912" s="2"/>
+    <row r="912" spans="1:108">
       <c r="H912" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K912" s="2"/>
       <c r="M912" s="2"/>
       <c r="O912" s="2"/>
       <c r="Q912" s="2"/>
     </row>
-    <row r="913" spans="1:109">
-      <c r="D913" s="2"/>
+    <row r="913" spans="1:108">
       <c r="H913" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K913" s="2"/>
       <c r="M913" s="2"/>
       <c r="O913" s="2"/>
       <c r="Q913" s="2"/>
     </row>
-    <row r="914" spans="1:109">
-      <c r="D914" s="2"/>
+    <row r="914" spans="1:108">
       <c r="H914" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K914" s="2"/>
       <c r="M914" s="2"/>
       <c r="O914" s="2"/>
       <c r="Q914" s="2"/>
     </row>
-    <row r="915" spans="1:109">
-      <c r="D915" s="2"/>
+    <row r="915" spans="1:108">
       <c r="H915" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K915" s="2"/>
       <c r="M915" s="2"/>
       <c r="O915" s="2"/>
       <c r="Q915" s="2"/>
     </row>
-    <row r="916" spans="1:109">
-      <c r="D916" s="2"/>
+    <row r="916" spans="1:108">
       <c r="H916" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K916" s="2"/>
       <c r="M916" s="2"/>
       <c r="O916" s="2"/>
       <c r="Q916" s="2"/>
     </row>
-    <row r="917" spans="1:109">
-      <c r="D917" s="2"/>
+    <row r="917" spans="1:108">
       <c r="H917" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K917" s="2"/>
       <c r="M917" s="2"/>
       <c r="O917" s="2"/>
       <c r="Q917" s="2"/>
     </row>
-    <row r="918" spans="1:109">
-      <c r="D918" s="2"/>
+    <row r="918" spans="1:108">
       <c r="H918" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K918" s="2"/>
       <c r="M918" s="2"/>
       <c r="O918" s="2"/>
       <c r="Q918" s="2"/>
     </row>
-    <row r="919" spans="1:109">
-      <c r="D919" s="2"/>
+    <row r="919" spans="1:108">
       <c r="H919" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K919" s="2"/>
       <c r="M919" s="2"/>
       <c r="O919" s="2"/>
       <c r="Q919" s="2"/>
     </row>
-    <row r="920" spans="1:109">
-      <c r="D920" s="2"/>
+    <row r="920" spans="1:108">
       <c r="H920" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K920" s="2"/>
       <c r="M920" s="2"/>
       <c r="O920" s="2"/>
       <c r="Q920" s="2"/>
     </row>
-    <row r="921" spans="1:109">
-      <c r="D921" s="2"/>
+    <row r="921" spans="1:108">
       <c r="H921" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K921" s="2"/>
       <c r="M921" s="2"/>
       <c r="O921" s="2"/>
       <c r="Q921" s="2"/>
     </row>
-    <row r="922" spans="1:109">
-      <c r="D922" s="2"/>
+    <row r="922" spans="1:108">
       <c r="H922" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K922" s="2"/>
       <c r="M922" s="2"/>
       <c r="O922" s="2"/>
       <c r="Q922" s="2"/>
     </row>
-    <row r="923" spans="1:109">
-      <c r="D923" s="2"/>
+    <row r="923" spans="1:108">
       <c r="H923" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K923" s="2"/>
       <c r="M923" s="2"/>
       <c r="O923" s="2"/>
       <c r="Q923" s="2"/>
     </row>
-    <row r="924" spans="1:109">
-      <c r="D924" s="2"/>
+    <row r="924" spans="1:108">
       <c r="H924" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K924" s="2"/>
       <c r="M924" s="2"/>
       <c r="O924" s="2"/>
       <c r="Q924" s="2"/>
     </row>
-    <row r="925" spans="1:109">
-      <c r="D925" s="2"/>
+    <row r="925" spans="1:108">
       <c r="H925" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K925" s="2"/>
       <c r="M925" s="2"/>
       <c r="O925" s="2"/>
       <c r="Q925" s="2"/>
     </row>
-    <row r="926" spans="1:109">
-      <c r="D926" s="2"/>
+    <row r="926" spans="1:108">
       <c r="H926" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K926" s="2"/>
       <c r="M926" s="2"/>
       <c r="O926" s="2"/>
       <c r="Q926" s="2"/>
     </row>
-    <row r="927" spans="1:109">
-      <c r="D927" s="2"/>
+    <row r="927" spans="1:108">
       <c r="H927" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K927" s="2"/>
       <c r="M927" s="2"/>
       <c r="O927" s="2"/>
       <c r="Q927" s="2"/>
     </row>
-    <row r="928" spans="1:109">
-      <c r="D928" s="2"/>
+    <row r="928" spans="1:108">
       <c r="H928" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K928" s="2"/>
       <c r="M928" s="2"/>
       <c r="O928" s="2"/>
       <c r="Q928" s="2"/>
     </row>
-    <row r="929" spans="1:109">
-      <c r="D929" s="2"/>
+    <row r="929" spans="1:108">
       <c r="H929" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K929" s="2"/>
       <c r="M929" s="2"/>
       <c r="O929" s="2"/>
       <c r="Q929" s="2"/>
     </row>
-    <row r="930" spans="1:109">
-      <c r="D930" s="2"/>
+    <row r="930" spans="1:108">
       <c r="H930" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K930" s="2"/>
       <c r="M930" s="2"/>
       <c r="O930" s="2"/>
       <c r="Q930" s="2"/>
     </row>
-    <row r="931" spans="1:109">
-      <c r="D931" s="2"/>
+    <row r="931" spans="1:108">
       <c r="H931" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K931" s="2"/>
       <c r="M931" s="2"/>
       <c r="O931" s="2"/>
       <c r="Q931" s="2"/>
     </row>
-    <row r="932" spans="1:109">
-      <c r="D932" s="2"/>
+    <row r="932" spans="1:108">
       <c r="H932" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K932" s="2"/>
       <c r="M932" s="2"/>
       <c r="O932" s="2"/>
       <c r="Q932" s="2"/>
     </row>
-    <row r="933" spans="1:109">
-      <c r="D933" s="2"/>
+    <row r="933" spans="1:108">
       <c r="H933" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K933" s="2"/>
       <c r="M933" s="2"/>
       <c r="O933" s="2"/>
       <c r="Q933" s="2"/>
     </row>
-    <row r="934" spans="1:109">
-      <c r="D934" s="2"/>
+    <row r="934" spans="1:108">
       <c r="H934" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K934" s="2"/>
       <c r="M934" s="2"/>
       <c r="O934" s="2"/>
       <c r="Q934" s="2"/>
     </row>
-    <row r="935" spans="1:109">
-      <c r="D935" s="2"/>
+    <row r="935" spans="1:108">
       <c r="H935" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K935" s="2"/>
       <c r="M935" s="2"/>
       <c r="O935" s="2"/>
       <c r="Q935" s="2"/>
     </row>
-    <row r="936" spans="1:109">
-      <c r="D936" s="2"/>
+    <row r="936" spans="1:108">
       <c r="H936" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K936" s="2"/>
       <c r="M936" s="2"/>
       <c r="O936" s="2"/>
       <c r="Q936" s="2"/>
     </row>
-    <row r="937" spans="1:109">
-      <c r="D937" s="2"/>
+    <row r="937" spans="1:108">
       <c r="H937" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K937" s="2"/>
       <c r="M937" s="2"/>
       <c r="O937" s="2"/>
       <c r="Q937" s="2"/>
     </row>
-    <row r="938" spans="1:109">
-      <c r="D938" s="2"/>
+    <row r="938" spans="1:108">
       <c r="H938" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K938" s="2"/>
       <c r="M938" s="2"/>
       <c r="O938" s="2"/>
       <c r="Q938" s="2"/>
     </row>
-    <row r="939" spans="1:109">
-      <c r="D939" s="2"/>
+    <row r="939" spans="1:108">
       <c r="H939" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K939" s="2"/>
       <c r="M939" s="2"/>
       <c r="O939" s="2"/>
       <c r="Q939" s="2"/>
     </row>
-    <row r="940" spans="1:109">
-      <c r="D940" s="2"/>
+    <row r="940" spans="1:108">
       <c r="H940" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K940" s="2"/>
       <c r="M940" s="2"/>
       <c r="O940" s="2"/>
       <c r="Q940" s="2"/>
     </row>
-    <row r="941" spans="1:109">
-      <c r="D941" s="2"/>
+    <row r="941" spans="1:108">
       <c r="H941" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K941" s="2"/>
       <c r="M941" s="2"/>
       <c r="O941" s="2"/>
       <c r="Q941" s="2"/>
     </row>
-    <row r="942" spans="1:109">
-      <c r="D942" s="2"/>
+    <row r="942" spans="1:108">
       <c r="H942" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K942" s="2"/>
       <c r="M942" s="2"/>
       <c r="O942" s="2"/>
       <c r="Q942" s="2"/>
     </row>
-    <row r="943" spans="1:109">
-      <c r="D943" s="2"/>
+    <row r="943" spans="1:108">
       <c r="H943" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K943" s="2"/>
       <c r="M943" s="2"/>
       <c r="O943" s="2"/>
       <c r="Q943" s="2"/>
     </row>
-    <row r="944" spans="1:109">
-      <c r="D944" s="2"/>
+    <row r="944" spans="1:108">
       <c r="H944" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K944" s="2"/>
       <c r="M944" s="2"/>
       <c r="O944" s="2"/>
       <c r="Q944" s="2"/>
     </row>
-    <row r="945" spans="1:109">
-      <c r="D945" s="2"/>
+    <row r="945" spans="1:108">
       <c r="H945" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K945" s="2"/>
       <c r="M945" s="2"/>
       <c r="O945" s="2"/>
       <c r="Q945" s="2"/>
     </row>
-    <row r="946" spans="1:109">
-      <c r="D946" s="2"/>
+    <row r="946" spans="1:108">
       <c r="H946" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K946" s="2"/>
       <c r="M946" s="2"/>
       <c r="O946" s="2"/>
       <c r="Q946" s="2"/>
     </row>
-    <row r="947" spans="1:109">
-      <c r="D947" s="2"/>
+    <row r="947" spans="1:108">
       <c r="H947" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K947" s="2"/>
       <c r="M947" s="2"/>
       <c r="O947" s="2"/>
       <c r="Q947" s="2"/>
     </row>
-    <row r="948" spans="1:109">
-      <c r="D948" s="2"/>
+    <row r="948" spans="1:108">
       <c r="H948" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K948" s="2"/>
       <c r="M948" s="2"/>
       <c r="O948" s="2"/>
       <c r="Q948" s="2"/>
     </row>
-    <row r="949" spans="1:109">
-      <c r="D949" s="2"/>
+    <row r="949" spans="1:108">
       <c r="H949" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K949" s="2"/>
       <c r="M949" s="2"/>
       <c r="O949" s="2"/>
       <c r="Q949" s="2"/>
     </row>
-    <row r="950" spans="1:109">
-      <c r="D950" s="2"/>
+    <row r="950" spans="1:108">
       <c r="H950" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K950" s="2"/>
       <c r="M950" s="2"/>
       <c r="O950" s="2"/>
       <c r="Q950" s="2"/>
     </row>
-    <row r="951" spans="1:109">
-      <c r="D951" s="2"/>
+    <row r="951" spans="1:108">
       <c r="H951" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K951" s="2"/>
       <c r="M951" s="2"/>
       <c r="O951" s="2"/>
       <c r="Q951" s="2"/>
     </row>
-    <row r="952" spans="1:109">
-      <c r="D952" s="2"/>
+    <row r="952" spans="1:108">
       <c r="H952" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K952" s="2"/>
       <c r="M952" s="2"/>
       <c r="O952" s="2"/>
       <c r="Q952" s="2"/>
     </row>
-    <row r="953" spans="1:109">
-      <c r="D953" s="2"/>
+    <row r="953" spans="1:108">
       <c r="H953" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K953" s="2"/>
       <c r="M953" s="2"/>
       <c r="O953" s="2"/>
       <c r="Q953" s="2"/>
     </row>
-    <row r="954" spans="1:109">
-      <c r="D954" s="2"/>
+    <row r="954" spans="1:108">
       <c r="H954" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K954" s="2"/>
       <c r="M954" s="2"/>
       <c r="O954" s="2"/>
       <c r="Q954" s="2"/>
     </row>
-    <row r="955" spans="1:109">
-      <c r="D955" s="2"/>
+    <row r="955" spans="1:108">
       <c r="H955" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K955" s="2"/>
       <c r="M955" s="2"/>
       <c r="O955" s="2"/>
       <c r="Q955" s="2"/>
     </row>
-    <row r="956" spans="1:109">
-      <c r="D956" s="2"/>
+    <row r="956" spans="1:108">
       <c r="H956" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K956" s="2"/>
       <c r="M956" s="2"/>
       <c r="O956" s="2"/>
       <c r="Q956" s="2"/>
     </row>
-    <row r="957" spans="1:109">
-      <c r="D957" s="2"/>
+    <row r="957" spans="1:108">
       <c r="H957" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K957" s="2"/>
       <c r="M957" s="2"/>
       <c r="O957" s="2"/>
       <c r="Q957" s="2"/>
     </row>
-    <row r="958" spans="1:109">
-      <c r="D958" s="2"/>
+    <row r="958" spans="1:108">
       <c r="H958" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K958" s="2"/>
       <c r="M958" s="2"/>
       <c r="O958" s="2"/>
       <c r="Q958" s="2"/>
     </row>
-    <row r="959" spans="1:109">
-      <c r="D959" s="2"/>
+    <row r="959" spans="1:108">
       <c r="H959" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K959" s="2"/>
       <c r="M959" s="2"/>
       <c r="O959" s="2"/>
       <c r="Q959" s="2"/>
     </row>
-    <row r="960" spans="1:109">
-      <c r="D960" s="2"/>
+    <row r="960" spans="1:108">
       <c r="H960" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K960" s="2"/>
       <c r="M960" s="2"/>
       <c r="O960" s="2"/>
       <c r="Q960" s="2"/>
     </row>
-    <row r="961" spans="1:109">
-      <c r="D961" s="2"/>
+    <row r="961" spans="1:108">
       <c r="H961" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K961" s="2"/>
       <c r="M961" s="2"/>
       <c r="O961" s="2"/>
       <c r="Q961" s="2"/>
     </row>
-    <row r="962" spans="1:109">
-      <c r="D962" s="2"/>
+    <row r="962" spans="1:108">
       <c r="H962" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K962" s="2"/>
       <c r="M962" s="2"/>
       <c r="O962" s="2"/>
       <c r="Q962" s="2"/>
     </row>
-    <row r="963" spans="1:109">
-      <c r="D963" s="2"/>
+    <row r="963" spans="1:108">
       <c r="H963" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K963" s="2"/>
       <c r="M963" s="2"/>
       <c r="O963" s="2"/>
       <c r="Q963" s="2"/>
     </row>
-    <row r="964" spans="1:109">
-      <c r="D964" s="2"/>
+    <row r="964" spans="1:108">
       <c r="H964" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K964" s="2"/>
       <c r="M964" s="2"/>
       <c r="O964" s="2"/>
       <c r="Q964" s="2"/>
     </row>
-    <row r="965" spans="1:109">
-      <c r="D965" s="2"/>
+    <row r="965" spans="1:108">
       <c r="H965" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K965" s="2"/>
       <c r="M965" s="2"/>
       <c r="O965" s="2"/>
       <c r="Q965" s="2"/>
     </row>
-    <row r="966" spans="1:109">
-      <c r="D966" s="2"/>
+    <row r="966" spans="1:108">
       <c r="H966" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K966" s="2"/>
       <c r="M966" s="2"/>
       <c r="O966" s="2"/>
       <c r="Q966" s="2"/>
     </row>
-    <row r="967" spans="1:109">
-      <c r="D967" s="2"/>
+    <row r="967" spans="1:108">
       <c r="H967" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K967" s="2"/>
       <c r="M967" s="2"/>
       <c r="O967" s="2"/>
       <c r="Q967" s="2"/>
     </row>
-    <row r="968" spans="1:109">
-      <c r="D968" s="2"/>
+    <row r="968" spans="1:108">
       <c r="H968" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K968" s="2"/>
       <c r="M968" s="2"/>
       <c r="O968" s="2"/>
       <c r="Q968" s="2"/>
     </row>
-    <row r="969" spans="1:109">
-      <c r="D969" s="2"/>
+    <row r="969" spans="1:108">
       <c r="H969" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K969" s="2"/>
       <c r="M969" s="2"/>
       <c r="O969" s="2"/>
       <c r="Q969" s="2"/>
     </row>
-    <row r="970" spans="1:109">
-      <c r="D970" s="2"/>
+    <row r="970" spans="1:108">
       <c r="H970" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K970" s="2"/>
       <c r="M970" s="2"/>
       <c r="O970" s="2"/>
       <c r="Q970" s="2"/>
     </row>
-    <row r="971" spans="1:109">
-      <c r="D971" s="2"/>
+    <row r="971" spans="1:108">
       <c r="H971" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K971" s="2"/>
       <c r="M971" s="2"/>
       <c r="O971" s="2"/>
       <c r="Q971" s="2"/>
     </row>
-    <row r="972" spans="1:109">
-      <c r="D972" s="2"/>
+    <row r="972" spans="1:108">
       <c r="H972" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K972" s="2"/>
       <c r="M972" s="2"/>
       <c r="O972" s="2"/>
       <c r="Q972" s="2"/>
     </row>
-    <row r="973" spans="1:109">
-      <c r="D973" s="2"/>
+    <row r="973" spans="1:108">
       <c r="H973" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K973" s="2"/>
       <c r="M973" s="2"/>
       <c r="O973" s="2"/>
       <c r="Q973" s="2"/>
     </row>
-    <row r="974" spans="1:109">
-      <c r="D974" s="2"/>
+    <row r="974" spans="1:108">
       <c r="H974" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K974" s="2"/>
       <c r="M974" s="2"/>
       <c r="O974" s="2"/>
       <c r="Q974" s="2"/>
     </row>
-    <row r="975" spans="1:109">
-      <c r="D975" s="2"/>
+    <row r="975" spans="1:108">
       <c r="H975" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K975" s="2"/>
       <c r="M975" s="2"/>
       <c r="O975" s="2"/>
       <c r="Q975" s="2"/>
     </row>
-    <row r="976" spans="1:109">
-      <c r="D976" s="2"/>
+    <row r="976" spans="1:108">
       <c r="H976" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K976" s="2"/>
       <c r="M976" s="2"/>
       <c r="O976" s="2"/>
       <c r="Q976" s="2"/>
     </row>
-    <row r="977" spans="1:109">
-      <c r="D977" s="2"/>
+    <row r="977" spans="1:108">
       <c r="H977" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K977" s="2"/>
       <c r="M977" s="2"/>
       <c r="O977" s="2"/>
       <c r="Q977" s="2"/>
     </row>
-    <row r="978" spans="1:109">
-      <c r="D978" s="2"/>
+    <row r="978" spans="1:108">
       <c r="H978" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K978" s="2"/>
       <c r="M978" s="2"/>
       <c r="O978" s="2"/>
       <c r="Q978" s="2"/>
     </row>
-    <row r="979" spans="1:109">
-      <c r="D979" s="2"/>
+    <row r="979" spans="1:108">
       <c r="H979" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K979" s="2"/>
       <c r="M979" s="2"/>
       <c r="O979" s="2"/>
       <c r="Q979" s="2"/>
     </row>
-    <row r="980" spans="1:109">
-      <c r="D980" s="2"/>
+    <row r="980" spans="1:108">
       <c r="H980" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K980" s="2"/>
       <c r="M980" s="2"/>
       <c r="O980" s="2"/>
       <c r="Q980" s="2"/>
     </row>
-    <row r="981" spans="1:109">
-      <c r="D981" s="2"/>
+    <row r="981" spans="1:108">
       <c r="H981" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K981" s="2"/>
       <c r="M981" s="2"/>
       <c r="O981" s="2"/>
       <c r="Q981" s="2"/>
     </row>
-    <row r="982" spans="1:109">
-      <c r="D982" s="2"/>
+    <row r="982" spans="1:108">
       <c r="H982" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K982" s="2"/>
       <c r="M982" s="2"/>
       <c r="O982" s="2"/>
       <c r="Q982" s="2"/>
     </row>
-    <row r="983" spans="1:109">
-      <c r="D983" s="2"/>
+    <row r="983" spans="1:108">
       <c r="H983" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K983" s="2"/>
       <c r="M983" s="2"/>
       <c r="O983" s="2"/>
       <c r="Q983" s="2"/>
     </row>
-    <row r="984" spans="1:109">
-      <c r="D984" s="2"/>
+    <row r="984" spans="1:108">
       <c r="H984" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K984" s="2"/>
       <c r="M984" s="2"/>
       <c r="O984" s="2"/>
       <c r="Q984" s="2"/>
     </row>
-    <row r="985" spans="1:109">
-      <c r="D985" s="2"/>
+    <row r="985" spans="1:108">
       <c r="H985" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K985" s="2"/>
       <c r="M985" s="2"/>
       <c r="O985" s="2"/>
       <c r="Q985" s="2"/>
     </row>
-    <row r="986" spans="1:109">
-      <c r="D986" s="2"/>
+    <row r="986" spans="1:108">
       <c r="H986" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K986" s="2"/>
       <c r="M986" s="2"/>
       <c r="O986" s="2"/>
       <c r="Q986" s="2"/>
     </row>
-    <row r="987" spans="1:109">
-      <c r="D987" s="2"/>
+    <row r="987" spans="1:108">
       <c r="H987" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K987" s="2"/>
       <c r="M987" s="2"/>
       <c r="O987" s="2"/>
       <c r="Q987" s="2"/>
     </row>
-    <row r="988" spans="1:109">
-      <c r="D988" s="2"/>
+    <row r="988" spans="1:108">
       <c r="H988" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K988" s="2"/>
       <c r="M988" s="2"/>
       <c r="O988" s="2"/>
       <c r="Q988" s="2"/>
     </row>
-    <row r="989" spans="1:109">
-      <c r="D989" s="2"/>
+    <row r="989" spans="1:108">
       <c r="H989" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K989" s="2"/>
       <c r="M989" s="2"/>
       <c r="O989" s="2"/>
       <c r="Q989" s="2"/>
     </row>
-    <row r="990" spans="1:109">
-      <c r="D990" s="2"/>
+    <row r="990" spans="1:108">
       <c r="H990" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K990" s="2"/>
       <c r="M990" s="2"/>
       <c r="O990" s="2"/>
       <c r="Q990" s="2"/>
     </row>
-    <row r="991" spans="1:109">
-      <c r="D991" s="2"/>
+    <row r="991" spans="1:108">
       <c r="H991" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K991" s="2"/>
       <c r="M991" s="2"/>
       <c r="O991" s="2"/>
       <c r="Q991" s="2"/>
     </row>
-    <row r="992" spans="1:109">
-      <c r="D992" s="2"/>
+    <row r="992" spans="1:108">
       <c r="H992" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K992" s="2"/>
       <c r="M992" s="2"/>
       <c r="O992" s="2"/>
       <c r="Q992" s="2"/>
     </row>
-    <row r="993" spans="1:109">
-      <c r="D993" s="2"/>
+    <row r="993" spans="1:108">
       <c r="H993" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K993" s="2"/>
       <c r="M993" s="2"/>
       <c r="O993" s="2"/>
       <c r="Q993" s="2"/>
     </row>
-    <row r="994" spans="1:109">
-      <c r="D994" s="2"/>
+    <row r="994" spans="1:108">
       <c r="H994" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K994" s="2"/>
       <c r="M994" s="2"/>
       <c r="O994" s="2"/>
       <c r="Q994" s="2"/>
     </row>
-    <row r="995" spans="1:109">
-      <c r="D995" s="2"/>
+    <row r="995" spans="1:108">
       <c r="H995" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K995" s="2"/>
       <c r="M995" s="2"/>
       <c r="O995" s="2"/>
       <c r="Q995" s="2"/>
     </row>
-    <row r="996" spans="1:109">
-      <c r="D996" s="2"/>
+    <row r="996" spans="1:108">
       <c r="H996" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K996" s="2"/>
       <c r="M996" s="2"/>
       <c r="O996" s="2"/>
       <c r="Q996" s="2"/>
     </row>
-    <row r="997" spans="1:109">
-      <c r="D997" s="2"/>
+    <row r="997" spans="1:108">
       <c r="H997" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K997" s="2"/>
       <c r="M997" s="2"/>
       <c r="O997" s="2"/>
       <c r="Q997" s="2"/>
     </row>
-    <row r="998" spans="1:109">
-      <c r="D998" s="2"/>
+    <row r="998" spans="1:108">
       <c r="H998" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K998" s="2"/>
       <c r="M998" s="2"/>
       <c r="O998" s="2"/>
       <c r="Q998" s="2"/>
     </row>
-    <row r="999" spans="1:109">
-      <c r="D999" s="2"/>
+    <row r="999" spans="1:108">
       <c r="H999" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K999" s="2"/>
       <c r="M999" s="2"/>
       <c r="O999" s="2"/>
       <c r="Q999" s="2"/>
     </row>
-    <row r="1000" spans="1:109">
-      <c r="D1000" s="2"/>
+    <row r="1000" spans="1:108">
       <c r="H1000" t="s">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="K1000" s="2"/>
       <c r="M1000" s="2"/>
       <c r="O1000" s="2"/>
       <c r="Q1000" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
-  <dataValidations count="8">
-[...2 lines deleted...]
-    </dataValidation>
+  <dataValidations count="7">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
-      <formula1>'Worksheet'!$DB$1:$DB$10</formula1>
+      <formula1>'Worksheet'!$DA$1:$DA$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="H5:H1000">
-      <formula1>'Worksheet'!$DC$1:$DC$2</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="I5:I1000">
-      <formula1>'Worksheet'!$DD$1:$DD$3</formula1>
+      <formula1>'Worksheet'!$DC$1:$DC$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="J5:J1000">
-      <formula1>'Worksheet'!$DE$1:$DE$17</formula1>
+      <formula1>'Worksheet'!$DD$1:$DD$17</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="L5:L1000">
-      <formula1>'Worksheet'!$DE$1:$DE$17</formula1>
+      <formula1>'Worksheet'!$DD$1:$DD$17</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
-      <formula1>'Worksheet'!$DE$1:$DE$17</formula1>
+      <formula1>'Worksheet'!$DD$1:$DD$17</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="P5:P1000">
-      <formula1>'Worksheet'!$DE$1:$DE$17</formula1>
+      <formula1>'Worksheet'!$DD$1:$DD$17</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>