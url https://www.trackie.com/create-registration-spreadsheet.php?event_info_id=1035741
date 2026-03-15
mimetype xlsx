--- v0 (2026-01-28)
+++ v1 (2026-03-15)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>100m</t>
   </si>
   <si>
     <t>1035741:typeValue:101</t>
   </si>
   <si>
     <t>1035741:typeValue:102</t>
   </si>
   <si>
     <t>1035741:typeValue:103</t>
   </si>
   <si>
     <t>1035741:typeValue:104</t>
   </si>
   <si>
@@ -98,60 +98,60 @@
   <si>
     <t>1035741:reg_event:6</t>
   </si>
   <si>
     <t>1035741:event_seed:6</t>
   </si>
   <si>
     <t>1035741:reg_event:7</t>
   </si>
   <si>
     <t>1035741:event_seed:7</t>
   </si>
   <si>
     <t>1035741:reg_event:8</t>
   </si>
   <si>
     <t>1035741:event_seed:8</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>600m</t>
+    <t>200m</t>
   </si>
   <si>
     <t>Event Registration - 2026 OATF Reach Your Peak!🏔️</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>800m</t>
+    <t>600m</t>
   </si>
   <si>
     <t>Member #</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Date of Birth (YYYY-MM-DD)</t>
   </si>
   <si>
     <t>Team</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Event #1</t>
   </si>
@@ -182,87 +182,84 @@
   <si>
     <t>Seed-Mark #5</t>
   </si>
   <si>
     <t>Event #6</t>
   </si>
   <si>
     <t>Seed-Mark #6</t>
   </si>
   <si>
     <t>Event #7</t>
   </si>
   <si>
     <t>Seed-Mark #7</t>
   </si>
   <si>
     <t>Event #8</t>
   </si>
   <si>
     <t>Seed-Mark #8</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>2000m</t>
+    <t>800m</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>3000m</t>
+    <t>60m Hurdles</t>
   </si>
   <si>
     <t>U16</t>
   </si>
   <si>
-    <t>60m Hurdles</t>
+    <t>80m Hurdles</t>
   </si>
   <si>
     <t>U18</t>
   </si>
   <si>
-    <t>80m Hurdles</t>
+    <t>200m Hurdles</t>
   </si>
   <si>
     <t>U20</t>
   </si>
   <si>
-    <t>200m Hurdles</t>
+    <t>300m Hurdles</t>
   </si>
   <si>
     <t>Open</t>
   </si>
   <si>
-    <t>300m Hurdles</t>
+    <t>400m Hurdles</t>
   </si>
   <si>
     <t>Master</t>
-  </si>
-[...1 lines deleted...]
-    <t>400m Hurdles</t>
   </si>
   <si>
     <t>Long Jump</t>
   </si>
   <si>
     <t>High Jump</t>
   </si>
   <si>
     <t>Shot Put</t>
   </si>
   <si>
     <t>Javelin</t>
   </si>
   <si>
     <t>Pole Vault (Limited to 12 competitors)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
@@ -1198,53 +1195,50 @@
     </row>
     <row r="14" spans="1:107">
       <c r="E14" s="2"/>
       <c r="I14" s="2"/>
       <c r="K14" s="2"/>
       <c r="M14" s="2"/>
       <c r="O14" s="2"/>
       <c r="Q14" s="2"/>
       <c r="S14" s="2"/>
       <c r="U14" s="2"/>
       <c r="W14" s="2"/>
       <c r="DC14" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="15" spans="1:107">
       <c r="E15" s="2"/>
       <c r="I15" s="2"/>
       <c r="K15" s="2"/>
       <c r="M15" s="2"/>
       <c r="O15" s="2"/>
       <c r="Q15" s="2"/>
       <c r="S15" s="2"/>
       <c r="U15" s="2"/>
       <c r="W15" s="2"/>
-      <c r="DC15" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="16" spans="1:107">
       <c r="E16" s="2"/>
       <c r="I16" s="2"/>
       <c r="K16" s="2"/>
       <c r="M16" s="2"/>
       <c r="O16" s="2"/>
       <c r="Q16" s="2"/>
       <c r="S16" s="2"/>
       <c r="U16" s="2"/>
       <c r="W16" s="2"/>
     </row>
     <row r="17" spans="1:107">
       <c r="E17" s="2"/>
       <c r="I17" s="2"/>
       <c r="K17" s="2"/>
       <c r="M17" s="2"/>
       <c r="O17" s="2"/>
       <c r="Q17" s="2"/>
       <c r="S17" s="2"/>
       <c r="U17" s="2"/>
       <c r="W17" s="2"/>
     </row>
     <row r="18" spans="1:107">
       <c r="E18" s="2"/>
@@ -12051,72 +12045,72 @@
     <row r="1000" spans="1:107">
       <c r="E1000" s="2"/>
       <c r="I1000" s="2"/>
       <c r="K1000" s="2"/>
       <c r="M1000" s="2"/>
       <c r="O1000" s="2"/>
       <c r="Q1000" s="2"/>
       <c r="S1000" s="2"/>
       <c r="U1000" s="2"/>
       <c r="W1000" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="10">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="D5:D1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="G5:G1000">
       <formula1>'Worksheet'!$DB$1:$DB$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="H5:H1000">
-      <formula1>'Worksheet'!$DC$1:$DC$15</formula1>
+      <formula1>'Worksheet'!$DC$1:$DC$14</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="J5:J1000">
-      <formula1>'Worksheet'!$DC$1:$DC$15</formula1>
+      <formula1>'Worksheet'!$DC$1:$DC$14</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="L5:L1000">
-      <formula1>'Worksheet'!$DC$1:$DC$15</formula1>
+      <formula1>'Worksheet'!$DC$1:$DC$14</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
-      <formula1>'Worksheet'!$DC$1:$DC$15</formula1>
+      <formula1>'Worksheet'!$DC$1:$DC$14</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="P5:P1000">
-      <formula1>'Worksheet'!$DC$1:$DC$15</formula1>
+      <formula1>'Worksheet'!$DC$1:$DC$14</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="R5:R1000">
-      <formula1>'Worksheet'!$DC$1:$DC$15</formula1>
+      <formula1>'Worksheet'!$DC$1:$DC$14</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="T5:T1000">
-      <formula1>'Worksheet'!$DC$1:$DC$15</formula1>
+      <formula1>'Worksheet'!$DC$1:$DC$14</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="V5:V1000">
-      <formula1>'Worksheet'!$DC$1:$DC$15</formula1>
+      <formula1>'Worksheet'!$DC$1:$DC$14</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>