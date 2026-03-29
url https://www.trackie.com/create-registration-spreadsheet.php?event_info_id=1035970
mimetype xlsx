--- v0 (2026-02-11)
+++ v1 (2026-03-29)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="442">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="443">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>12 Mile Coulee (12MIL)</t>
   </si>
   <si>
     <t>Grade 3</t>
   </si>
   <si>
     <t>60m</t>
   </si>
   <si>
     <t>1035970:typeValue:102</t>
   </si>
   <si>
     <t>1035970:typeValue:103</t>
   </si>
   <si>
     <t>1035970:typeValue:104</t>
   </si>
   <si>
@@ -330,50 +330,53 @@
     <t>Cambrian heights (CAMB)</t>
   </si>
   <si>
     <t>Cambrian Heights Elementary (CAMBH)</t>
   </si>
   <si>
     <t>Cameron Crossing (5326)</t>
   </si>
   <si>
     <t>Captain Nichola Goddard (CAPTNG)</t>
   </si>
   <si>
     <t>Caslan School (CASL)</t>
   </si>
   <si>
     <t>Cen: Mecca Glen School (MGS)</t>
   </si>
   <si>
     <t>Centre for Learning (CFL)</t>
   </si>
   <si>
     <t>Charlotte Small Elementary (CSE)</t>
   </si>
   <si>
     <t>Chief Napewaew Frog Lake Junior (FRLJ)</t>
+  </si>
+  <si>
+    <t>Chief Old Sun elementary School (COSS)</t>
   </si>
   <si>
     <t>Chinook Park (CHIN)</t>
   </si>
   <si>
     <t>Citadel Park (Elementary) School (CPES)</t>
   </si>
   <si>
     <t>Clairmont Community School Kodiaks (CCSK)</t>
   </si>
   <si>
     <t>Clarence Sansom (CLSAN)</t>
   </si>
   <si>
     <t>Clear Vista (CLRV)</t>
   </si>
   <si>
     <t>Clover Bar Junior High (CB)</t>
   </si>
   <si>
     <t>CMAC 2023 (CMAC)</t>
   </si>
   <si>
     <t>Cold Lake Junior High (CLJH)</t>
   </si>
@@ -4451,50 +4454,53 @@
       <c r="D389" s="2"/>
       <c r="DB389" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="390" spans="1:108">
       <c r="D390" s="2"/>
       <c r="DB390" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="391" spans="1:108">
       <c r="D391" s="2"/>
       <c r="DB391" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="392" spans="1:108">
       <c r="D392" s="2"/>
       <c r="DB392" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="393" spans="1:108">
       <c r="D393" s="2"/>
+      <c r="DB393" t="s">
+        <v>442</v>
+      </c>
     </row>
     <row r="394" spans="1:108">
       <c r="D394" s="2"/>
     </row>
     <row r="395" spans="1:108">
       <c r="D395" s="2"/>
     </row>
     <row r="396" spans="1:108">
       <c r="D396" s="2"/>
     </row>
     <row r="397" spans="1:108">
       <c r="D397" s="2"/>
     </row>
     <row r="398" spans="1:108">
       <c r="D398" s="2"/>
     </row>
     <row r="399" spans="1:108">
       <c r="D399" s="2"/>
     </row>
     <row r="400" spans="1:108">
       <c r="D400" s="2"/>
     </row>
     <row r="401" spans="1:108">
       <c r="D401" s="2"/>
     </row>
@@ -6284,51 +6290,51 @@
       <c r="D996" s="2"/>
     </row>
     <row r="997" spans="1:108">
       <c r="D997" s="2"/>
     </row>
     <row r="998" spans="1:108">
       <c r="D998" s="2"/>
     </row>
     <row r="999" spans="1:108">
       <c r="D999" s="2"/>
     </row>
     <row r="1000" spans="1:108">
       <c r="D1000" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="11">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="C5:C1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
-      <formula1>'Worksheet'!$DB$1:$DB$392</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$393</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="G5:G1000">
       <formula1>'Worksheet'!$DC$1:$DC$4</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="H5:H1000">
       <formula1>'Worksheet'!$DD$1:$DD$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="I5:I1000">
       <formula1>'Worksheet'!$DD$1:$DD$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="J5:J1000">
       <formula1>'Worksheet'!$DD$1:$DD$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="K5:K1000">
       <formula1>'Worksheet'!$DD$1:$DD$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="L5:L1000">
       <formula1>'Worksheet'!$DD$1:$DD$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="M5:M1000">
       <formula1>'Worksheet'!$DD$1:$DD$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
       <formula1>'Worksheet'!$DD$1:$DD$12</formula1>
     </dataValidation>